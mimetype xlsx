--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -34,51 +34,51 @@
     <definedName name="Print_Area" localSheetId="0">'2-4'!$A$1:$J$41</definedName>
     <definedName name="Print_Area" localSheetId="1">'2-4(續一)'!$A$1:$J$39</definedName>
     <definedName name="外部資料_1" localSheetId="0">'2-4'!$A$1:$J$41</definedName>
     <definedName name="外部資料_1" localSheetId="1">'2-4(續一)'!$A$1:$J$39</definedName>
     <definedName name="外部資料_1" localSheetId="2">'2-4(續二完)'!$A$1:$J$8</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>餘　額</t>
   </si>
   <si>
     <t>　　　　　(2)指持有他行發行之可轉讓定期存單。</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <t>銀　　　行　　　別</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">本　　　　月  </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Current Month</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">上　　　　月  </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
@@ -162,51 +162,51 @@
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
   <si>
     <r>
       <t>他行</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> (2)</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <t>說　　明：1.『餘額』指各銀行發行流通在外（未到期）之可轉讓定期存單。</t>
   </si>
   <si>
     <r>
       <t>　　　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>.#係金融控股公司之子公司。</t>
     </r>
   </si>
@@ -2142,54 +2142,51 @@
     </xf>
     <xf xxid="218" numFmtId="182" fontId="40" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="219" numFmtId="0" fontId="42" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="220" numFmtId="0" fontId="43" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="221" numFmtId="182" fontId="6" fillId="2" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="222" numFmtId="182" fontId="40" fillId="2" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="223" numFmtId="182" fontId="6" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="224" numFmtId="182" fontId="40" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="225" numFmtId="182" fontId="41" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="226" numFmtId="182" fontId="41" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf xxid="227" numFmtId="0" fontId="44" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="226" numFmtId="0" fontId="44" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="136">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色1 2" xfId="16"/>
     <cellStyle name="20% - 輔色1 3" xfId="17"/>
     <cellStyle name="20% - 輔色2" xfId="18"/>
     <cellStyle name="20% - 輔色2 2" xfId="19"/>
     <cellStyle name="20% - 輔色2 3" xfId="20"/>
     <cellStyle name="20% - 輔色3" xfId="21"/>
     <cellStyle name="20% - 輔色3 2" xfId="22"/>
     <cellStyle name="20% - 輔色3 3" xfId="23"/>
     <cellStyle name="20% - 輔色4" xfId="24"/>
     <cellStyle name="20% - 輔色4 2" xfId="25"/>
     <cellStyle name="20% - 輔色4 3" xfId="26"/>
     <cellStyle name="20% - 輔色5" xfId="27"/>
     <cellStyle name="20% - 輔色5 2" xfId="28"/>
     <cellStyle name="20% - 輔色5 3" xfId="29"/>
     <cellStyle name="20% - 輔色6" xfId="30"/>
     <cellStyle name="20% - 輔色6 2" xfId="31"/>
     <cellStyle name="20% - 輔色6 3" xfId="32"/>
     <cellStyle name="40% - 輔色1" xfId="33"/>
     <cellStyle name="40% - 輔色1 2" xfId="34"/>
     <cellStyle name="40% - 輔色1 3" xfId="35"/>
@@ -2474,673 +2471,673 @@
       </c>
       <c r="E8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="48" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="51">
-        <v>388882</v>
+        <v>367717</v>
       </c>
       <c r="C9" s="51">
-        <v>7004412</v>
+        <v>6682751</v>
       </c>
       <c r="D9" s="51">
-        <v>149748</v>
+        <v>153177</v>
       </c>
       <c r="E9" s="51">
-        <v>333325</v>
+        <v>361598</v>
       </c>
       <c r="F9" s="51">
-        <v>7273144</v>
+        <v>6756292</v>
       </c>
       <c r="G9" s="51">
-        <v>122904</v>
+        <v>147882</v>
       </c>
       <c r="H9" s="51">
-        <v>324068</v>
+        <v>342573</v>
       </c>
       <c r="I9" s="51">
-        <v>6525307</v>
+        <v>6312717</v>
       </c>
       <c r="J9" s="54">
-        <v>163318</v>
+        <v>184280</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="57" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="26"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="61">
-        <v>381519</v>
+        <v>360605</v>
       </c>
       <c r="C11" s="61">
-        <v>6760322</v>
+        <v>6451194</v>
       </c>
       <c r="D11" s="61">
-        <v>149748</v>
+        <v>145513</v>
       </c>
       <c r="E11" s="61">
-        <v>331447</v>
+        <v>355152</v>
       </c>
       <c r="F11" s="61">
-        <v>7023270</v>
+        <v>6525480</v>
       </c>
       <c r="G11" s="61">
-        <v>122904</v>
+        <v>143618</v>
       </c>
       <c r="H11" s="61">
-        <v>322228</v>
+        <v>340743</v>
       </c>
       <c r="I11" s="61">
-        <v>6288668</v>
+        <v>6092221</v>
       </c>
       <c r="J11" s="64">
-        <v>157921</v>
+        <v>177349</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="57" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
       <c r="I12" s="24"/>
       <c r="J12" s="26"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="60">
         <v>876</v>
       </c>
       <c r="C13" s="60">
-        <v>894285</v>
+        <v>761704</v>
       </c>
       <c r="D13" s="60">
-        <v>18984</v>
+        <v>14696</v>
       </c>
       <c r="E13" s="60">
         <v>876</v>
       </c>
       <c r="F13" s="60">
-        <v>913997</v>
+        <v>820295</v>
       </c>
       <c r="G13" s="60">
-        <v>17634</v>
+        <v>15206</v>
       </c>
       <c r="H13" s="60">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="I13" s="60">
-        <v>843844</v>
+        <v>760530</v>
       </c>
       <c r="J13" s="63">
-        <v>26238</v>
+        <v>20586</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="56" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="24"/>
       <c r="J14" s="26"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="60">
-        <v>632</v>
+        <v>626</v>
       </c>
       <c r="C15" s="60">
-        <v>366724</v>
+        <v>360009</v>
       </c>
       <c r="D15" s="60">
-        <v>8722</v>
+        <v>8304</v>
       </c>
       <c r="E15" s="60">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="F15" s="60">
-        <v>326074</v>
+        <v>361459</v>
       </c>
       <c r="G15" s="60">
-        <v>7105</v>
+        <v>8806</v>
       </c>
       <c r="H15" s="60">
-        <v>704</v>
+        <v>522</v>
       </c>
       <c r="I15" s="60">
-        <v>336645</v>
+        <v>318559</v>
       </c>
       <c r="J15" s="63">
-        <v>4158</v>
+        <v>8573</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="56" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="24"/>
       <c r="H16" s="24"/>
       <c r="I16" s="24"/>
       <c r="J16" s="26"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>44</v>
       </c>
       <c r="B17" s="60">
-        <v>50768</v>
+        <v>41359</v>
       </c>
       <c r="C17" s="60">
-        <v>592724</v>
+        <v>534747</v>
       </c>
       <c r="D17" s="66">
         <v>0</v>
       </c>
       <c r="E17" s="60">
-        <v>50818</v>
+        <v>42758</v>
       </c>
       <c r="F17" s="60">
-        <v>591561</v>
+        <v>565824</v>
       </c>
       <c r="G17" s="66">
         <v>0</v>
       </c>
       <c r="H17" s="60">
-        <v>46644</v>
+        <v>37026</v>
       </c>
       <c r="I17" s="60">
-        <v>440095</v>
+        <v>438795</v>
       </c>
       <c r="J17" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="56" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="24"/>
       <c r="I18" s="24"/>
       <c r="J18" s="26"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="60">
+        <v>6319</v>
+      </c>
+      <c r="C19" s="60">
+        <v>661660</v>
+      </c>
+      <c r="D19" s="60">
+        <v>5869</v>
+      </c>
+      <c r="E19" s="60">
         <v>4319</v>
       </c>
-      <c r="C19" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="60">
-        <v>666250</v>
+        <v>674460</v>
       </c>
       <c r="G19" s="60">
-        <v>4500</v>
+        <v>6585</v>
       </c>
       <c r="H19" s="60">
-        <v>2403</v>
+        <v>2370</v>
       </c>
       <c r="I19" s="60">
-        <v>654065</v>
+        <v>637660</v>
       </c>
       <c r="J19" s="63">
-        <v>5831</v>
+        <v>8014</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="56" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
       <c r="I20" s="24"/>
       <c r="J20" s="26"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="18" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="60">
-        <v>31317</v>
+        <v>22249</v>
       </c>
       <c r="C21" s="60">
-        <v>465868</v>
+        <v>405486</v>
       </c>
       <c r="D21" s="66">
         <v>0</v>
       </c>
       <c r="E21" s="60">
-        <v>13641</v>
+        <v>21310</v>
       </c>
       <c r="F21" s="60">
-        <v>463791</v>
+        <v>419368</v>
       </c>
       <c r="G21" s="66">
         <v>0</v>
       </c>
       <c r="H21" s="60">
-        <v>52909</v>
+        <v>47991</v>
       </c>
       <c r="I21" s="60">
-        <v>446216</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>447235</v>
+      </c>
+      <c r="J21" s="63">
+        <v>431</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="56" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="24"/>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="24"/>
       <c r="J22" s="26"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="18" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="60">
-        <v>3995</v>
+        <v>2550</v>
       </c>
       <c r="C23" s="60">
-        <v>340980</v>
+        <v>340585</v>
       </c>
       <c r="D23" s="60">
-        <v>11976</v>
+        <v>14994</v>
       </c>
       <c r="E23" s="60">
-        <v>3982</v>
+        <v>2531</v>
       </c>
       <c r="F23" s="60">
-        <v>370480</v>
+        <v>329485</v>
       </c>
       <c r="G23" s="60">
-        <v>6582</v>
+        <v>15098</v>
       </c>
       <c r="H23" s="60">
-        <v>2469</v>
+        <v>2584</v>
       </c>
       <c r="I23" s="60">
-        <v>309995</v>
+        <v>322395</v>
       </c>
       <c r="J23" s="63">
-        <v>4109</v>
+        <v>4377</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="56" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="24"/>
       <c r="C24" s="24"/>
       <c r="D24" s="24"/>
       <c r="E24" s="24"/>
       <c r="F24" s="24"/>
       <c r="G24" s="24"/>
       <c r="H24" s="24"/>
       <c r="I24" s="24"/>
       <c r="J24" s="26"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="18" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="60">
-        <v>82781</v>
+        <v>80531</v>
       </c>
       <c r="C25" s="60">
-        <v>188974</v>
+        <v>176300</v>
       </c>
       <c r="D25" s="66">
         <v>0</v>
       </c>
       <c r="E25" s="60">
-        <v>83513</v>
+        <v>78097</v>
       </c>
       <c r="F25" s="60">
-        <v>186371</v>
+        <v>180474</v>
       </c>
       <c r="G25" s="66">
         <v>0</v>
       </c>
       <c r="H25" s="60">
-        <v>76525</v>
+        <v>72915</v>
       </c>
       <c r="I25" s="60">
-        <v>190390</v>
+        <v>170100</v>
       </c>
       <c r="J25" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="56" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="24"/>
       <c r="C26" s="24"/>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="24"/>
       <c r="J26" s="26"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="18" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="60">
-        <v>624</v>
+        <v>635</v>
       </c>
       <c r="C27" s="60">
-        <v>258949</v>
+        <v>256921</v>
       </c>
       <c r="D27" s="60">
-        <v>2958</v>
+        <v>1685</v>
       </c>
       <c r="E27" s="60">
         <v>624</v>
       </c>
       <c r="F27" s="60">
-        <v>249440</v>
+        <v>256902</v>
       </c>
       <c r="G27" s="60">
-        <v>4634</v>
+        <v>2924</v>
       </c>
       <c r="H27" s="60">
         <v>662</v>
       </c>
       <c r="I27" s="60">
-        <v>239056</v>
+        <v>220915</v>
       </c>
       <c r="J27" s="63">
-        <v>6797</v>
+        <v>6056</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="56" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="24"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
       <c r="J28" s="26"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="18" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="60">
-        <v>37334</v>
+        <v>35082</v>
       </c>
       <c r="C29" s="60">
-        <v>433026</v>
+        <v>514217</v>
       </c>
       <c r="D29" s="60">
-        <v>2983</v>
+        <v>903</v>
       </c>
       <c r="E29" s="60">
-        <v>13716</v>
+        <v>35133</v>
       </c>
       <c r="F29" s="60">
-        <v>537991</v>
+        <v>463027</v>
       </c>
       <c r="G29" s="60">
-        <v>2974</v>
+        <v>3365</v>
       </c>
       <c r="H29" s="60">
-        <v>2228</v>
+        <v>27854</v>
       </c>
       <c r="I29" s="60">
-        <v>274785</v>
+        <v>277176</v>
       </c>
       <c r="J29" s="63">
-        <v>11343</v>
+        <v>7092</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="56" t="s">
         <v>57</v>
       </c>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="26"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="18" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="66">
         <v>0</v>
       </c>
       <c r="C31" s="60">
         <v>7600</v>
       </c>
       <c r="D31" s="66">
         <v>0</v>
       </c>
       <c r="E31" s="66">
         <v>0</v>
       </c>
       <c r="F31" s="60">
         <v>7600</v>
       </c>
       <c r="G31" s="66">
         <v>0</v>
       </c>
       <c r="H31" s="66">
         <v>0</v>
       </c>
       <c r="I31" s="60">
-        <v>7000</v>
+        <v>7600</v>
       </c>
       <c r="J31" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="56" t="s">
         <v>59</v>
       </c>
       <c r="B32" s="24"/>
       <c r="C32" s="24"/>
       <c r="D32" s="24"/>
       <c r="E32" s="24"/>
       <c r="F32" s="24"/>
       <c r="G32" s="24"/>
       <c r="H32" s="24"/>
       <c r="I32" s="24"/>
       <c r="J32" s="26"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="18" t="s">
         <v>60</v>
       </c>
       <c r="B33" s="60">
-        <v>371</v>
+        <v>359</v>
       </c>
       <c r="C33" s="60">
-        <v>22950</v>
+        <v>23250</v>
       </c>
       <c r="D33" s="66">
         <v>0</v>
       </c>
       <c r="E33" s="60">
         <v>371</v>
       </c>
       <c r="F33" s="60">
-        <v>20850</v>
+        <v>22250</v>
       </c>
       <c r="G33" s="66">
         <v>0</v>
       </c>
       <c r="H33" s="60">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="I33" s="60">
-        <v>17420</v>
+        <v>21820</v>
       </c>
       <c r="J33" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="56" t="s">
         <v>61</v>
       </c>
       <c r="B34" s="24"/>
       <c r="C34" s="24"/>
       <c r="D34" s="24"/>
       <c r="E34" s="24"/>
       <c r="F34" s="24"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="24"/>
       <c r="J34" s="26"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="18" t="s">
         <v>62</v>
       </c>
       <c r="B35" s="60">
-        <v>225</v>
+        <v>197</v>
       </c>
       <c r="C35" s="60">
-        <v>256762</v>
+        <v>274169</v>
       </c>
       <c r="D35" s="60">
-        <v>13701</v>
+        <v>13970</v>
       </c>
       <c r="E35" s="60">
-        <v>225</v>
+        <v>197</v>
       </c>
       <c r="F35" s="60">
-        <v>259752</v>
+        <v>278017</v>
       </c>
       <c r="G35" s="60">
-        <v>13605</v>
+        <v>13444</v>
       </c>
       <c r="H35" s="60">
-        <v>359</v>
+        <v>263</v>
       </c>
       <c r="I35" s="60">
-        <v>313238</v>
+        <v>355416</v>
       </c>
       <c r="J35" s="63">
-        <v>19412</v>
+        <v>16538</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="70" t="s">
         <v>63</v>
       </c>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27"/>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="28"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
@@ -3397,56 +3394,56 @@
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
       <c r="H2" s="44"/>
       <c r="I2" s="44"/>
       <c r="J2" s="44"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="42" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="42"/>
       <c r="C3" s="42"/>
       <c r="D3" s="42"/>
       <c r="E3" s="42"/>
       <c r="F3" s="42"/>
       <c r="G3" s="42"/>
       <c r="H3" s="42"/>
       <c r="I3" s="42"/>
       <c r="J3" s="42"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="45" t="str">
         <f>'2-4'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="45"/>
       <c r="E4" s="37" t="str">
         <f>'2-4'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="37"/>
       <c r="G4" s="37"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="38" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="39"/>
       <c r="D5" s="41"/>
       <c r="E5" s="38" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="41"/>
       <c r="H5" s="38" t="s">
         <v>8</v>
       </c>
       <c r="I5" s="39"/>
@@ -3520,664 +3517,664 @@
       </c>
       <c r="F8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="50">
         <v>13</v>
       </c>
       <c r="C9" s="50">
-        <v>134109</v>
+        <v>99061</v>
       </c>
       <c r="D9" s="72">
         <v>0</v>
       </c>
       <c r="E9" s="50">
         <v>13</v>
       </c>
       <c r="F9" s="50">
-        <v>148369</v>
+        <v>107137</v>
       </c>
       <c r="G9" s="72">
         <v>0</v>
       </c>
       <c r="H9" s="50">
         <v>13</v>
       </c>
       <c r="I9" s="50">
-        <v>174805</v>
+        <v>135484</v>
       </c>
       <c r="J9" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="56" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="26"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="18" t="s">
         <v>65</v>
       </c>
       <c r="B11" s="60">
-        <v>5150</v>
+        <v>2150</v>
       </c>
       <c r="C11" s="60">
-        <v>32496</v>
+        <v>30995</v>
       </c>
       <c r="D11" s="66">
         <v>0</v>
       </c>
       <c r="E11" s="60">
         <v>4150</v>
       </c>
       <c r="F11" s="60">
-        <v>32995</v>
+        <v>32495</v>
       </c>
       <c r="G11" s="66">
         <v>0</v>
       </c>
       <c r="H11" s="60">
-        <v>10050</v>
+        <v>9750</v>
       </c>
       <c r="I11" s="60">
-        <v>40568</v>
+        <v>38359</v>
       </c>
       <c r="J11" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="56" t="s">
         <v>66</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
       <c r="I12" s="24"/>
       <c r="J12" s="26"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>67</v>
       </c>
       <c r="B13" s="60">
         <v>430</v>
       </c>
       <c r="C13" s="60">
-        <v>195926</v>
+        <v>171727</v>
       </c>
       <c r="D13" s="60">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="E13" s="60">
-        <v>372</v>
+        <v>430</v>
       </c>
       <c r="F13" s="60">
-        <v>200921</v>
+        <v>180630</v>
       </c>
       <c r="G13" s="60">
-        <v>646</v>
+        <v>678</v>
       </c>
       <c r="H13" s="60">
         <v>378</v>
       </c>
       <c r="I13" s="60">
-        <v>179166</v>
+        <v>174671</v>
       </c>
       <c r="J13" s="63">
-        <v>653</v>
+        <v>694</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="56" t="s">
         <v>68</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="24"/>
       <c r="J14" s="26"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>69</v>
       </c>
       <c r="B15" s="60">
-        <v>6445</v>
+        <v>6433</v>
       </c>
       <c r="C15" s="60">
-        <v>75577</v>
+        <v>66683</v>
       </c>
       <c r="D15" s="66">
         <v>0</v>
       </c>
       <c r="E15" s="60">
-        <v>6374</v>
+        <v>6433</v>
       </c>
       <c r="F15" s="60">
-        <v>74075</v>
+        <v>68579</v>
       </c>
       <c r="G15" s="66">
         <v>0</v>
       </c>
       <c r="H15" s="60">
-        <v>6273</v>
+        <v>6299</v>
       </c>
       <c r="I15" s="60">
-        <v>85879</v>
+        <v>90090</v>
       </c>
       <c r="J15" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="56" t="s">
         <v>70</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="24"/>
       <c r="H16" s="24"/>
       <c r="I16" s="24"/>
       <c r="J16" s="26"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>71</v>
       </c>
       <c r="B17" s="60">
-        <v>4720</v>
+        <v>4714</v>
       </c>
       <c r="C17" s="60">
+        <v>52375</v>
+      </c>
+      <c r="D17" s="60">
+        <v>221</v>
+      </c>
+      <c r="E17" s="60">
+        <v>4444</v>
+      </c>
+      <c r="F17" s="60">
         <v>53510</v>
       </c>
-      <c r="D17" s="60">
-[...9 lines deleted...]
-        <v>0</v>
+      <c r="G17" s="60">
+        <v>381</v>
       </c>
       <c r="H17" s="60">
-        <v>1211</v>
+        <v>1811</v>
       </c>
       <c r="I17" s="60">
-        <v>44229</v>
+        <v>45464</v>
       </c>
       <c r="J17" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="56" t="s">
         <v>72</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="24"/>
       <c r="I18" s="24"/>
       <c r="J18" s="26"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>73</v>
       </c>
       <c r="B19" s="60">
         <v>76</v>
       </c>
       <c r="C19" s="60">
-        <v>13198</v>
+        <v>15578</v>
       </c>
       <c r="D19" s="66">
         <v>0</v>
       </c>
       <c r="E19" s="60">
         <v>76</v>
       </c>
       <c r="F19" s="60">
-        <v>13898</v>
+        <v>14313</v>
       </c>
       <c r="G19" s="66">
         <v>0</v>
       </c>
       <c r="H19" s="60">
-        <v>76</v>
+        <v>1576</v>
       </c>
       <c r="I19" s="60">
-        <v>20278</v>
+        <v>20178</v>
       </c>
       <c r="J19" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="56" t="s">
         <v>74</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
       <c r="I20" s="24"/>
       <c r="J20" s="26"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="18" t="s">
         <v>75</v>
       </c>
       <c r="B21" s="60">
-        <v>1115</v>
+        <v>1202</v>
       </c>
       <c r="C21" s="60">
-        <v>108069</v>
+        <v>92598</v>
       </c>
       <c r="D21" s="60">
         <v>600</v>
       </c>
       <c r="E21" s="60">
-        <v>115</v>
+        <v>1172</v>
       </c>
       <c r="F21" s="60">
-        <v>106292</v>
+        <v>102082</v>
       </c>
       <c r="G21" s="60">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="H21" s="60">
-        <v>81</v>
+        <v>61</v>
       </c>
       <c r="I21" s="60">
-        <v>106925</v>
+        <v>105131</v>
       </c>
       <c r="J21" s="63">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="56" t="s">
         <v>76</v>
       </c>
       <c r="B22" s="24"/>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="24"/>
       <c r="J22" s="26"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="18" t="s">
         <v>77</v>
       </c>
       <c r="B23" s="60">
         <v>6170</v>
       </c>
       <c r="C23" s="60">
-        <v>4345</v>
+        <v>4160</v>
       </c>
       <c r="D23" s="66">
         <v>0</v>
       </c>
       <c r="E23" s="60">
         <v>6170</v>
       </c>
       <c r="F23" s="60">
-        <v>4345</v>
+        <v>4255</v>
       </c>
       <c r="G23" s="66">
         <v>0</v>
       </c>
       <c r="H23" s="60">
-        <v>2331</v>
+        <v>3731</v>
       </c>
       <c r="I23" s="60">
-        <v>4910</v>
+        <v>4810</v>
       </c>
       <c r="J23" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="56" t="s">
         <v>78</v>
       </c>
       <c r="B24" s="24"/>
       <c r="C24" s="24"/>
       <c r="D24" s="24"/>
       <c r="E24" s="24"/>
       <c r="F24" s="24"/>
       <c r="G24" s="24"/>
       <c r="H24" s="24"/>
       <c r="I24" s="24"/>
       <c r="J24" s="26"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="18" t="s">
         <v>79</v>
       </c>
       <c r="B25" s="60">
-        <v>17884</v>
+        <v>14618</v>
       </c>
       <c r="C25" s="60">
-        <v>19220</v>
+        <v>23495</v>
       </c>
       <c r="D25" s="66">
         <v>0</v>
       </c>
       <c r="E25" s="60">
-        <v>15064</v>
+        <v>17487</v>
       </c>
       <c r="F25" s="60">
-        <v>27220</v>
+        <v>19230</v>
       </c>
       <c r="G25" s="66">
         <v>0</v>
       </c>
       <c r="H25" s="60">
-        <v>6750</v>
+        <v>3624</v>
       </c>
       <c r="I25" s="60">
-        <v>18426</v>
+        <v>20254</v>
       </c>
       <c r="J25" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="56" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="24"/>
       <c r="C26" s="24"/>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="24"/>
       <c r="J26" s="26"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="18" t="s">
         <v>81</v>
       </c>
       <c r="B27" s="60">
-        <v>17920</v>
+        <v>16229</v>
       </c>
       <c r="C27" s="60">
-        <v>75436</v>
+        <v>75612</v>
       </c>
       <c r="D27" s="60">
-        <v>9130</v>
+        <v>8284</v>
       </c>
       <c r="E27" s="60">
-        <v>19492</v>
+        <v>15021</v>
       </c>
       <c r="F27" s="60">
-        <v>75539</v>
+        <v>72613</v>
       </c>
       <c r="G27" s="60">
-        <v>4721</v>
+        <v>7191</v>
       </c>
       <c r="H27" s="60">
-        <v>19811</v>
+        <v>16977</v>
       </c>
       <c r="I27" s="60">
-        <v>75342</v>
+        <v>75668</v>
       </c>
       <c r="J27" s="63">
-        <v>2401</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="56" t="s">
         <v>82</v>
       </c>
       <c r="B28" s="24"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
       <c r="J28" s="26"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="18" t="s">
         <v>83</v>
       </c>
       <c r="B29" s="60">
-        <v>27875</v>
+        <v>27336</v>
       </c>
       <c r="C29" s="60">
-        <v>14598</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>12998</v>
+      </c>
+      <c r="D29" s="66">
+        <v>0</v>
       </c>
       <c r="E29" s="60">
-        <v>26987</v>
+        <v>28040</v>
       </c>
       <c r="F29" s="60">
-        <v>14598</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>13498</v>
+      </c>
+      <c r="G29" s="66">
+        <v>0</v>
       </c>
       <c r="H29" s="60">
-        <v>29994</v>
+        <v>30130</v>
       </c>
       <c r="I29" s="60">
-        <v>17497</v>
+        <v>18498</v>
       </c>
       <c r="J29" s="63">
         <v>800</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="56" t="s">
         <v>84</v>
       </c>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="26"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="18" t="s">
         <v>85</v>
       </c>
       <c r="B31" s="60">
         <v>21</v>
       </c>
       <c r="C31" s="60">
-        <v>27560</v>
+        <v>25160</v>
       </c>
       <c r="D31" s="66">
         <v>0</v>
       </c>
       <c r="E31" s="60">
         <v>21</v>
       </c>
       <c r="F31" s="60">
-        <v>31760</v>
+        <v>25660</v>
       </c>
       <c r="G31" s="66">
         <v>0</v>
       </c>
       <c r="H31" s="60">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="I31" s="60">
-        <v>29675</v>
+        <v>30875</v>
       </c>
       <c r="J31" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="56" t="s">
         <v>86</v>
       </c>
       <c r="B32" s="24"/>
       <c r="C32" s="24"/>
       <c r="D32" s="24"/>
       <c r="E32" s="24"/>
       <c r="F32" s="24"/>
       <c r="G32" s="24"/>
       <c r="H32" s="24"/>
       <c r="I32" s="24"/>
       <c r="J32" s="26"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="18" t="s">
         <v>87</v>
       </c>
       <c r="B33" s="60">
+        <v>81</v>
+      </c>
+      <c r="C33" s="60">
+        <v>12850</v>
+      </c>
+      <c r="D33" s="66">
+        <v>0</v>
+      </c>
+      <c r="E33" s="60">
         <v>86</v>
       </c>
-      <c r="C33" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="F33" s="60">
-        <v>13050</v>
+        <v>11850</v>
       </c>
       <c r="G33" s="66">
         <v>0</v>
       </c>
       <c r="H33" s="60">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="I33" s="60">
-        <v>15225</v>
+        <v>13425</v>
       </c>
       <c r="J33" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="56" t="s">
         <v>88</v>
       </c>
       <c r="B34" s="24"/>
       <c r="C34" s="24"/>
       <c r="D34" s="24"/>
       <c r="E34" s="24"/>
       <c r="F34" s="24"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="24"/>
       <c r="J34" s="26"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="18" t="s">
         <v>89</v>
       </c>
       <c r="B35" s="60">
-        <v>239</v>
+        <v>210</v>
       </c>
       <c r="C35" s="60">
         <v>43000</v>
       </c>
       <c r="D35" s="66">
         <v>0</v>
       </c>
       <c r="E35" s="60">
-        <v>239</v>
+        <v>210</v>
       </c>
       <c r="F35" s="60">
         <v>43000</v>
       </c>
       <c r="G35" s="66">
         <v>0</v>
       </c>
       <c r="H35" s="60">
-        <v>217</v>
+        <v>194</v>
       </c>
       <c r="I35" s="60">
         <v>43000</v>
       </c>
       <c r="J35" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="70" t="s">
         <v>90</v>
       </c>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27"/>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="28"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="12" t="s">
         <v>24</v>
@@ -4412,56 +4409,56 @@
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
       <c r="J2" s="43"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="42" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="42"/>
       <c r="C3" s="42"/>
       <c r="D3" s="42"/>
       <c r="E3" s="42"/>
       <c r="F3" s="42"/>
       <c r="G3" s="42"/>
       <c r="H3" s="42"/>
       <c r="I3" s="42"/>
       <c r="J3" s="42"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="45" t="str">
         <f>'2-4'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="45"/>
       <c r="E4" s="37" t="str">
         <f>'2-4'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="37"/>
       <c r="G4" s="37"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="38" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="39"/>
       <c r="D5" s="41"/>
       <c r="E5" s="38" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="41"/>
       <c r="H5" s="38" t="s">
         <v>8</v>
       </c>
       <c r="I5" s="39"/>
@@ -4532,677 +4529,677 @@
       </c>
       <c r="E8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="50">
-        <v>15202</v>
+        <v>10631</v>
       </c>
       <c r="C9" s="50">
-        <v>113620</v>
+        <v>118520</v>
       </c>
       <c r="D9" s="50">
-        <v>1149</v>
+        <v>525</v>
       </c>
       <c r="E9" s="50">
-        <v>17512</v>
+        <v>9302</v>
       </c>
       <c r="F9" s="50">
-        <v>122120</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>123020</v>
+      </c>
+      <c r="G9" s="50">
+        <v>2181</v>
       </c>
       <c r="H9" s="50">
-        <v>22289</v>
+        <v>16155</v>
       </c>
       <c r="I9" s="50">
-        <v>95175</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>104425</v>
+      </c>
+      <c r="J9" s="53">
+        <v>5299</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="56" t="s">
         <v>91</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="26"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="18" t="s">
         <v>92</v>
       </c>
       <c r="B11" s="60">
-        <v>7932</v>
+        <v>11723</v>
       </c>
       <c r="C11" s="60">
-        <v>146155</v>
+        <v>144205</v>
       </c>
       <c r="D11" s="60">
-        <v>387</v>
+        <v>403</v>
       </c>
       <c r="E11" s="60">
-        <v>5995</v>
+        <v>17459</v>
       </c>
       <c r="F11" s="60">
-        <v>152378</v>
+        <v>135656</v>
       </c>
       <c r="G11" s="60">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="H11" s="60">
-        <v>5297</v>
+        <v>14514</v>
       </c>
       <c r="I11" s="60">
-        <v>120590</v>
+        <v>136590</v>
       </c>
       <c r="J11" s="63">
-        <v>1775</v>
+        <v>309</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="56" t="s">
         <v>93</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
       <c r="I12" s="24"/>
       <c r="J12" s="26"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>94</v>
       </c>
       <c r="B13" s="60">
-        <v>24418</v>
+        <v>21718</v>
       </c>
       <c r="C13" s="60">
-        <v>196383</v>
+        <v>194043</v>
       </c>
       <c r="D13" s="60">
-        <v>11287</v>
+        <v>8565</v>
       </c>
       <c r="E13" s="60">
-        <v>20930</v>
+        <v>24718</v>
       </c>
       <c r="F13" s="60">
-        <v>223582</v>
+        <v>205345</v>
       </c>
       <c r="G13" s="60">
-        <v>9304</v>
+        <v>11938</v>
       </c>
       <c r="H13" s="60">
-        <v>12097</v>
+        <v>8097</v>
       </c>
       <c r="I13" s="60">
-        <v>216672</v>
+        <v>200220</v>
       </c>
       <c r="J13" s="63">
-        <v>15492</v>
+        <v>9463</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="56" t="s">
         <v>95</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="24"/>
       <c r="J14" s="26"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>96</v>
       </c>
       <c r="B15" s="60">
-        <v>670</v>
+        <v>5670</v>
       </c>
       <c r="C15" s="60">
-        <v>265251</v>
+        <v>238936</v>
       </c>
       <c r="D15" s="60">
-        <v>30357</v>
+        <v>28535</v>
       </c>
       <c r="E15" s="60">
-        <v>670</v>
+        <v>5670</v>
       </c>
       <c r="F15" s="60">
-        <v>296600</v>
+        <v>253963</v>
       </c>
       <c r="G15" s="60">
-        <v>17243</v>
+        <v>24046</v>
       </c>
       <c r="H15" s="60">
-        <v>7878</v>
+        <v>7870</v>
       </c>
       <c r="I15" s="60">
-        <v>276726</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>252121</v>
+      </c>
+      <c r="J15" s="63">
+        <v>6604</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="56" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="24"/>
       <c r="H16" s="24"/>
       <c r="I16" s="24"/>
       <c r="J16" s="26"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>98</v>
       </c>
       <c r="B17" s="60">
-        <v>8012</v>
+        <v>16312</v>
       </c>
       <c r="C17" s="60">
-        <v>56240</v>
+        <v>57380</v>
       </c>
       <c r="D17" s="66">
         <v>0</v>
       </c>
       <c r="E17" s="60">
-        <v>8012</v>
+        <v>15512</v>
       </c>
       <c r="F17" s="60">
-        <v>53325</v>
+        <v>57940</v>
       </c>
       <c r="G17" s="66">
         <v>0</v>
       </c>
       <c r="H17" s="60">
-        <v>1134</v>
+        <v>8129</v>
       </c>
       <c r="I17" s="60">
-        <v>51915</v>
+        <v>47785</v>
       </c>
       <c r="J17" s="63">
-        <v>624</v>
+        <v>310</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="56" t="s">
         <v>99</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="24"/>
       <c r="I18" s="24"/>
       <c r="J18" s="26"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>100</v>
       </c>
       <c r="B19" s="60">
-        <v>12000</v>
+        <v>13000</v>
       </c>
       <c r="C19" s="60">
-        <v>50024</v>
+        <v>54777</v>
       </c>
       <c r="D19" s="66">
         <v>0</v>
       </c>
-      <c r="E19" s="60">
-        <v>12000</v>
+      <c r="E19" s="66">
+        <v>0</v>
       </c>
       <c r="F19" s="60">
-        <v>51727</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>53485</v>
+      </c>
+      <c r="G19" s="66">
+        <v>0</v>
+      </c>
+      <c r="H19" s="60">
+        <v>3000</v>
       </c>
       <c r="I19" s="60">
-        <v>41553</v>
+        <v>39348</v>
       </c>
       <c r="J19" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="56" t="s">
         <v>101</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
       <c r="I20" s="24"/>
       <c r="J20" s="26"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="18" t="s">
         <v>102</v>
       </c>
       <c r="B21" s="60">
-        <v>1461</v>
+        <v>1457</v>
       </c>
       <c r="C21" s="60">
-        <v>263670</v>
+        <v>239420</v>
       </c>
       <c r="D21" s="60">
-        <v>5947</v>
+        <v>6133</v>
       </c>
       <c r="E21" s="60">
-        <v>1461</v>
+        <v>1460</v>
       </c>
       <c r="F21" s="60">
-        <v>272670</v>
+        <v>245520</v>
       </c>
       <c r="G21" s="60">
-        <v>5863</v>
+        <v>6159</v>
       </c>
       <c r="H21" s="60">
-        <v>1531</v>
+        <v>5109</v>
       </c>
       <c r="I21" s="60">
-        <v>210420</v>
+        <v>227327</v>
       </c>
       <c r="J21" s="63">
-        <v>9509</v>
+        <v>9390</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="56" t="s">
         <v>103</v>
       </c>
       <c r="B22" s="24"/>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="24"/>
       <c r="J22" s="26"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="18" t="s">
         <v>104</v>
       </c>
       <c r="B23" s="60">
         <v>69</v>
       </c>
       <c r="C23" s="60">
-        <v>29370</v>
+        <v>23160</v>
       </c>
       <c r="D23" s="66">
         <v>0</v>
       </c>
       <c r="E23" s="60">
         <v>69</v>
       </c>
       <c r="F23" s="60">
-        <v>32470</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>26070</v>
+      </c>
+      <c r="G23" s="66">
+        <v>0</v>
       </c>
       <c r="H23" s="60">
-        <v>1323</v>
+        <v>1423</v>
       </c>
       <c r="I23" s="60">
-        <v>27580</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>26105</v>
+      </c>
+      <c r="J23" s="63">
+        <v>499</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="56" t="s">
         <v>105</v>
       </c>
       <c r="B24" s="24"/>
       <c r="C24" s="24"/>
       <c r="D24" s="24"/>
       <c r="E24" s="24"/>
       <c r="F24" s="24"/>
       <c r="G24" s="24"/>
       <c r="H24" s="24"/>
       <c r="I24" s="24"/>
       <c r="J24" s="26"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="18" t="s">
         <v>106</v>
       </c>
       <c r="B25" s="60">
-        <v>2269</v>
+        <v>2259</v>
       </c>
       <c r="C25" s="60">
-        <v>320753</v>
+        <v>333356</v>
       </c>
       <c r="D25" s="60">
-        <v>26136</v>
+        <v>31149</v>
       </c>
       <c r="E25" s="60">
-        <v>2263</v>
+        <v>2277</v>
       </c>
       <c r="F25" s="60">
-        <v>378002</v>
+        <v>291783</v>
       </c>
       <c r="G25" s="60">
-        <v>26187</v>
+        <v>24616</v>
       </c>
       <c r="H25" s="60">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="I25" s="60">
-        <v>311704</v>
+        <v>258892</v>
       </c>
       <c r="J25" s="63">
-        <v>48027</v>
+        <v>68807</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="56" t="s">
         <v>107</v>
       </c>
       <c r="B26" s="24"/>
       <c r="C26" s="24"/>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="24"/>
       <c r="J26" s="26"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="18" t="s">
         <v>108</v>
       </c>
       <c r="B27" s="66">
         <v>0</v>
       </c>
       <c r="C27" s="60">
-        <v>450</v>
+        <v>480</v>
       </c>
       <c r="D27" s="66">
         <v>0</v>
       </c>
       <c r="E27" s="66">
         <v>0</v>
       </c>
       <c r="F27" s="60">
+        <v>555</v>
+      </c>
+      <c r="G27" s="66">
+        <v>0</v>
+      </c>
+      <c r="H27" s="66">
+        <v>0</v>
+      </c>
+      <c r="I27" s="60">
         <v>200</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="J27" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="56" t="s">
         <v>109</v>
       </c>
       <c r="B28" s="24"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
       <c r="J28" s="26"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="18" t="s">
         <v>110</v>
       </c>
       <c r="B29" s="60">
+        <v>5300</v>
+      </c>
+      <c r="C29" s="60">
+        <v>3980</v>
+      </c>
+      <c r="D29" s="66">
+        <v>0</v>
+      </c>
+      <c r="E29" s="60">
         <v>5600</v>
       </c>
-      <c r="C29" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="F29" s="60">
-        <v>4180</v>
+        <v>4130</v>
       </c>
       <c r="G29" s="66">
         <v>0</v>
       </c>
       <c r="H29" s="60">
-        <v>4300</v>
+        <v>4900</v>
       </c>
       <c r="I29" s="60">
-        <v>5660</v>
+        <v>4900</v>
       </c>
       <c r="J29" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="56" t="s">
         <v>111</v>
       </c>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="26"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="18" t="s">
         <v>112</v>
       </c>
       <c r="B31" s="60">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="C31" s="66">
         <v>0</v>
       </c>
       <c r="D31" s="66">
         <v>0</v>
       </c>
       <c r="E31" s="60">
         <v>2500</v>
       </c>
       <c r="F31" s="66">
         <v>0</v>
       </c>
       <c r="G31" s="66">
         <v>0</v>
       </c>
       <c r="H31" s="60">
-        <v>2500</v>
+        <v>3000</v>
       </c>
       <c r="I31" s="60">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="J31" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="56" t="s">
         <v>113</v>
       </c>
       <c r="B32" s="24"/>
       <c r="C32" s="24"/>
       <c r="D32" s="24"/>
       <c r="E32" s="24"/>
       <c r="F32" s="24"/>
       <c r="G32" s="24"/>
       <c r="H32" s="24"/>
       <c r="I32" s="24"/>
       <c r="J32" s="26"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>114</v>
       </c>
       <c r="B33" s="61">
-        <v>6863</v>
+        <v>7112</v>
       </c>
       <c r="C33" s="61">
-        <v>211858</v>
+        <v>199426</v>
       </c>
       <c r="D33" s="75">
         <v>0</v>
       </c>
       <c r="E33" s="61">
-        <v>1878</v>
+        <v>5946</v>
       </c>
       <c r="F33" s="61">
-        <v>215243</v>
+        <v>200380</v>
       </c>
       <c r="G33" s="75">
         <v>0</v>
       </c>
       <c r="H33" s="61">
-        <v>1840</v>
+        <v>1830</v>
       </c>
       <c r="I33" s="61">
-        <v>225375</v>
+        <v>210731</v>
       </c>
       <c r="J33" s="64">
-        <v>5397</v>
+        <v>6707</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="57" t="s">
         <v>115</v>
       </c>
       <c r="B34" s="24"/>
       <c r="C34" s="24"/>
       <c r="D34" s="24"/>
       <c r="E34" s="24"/>
       <c r="F34" s="24"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="24"/>
       <c r="J34" s="26"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="58" t="s">
         <v>116</v>
       </c>
-      <c r="B35" s="61">
+      <c r="B35" s="75">
+        <v>0</v>
+      </c>
+      <c r="C35" s="61">
+        <v>32131</v>
+      </c>
+      <c r="D35" s="61">
+        <v>7664</v>
+      </c>
+      <c r="E35" s="61">
         <v>500</v>
       </c>
-      <c r="C35" s="61">
-[...7 lines deleted...]
-      </c>
       <c r="F35" s="61">
-        <v>34632</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>30431</v>
+      </c>
+      <c r="G35" s="61">
+        <v>4264</v>
       </c>
       <c r="H35" s="75">
         <v>0</v>
       </c>
       <c r="I35" s="61">
-        <v>11264</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>9765</v>
+      </c>
+      <c r="J35" s="64">
+        <v>224</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A36" s="77" t="s">
+      <c r="A36" s="76" t="s">
         <v>117</v>
       </c>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27"/>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="28"/>
     </row>
     <row r="37" spans="1:1" ht="13.5" customHeight="1">
       <c r="A37" s="21" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:1">
       <c r="A38" s="22" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="140">
     <mergeCell ref="A3:J3"/>