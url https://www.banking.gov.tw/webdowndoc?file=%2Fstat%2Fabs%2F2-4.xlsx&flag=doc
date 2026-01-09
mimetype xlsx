--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -34,51 +34,51 @@
     <definedName name="Print_Area" localSheetId="0">'2-4'!$A$1:$J$41</definedName>
     <definedName name="Print_Area" localSheetId="1">'2-4(續一)'!$A$1:$J$39</definedName>
     <definedName name="外部資料_1" localSheetId="0">'2-4'!$A$1:$J$41</definedName>
     <definedName name="外部資料_1" localSheetId="1">'2-4(續一)'!$A$1:$J$39</definedName>
     <definedName name="外部資料_1" localSheetId="2">'2-4(續二完)'!$A$1:$J$8</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>餘　額</t>
   </si>
   <si>
     <t>　　　　　(2)指持有他行發行之可轉讓定期存單。</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t>銀　　　行　　　別</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">本　　　　月  </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Current Month</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">上　　　　月  </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
@@ -162,51 +162,51 @@
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
   <si>
     <r>
       <t>他行</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> (2)</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <t>說　　明：1.『餘額』指各銀行發行流通在外（未到期）之可轉讓定期存單。</t>
   </si>
   <si>
     <r>
       <t>　　　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>.#係金融控股公司之子公司。</t>
     </r>
   </si>
@@ -505,51 +505,51 @@
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -2142,51 +2142,54 @@
     </xf>
     <xf xxid="218" numFmtId="182" fontId="40" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="219" numFmtId="0" fontId="42" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="220" numFmtId="0" fontId="43" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="221" numFmtId="182" fontId="6" fillId="2" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="222" numFmtId="182" fontId="40" fillId="2" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="223" numFmtId="182" fontId="6" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="224" numFmtId="182" fontId="40" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="225" numFmtId="182" fontId="41" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="226" numFmtId="0" fontId="44" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="226" numFmtId="182" fontId="41" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="227" numFmtId="0" fontId="44" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="136">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色1 2" xfId="16"/>
     <cellStyle name="20% - 輔色1 3" xfId="17"/>
     <cellStyle name="20% - 輔色2" xfId="18"/>
     <cellStyle name="20% - 輔色2 2" xfId="19"/>
     <cellStyle name="20% - 輔色2 3" xfId="20"/>
     <cellStyle name="20% - 輔色3" xfId="21"/>
     <cellStyle name="20% - 輔色3 2" xfId="22"/>
     <cellStyle name="20% - 輔色3 3" xfId="23"/>
     <cellStyle name="20% - 輔色4" xfId="24"/>
     <cellStyle name="20% - 輔色4 2" xfId="25"/>
     <cellStyle name="20% - 輔色4 3" xfId="26"/>
     <cellStyle name="20% - 輔色5" xfId="27"/>
     <cellStyle name="20% - 輔色5 2" xfId="28"/>
     <cellStyle name="20% - 輔色5 3" xfId="29"/>
     <cellStyle name="20% - 輔色6" xfId="30"/>
     <cellStyle name="20% - 輔色6 2" xfId="31"/>
     <cellStyle name="20% - 輔色6 3" xfId="32"/>
     <cellStyle name="40% - 輔色1" xfId="33"/>
     <cellStyle name="40% - 輔色1 2" xfId="34"/>
     <cellStyle name="40% - 輔色1 3" xfId="35"/>
@@ -2471,673 +2474,673 @@
       </c>
       <c r="E8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="48" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="51">
+        <v>331654</v>
+      </c>
+      <c r="C9" s="51">
+        <v>6520564</v>
+      </c>
+      <c r="D9" s="51">
+        <v>159268</v>
+      </c>
+      <c r="E9" s="51">
         <v>367717</v>
       </c>
-      <c r="C9" s="51">
+      <c r="F9" s="51">
         <v>6682751</v>
       </c>
-      <c r="D9" s="51">
+      <c r="G9" s="51">
         <v>153177</v>
       </c>
-      <c r="E9" s="51">
-[...7 lines deleted...]
-      </c>
       <c r="H9" s="51">
-        <v>342573</v>
+        <v>348419</v>
       </c>
       <c r="I9" s="51">
-        <v>6312717</v>
+        <v>6309422</v>
       </c>
       <c r="J9" s="54">
-        <v>184280</v>
+        <v>167671</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="57" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="26"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="61">
+        <v>323542</v>
+      </c>
+      <c r="C11" s="61">
+        <v>6289452</v>
+      </c>
+      <c r="D11" s="61">
+        <v>154965</v>
+      </c>
+      <c r="E11" s="61">
         <v>360605</v>
       </c>
-      <c r="C11" s="61">
+      <c r="F11" s="61">
         <v>6451194</v>
       </c>
-      <c r="D11" s="61">
+      <c r="G11" s="61">
         <v>145513</v>
       </c>
-      <c r="E11" s="61">
-[...7 lines deleted...]
-      </c>
       <c r="H11" s="61">
-        <v>340743</v>
+        <v>346914</v>
       </c>
       <c r="I11" s="61">
-        <v>6092221</v>
+        <v>6067903</v>
       </c>
       <c r="J11" s="64">
-        <v>177349</v>
+        <v>165002</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="57" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
       <c r="I12" s="24"/>
       <c r="J12" s="26"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="60">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="C13" s="60">
-        <v>761704</v>
+        <v>720508</v>
       </c>
       <c r="D13" s="60">
-        <v>14696</v>
+        <v>16501</v>
       </c>
       <c r="E13" s="60">
         <v>876</v>
       </c>
       <c r="F13" s="60">
-        <v>820295</v>
+        <v>761704</v>
       </c>
       <c r="G13" s="60">
-        <v>15206</v>
+        <v>14696</v>
       </c>
       <c r="H13" s="60">
         <v>808</v>
       </c>
       <c r="I13" s="60">
-        <v>760530</v>
+        <v>762405</v>
       </c>
       <c r="J13" s="63">
-        <v>20586</v>
+        <v>19826</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="56" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="24"/>
       <c r="J14" s="26"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="60">
+        <v>625</v>
+      </c>
+      <c r="C15" s="60">
+        <v>371189</v>
+      </c>
+      <c r="D15" s="60">
+        <v>8036</v>
+      </c>
+      <c r="E15" s="60">
         <v>626</v>
       </c>
-      <c r="C15" s="60">
+      <c r="F15" s="60">
         <v>360009</v>
       </c>
-      <c r="D15" s="60">
+      <c r="G15" s="60">
         <v>8304</v>
-      </c>
-[...7 lines deleted...]
-        <v>8806</v>
       </c>
       <c r="H15" s="60">
         <v>522</v>
       </c>
       <c r="I15" s="60">
-        <v>318559</v>
+        <v>359379</v>
       </c>
       <c r="J15" s="63">
-        <v>8573</v>
+        <v>9504</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="56" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="24"/>
       <c r="H16" s="24"/>
       <c r="I16" s="24"/>
       <c r="J16" s="26"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>44</v>
       </c>
       <c r="B17" s="60">
+        <v>39761</v>
+      </c>
+      <c r="C17" s="60">
+        <v>543837</v>
+      </c>
+      <c r="D17" s="66">
+        <v>0</v>
+      </c>
+      <c r="E17" s="60">
         <v>41359</v>
       </c>
-      <c r="C17" s="60">
+      <c r="F17" s="60">
         <v>534747</v>
       </c>
-      <c r="D17" s="66">
-[...7 lines deleted...]
-      </c>
       <c r="G17" s="66">
         <v>0</v>
       </c>
       <c r="H17" s="60">
-        <v>37026</v>
+        <v>47012</v>
       </c>
       <c r="I17" s="60">
-        <v>438795</v>
+        <v>433040</v>
       </c>
       <c r="J17" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="56" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="24"/>
       <c r="I18" s="24"/>
       <c r="J18" s="26"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="60">
+        <v>6314</v>
+      </c>
+      <c r="C19" s="60">
+        <v>665560</v>
+      </c>
+      <c r="D19" s="60">
+        <v>6617</v>
+      </c>
+      <c r="E19" s="60">
         <v>6319</v>
       </c>
-      <c r="C19" s="60">
+      <c r="F19" s="60">
         <v>661660</v>
       </c>
-      <c r="D19" s="60">
+      <c r="G19" s="60">
         <v>5869</v>
       </c>
-      <c r="E19" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="H19" s="60">
-        <v>2370</v>
+        <v>2378</v>
       </c>
       <c r="I19" s="60">
-        <v>637660</v>
+        <v>601460</v>
       </c>
       <c r="J19" s="63">
-        <v>8014</v>
+        <v>7218</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="56" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
       <c r="I20" s="24"/>
       <c r="J20" s="26"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="18" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="60">
+        <v>6938</v>
+      </c>
+      <c r="C21" s="60">
+        <v>384785</v>
+      </c>
+      <c r="D21" s="66">
+        <v>0</v>
+      </c>
+      <c r="E21" s="60">
         <v>22249</v>
       </c>
-      <c r="C21" s="60">
+      <c r="F21" s="60">
         <v>405486</v>
       </c>
-      <c r="D21" s="66">
-[...7 lines deleted...]
-      </c>
       <c r="G21" s="66">
         <v>0</v>
       </c>
       <c r="H21" s="60">
-        <v>47991</v>
+        <v>42069</v>
       </c>
       <c r="I21" s="60">
-        <v>447235</v>
+        <v>448740</v>
       </c>
       <c r="J21" s="63">
-        <v>431</v>
+        <v>902</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="56" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="24"/>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="24"/>
       <c r="J22" s="26"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="18" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="60">
+        <v>2565</v>
+      </c>
+      <c r="C23" s="60">
+        <v>338100</v>
+      </c>
+      <c r="D23" s="60">
+        <v>15491</v>
+      </c>
+      <c r="E23" s="60">
         <v>2550</v>
       </c>
-      <c r="C23" s="60">
+      <c r="F23" s="60">
         <v>340585</v>
       </c>
-      <c r="D23" s="60">
+      <c r="G23" s="60">
         <v>14994</v>
       </c>
-      <c r="E23" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="H23" s="60">
-        <v>2584</v>
+        <v>2537</v>
       </c>
       <c r="I23" s="60">
-        <v>322395</v>
+        <v>304795</v>
       </c>
       <c r="J23" s="63">
-        <v>4377</v>
+        <v>6867</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="56" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="24"/>
       <c r="C24" s="24"/>
       <c r="D24" s="24"/>
       <c r="E24" s="24"/>
       <c r="F24" s="24"/>
       <c r="G24" s="24"/>
       <c r="H24" s="24"/>
       <c r="I24" s="24"/>
       <c r="J24" s="26"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="18" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="60">
+        <v>80567</v>
+      </c>
+      <c r="C25" s="60">
+        <v>142300</v>
+      </c>
+      <c r="D25" s="66">
+        <v>0</v>
+      </c>
+      <c r="E25" s="60">
         <v>80531</v>
       </c>
-      <c r="C25" s="60">
+      <c r="F25" s="60">
         <v>176300</v>
       </c>
-      <c r="D25" s="66">
-[...7 lines deleted...]
-      </c>
       <c r="G25" s="66">
         <v>0</v>
       </c>
       <c r="H25" s="60">
-        <v>72915</v>
+        <v>71079</v>
       </c>
       <c r="I25" s="60">
-        <v>170100</v>
+        <v>177485</v>
       </c>
       <c r="J25" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="56" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="24"/>
       <c r="C26" s="24"/>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="24"/>
       <c r="J26" s="26"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="18" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="60">
         <v>635</v>
       </c>
       <c r="C27" s="60">
+        <v>261420</v>
+      </c>
+      <c r="D27" s="60">
+        <v>1274</v>
+      </c>
+      <c r="E27" s="60">
+        <v>635</v>
+      </c>
+      <c r="F27" s="60">
         <v>256921</v>
       </c>
-      <c r="D27" s="60">
+      <c r="G27" s="60">
         <v>1685</v>
-      </c>
-[...7 lines deleted...]
-        <v>2924</v>
       </c>
       <c r="H27" s="60">
         <v>662</v>
       </c>
       <c r="I27" s="60">
-        <v>220915</v>
+        <v>225413</v>
       </c>
       <c r="J27" s="63">
-        <v>6056</v>
+        <v>7542</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="56" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="24"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
       <c r="J28" s="26"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="18" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="60">
+        <v>25625</v>
+      </c>
+      <c r="C29" s="60">
+        <v>479266</v>
+      </c>
+      <c r="D29" s="60">
+        <v>1528</v>
+      </c>
+      <c r="E29" s="60">
         <v>35082</v>
       </c>
-      <c r="C29" s="60">
+      <c r="F29" s="60">
         <v>514217</v>
       </c>
-      <c r="D29" s="60">
+      <c r="G29" s="60">
         <v>903</v>
       </c>
-      <c r="E29" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="H29" s="60">
-        <v>27854</v>
+        <v>40374</v>
       </c>
       <c r="I29" s="60">
-        <v>277176</v>
+        <v>339694</v>
       </c>
       <c r="J29" s="63">
-        <v>7092</v>
+        <v>5841</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="56" t="s">
         <v>57</v>
       </c>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="26"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="18" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="66">
         <v>0</v>
       </c>
       <c r="C31" s="60">
         <v>7600</v>
       </c>
       <c r="D31" s="66">
         <v>0</v>
       </c>
       <c r="E31" s="66">
         <v>0</v>
       </c>
       <c r="F31" s="60">
         <v>7600</v>
       </c>
       <c r="G31" s="66">
         <v>0</v>
       </c>
       <c r="H31" s="66">
         <v>0</v>
       </c>
       <c r="I31" s="60">
-        <v>7600</v>
+        <v>7100</v>
       </c>
       <c r="J31" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="56" t="s">
         <v>59</v>
       </c>
       <c r="B32" s="24"/>
       <c r="C32" s="24"/>
       <c r="D32" s="24"/>
       <c r="E32" s="24"/>
       <c r="F32" s="24"/>
       <c r="G32" s="24"/>
       <c r="H32" s="24"/>
       <c r="I32" s="24"/>
       <c r="J32" s="26"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="18" t="s">
         <v>60</v>
       </c>
       <c r="B33" s="60">
+        <v>358</v>
+      </c>
+      <c r="C33" s="60">
+        <v>23050</v>
+      </c>
+      <c r="D33" s="66">
+        <v>0</v>
+      </c>
+      <c r="E33" s="60">
         <v>359</v>
       </c>
-      <c r="C33" s="60">
+      <c r="F33" s="60">
         <v>23250</v>
       </c>
-      <c r="D33" s="66">
-[...7 lines deleted...]
-      </c>
       <c r="G33" s="66">
         <v>0</v>
       </c>
       <c r="H33" s="60">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="I33" s="60">
-        <v>21820</v>
+        <v>20820</v>
       </c>
       <c r="J33" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="56" t="s">
         <v>61</v>
       </c>
       <c r="B34" s="24"/>
       <c r="C34" s="24"/>
       <c r="D34" s="24"/>
       <c r="E34" s="24"/>
       <c r="F34" s="24"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="24"/>
       <c r="J34" s="26"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="18" t="s">
         <v>62</v>
       </c>
       <c r="B35" s="60">
         <v>197</v>
       </c>
       <c r="C35" s="60">
-        <v>274169</v>
+        <v>285169</v>
       </c>
       <c r="D35" s="60">
-        <v>13970</v>
+        <v>14047</v>
       </c>
       <c r="E35" s="60">
         <v>197</v>
       </c>
       <c r="F35" s="60">
-        <v>278017</v>
+        <v>274169</v>
       </c>
       <c r="G35" s="60">
-        <v>13444</v>
+        <v>13970</v>
       </c>
       <c r="H35" s="60">
         <v>263</v>
       </c>
       <c r="I35" s="60">
-        <v>355416</v>
+        <v>306625</v>
       </c>
       <c r="J35" s="63">
-        <v>16538</v>
+        <v>15724</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="70" t="s">
         <v>63</v>
       </c>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27"/>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="28"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
@@ -3394,56 +3397,56 @@
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
       <c r="H2" s="44"/>
       <c r="I2" s="44"/>
       <c r="J2" s="44"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="42" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="42"/>
       <c r="C3" s="42"/>
       <c r="D3" s="42"/>
       <c r="E3" s="42"/>
       <c r="F3" s="42"/>
       <c r="G3" s="42"/>
       <c r="H3" s="42"/>
       <c r="I3" s="42"/>
       <c r="J3" s="42"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="45" t="str">
         <f>'2-4'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="45"/>
       <c r="E4" s="37" t="str">
         <f>'2-4'!E4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="37"/>
       <c r="G4" s="37"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="38" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="39"/>
       <c r="D5" s="41"/>
       <c r="E5" s="38" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="41"/>
       <c r="H5" s="38" t="s">
         <v>8</v>
       </c>
       <c r="I5" s="39"/>
@@ -3517,664 +3520,664 @@
       </c>
       <c r="F8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="50">
         <v>13</v>
       </c>
       <c r="C9" s="50">
-        <v>99061</v>
+        <v>102733</v>
       </c>
       <c r="D9" s="72">
         <v>0</v>
       </c>
       <c r="E9" s="50">
         <v>13</v>
       </c>
       <c r="F9" s="50">
-        <v>107137</v>
+        <v>99061</v>
       </c>
       <c r="G9" s="72">
         <v>0</v>
       </c>
       <c r="H9" s="50">
         <v>13</v>
       </c>
       <c r="I9" s="50">
-        <v>135484</v>
+        <v>149079</v>
       </c>
       <c r="J9" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="56" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="26"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="18" t="s">
         <v>65</v>
       </c>
       <c r="B11" s="60">
+        <v>2650</v>
+      </c>
+      <c r="C11" s="60">
+        <v>29496</v>
+      </c>
+      <c r="D11" s="66">
+        <v>0</v>
+      </c>
+      <c r="E11" s="60">
         <v>2150</v>
       </c>
-      <c r="C11" s="60">
+      <c r="F11" s="60">
         <v>30995</v>
       </c>
-      <c r="D11" s="66">
-[...7 lines deleted...]
-      </c>
       <c r="G11" s="66">
         <v>0</v>
       </c>
       <c r="H11" s="60">
-        <v>9750</v>
+        <v>8750</v>
       </c>
       <c r="I11" s="60">
-        <v>38359</v>
+        <v>37361</v>
       </c>
       <c r="J11" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="56" t="s">
         <v>66</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
       <c r="I12" s="24"/>
       <c r="J12" s="26"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>67</v>
       </c>
       <c r="B13" s="60">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C13" s="60">
-        <v>171727</v>
+        <v>180225</v>
       </c>
       <c r="D13" s="60">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="E13" s="60">
         <v>430</v>
       </c>
       <c r="F13" s="60">
-        <v>180630</v>
+        <v>171727</v>
       </c>
       <c r="G13" s="60">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="H13" s="60">
         <v>378</v>
       </c>
       <c r="I13" s="60">
-        <v>174671</v>
+        <v>156176</v>
       </c>
       <c r="J13" s="63">
-        <v>694</v>
+        <v>704</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="56" t="s">
         <v>68</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="24"/>
       <c r="J14" s="26"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>69</v>
       </c>
       <c r="B15" s="60">
-        <v>6433</v>
+        <v>6933</v>
       </c>
       <c r="C15" s="60">
-        <v>66683</v>
+        <v>61595</v>
       </c>
       <c r="D15" s="66">
         <v>0</v>
       </c>
       <c r="E15" s="60">
         <v>6433</v>
       </c>
       <c r="F15" s="60">
-        <v>68579</v>
+        <v>66683</v>
       </c>
       <c r="G15" s="66">
         <v>0</v>
       </c>
       <c r="H15" s="60">
-        <v>6299</v>
+        <v>6352</v>
       </c>
       <c r="I15" s="60">
-        <v>90090</v>
+        <v>88402</v>
       </c>
       <c r="J15" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="56" t="s">
         <v>70</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="24"/>
       <c r="H16" s="24"/>
       <c r="I16" s="24"/>
       <c r="J16" s="26"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>71</v>
       </c>
       <c r="B17" s="60">
+        <v>3719</v>
+      </c>
+      <c r="C17" s="60">
+        <v>50075</v>
+      </c>
+      <c r="D17" s="60">
+        <v>220</v>
+      </c>
+      <c r="E17" s="60">
         <v>4714</v>
       </c>
-      <c r="C17" s="60">
+      <c r="F17" s="60">
         <v>52375</v>
       </c>
-      <c r="D17" s="60">
+      <c r="G17" s="60">
         <v>221</v>
       </c>
-      <c r="E17" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="H17" s="60">
-        <v>1811</v>
+        <v>2456</v>
       </c>
       <c r="I17" s="60">
-        <v>45464</v>
+        <v>44664</v>
       </c>
       <c r="J17" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="56" t="s">
         <v>72</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="24"/>
       <c r="I18" s="24"/>
       <c r="J18" s="26"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>73</v>
       </c>
       <c r="B19" s="60">
         <v>76</v>
       </c>
       <c r="C19" s="60">
-        <v>15578</v>
+        <v>15778</v>
       </c>
       <c r="D19" s="66">
         <v>0</v>
       </c>
       <c r="E19" s="60">
         <v>76</v>
       </c>
       <c r="F19" s="60">
-        <v>14313</v>
+        <v>15578</v>
       </c>
       <c r="G19" s="66">
         <v>0</v>
       </c>
       <c r="H19" s="60">
-        <v>1576</v>
+        <v>3076</v>
       </c>
       <c r="I19" s="60">
-        <v>20178</v>
+        <v>16478</v>
       </c>
       <c r="J19" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="56" t="s">
         <v>74</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
       <c r="I20" s="24"/>
       <c r="J20" s="26"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="18" t="s">
         <v>75</v>
       </c>
       <c r="B21" s="60">
+        <v>202</v>
+      </c>
+      <c r="C21" s="60">
+        <v>93595</v>
+      </c>
+      <c r="D21" s="66">
+        <v>0</v>
+      </c>
+      <c r="E21" s="60">
         <v>1202</v>
       </c>
-      <c r="C21" s="60">
+      <c r="F21" s="60">
         <v>92598</v>
-      </c>
-[...7 lines deleted...]
-        <v>102082</v>
       </c>
       <c r="G21" s="60">
         <v>600</v>
       </c>
       <c r="H21" s="60">
-        <v>61</v>
+        <v>112</v>
       </c>
       <c r="I21" s="60">
-        <v>105131</v>
+        <v>98379</v>
       </c>
       <c r="J21" s="63">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="56" t="s">
         <v>76</v>
       </c>
       <c r="B22" s="24"/>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="24"/>
       <c r="J22" s="26"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="18" t="s">
         <v>77</v>
       </c>
       <c r="B23" s="60">
         <v>6170</v>
       </c>
       <c r="C23" s="60">
-        <v>4160</v>
+        <v>4010</v>
       </c>
       <c r="D23" s="66">
         <v>0</v>
       </c>
       <c r="E23" s="60">
         <v>6170</v>
       </c>
       <c r="F23" s="60">
-        <v>4255</v>
+        <v>4160</v>
       </c>
       <c r="G23" s="66">
         <v>0</v>
       </c>
       <c r="H23" s="60">
-        <v>3731</v>
+        <v>6831</v>
       </c>
       <c r="I23" s="60">
-        <v>4810</v>
+        <v>4785</v>
       </c>
       <c r="J23" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="56" t="s">
         <v>78</v>
       </c>
       <c r="B24" s="24"/>
       <c r="C24" s="24"/>
       <c r="D24" s="24"/>
       <c r="E24" s="24"/>
       <c r="F24" s="24"/>
       <c r="G24" s="24"/>
       <c r="H24" s="24"/>
       <c r="I24" s="24"/>
       <c r="J24" s="26"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="18" t="s">
         <v>79</v>
       </c>
       <c r="B25" s="60">
+        <v>14368</v>
+      </c>
+      <c r="C25" s="60">
+        <v>19895</v>
+      </c>
+      <c r="D25" s="66">
+        <v>0</v>
+      </c>
+      <c r="E25" s="60">
         <v>14618</v>
       </c>
-      <c r="C25" s="60">
+      <c r="F25" s="60">
         <v>23495</v>
       </c>
-      <c r="D25" s="66">
-[...7 lines deleted...]
-      </c>
       <c r="G25" s="66">
         <v>0</v>
       </c>
       <c r="H25" s="60">
-        <v>3624</v>
+        <v>3084</v>
       </c>
       <c r="I25" s="60">
-        <v>20254</v>
+        <v>16255</v>
       </c>
       <c r="J25" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="56" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="24"/>
       <c r="C26" s="24"/>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="24"/>
       <c r="J26" s="26"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="18" t="s">
         <v>81</v>
       </c>
       <c r="B27" s="60">
+        <v>7700</v>
+      </c>
+      <c r="C27" s="60">
+        <v>78142</v>
+      </c>
+      <c r="D27" s="60">
+        <v>8371</v>
+      </c>
+      <c r="E27" s="60">
         <v>16229</v>
       </c>
-      <c r="C27" s="60">
+      <c r="F27" s="60">
         <v>75612</v>
       </c>
-      <c r="D27" s="60">
+      <c r="G27" s="60">
         <v>8284</v>
       </c>
-      <c r="E27" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="H27" s="60">
-        <v>16977</v>
+        <v>18141</v>
       </c>
       <c r="I27" s="60">
-        <v>75668</v>
+        <v>80135</v>
       </c>
       <c r="J27" s="63">
-        <v>3057</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="56" t="s">
         <v>82</v>
       </c>
       <c r="B28" s="24"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
       <c r="J28" s="26"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="18" t="s">
         <v>83</v>
       </c>
       <c r="B29" s="60">
+        <v>26657</v>
+      </c>
+      <c r="C29" s="60">
+        <v>11998</v>
+      </c>
+      <c r="D29" s="66">
+        <v>0</v>
+      </c>
+      <c r="E29" s="60">
         <v>27336</v>
       </c>
-      <c r="C29" s="60">
+      <c r="F29" s="60">
         <v>12998</v>
       </c>
-      <c r="D29" s="66">
-[...7 lines deleted...]
-      </c>
       <c r="G29" s="66">
         <v>0</v>
       </c>
       <c r="H29" s="60">
-        <v>30130</v>
+        <v>29696</v>
       </c>
       <c r="I29" s="60">
-        <v>18498</v>
+        <v>15998</v>
       </c>
       <c r="J29" s="63">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="56" t="s">
         <v>84</v>
       </c>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="26"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="18" t="s">
         <v>85</v>
       </c>
       <c r="B31" s="60">
         <v>21</v>
       </c>
       <c r="C31" s="60">
-        <v>25160</v>
+        <v>24160</v>
       </c>
       <c r="D31" s="66">
         <v>0</v>
       </c>
       <c r="E31" s="60">
         <v>21</v>
       </c>
       <c r="F31" s="60">
-        <v>25660</v>
+        <v>25160</v>
       </c>
       <c r="G31" s="66">
         <v>0</v>
       </c>
       <c r="H31" s="60">
         <v>176</v>
       </c>
       <c r="I31" s="60">
-        <v>30875</v>
+        <v>28375</v>
       </c>
       <c r="J31" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="56" t="s">
         <v>86</v>
       </c>
       <c r="B32" s="24"/>
       <c r="C32" s="24"/>
       <c r="D32" s="24"/>
       <c r="E32" s="24"/>
       <c r="F32" s="24"/>
       <c r="G32" s="24"/>
       <c r="H32" s="24"/>
       <c r="I32" s="24"/>
       <c r="J32" s="26"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="18" t="s">
         <v>87</v>
       </c>
       <c r="B33" s="60">
         <v>81</v>
       </c>
       <c r="C33" s="60">
+        <v>13550</v>
+      </c>
+      <c r="D33" s="66">
+        <v>0</v>
+      </c>
+      <c r="E33" s="60">
+        <v>81</v>
+      </c>
+      <c r="F33" s="60">
         <v>12850</v>
-      </c>
-[...7 lines deleted...]
-        <v>11850</v>
       </c>
       <c r="G33" s="66">
         <v>0</v>
       </c>
       <c r="H33" s="60">
         <v>96</v>
       </c>
       <c r="I33" s="60">
-        <v>13425</v>
+        <v>12025</v>
       </c>
       <c r="J33" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="56" t="s">
         <v>88</v>
       </c>
       <c r="B34" s="24"/>
       <c r="C34" s="24"/>
       <c r="D34" s="24"/>
       <c r="E34" s="24"/>
       <c r="F34" s="24"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="24"/>
       <c r="J34" s="26"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="18" t="s">
         <v>89</v>
       </c>
       <c r="B35" s="60">
         <v>210</v>
       </c>
       <c r="C35" s="60">
-        <v>43000</v>
+        <v>39000</v>
       </c>
       <c r="D35" s="66">
         <v>0</v>
       </c>
       <c r="E35" s="60">
         <v>210</v>
       </c>
       <c r="F35" s="60">
         <v>43000</v>
       </c>
       <c r="G35" s="66">
         <v>0</v>
       </c>
       <c r="H35" s="60">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="I35" s="60">
         <v>43000</v>
       </c>
       <c r="J35" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="70" t="s">
         <v>90</v>
       </c>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27"/>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="28"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="12" t="s">
         <v>24</v>
@@ -4409,56 +4412,56 @@
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
       <c r="J2" s="43"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="42" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="42"/>
       <c r="C3" s="42"/>
       <c r="D3" s="42"/>
       <c r="E3" s="42"/>
       <c r="F3" s="42"/>
       <c r="G3" s="42"/>
       <c r="H3" s="42"/>
       <c r="I3" s="42"/>
       <c r="J3" s="42"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="45" t="str">
         <f>'2-4'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="45"/>
       <c r="E4" s="37" t="str">
         <f>'2-4'!E4:G4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="37"/>
       <c r="G4" s="37"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="38" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="39"/>
       <c r="D5" s="41"/>
       <c r="E5" s="38" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="41"/>
       <c r="H5" s="38" t="s">
         <v>8</v>
       </c>
       <c r="I5" s="39"/>
@@ -4529,677 +4532,677 @@
       </c>
       <c r="E8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="50">
+        <v>9635</v>
+      </c>
+      <c r="C9" s="50">
+        <v>107020</v>
+      </c>
+      <c r="D9" s="50">
+        <v>2736</v>
+      </c>
+      <c r="E9" s="50">
         <v>10631</v>
       </c>
-      <c r="C9" s="50">
+      <c r="F9" s="50">
         <v>118520</v>
       </c>
-      <c r="D9" s="50">
+      <c r="G9" s="50">
         <v>525</v>
       </c>
-      <c r="E9" s="50">
-[...7 lines deleted...]
-      </c>
       <c r="H9" s="50">
-        <v>16155</v>
+        <v>16397</v>
       </c>
       <c r="I9" s="50">
-        <v>104425</v>
+        <v>102425</v>
       </c>
       <c r="J9" s="53">
-        <v>5299</v>
+        <v>481</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="56" t="s">
         <v>91</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="26"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="18" t="s">
         <v>92</v>
       </c>
       <c r="B11" s="60">
-        <v>11723</v>
+        <v>9723</v>
       </c>
       <c r="C11" s="60">
-        <v>144205</v>
+        <v>131705</v>
       </c>
       <c r="D11" s="60">
         <v>403</v>
       </c>
       <c r="E11" s="60">
-        <v>17459</v>
+        <v>11723</v>
       </c>
       <c r="F11" s="60">
-        <v>135656</v>
+        <v>144205</v>
       </c>
       <c r="G11" s="60">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H11" s="60">
-        <v>14514</v>
+        <v>15637</v>
       </c>
       <c r="I11" s="60">
-        <v>136590</v>
+        <v>126590</v>
       </c>
       <c r="J11" s="63">
-        <v>309</v>
+        <v>296</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="56" t="s">
         <v>93</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
       <c r="I12" s="24"/>
       <c r="J12" s="26"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>94</v>
       </c>
       <c r="B13" s="60">
+        <v>20338</v>
+      </c>
+      <c r="C13" s="60">
+        <v>201973</v>
+      </c>
+      <c r="D13" s="60">
+        <v>10397</v>
+      </c>
+      <c r="E13" s="60">
         <v>21718</v>
       </c>
-      <c r="C13" s="60">
+      <c r="F13" s="60">
         <v>194043</v>
       </c>
-      <c r="D13" s="60">
+      <c r="G13" s="60">
         <v>8565</v>
       </c>
-      <c r="E13" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="H13" s="60">
-        <v>8097</v>
+        <v>4597</v>
       </c>
       <c r="I13" s="60">
-        <v>200220</v>
+        <v>185325</v>
       </c>
       <c r="J13" s="63">
-        <v>9463</v>
+        <v>6053</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="56" t="s">
         <v>95</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="24"/>
       <c r="J14" s="26"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>96</v>
       </c>
       <c r="B15" s="60">
-        <v>5670</v>
+        <v>10750</v>
       </c>
       <c r="C15" s="60">
-        <v>238936</v>
+        <v>241138</v>
       </c>
       <c r="D15" s="60">
-        <v>28535</v>
+        <v>31548</v>
       </c>
       <c r="E15" s="60">
         <v>5670</v>
       </c>
       <c r="F15" s="60">
-        <v>253963</v>
+        <v>238936</v>
       </c>
       <c r="G15" s="60">
-        <v>24046</v>
+        <v>28535</v>
       </c>
       <c r="H15" s="60">
-        <v>7870</v>
+        <v>1070</v>
       </c>
       <c r="I15" s="60">
-        <v>252121</v>
+        <v>265830</v>
       </c>
       <c r="J15" s="63">
-        <v>6604</v>
+        <v>4312</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="56" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="24"/>
       <c r="H16" s="24"/>
       <c r="I16" s="24"/>
       <c r="J16" s="26"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>98</v>
       </c>
       <c r="B17" s="60">
         <v>16312</v>
       </c>
       <c r="C17" s="60">
+        <v>63525</v>
+      </c>
+      <c r="D17" s="66">
+        <v>0</v>
+      </c>
+      <c r="E17" s="60">
+        <v>16312</v>
+      </c>
+      <c r="F17" s="60">
         <v>57380</v>
       </c>
-      <c r="D17" s="66">
-[...7 lines deleted...]
-      </c>
       <c r="G17" s="66">
         <v>0</v>
       </c>
       <c r="H17" s="60">
-        <v>8129</v>
+        <v>7011</v>
       </c>
       <c r="I17" s="60">
-        <v>47785</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>49240</v>
+      </c>
+      <c r="J17" s="68">
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="56" t="s">
         <v>99</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="24"/>
       <c r="I18" s="24"/>
       <c r="J18" s="26"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>100</v>
       </c>
       <c r="B19" s="60">
         <v>13000</v>
       </c>
       <c r="C19" s="60">
+        <v>58210</v>
+      </c>
+      <c r="D19" s="66">
+        <v>0</v>
+      </c>
+      <c r="E19" s="60">
+        <v>13000</v>
+      </c>
+      <c r="F19" s="60">
         <v>54777</v>
       </c>
-      <c r="D19" s="66">
-[...7 lines deleted...]
-      </c>
       <c r="G19" s="66">
         <v>0</v>
       </c>
-      <c r="H19" s="60">
-        <v>3000</v>
+      <c r="H19" s="66">
+        <v>0</v>
       </c>
       <c r="I19" s="60">
-        <v>39348</v>
+        <v>40154</v>
       </c>
       <c r="J19" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="56" t="s">
         <v>101</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
       <c r="I20" s="24"/>
       <c r="J20" s="26"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="18" t="s">
         <v>102</v>
       </c>
       <c r="B21" s="60">
         <v>1457</v>
       </c>
       <c r="C21" s="60">
+        <v>229120</v>
+      </c>
+      <c r="D21" s="60">
+        <v>6210</v>
+      </c>
+      <c r="E21" s="60">
+        <v>1457</v>
+      </c>
+      <c r="F21" s="60">
         <v>239420</v>
       </c>
-      <c r="D21" s="60">
+      <c r="G21" s="60">
         <v>6133</v>
-      </c>
-[...7 lines deleted...]
-        <v>6159</v>
       </c>
       <c r="H21" s="60">
         <v>5109</v>
       </c>
       <c r="I21" s="60">
-        <v>227327</v>
+        <v>219537</v>
       </c>
       <c r="J21" s="63">
-        <v>9390</v>
+        <v>9392</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="56" t="s">
         <v>103</v>
       </c>
       <c r="B22" s="24"/>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="24"/>
       <c r="J22" s="26"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="18" t="s">
         <v>104</v>
       </c>
       <c r="B23" s="60">
         <v>69</v>
       </c>
       <c r="C23" s="60">
-        <v>23160</v>
+        <v>24860</v>
       </c>
       <c r="D23" s="66">
         <v>0</v>
       </c>
       <c r="E23" s="60">
         <v>69</v>
       </c>
       <c r="F23" s="60">
-        <v>26070</v>
+        <v>23160</v>
       </c>
       <c r="G23" s="66">
         <v>0</v>
       </c>
       <c r="H23" s="60">
         <v>1423</v>
       </c>
       <c r="I23" s="60">
-        <v>26105</v>
+        <v>30505</v>
       </c>
       <c r="J23" s="63">
-        <v>499</v>
+        <v>798</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="56" t="s">
         <v>105</v>
       </c>
       <c r="B24" s="24"/>
       <c r="C24" s="24"/>
       <c r="D24" s="24"/>
       <c r="E24" s="24"/>
       <c r="F24" s="24"/>
       <c r="G24" s="24"/>
       <c r="H24" s="24"/>
       <c r="I24" s="24"/>
       <c r="J24" s="26"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="18" t="s">
         <v>106</v>
       </c>
       <c r="B25" s="60">
+        <v>2256</v>
+      </c>
+      <c r="C25" s="60">
+        <v>280356</v>
+      </c>
+      <c r="D25" s="60">
+        <v>30903</v>
+      </c>
+      <c r="E25" s="60">
         <v>2259</v>
       </c>
-      <c r="C25" s="60">
+      <c r="F25" s="60">
         <v>333356</v>
       </c>
-      <c r="D25" s="60">
+      <c r="G25" s="60">
         <v>31149</v>
       </c>
-      <c r="E25" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="H25" s="60">
-        <v>363</v>
+        <v>341</v>
       </c>
       <c r="I25" s="60">
-        <v>258892</v>
+        <v>264980</v>
       </c>
       <c r="J25" s="63">
-        <v>68807</v>
+        <v>65440</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="56" t="s">
         <v>107</v>
       </c>
       <c r="B26" s="24"/>
       <c r="C26" s="24"/>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="24"/>
       <c r="J26" s="26"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="18" t="s">
         <v>108</v>
       </c>
       <c r="B27" s="66">
         <v>0</v>
       </c>
       <c r="C27" s="60">
         <v>480</v>
       </c>
       <c r="D27" s="66">
         <v>0</v>
       </c>
       <c r="E27" s="66">
         <v>0</v>
       </c>
       <c r="F27" s="60">
-        <v>555</v>
+        <v>480</v>
       </c>
       <c r="G27" s="66">
         <v>0</v>
       </c>
       <c r="H27" s="66">
         <v>0</v>
       </c>
       <c r="I27" s="60">
         <v>200</v>
       </c>
       <c r="J27" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="56" t="s">
         <v>109</v>
       </c>
       <c r="B28" s="24"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
       <c r="J28" s="26"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="18" t="s">
         <v>110</v>
       </c>
       <c r="B29" s="60">
+        <v>4800</v>
+      </c>
+      <c r="C29" s="60">
+        <v>4030</v>
+      </c>
+      <c r="D29" s="66">
+        <v>0</v>
+      </c>
+      <c r="E29" s="60">
         <v>5300</v>
       </c>
-      <c r="C29" s="60">
+      <c r="F29" s="60">
         <v>3980</v>
-      </c>
-[...7 lines deleted...]
-        <v>4130</v>
       </c>
       <c r="G29" s="66">
         <v>0</v>
       </c>
       <c r="H29" s="60">
         <v>4900</v>
       </c>
       <c r="I29" s="60">
-        <v>4900</v>
+        <v>4850</v>
       </c>
       <c r="J29" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="56" t="s">
         <v>111</v>
       </c>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="26"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="18" t="s">
         <v>112</v>
       </c>
       <c r="B31" s="60">
+        <v>1500</v>
+      </c>
+      <c r="C31" s="66">
+        <v>0</v>
+      </c>
+      <c r="D31" s="66">
+        <v>0</v>
+      </c>
+      <c r="E31" s="60">
         <v>2000</v>
-      </c>
-[...7 lines deleted...]
-        <v>2500</v>
       </c>
       <c r="F31" s="66">
         <v>0</v>
       </c>
       <c r="G31" s="66">
         <v>0</v>
       </c>
       <c r="H31" s="60">
         <v>3000</v>
       </c>
       <c r="I31" s="60">
         <v>200</v>
       </c>
       <c r="J31" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="56" t="s">
         <v>113</v>
       </c>
       <c r="B32" s="24"/>
       <c r="C32" s="24"/>
       <c r="D32" s="24"/>
       <c r="E32" s="24"/>
       <c r="F32" s="24"/>
       <c r="G32" s="24"/>
       <c r="H32" s="24"/>
       <c r="I32" s="24"/>
       <c r="J32" s="26"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>114</v>
       </c>
       <c r="B33" s="61">
+        <v>8112</v>
+      </c>
+      <c r="C33" s="61">
+        <v>200945</v>
+      </c>
+      <c r="D33" s="75">
+        <v>0</v>
+      </c>
+      <c r="E33" s="61">
         <v>7112</v>
       </c>
-      <c r="C33" s="61">
+      <c r="F33" s="61">
         <v>199426</v>
       </c>
-      <c r="D33" s="75">
-[...7 lines deleted...]
-      </c>
       <c r="G33" s="75">
         <v>0</v>
       </c>
       <c r="H33" s="61">
-        <v>1830</v>
+        <v>1505</v>
       </c>
       <c r="I33" s="61">
-        <v>210731</v>
+        <v>231890</v>
       </c>
       <c r="J33" s="64">
-        <v>6707</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="57" t="s">
         <v>115</v>
       </c>
       <c r="B34" s="24"/>
       <c r="C34" s="24"/>
       <c r="D34" s="24"/>
       <c r="E34" s="24"/>
       <c r="F34" s="24"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="24"/>
       <c r="J34" s="26"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="58" t="s">
         <v>116</v>
       </c>
       <c r="B35" s="75">
         <v>0</v>
       </c>
       <c r="C35" s="61">
+        <v>30167</v>
+      </c>
+      <c r="D35" s="61">
+        <v>4303</v>
+      </c>
+      <c r="E35" s="75">
+        <v>0</v>
+      </c>
+      <c r="F35" s="61">
         <v>32131</v>
       </c>
-      <c r="D35" s="61">
+      <c r="G35" s="61">
         <v>7664</v>
       </c>
-      <c r="E35" s="61">
-[...7 lines deleted...]
-      </c>
       <c r="H35" s="75">
         <v>0</v>
       </c>
       <c r="I35" s="61">
-        <v>9765</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>9629</v>
+      </c>
+      <c r="J35" s="76">
+        <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A36" s="76" t="s">
+      <c r="A36" s="77" t="s">
         <v>117</v>
       </c>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27"/>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="28"/>
     </row>
     <row r="37" spans="1:1" ht="13.5" customHeight="1">
       <c r="A37" s="21" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:1">
       <c r="A38" s="22" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="140">
     <mergeCell ref="A3:J3"/>