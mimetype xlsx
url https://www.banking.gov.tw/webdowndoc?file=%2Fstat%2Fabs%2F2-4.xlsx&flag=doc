--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -34,51 +34,51 @@
     <definedName name="Print_Area" localSheetId="0">'2-4'!$A$1:$J$41</definedName>
     <definedName name="Print_Area" localSheetId="1">'2-4(續一)'!$A$1:$J$39</definedName>
     <definedName name="外部資料_1" localSheetId="0">'2-4'!$A$1:$J$41</definedName>
     <definedName name="外部資料_1" localSheetId="1">'2-4(續一)'!$A$1:$J$39</definedName>
     <definedName name="外部資料_1" localSheetId="2">'2-4(續二完)'!$A$1:$J$8</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>餘　額</t>
   </si>
   <si>
     <t>　　　　　(2)指持有他行發行之可轉讓定期存單。</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>銀　　　行　　　別</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">本　　　　月  </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Current Month</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">上　　　　月  </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
@@ -162,51 +162,51 @@
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>1)</t>
     </r>
   </si>
   <si>
     <r>
       <t>他行</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> (2)</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <t>說　　明：1.『餘額』指各銀行發行流通在外（未到期）之可轉讓定期存單。</t>
   </si>
   <si>
     <r>
       <t>　　　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>2</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>.#係金融控股公司之子公司。</t>
     </r>
   </si>
@@ -2474,673 +2474,673 @@
       </c>
       <c r="E8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="48" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="51">
-        <v>331654</v>
+        <v>337224</v>
       </c>
       <c r="C9" s="51">
-        <v>6520564</v>
+        <v>6610246</v>
       </c>
       <c r="D9" s="51">
-        <v>159268</v>
+        <v>137976</v>
       </c>
       <c r="E9" s="51">
-        <v>367717</v>
+        <v>320483</v>
       </c>
       <c r="F9" s="51">
-        <v>6682751</v>
+        <v>6422956</v>
       </c>
       <c r="G9" s="51">
-        <v>153177</v>
+        <v>133283</v>
       </c>
       <c r="H9" s="51">
-        <v>348419</v>
+        <v>354694</v>
       </c>
       <c r="I9" s="51">
-        <v>6309422</v>
+        <v>6592003</v>
       </c>
       <c r="J9" s="54">
-        <v>167671</v>
+        <v>217158</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="57" t="s">
         <v>37</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="26"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="58" t="s">
         <v>38</v>
       </c>
       <c r="B11" s="61">
-        <v>323542</v>
+        <v>335173</v>
       </c>
       <c r="C11" s="61">
-        <v>6289452</v>
+        <v>6393330</v>
       </c>
       <c r="D11" s="61">
-        <v>154965</v>
+        <v>129001</v>
       </c>
       <c r="E11" s="61">
-        <v>360605</v>
+        <v>318333</v>
       </c>
       <c r="F11" s="61">
-        <v>6451194</v>
+        <v>6214803</v>
       </c>
       <c r="G11" s="61">
-        <v>145513</v>
+        <v>128855</v>
       </c>
       <c r="H11" s="61">
-        <v>346914</v>
+        <v>353674</v>
       </c>
       <c r="I11" s="61">
-        <v>6067903</v>
+        <v>6357179</v>
       </c>
       <c r="J11" s="64">
-        <v>165002</v>
+        <v>214484</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="57" t="s">
         <v>39</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
       <c r="I12" s="24"/>
       <c r="J12" s="26"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>40</v>
       </c>
       <c r="B13" s="60">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="C13" s="60">
-        <v>720508</v>
+        <v>634910</v>
       </c>
       <c r="D13" s="60">
-        <v>16501</v>
+        <v>16848</v>
       </c>
       <c r="E13" s="60">
-        <v>876</v>
+        <v>887</v>
       </c>
       <c r="F13" s="60">
-        <v>761704</v>
+        <v>746369</v>
       </c>
       <c r="G13" s="60">
-        <v>14696</v>
+        <v>16491</v>
       </c>
       <c r="H13" s="60">
-        <v>808</v>
+        <v>882</v>
       </c>
       <c r="I13" s="60">
-        <v>762405</v>
+        <v>705485</v>
       </c>
       <c r="J13" s="63">
-        <v>19826</v>
+        <v>20565</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="56" t="s">
         <v>41</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="24"/>
       <c r="J14" s="26"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>42</v>
       </c>
       <c r="B15" s="60">
-        <v>625</v>
+        <v>570</v>
       </c>
       <c r="C15" s="60">
-        <v>371189</v>
+        <v>385169</v>
       </c>
       <c r="D15" s="60">
-        <v>8036</v>
+        <v>6590</v>
       </c>
       <c r="E15" s="60">
-        <v>626</v>
+        <v>575</v>
       </c>
       <c r="F15" s="60">
-        <v>360009</v>
+        <v>378339</v>
       </c>
       <c r="G15" s="60">
-        <v>8304</v>
+        <v>7746</v>
       </c>
       <c r="H15" s="60">
         <v>522</v>
       </c>
       <c r="I15" s="60">
-        <v>359379</v>
+        <v>378293</v>
       </c>
       <c r="J15" s="63">
-        <v>9504</v>
+        <v>11760</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="56" t="s">
         <v>43</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="24"/>
       <c r="H16" s="24"/>
       <c r="I16" s="24"/>
       <c r="J16" s="26"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>44</v>
       </c>
       <c r="B17" s="60">
-        <v>39761</v>
+        <v>40266</v>
       </c>
       <c r="C17" s="60">
-        <v>543837</v>
+        <v>540743</v>
       </c>
       <c r="D17" s="66">
         <v>0</v>
       </c>
       <c r="E17" s="60">
-        <v>41359</v>
+        <v>39771</v>
       </c>
       <c r="F17" s="60">
-        <v>534747</v>
+        <v>497215</v>
       </c>
       <c r="G17" s="66">
         <v>0</v>
       </c>
       <c r="H17" s="60">
-        <v>47012</v>
+        <v>50522</v>
       </c>
       <c r="I17" s="60">
-        <v>433040</v>
+        <v>470050</v>
       </c>
       <c r="J17" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="56" t="s">
         <v>45</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="24"/>
       <c r="I18" s="24"/>
       <c r="J18" s="26"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>46</v>
       </c>
       <c r="B19" s="60">
+        <v>6349</v>
+      </c>
+      <c r="C19" s="60">
+        <v>662055</v>
+      </c>
+      <c r="D19" s="60">
+        <v>5897</v>
+      </c>
+      <c r="E19" s="60">
         <v>6314</v>
       </c>
-      <c r="C19" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="F19" s="60">
-        <v>661660</v>
+        <v>661990</v>
       </c>
       <c r="G19" s="60">
-        <v>5869</v>
+        <v>5435</v>
       </c>
       <c r="H19" s="60">
-        <v>2378</v>
+        <v>2635</v>
       </c>
       <c r="I19" s="60">
-        <v>601460</v>
+        <v>635730</v>
       </c>
       <c r="J19" s="63">
-        <v>7218</v>
+        <v>3688</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="56" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
       <c r="I20" s="24"/>
       <c r="J20" s="26"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="18" t="s">
         <v>48</v>
       </c>
       <c r="B21" s="60">
-        <v>6938</v>
+        <v>3413</v>
       </c>
       <c r="C21" s="60">
-        <v>384785</v>
+        <v>398754</v>
       </c>
       <c r="D21" s="66">
         <v>0</v>
       </c>
       <c r="E21" s="60">
-        <v>22249</v>
+        <v>6928</v>
       </c>
       <c r="F21" s="60">
-        <v>405486</v>
+        <v>356436</v>
       </c>
       <c r="G21" s="66">
         <v>0</v>
       </c>
       <c r="H21" s="60">
-        <v>42069</v>
+        <v>42661</v>
       </c>
       <c r="I21" s="60">
-        <v>448740</v>
+        <v>480286</v>
       </c>
       <c r="J21" s="63">
-        <v>902</v>
+        <v>601</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="56" t="s">
         <v>49</v>
       </c>
       <c r="B22" s="24"/>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="24"/>
       <c r="J22" s="26"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="18" t="s">
         <v>50</v>
       </c>
       <c r="B23" s="60">
         <v>2565</v>
       </c>
       <c r="C23" s="60">
-        <v>338100</v>
+        <v>336220</v>
       </c>
       <c r="D23" s="60">
-        <v>15491</v>
+        <v>20374</v>
       </c>
       <c r="E23" s="60">
-        <v>2550</v>
+        <v>2480</v>
       </c>
       <c r="F23" s="60">
-        <v>340585</v>
+        <v>326040</v>
       </c>
       <c r="G23" s="60">
-        <v>14994</v>
+        <v>13646</v>
       </c>
       <c r="H23" s="60">
-        <v>2537</v>
+        <v>2489</v>
       </c>
       <c r="I23" s="60">
-        <v>304795</v>
+        <v>359030</v>
       </c>
       <c r="J23" s="63">
-        <v>6867</v>
+        <v>9717</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="56" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="24"/>
       <c r="C24" s="24"/>
       <c r="D24" s="24"/>
       <c r="E24" s="24"/>
       <c r="F24" s="24"/>
       <c r="G24" s="24"/>
       <c r="H24" s="24"/>
       <c r="I24" s="24"/>
       <c r="J24" s="26"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="18" t="s">
         <v>52</v>
       </c>
       <c r="B25" s="60">
-        <v>80567</v>
+        <v>62465</v>
       </c>
       <c r="C25" s="60">
-        <v>142300</v>
+        <v>135300</v>
       </c>
       <c r="D25" s="66">
         <v>0</v>
       </c>
       <c r="E25" s="60">
-        <v>80531</v>
+        <v>79484</v>
       </c>
       <c r="F25" s="60">
-        <v>176300</v>
+        <v>140800</v>
       </c>
       <c r="G25" s="66">
         <v>0</v>
       </c>
       <c r="H25" s="60">
-        <v>71079</v>
+        <v>70525</v>
       </c>
       <c r="I25" s="60">
-        <v>177485</v>
+        <v>194485</v>
       </c>
       <c r="J25" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="56" t="s">
         <v>53</v>
       </c>
       <c r="B26" s="24"/>
       <c r="C26" s="24"/>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="24"/>
       <c r="J26" s="26"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="18" t="s">
         <v>54</v>
       </c>
       <c r="B27" s="60">
-        <v>635</v>
+        <v>1133</v>
       </c>
       <c r="C27" s="60">
-        <v>261420</v>
+        <v>275658</v>
       </c>
       <c r="D27" s="60">
-        <v>1274</v>
+        <v>1544</v>
       </c>
       <c r="E27" s="60">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="F27" s="60">
-        <v>256921</v>
+        <v>261531</v>
       </c>
       <c r="G27" s="60">
-        <v>1685</v>
+        <v>1837</v>
       </c>
       <c r="H27" s="60">
-        <v>662</v>
+        <v>623</v>
       </c>
       <c r="I27" s="60">
-        <v>225413</v>
+        <v>243830</v>
       </c>
       <c r="J27" s="63">
-        <v>7542</v>
+        <v>6856</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="56" t="s">
         <v>55</v>
       </c>
       <c r="B28" s="24"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
       <c r="J28" s="26"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="18" t="s">
         <v>56</v>
       </c>
       <c r="B29" s="60">
-        <v>25625</v>
+        <v>25635</v>
       </c>
       <c r="C29" s="60">
-        <v>479266</v>
+        <v>455687</v>
       </c>
       <c r="D29" s="60">
-        <v>1528</v>
+        <v>3188</v>
       </c>
       <c r="E29" s="60">
-        <v>35082</v>
+        <v>25631</v>
       </c>
       <c r="F29" s="60">
-        <v>514217</v>
+        <v>463228</v>
       </c>
       <c r="G29" s="60">
-        <v>903</v>
+        <v>1559</v>
       </c>
       <c r="H29" s="60">
-        <v>40374</v>
+        <v>42424</v>
       </c>
       <c r="I29" s="60">
-        <v>339694</v>
+        <v>326558</v>
       </c>
       <c r="J29" s="63">
-        <v>5841</v>
+        <v>5555</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="56" t="s">
         <v>57</v>
       </c>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="26"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="18" t="s">
         <v>58</v>
       </c>
       <c r="B31" s="66">
         <v>0</v>
       </c>
       <c r="C31" s="60">
         <v>7600</v>
       </c>
       <c r="D31" s="66">
         <v>0</v>
       </c>
       <c r="E31" s="66">
         <v>0</v>
       </c>
       <c r="F31" s="60">
         <v>7600</v>
       </c>
       <c r="G31" s="66">
         <v>0</v>
       </c>
       <c r="H31" s="66">
         <v>0</v>
       </c>
       <c r="I31" s="60">
-        <v>7100</v>
+        <v>7200</v>
       </c>
       <c r="J31" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="56" t="s">
         <v>59</v>
       </c>
       <c r="B32" s="24"/>
       <c r="C32" s="24"/>
       <c r="D32" s="24"/>
       <c r="E32" s="24"/>
       <c r="F32" s="24"/>
       <c r="G32" s="24"/>
       <c r="H32" s="24"/>
       <c r="I32" s="24"/>
       <c r="J32" s="26"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="18" t="s">
         <v>60</v>
       </c>
       <c r="B33" s="60">
+        <v>356</v>
+      </c>
+      <c r="C33" s="60">
+        <v>22750</v>
+      </c>
+      <c r="D33" s="66">
+        <v>0</v>
+      </c>
+      <c r="E33" s="60">
         <v>358</v>
       </c>
-      <c r="C33" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="F33" s="60">
-        <v>23250</v>
+        <v>22750</v>
       </c>
       <c r="G33" s="66">
         <v>0</v>
       </c>
       <c r="H33" s="60">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="I33" s="60">
-        <v>20820</v>
+        <v>22120</v>
       </c>
       <c r="J33" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="56" t="s">
         <v>61</v>
       </c>
       <c r="B34" s="24"/>
       <c r="C34" s="24"/>
       <c r="D34" s="24"/>
       <c r="E34" s="24"/>
       <c r="F34" s="24"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="24"/>
       <c r="J34" s="26"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="18" t="s">
         <v>62</v>
       </c>
       <c r="B35" s="60">
-        <v>197</v>
+        <v>306</v>
       </c>
       <c r="C35" s="60">
-        <v>285169</v>
+        <v>342190</v>
       </c>
       <c r="D35" s="60">
-        <v>14047</v>
+        <v>12358</v>
       </c>
       <c r="E35" s="60">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F35" s="60">
-        <v>274169</v>
+        <v>298190</v>
       </c>
       <c r="G35" s="60">
-        <v>13970</v>
+        <v>12787</v>
       </c>
       <c r="H35" s="60">
-        <v>263</v>
+        <v>246</v>
       </c>
       <c r="I35" s="60">
-        <v>306625</v>
+        <v>292560</v>
       </c>
       <c r="J35" s="63">
-        <v>15724</v>
+        <v>15403</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="70" t="s">
         <v>63</v>
       </c>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27"/>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="28"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="16" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="4"/>
       <c r="F37" s="4"/>
@@ -3397,56 +3397,56 @@
       <c r="F2" s="44"/>
       <c r="G2" s="44"/>
       <c r="H2" s="44"/>
       <c r="I2" s="44"/>
       <c r="J2" s="44"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="42" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="42"/>
       <c r="C3" s="42"/>
       <c r="D3" s="42"/>
       <c r="E3" s="42"/>
       <c r="F3" s="42"/>
       <c r="G3" s="42"/>
       <c r="H3" s="42"/>
       <c r="I3" s="42"/>
       <c r="J3" s="42"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="45" t="str">
         <f>'2-4'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="45"/>
       <c r="E4" s="37" t="str">
         <f>'2-4'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="37"/>
       <c r="G4" s="37"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="38" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="39"/>
       <c r="D5" s="41"/>
       <c r="E5" s="38" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="41"/>
       <c r="H5" s="38" t="s">
         <v>8</v>
       </c>
       <c r="I5" s="39"/>
@@ -3520,664 +3520,664 @@
       </c>
       <c r="F8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="50">
         <v>13</v>
       </c>
       <c r="C9" s="50">
-        <v>102733</v>
+        <v>98051</v>
       </c>
       <c r="D9" s="72">
         <v>0</v>
       </c>
       <c r="E9" s="50">
         <v>13</v>
       </c>
       <c r="F9" s="50">
-        <v>99061</v>
+        <v>97553</v>
       </c>
       <c r="G9" s="72">
         <v>0</v>
       </c>
       <c r="H9" s="50">
         <v>13</v>
       </c>
       <c r="I9" s="50">
-        <v>149079</v>
+        <v>126568</v>
       </c>
       <c r="J9" s="74">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="56" t="s">
         <v>64</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="26"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="18" t="s">
         <v>65</v>
       </c>
       <c r="B11" s="60">
+        <v>2300</v>
+      </c>
+      <c r="C11" s="60">
+        <v>28336</v>
+      </c>
+      <c r="D11" s="66">
+        <v>0</v>
+      </c>
+      <c r="E11" s="60">
         <v>2650</v>
       </c>
-      <c r="C11" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="F11" s="60">
-        <v>30995</v>
+        <v>28497</v>
       </c>
       <c r="G11" s="66">
         <v>0</v>
       </c>
       <c r="H11" s="60">
-        <v>8750</v>
+        <v>5350</v>
       </c>
       <c r="I11" s="60">
-        <v>37361</v>
+        <v>36599</v>
       </c>
       <c r="J11" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="56" t="s">
         <v>66</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
       <c r="I12" s="24"/>
       <c r="J12" s="26"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>67</v>
       </c>
       <c r="B13" s="60">
-        <v>435</v>
+        <v>402</v>
       </c>
       <c r="C13" s="60">
-        <v>180225</v>
+        <v>209519</v>
       </c>
       <c r="D13" s="60">
-        <v>681</v>
+        <v>696</v>
       </c>
       <c r="E13" s="60">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="F13" s="60">
-        <v>171727</v>
+        <v>179725</v>
       </c>
       <c r="G13" s="60">
-        <v>677</v>
+        <v>694</v>
       </c>
       <c r="H13" s="60">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="I13" s="60">
-        <v>156176</v>
+        <v>154177</v>
       </c>
       <c r="J13" s="63">
-        <v>704</v>
+        <v>721</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="56" t="s">
         <v>68</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="24"/>
       <c r="J14" s="26"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>69</v>
       </c>
       <c r="B15" s="60">
+        <v>6965</v>
+      </c>
+      <c r="C15" s="60">
+        <v>61173</v>
+      </c>
+      <c r="D15" s="66">
+        <v>0</v>
+      </c>
+      <c r="E15" s="60">
         <v>6933</v>
       </c>
-      <c r="C15" s="60">
-[...7 lines deleted...]
-      </c>
       <c r="F15" s="60">
-        <v>66683</v>
+        <v>62033</v>
       </c>
       <c r="G15" s="66">
         <v>0</v>
       </c>
       <c r="H15" s="60">
-        <v>6352</v>
+        <v>6398</v>
       </c>
       <c r="I15" s="60">
-        <v>88402</v>
+        <v>72312</v>
       </c>
       <c r="J15" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="56" t="s">
         <v>70</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="24"/>
       <c r="H16" s="24"/>
       <c r="I16" s="24"/>
       <c r="J16" s="26"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>71</v>
       </c>
       <c r="B17" s="60">
-        <v>3719</v>
+        <v>5539</v>
       </c>
       <c r="C17" s="60">
-        <v>50075</v>
-[...2 lines deleted...]
-        <v>220</v>
+        <v>51168</v>
+      </c>
+      <c r="D17" s="66">
+        <v>0</v>
       </c>
       <c r="E17" s="60">
-        <v>4714</v>
+        <v>3689</v>
       </c>
       <c r="F17" s="60">
-        <v>52375</v>
+        <v>49115</v>
       </c>
       <c r="G17" s="60">
         <v>221</v>
       </c>
       <c r="H17" s="60">
-        <v>2456</v>
+        <v>7460</v>
       </c>
       <c r="I17" s="60">
-        <v>44664</v>
+        <v>48555</v>
       </c>
       <c r="J17" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="56" t="s">
         <v>72</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="24"/>
       <c r="I18" s="24"/>
       <c r="J18" s="26"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>73</v>
       </c>
       <c r="B19" s="60">
         <v>76</v>
       </c>
       <c r="C19" s="60">
-        <v>15778</v>
+        <v>16778</v>
       </c>
       <c r="D19" s="66">
         <v>0</v>
       </c>
       <c r="E19" s="60">
         <v>76</v>
       </c>
       <c r="F19" s="60">
-        <v>15578</v>
+        <v>16278</v>
       </c>
       <c r="G19" s="66">
         <v>0</v>
       </c>
       <c r="H19" s="60">
-        <v>3076</v>
+        <v>576</v>
       </c>
       <c r="I19" s="60">
-        <v>16478</v>
+        <v>13378</v>
       </c>
       <c r="J19" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="56" t="s">
         <v>74</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
       <c r="I20" s="24"/>
       <c r="J20" s="26"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="18" t="s">
         <v>75</v>
       </c>
       <c r="B21" s="60">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="C21" s="60">
-        <v>93595</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>116623</v>
+      </c>
+      <c r="D21" s="60">
+        <v>600</v>
       </c>
       <c r="E21" s="60">
-        <v>1202</v>
+        <v>140</v>
       </c>
       <c r="F21" s="60">
-        <v>92598</v>
-[...2 lines deleted...]
-        <v>600</v>
+        <v>91974</v>
+      </c>
+      <c r="G21" s="66">
+        <v>0</v>
       </c>
       <c r="H21" s="60">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="I21" s="60">
-        <v>98379</v>
+        <v>82398</v>
       </c>
       <c r="J21" s="63">
         <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="56" t="s">
         <v>76</v>
       </c>
       <c r="B22" s="24"/>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="24"/>
       <c r="J22" s="26"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="18" t="s">
         <v>77</v>
       </c>
       <c r="B23" s="60">
-        <v>6170</v>
+        <v>6470</v>
       </c>
       <c r="C23" s="60">
-        <v>4010</v>
+        <v>4130</v>
       </c>
       <c r="D23" s="66">
         <v>0</v>
       </c>
       <c r="E23" s="60">
-        <v>6170</v>
+        <v>6470</v>
       </c>
       <c r="F23" s="60">
-        <v>4160</v>
+        <v>3960</v>
       </c>
       <c r="G23" s="66">
         <v>0</v>
       </c>
       <c r="H23" s="60">
-        <v>6831</v>
+        <v>6481</v>
       </c>
       <c r="I23" s="60">
-        <v>4785</v>
+        <v>4550</v>
       </c>
       <c r="J23" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="56" t="s">
         <v>78</v>
       </c>
       <c r="B24" s="24"/>
       <c r="C24" s="24"/>
       <c r="D24" s="24"/>
       <c r="E24" s="24"/>
       <c r="F24" s="24"/>
       <c r="G24" s="24"/>
       <c r="H24" s="24"/>
       <c r="I24" s="24"/>
       <c r="J24" s="26"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="18" t="s">
         <v>79</v>
       </c>
       <c r="B25" s="60">
-        <v>14368</v>
+        <v>18055</v>
       </c>
       <c r="C25" s="60">
-        <v>19895</v>
+        <v>23695</v>
       </c>
       <c r="D25" s="66">
         <v>0</v>
       </c>
       <c r="E25" s="60">
-        <v>14618</v>
+        <v>17483</v>
       </c>
       <c r="F25" s="60">
-        <v>23495</v>
+        <v>19595</v>
       </c>
       <c r="G25" s="66">
         <v>0</v>
       </c>
       <c r="H25" s="60">
-        <v>3084</v>
+        <v>6379</v>
       </c>
       <c r="I25" s="60">
-        <v>16255</v>
+        <v>24957</v>
       </c>
       <c r="J25" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="56" t="s">
         <v>80</v>
       </c>
       <c r="B26" s="24"/>
       <c r="C26" s="24"/>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="24"/>
       <c r="J26" s="26"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="18" t="s">
         <v>81</v>
       </c>
       <c r="B27" s="60">
-        <v>7700</v>
+        <v>5990</v>
       </c>
       <c r="C27" s="60">
-        <v>78142</v>
+        <v>78941</v>
       </c>
       <c r="D27" s="60">
-        <v>8371</v>
+        <v>7900</v>
       </c>
       <c r="E27" s="60">
-        <v>16229</v>
+        <v>4147</v>
       </c>
       <c r="F27" s="60">
-        <v>75612</v>
+        <v>73944</v>
       </c>
       <c r="G27" s="60">
-        <v>8284</v>
+        <v>6749</v>
       </c>
       <c r="H27" s="60">
-        <v>18141</v>
+        <v>27647</v>
       </c>
       <c r="I27" s="60">
-        <v>80135</v>
+        <v>74883</v>
       </c>
       <c r="J27" s="63">
-        <v>3501</v>
+        <v>3701</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="56" t="s">
         <v>82</v>
       </c>
       <c r="B28" s="24"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
       <c r="J28" s="26"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="18" t="s">
         <v>83</v>
       </c>
       <c r="B29" s="60">
-        <v>26657</v>
+        <v>26967</v>
       </c>
       <c r="C29" s="60">
         <v>11998</v>
       </c>
       <c r="D29" s="66">
         <v>0</v>
       </c>
       <c r="E29" s="60">
-        <v>27336</v>
+        <v>26830</v>
       </c>
       <c r="F29" s="60">
-        <v>12998</v>
+        <v>11998</v>
       </c>
       <c r="G29" s="66">
         <v>0</v>
       </c>
       <c r="H29" s="60">
-        <v>29696</v>
+        <v>28656</v>
       </c>
       <c r="I29" s="60">
-        <v>15998</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>19497</v>
+      </c>
+      <c r="J29" s="68">
+        <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="56" t="s">
         <v>84</v>
       </c>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="26"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="18" t="s">
         <v>85</v>
       </c>
       <c r="B31" s="60">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="C31" s="60">
-        <v>24160</v>
+        <v>25160</v>
       </c>
       <c r="D31" s="66">
         <v>0</v>
       </c>
       <c r="E31" s="60">
         <v>21</v>
       </c>
       <c r="F31" s="60">
-        <v>25160</v>
+        <v>24660</v>
       </c>
       <c r="G31" s="66">
         <v>0</v>
       </c>
       <c r="H31" s="60">
-        <v>176</v>
+        <v>116</v>
       </c>
       <c r="I31" s="60">
-        <v>28375</v>
+        <v>33675</v>
       </c>
       <c r="J31" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="56" t="s">
         <v>86</v>
       </c>
       <c r="B32" s="24"/>
       <c r="C32" s="24"/>
       <c r="D32" s="24"/>
       <c r="E32" s="24"/>
       <c r="F32" s="24"/>
       <c r="G32" s="24"/>
       <c r="H32" s="24"/>
       <c r="I32" s="24"/>
       <c r="J32" s="26"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="18" t="s">
         <v>87</v>
       </c>
       <c r="B33" s="60">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="C33" s="60">
-        <v>13550</v>
+        <v>12550</v>
       </c>
       <c r="D33" s="66">
         <v>0</v>
       </c>
       <c r="E33" s="60">
         <v>81</v>
       </c>
       <c r="F33" s="60">
-        <v>12850</v>
+        <v>12750</v>
       </c>
       <c r="G33" s="66">
         <v>0</v>
       </c>
       <c r="H33" s="60">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="I33" s="60">
-        <v>12025</v>
+        <v>11625</v>
       </c>
       <c r="J33" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="56" t="s">
         <v>88</v>
       </c>
       <c r="B34" s="24"/>
       <c r="C34" s="24"/>
       <c r="D34" s="24"/>
       <c r="E34" s="24"/>
       <c r="F34" s="24"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="24"/>
       <c r="J34" s="26"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="18" t="s">
         <v>89</v>
       </c>
       <c r="B35" s="60">
-        <v>210</v>
+        <v>335</v>
       </c>
       <c r="C35" s="60">
-        <v>39000</v>
+        <v>43500</v>
       </c>
       <c r="D35" s="66">
         <v>0</v>
       </c>
       <c r="E35" s="60">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="F35" s="60">
-        <v>43000</v>
+        <v>43500</v>
       </c>
       <c r="G35" s="66">
         <v>0</v>
       </c>
       <c r="H35" s="60">
-        <v>190</v>
+        <v>230</v>
       </c>
       <c r="I35" s="60">
         <v>43000</v>
       </c>
       <c r="J35" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="70" t="s">
         <v>90</v>
       </c>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27"/>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="28"/>
     </row>
     <row r="37" spans="1:10" ht="13.5" customHeight="1">
       <c r="A37" s="12" t="s">
         <v>24</v>
@@ -4412,56 +4412,56 @@
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
       <c r="J2" s="43"/>
     </row>
     <row r="3" spans="1:10" ht="18.6" customHeight="1">
       <c r="A3" s="42" t="s">
         <v>32</v>
       </c>
       <c r="B3" s="42"/>
       <c r="C3" s="42"/>
       <c r="D3" s="42"/>
       <c r="E3" s="42"/>
       <c r="F3" s="42"/>
       <c r="G3" s="42"/>
       <c r="H3" s="42"/>
       <c r="I3" s="42"/>
       <c r="J3" s="42"/>
     </row>
     <row r="4" spans="1:10" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="45" t="str">
         <f>'2-4'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="45"/>
       <c r="E4" s="37" t="str">
         <f>'2-4'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="37"/>
       <c r="G4" s="37"/>
       <c r="H4" s="4"/>
       <c r="I4" s="4"/>
       <c r="J4" s="14" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="15" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="38" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="39"/>
       <c r="D5" s="41"/>
       <c r="E5" s="38" t="s">
         <v>7</v>
       </c>
       <c r="F5" s="39"/>
       <c r="G5" s="41"/>
       <c r="H5" s="38" t="s">
         <v>8</v>
       </c>
       <c r="I5" s="39"/>
@@ -4532,443 +4532,443 @@
       </c>
       <c r="E8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="G8" s="9" t="s">
         <v>11</v>
       </c>
       <c r="H8" s="8" t="s">
         <v>9</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>10</v>
       </c>
       <c r="J8" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="12.6" customHeight="1">
       <c r="A9" s="47" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="50">
-        <v>9635</v>
+        <v>11158</v>
       </c>
       <c r="C9" s="50">
-        <v>107020</v>
+        <v>104030</v>
       </c>
       <c r="D9" s="50">
-        <v>2736</v>
+        <v>243</v>
       </c>
       <c r="E9" s="50">
-        <v>10631</v>
+        <v>9135</v>
       </c>
       <c r="F9" s="50">
-        <v>118520</v>
+        <v>90720</v>
       </c>
       <c r="G9" s="50">
-        <v>525</v>
+        <v>1612</v>
       </c>
       <c r="H9" s="50">
-        <v>16397</v>
+        <v>16589</v>
       </c>
       <c r="I9" s="50">
-        <v>102425</v>
+        <v>101795</v>
       </c>
       <c r="J9" s="53">
-        <v>481</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.1" customHeight="1">
       <c r="A10" s="56" t="s">
         <v>91</v>
       </c>
       <c r="B10" s="24"/>
       <c r="C10" s="24"/>
       <c r="D10" s="24"/>
       <c r="E10" s="24"/>
       <c r="F10" s="24"/>
       <c r="G10" s="24"/>
       <c r="H10" s="24"/>
       <c r="I10" s="24"/>
       <c r="J10" s="26"/>
     </row>
     <row r="11" spans="1:10" ht="12.6" customHeight="1">
       <c r="A11" s="18" t="s">
         <v>92</v>
       </c>
       <c r="B11" s="60">
-        <v>9723</v>
+        <v>21396</v>
       </c>
       <c r="C11" s="60">
-        <v>131705</v>
+        <v>130205</v>
       </c>
       <c r="D11" s="60">
-        <v>403</v>
+        <v>421</v>
       </c>
       <c r="E11" s="60">
-        <v>11723</v>
+        <v>6623</v>
       </c>
       <c r="F11" s="60">
-        <v>144205</v>
+        <v>123705</v>
       </c>
       <c r="G11" s="60">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="H11" s="60">
-        <v>15637</v>
+        <v>1940</v>
       </c>
       <c r="I11" s="60">
-        <v>126590</v>
+        <v>114590</v>
       </c>
       <c r="J11" s="63">
-        <v>296</v>
+        <v>287</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.1" customHeight="1">
       <c r="A12" s="56" t="s">
         <v>93</v>
       </c>
       <c r="B12" s="24"/>
       <c r="C12" s="24"/>
       <c r="D12" s="24"/>
       <c r="E12" s="24"/>
       <c r="F12" s="24"/>
       <c r="G12" s="24"/>
       <c r="H12" s="24"/>
       <c r="I12" s="24"/>
       <c r="J12" s="26"/>
     </row>
     <row r="13" spans="1:10" ht="12.6" customHeight="1">
       <c r="A13" s="18" t="s">
         <v>94</v>
       </c>
       <c r="B13" s="60">
-        <v>20338</v>
+        <v>27833</v>
       </c>
       <c r="C13" s="60">
-        <v>201973</v>
+        <v>218569</v>
       </c>
       <c r="D13" s="60">
-        <v>10397</v>
+        <v>18648</v>
       </c>
       <c r="E13" s="60">
-        <v>21718</v>
+        <v>20833</v>
       </c>
       <c r="F13" s="60">
-        <v>194043</v>
+        <v>211752</v>
       </c>
       <c r="G13" s="60">
-        <v>8565</v>
+        <v>9010</v>
       </c>
       <c r="H13" s="60">
-        <v>4597</v>
+        <v>1667</v>
       </c>
       <c r="I13" s="60">
-        <v>185325</v>
+        <v>206067</v>
       </c>
       <c r="J13" s="63">
-        <v>6053</v>
+        <v>4292</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.1" customHeight="1">
       <c r="A14" s="56" t="s">
         <v>95</v>
       </c>
       <c r="B14" s="24"/>
       <c r="C14" s="24"/>
       <c r="D14" s="24"/>
       <c r="E14" s="24"/>
       <c r="F14" s="24"/>
       <c r="G14" s="24"/>
       <c r="H14" s="24"/>
       <c r="I14" s="24"/>
       <c r="J14" s="26"/>
     </row>
     <row r="15" spans="1:10" ht="12.6" customHeight="1">
       <c r="A15" s="18" t="s">
         <v>96</v>
       </c>
       <c r="B15" s="60">
-        <v>10750</v>
+        <v>28480</v>
       </c>
       <c r="C15" s="60">
-        <v>241138</v>
+        <v>266065</v>
       </c>
       <c r="D15" s="60">
-        <v>31548</v>
+        <v>16049</v>
       </c>
       <c r="E15" s="60">
-        <v>5670</v>
+        <v>7680</v>
       </c>
       <c r="F15" s="60">
-        <v>238936</v>
+        <v>240140</v>
       </c>
       <c r="G15" s="60">
-        <v>28535</v>
+        <v>22546</v>
       </c>
       <c r="H15" s="60">
-        <v>1070</v>
+        <v>620</v>
       </c>
       <c r="I15" s="60">
-        <v>265830</v>
+        <v>292130</v>
       </c>
       <c r="J15" s="63">
-        <v>4312</v>
+        <v>16113</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.1" customHeight="1">
       <c r="A16" s="56" t="s">
         <v>97</v>
       </c>
       <c r="B16" s="24"/>
       <c r="C16" s="24"/>
       <c r="D16" s="24"/>
       <c r="E16" s="24"/>
       <c r="F16" s="24"/>
       <c r="G16" s="24"/>
       <c r="H16" s="24"/>
       <c r="I16" s="24"/>
       <c r="J16" s="26"/>
     </row>
     <row r="17" spans="1:10" ht="12.6" customHeight="1">
       <c r="A17" s="18" t="s">
         <v>98</v>
       </c>
       <c r="B17" s="60">
-        <v>16312</v>
+        <v>15512</v>
       </c>
       <c r="C17" s="60">
-        <v>63525</v>
+        <v>62185</v>
       </c>
       <c r="D17" s="66">
         <v>0</v>
       </c>
       <c r="E17" s="60">
-        <v>16312</v>
+        <v>19812</v>
       </c>
       <c r="F17" s="60">
-        <v>57380</v>
+        <v>62825</v>
       </c>
       <c r="G17" s="66">
         <v>0</v>
       </c>
       <c r="H17" s="60">
-        <v>7011</v>
+        <v>8511</v>
       </c>
       <c r="I17" s="60">
-        <v>49240</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>48590</v>
+      </c>
+      <c r="J17" s="63">
+        <v>749</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.1" customHeight="1">
       <c r="A18" s="56" t="s">
         <v>99</v>
       </c>
       <c r="B18" s="24"/>
       <c r="C18" s="24"/>
       <c r="D18" s="24"/>
       <c r="E18" s="24"/>
       <c r="F18" s="24"/>
       <c r="G18" s="24"/>
       <c r="H18" s="24"/>
       <c r="I18" s="24"/>
       <c r="J18" s="26"/>
     </row>
     <row r="19" spans="1:10" ht="12.6" customHeight="1">
       <c r="A19" s="18" t="s">
         <v>100</v>
       </c>
       <c r="B19" s="60">
-        <v>13000</v>
+        <v>3000</v>
       </c>
       <c r="C19" s="60">
-        <v>58210</v>
+        <v>55625</v>
       </c>
       <c r="D19" s="66">
         <v>0</v>
       </c>
       <c r="E19" s="60">
-        <v>13000</v>
+        <v>11500</v>
       </c>
       <c r="F19" s="60">
-        <v>54777</v>
+        <v>57200</v>
       </c>
       <c r="G19" s="66">
         <v>0</v>
       </c>
-      <c r="H19" s="66">
-        <v>0</v>
+      <c r="H19" s="60">
+        <v>10000</v>
       </c>
       <c r="I19" s="60">
-        <v>40154</v>
+        <v>43720</v>
       </c>
       <c r="J19" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.1" customHeight="1">
       <c r="A20" s="56" t="s">
         <v>101</v>
       </c>
       <c r="B20" s="24"/>
       <c r="C20" s="24"/>
       <c r="D20" s="24"/>
       <c r="E20" s="24"/>
       <c r="F20" s="24"/>
       <c r="G20" s="24"/>
       <c r="H20" s="24"/>
       <c r="I20" s="24"/>
       <c r="J20" s="26"/>
     </row>
     <row r="21" spans="1:10" ht="12.6" customHeight="1">
       <c r="A21" s="18" t="s">
         <v>102</v>
       </c>
       <c r="B21" s="60">
-        <v>1457</v>
+        <v>1330</v>
       </c>
       <c r="C21" s="60">
-        <v>229120</v>
+        <v>241508</v>
       </c>
       <c r="D21" s="60">
-        <v>6210</v>
+        <v>5581</v>
       </c>
       <c r="E21" s="60">
-        <v>1457</v>
+        <v>1455</v>
       </c>
       <c r="F21" s="60">
-        <v>239420</v>
+        <v>234015</v>
       </c>
       <c r="G21" s="60">
-        <v>6133</v>
+        <v>6171</v>
       </c>
       <c r="H21" s="60">
-        <v>5109</v>
+        <v>1430</v>
       </c>
       <c r="I21" s="60">
-        <v>219537</v>
+        <v>301305</v>
       </c>
       <c r="J21" s="63">
-        <v>9392</v>
+        <v>7161</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.1" customHeight="1">
       <c r="A22" s="56" t="s">
         <v>103</v>
       </c>
       <c r="B22" s="24"/>
       <c r="C22" s="24"/>
       <c r="D22" s="24"/>
       <c r="E22" s="24"/>
       <c r="F22" s="24"/>
       <c r="G22" s="24"/>
       <c r="H22" s="24"/>
       <c r="I22" s="24"/>
       <c r="J22" s="26"/>
     </row>
     <row r="23" spans="1:10" ht="12.6" customHeight="1">
       <c r="A23" s="18" t="s">
         <v>104</v>
       </c>
       <c r="B23" s="60">
         <v>69</v>
       </c>
       <c r="C23" s="60">
-        <v>24860</v>
+        <v>25160</v>
       </c>
       <c r="D23" s="66">
         <v>0</v>
       </c>
       <c r="E23" s="60">
         <v>69</v>
       </c>
       <c r="F23" s="60">
-        <v>23160</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>25260</v>
+      </c>
+      <c r="G23" s="60">
+        <v>249</v>
       </c>
       <c r="H23" s="60">
-        <v>1423</v>
+        <v>788</v>
       </c>
       <c r="I23" s="60">
-        <v>30505</v>
+        <v>30405</v>
       </c>
       <c r="J23" s="63">
-        <v>798</v>
+        <v>996</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.1" customHeight="1">
       <c r="A24" s="56" t="s">
         <v>105</v>
       </c>
       <c r="B24" s="24"/>
       <c r="C24" s="24"/>
       <c r="D24" s="24"/>
       <c r="E24" s="24"/>
       <c r="F24" s="24"/>
       <c r="G24" s="24"/>
       <c r="H24" s="24"/>
       <c r="I24" s="24"/>
       <c r="J24" s="26"/>
     </row>
     <row r="25" spans="1:10" ht="12.6" customHeight="1">
       <c r="A25" s="18" t="s">
         <v>106</v>
       </c>
       <c r="B25" s="60">
-        <v>2256</v>
+        <v>2236</v>
       </c>
       <c r="C25" s="60">
-        <v>280356</v>
+        <v>306494</v>
       </c>
       <c r="D25" s="60">
-        <v>30903</v>
+        <v>12063</v>
       </c>
       <c r="E25" s="60">
-        <v>2259</v>
+        <v>2246</v>
       </c>
       <c r="F25" s="60">
-        <v>333356</v>
+        <v>288356</v>
       </c>
       <c r="G25" s="60">
-        <v>31149</v>
+        <v>21691</v>
       </c>
       <c r="H25" s="60">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="I25" s="60">
-        <v>264980</v>
+        <v>351596</v>
       </c>
       <c r="J25" s="63">
-        <v>65440</v>
+        <v>104062</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="11.1" customHeight="1">
       <c r="A26" s="56" t="s">
         <v>107</v>
       </c>
       <c r="B26" s="24"/>
       <c r="C26" s="24"/>
       <c r="D26" s="24"/>
       <c r="E26" s="24"/>
       <c r="F26" s="24"/>
       <c r="G26" s="24"/>
       <c r="H26" s="24"/>
       <c r="I26" s="24"/>
       <c r="J26" s="26"/>
     </row>
     <row r="27" spans="1:10" ht="12.6" customHeight="1">
       <c r="A27" s="18" t="s">
         <v>108</v>
       </c>
       <c r="B27" s="66">
         <v>0</v>
       </c>
       <c r="C27" s="60">
         <v>480</v>
@@ -4992,210 +4992,210 @@
         <v>200</v>
       </c>
       <c r="J27" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="11.1" customHeight="1">
       <c r="A28" s="56" t="s">
         <v>109</v>
       </c>
       <c r="B28" s="24"/>
       <c r="C28" s="24"/>
       <c r="D28" s="24"/>
       <c r="E28" s="24"/>
       <c r="F28" s="24"/>
       <c r="G28" s="24"/>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
       <c r="J28" s="26"/>
     </row>
     <row r="29" spans="1:10" ht="12.6" customHeight="1">
       <c r="A29" s="18" t="s">
         <v>110</v>
       </c>
       <c r="B29" s="60">
-        <v>4800</v>
+        <v>5250</v>
       </c>
       <c r="C29" s="60">
-        <v>4030</v>
+        <v>4350</v>
       </c>
       <c r="D29" s="66">
         <v>0</v>
       </c>
       <c r="E29" s="60">
-        <v>5300</v>
+        <v>5050</v>
       </c>
       <c r="F29" s="60">
-        <v>3980</v>
+        <v>4280</v>
       </c>
       <c r="G29" s="66">
         <v>0</v>
       </c>
       <c r="H29" s="60">
-        <v>4900</v>
+        <v>5000</v>
       </c>
       <c r="I29" s="60">
-        <v>4850</v>
+        <v>4980</v>
       </c>
       <c r="J29" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="11.1" customHeight="1">
       <c r="A30" s="56" t="s">
         <v>111</v>
       </c>
       <c r="B30" s="24"/>
       <c r="C30" s="24"/>
       <c r="D30" s="24"/>
       <c r="E30" s="24"/>
       <c r="F30" s="24"/>
       <c r="G30" s="24"/>
       <c r="H30" s="24"/>
       <c r="I30" s="24"/>
       <c r="J30" s="26"/>
     </row>
     <row r="31" spans="1:10" ht="12.6" customHeight="1">
       <c r="A31" s="18" t="s">
         <v>112</v>
       </c>
       <c r="B31" s="60">
         <v>1500</v>
       </c>
       <c r="C31" s="66">
         <v>0</v>
       </c>
       <c r="D31" s="66">
         <v>0</v>
       </c>
       <c r="E31" s="60">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="F31" s="66">
         <v>0</v>
       </c>
       <c r="G31" s="66">
         <v>0</v>
       </c>
       <c r="H31" s="60">
         <v>3000</v>
       </c>
-      <c r="I31" s="60">
-        <v>200</v>
+      <c r="I31" s="66">
+        <v>0</v>
       </c>
       <c r="J31" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="11.1" customHeight="1">
       <c r="A32" s="56" t="s">
         <v>113</v>
       </c>
       <c r="B32" s="24"/>
       <c r="C32" s="24"/>
       <c r="D32" s="24"/>
       <c r="E32" s="24"/>
       <c r="F32" s="24"/>
       <c r="G32" s="24"/>
       <c r="H32" s="24"/>
       <c r="I32" s="24"/>
       <c r="J32" s="26"/>
     </row>
     <row r="33" spans="1:10" ht="12.6" customHeight="1">
       <c r="A33" s="58" t="s">
         <v>114</v>
       </c>
       <c r="B33" s="61">
-        <v>8112</v>
+        <v>2051</v>
       </c>
       <c r="C33" s="61">
-        <v>200945</v>
+        <v>195130</v>
       </c>
       <c r="D33" s="75">
         <v>0</v>
       </c>
       <c r="E33" s="61">
-        <v>7112</v>
+        <v>2150</v>
       </c>
       <c r="F33" s="61">
-        <v>199426</v>
+        <v>180685</v>
       </c>
       <c r="G33" s="75">
         <v>0</v>
       </c>
       <c r="H33" s="61">
-        <v>1505</v>
+        <v>1020</v>
       </c>
       <c r="I33" s="61">
-        <v>231890</v>
+        <v>209927</v>
       </c>
       <c r="J33" s="64">
-        <v>2669</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="11.1" customHeight="1">
       <c r="A34" s="57" t="s">
         <v>115</v>
       </c>
       <c r="B34" s="24"/>
       <c r="C34" s="24"/>
       <c r="D34" s="24"/>
       <c r="E34" s="24"/>
       <c r="F34" s="24"/>
       <c r="G34" s="24"/>
       <c r="H34" s="24"/>
       <c r="I34" s="24"/>
       <c r="J34" s="26"/>
     </row>
     <row r="35" spans="1:10" ht="12.6" customHeight="1">
       <c r="A35" s="58" t="s">
         <v>116</v>
       </c>
       <c r="B35" s="75">
         <v>0</v>
       </c>
       <c r="C35" s="61">
-        <v>30167</v>
+        <v>21785</v>
       </c>
       <c r="D35" s="61">
-        <v>4303</v>
+        <v>8975</v>
       </c>
       <c r="E35" s="75">
         <v>0</v>
       </c>
       <c r="F35" s="61">
-        <v>32131</v>
+        <v>27468</v>
       </c>
       <c r="G35" s="61">
-        <v>7664</v>
+        <v>4428</v>
       </c>
       <c r="H35" s="75">
         <v>0</v>
       </c>
       <c r="I35" s="61">
-        <v>9629</v>
+        <v>24896</v>
       </c>
       <c r="J35" s="76">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="77" t="s">
         <v>117</v>
       </c>
       <c r="B36" s="27"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27"/>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="28"/>
     </row>
     <row r="37" spans="1:1" ht="13.5" customHeight="1">
       <c r="A37" s="21" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="38" spans="1:1">