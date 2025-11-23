--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -63,51 +63,51 @@
   <si>
     <t>一般定期性</t>
   </si>
   <si>
     <t>可 轉 讓</t>
   </si>
   <si>
     <t>合　　計</t>
   </si>
   <si>
     <t>比較增減％</t>
   </si>
   <si>
     <t>月比較增減％</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <t>存　　　款</t>
   </si>
   <si>
     <t>定期存單</t>
   </si>
   <si>
     <t>本　　月</t>
   </si>
   <si>
     <t>上年同月</t>
   </si>
   <si>
     <t xml:space="preserve"> by Institution </t>
   </si>
   <si>
     <t xml:space="preserve"> Time &amp; Savings</t>
   </si>
   <si>
     <t>NCDs</t>
   </si>
   <si>
     <t>Total</t>
   </si>
@@ -175,51 +175,51 @@
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
     <t>　　　　　2.可轉讓定期存單指銀行發行餘額。</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
   <si>
     <t>Changes</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <t>說　　明：1.一般定期性存款包括定期存款、定期儲蓄存款，不含外匯定存、信託資金、中華郵政公司儲匯處轉存款。</t>
   </si>
   <si>
     <t>　　　　　3.#係金融控股公司之子公司。</t>
   </si>
   <si>
     <r>
       <t>2-3</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社定期性存款餘額</t>
     </r>
   </si>
   <si>
     <r>
       <t>全行　</t>
     </r>
@@ -2399,66 +2399,75 @@
     </xf>
     <xf xxid="292" numFmtId="4" fontId="7" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="293" numFmtId="4" fontId="46" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="294" numFmtId="4" fontId="7" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="295" numFmtId="4" fontId="46" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="296" numFmtId="0" fontId="42" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf xxid="297" numFmtId="0" fontId="43" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf xxid="298" numFmtId="0" fontId="45" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf xxid="299" numFmtId="177" fontId="47" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="300" numFmtId="4" fontId="47" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="300" numFmtId="180" fontId="7" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="301" numFmtId="4" fontId="47" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="301" numFmtId="180" fontId="46" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="302" numFmtId="0" fontId="44" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf xxid="303" numFmtId="180" fontId="5" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="302" numFmtId="180" fontId="47" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="304" numFmtId="180" fontId="40" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="303" numFmtId="4" fontId="47" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="305" numFmtId="180" fontId="41" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="304" numFmtId="4" fontId="47" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="305" numFmtId="0" fontId="44" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="306" numFmtId="180" fontId="5" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="307" numFmtId="180" fontId="40" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="308" numFmtId="180" fontId="41" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="181">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色1 2" xfId="16"/>
     <cellStyle name="20% - 輔色1 2 2" xfId="17"/>
     <cellStyle name="20% - 輔色1 3" xfId="18"/>
     <cellStyle name="20% - 輔色2" xfId="19"/>
     <cellStyle name="20% - 輔色2 2" xfId="20"/>
     <cellStyle name="20% - 輔色2 2 2" xfId="21"/>
     <cellStyle name="20% - 輔色2 3" xfId="22"/>
     <cellStyle name="20% - 輔色3" xfId="23"/>
     <cellStyle name="20% - 輔色3 2" xfId="24"/>
     <cellStyle name="20% - 輔色3 2 2" xfId="25"/>
     <cellStyle name="20% - 輔色3 3" xfId="26"/>
     <cellStyle name="20% - 輔色4" xfId="27"/>
     <cellStyle name="20% - 輔色4 2" xfId="28"/>
     <cellStyle name="20% - 輔色4 2 2" xfId="29"/>
     <cellStyle name="20% - 輔色4 3" xfId="30"/>
     <cellStyle name="20% - 輔色5" xfId="31"/>
     <cellStyle name="20% - 輔色5 2" xfId="32"/>
     <cellStyle name="20% - 輔色5 2 2" xfId="33"/>
     <cellStyle name="20% - 輔色5 3" xfId="34"/>
     <cellStyle name="20% - 輔色6" xfId="35"/>
@@ -2820,535 +2829,535 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="69">
-        <v>20690464</v>
+        <v>20702799</v>
       </c>
       <c r="C10" s="69">
-        <v>388882</v>
+        <v>367717</v>
       </c>
       <c r="D10" s="69">
-        <v>21079346</v>
+        <v>21070516</v>
       </c>
       <c r="E10" s="69">
-        <v>20962308</v>
+        <v>21111132</v>
       </c>
       <c r="F10" s="69">
-        <v>18759359</v>
+        <v>19127970</v>
       </c>
       <c r="G10" s="72">
-        <v>0.56</v>
+        <v>-0.19</v>
       </c>
       <c r="H10" s="72">
-        <v>12.37</v>
+        <v>10.16</v>
       </c>
       <c r="I10" s="72">
         <v>100</v>
       </c>
       <c r="J10" s="75">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="79" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="82">
-        <v>19838445</v>
+        <v>19864968</v>
       </c>
       <c r="C12" s="82">
-        <v>381519</v>
+        <v>360605</v>
       </c>
       <c r="D12" s="82">
-        <v>20219963</v>
+        <v>20225572</v>
       </c>
       <c r="E12" s="82">
-        <v>20115602</v>
+        <v>20253310</v>
       </c>
       <c r="F12" s="82">
-        <v>17897230</v>
+        <v>18283545</v>
       </c>
       <c r="G12" s="85">
-        <v>0.52</v>
+        <v>-0.14</v>
       </c>
       <c r="H12" s="85">
-        <v>12.98</v>
+        <v>10.62</v>
       </c>
       <c r="I12" s="85">
-        <v>95.92</v>
+        <v>95.99</v>
       </c>
       <c r="J12" s="88">
-        <v>95.4</v>
+        <v>95.59</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="11.1" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>59</v>
       </c>
       <c r="B13" s="33"/>
       <c r="C13" s="33"/>
       <c r="D13" s="33"/>
       <c r="E13" s="33"/>
       <c r="F13" s="33"/>
       <c r="G13" s="35"/>
       <c r="H13" s="35"/>
       <c r="I13" s="35"/>
       <c r="J13" s="31"/>
     </row>
     <row r="14" spans="1:10" ht="12.6" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>60</v>
       </c>
       <c r="B14" s="81">
-        <v>1995217</v>
+        <v>1944934</v>
       </c>
       <c r="C14" s="81">
         <v>876</v>
       </c>
       <c r="D14" s="81">
-        <v>1996093</v>
+        <v>1945810</v>
       </c>
       <c r="E14" s="81">
-        <v>2049989</v>
+        <v>1977608</v>
       </c>
       <c r="F14" s="81">
-        <v>1898676</v>
+        <v>1901873</v>
       </c>
       <c r="G14" s="84">
-        <v>-2.63</v>
+        <v>-1.61</v>
       </c>
       <c r="H14" s="84">
-        <v>5.13</v>
+        <v>2.31</v>
       </c>
       <c r="I14" s="84">
-        <v>9.47</v>
+        <v>9.23</v>
       </c>
       <c r="J14" s="87">
-        <v>10.12</v>
+        <v>9.94</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="11.1" customHeight="1">
       <c r="A15" s="77" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="33"/>
       <c r="C15" s="33"/>
       <c r="D15" s="33"/>
       <c r="E15" s="33"/>
       <c r="F15" s="33"/>
       <c r="G15" s="35"/>
       <c r="H15" s="35"/>
       <c r="I15" s="35"/>
       <c r="J15" s="31"/>
     </row>
     <row r="16" spans="1:10" ht="12.6" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="81">
-        <v>1132027</v>
+        <v>1188754</v>
       </c>
       <c r="C16" s="81">
-        <v>632</v>
+        <v>626</v>
       </c>
       <c r="D16" s="81">
-        <v>1132659</v>
+        <v>1189380</v>
       </c>
       <c r="E16" s="81">
-        <v>1136638</v>
+        <v>1160727</v>
       </c>
       <c r="F16" s="81">
-        <v>1163400</v>
+        <v>1148720</v>
       </c>
       <c r="G16" s="84">
-        <v>-0.35</v>
+        <v>2.47</v>
       </c>
       <c r="H16" s="84">
-        <v>-2.64</v>
+        <v>3.54</v>
       </c>
       <c r="I16" s="84">
-        <v>5.37</v>
+        <v>5.64</v>
       </c>
       <c r="J16" s="87">
-        <v>6.2</v>
+        <v>6.01</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="11.1" customHeight="1">
       <c r="A17" s="77" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="35"/>
       <c r="H17" s="35"/>
       <c r="I17" s="35"/>
       <c r="J17" s="31"/>
     </row>
     <row r="18" spans="1:10" ht="12.6" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="81">
-        <v>1388804</v>
+        <v>1365122</v>
       </c>
       <c r="C18" s="81">
-        <v>50768</v>
+        <v>41359</v>
       </c>
       <c r="D18" s="81">
-        <v>1439572</v>
+        <v>1406481</v>
       </c>
       <c r="E18" s="81">
-        <v>1393276</v>
+        <v>1456698</v>
       </c>
       <c r="F18" s="81">
-        <v>1237062</v>
+        <v>1239610</v>
       </c>
       <c r="G18" s="84">
-        <v>3.32</v>
+        <v>-3.45</v>
       </c>
       <c r="H18" s="84">
-        <v>16.37</v>
+        <v>13.46</v>
       </c>
       <c r="I18" s="84">
-        <v>6.83</v>
+        <v>6.68</v>
       </c>
       <c r="J18" s="87">
-        <v>6.59</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="11.1" customHeight="1">
       <c r="A19" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
       <c r="E19" s="33"/>
       <c r="F19" s="33"/>
       <c r="G19" s="35"/>
       <c r="H19" s="35"/>
       <c r="I19" s="35"/>
       <c r="J19" s="31"/>
     </row>
     <row r="20" spans="1:10" ht="12.6" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="81">
-        <v>989703</v>
+        <v>1013484</v>
       </c>
       <c r="C20" s="81">
-        <v>4319</v>
+        <v>6319</v>
       </c>
       <c r="D20" s="81">
-        <v>994021</v>
+        <v>1019802</v>
       </c>
       <c r="E20" s="81">
-        <v>1010487</v>
+        <v>1026858</v>
       </c>
       <c r="F20" s="81">
-        <v>934417</v>
+        <v>922468</v>
       </c>
       <c r="G20" s="84">
-        <v>-1.63</v>
+        <v>-0.69</v>
       </c>
       <c r="H20" s="84">
-        <v>6.38</v>
+        <v>10.55</v>
       </c>
       <c r="I20" s="84">
-        <v>4.72</v>
+        <v>4.84</v>
       </c>
       <c r="J20" s="87">
-        <v>4.98</v>
+        <v>4.82</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="11.1" customHeight="1">
       <c r="A21" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
       <c r="E21" s="33"/>
       <c r="F21" s="33"/>
       <c r="G21" s="35"/>
       <c r="H21" s="35"/>
       <c r="I21" s="35"/>
       <c r="J21" s="31"/>
     </row>
     <row r="22" spans="1:10" ht="12.6" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="81">
-        <v>928699</v>
+        <v>890135</v>
       </c>
       <c r="C22" s="81">
-        <v>31317</v>
+        <v>22249</v>
       </c>
       <c r="D22" s="81">
-        <v>960016</v>
+        <v>912385</v>
       </c>
       <c r="E22" s="81">
-        <v>924833</v>
+        <v>918875</v>
       </c>
       <c r="F22" s="81">
-        <v>857963</v>
+        <v>923789</v>
       </c>
       <c r="G22" s="84">
-        <v>3.8</v>
+        <v>-0.71</v>
       </c>
       <c r="H22" s="84">
-        <v>11.89</v>
+        <v>-1.23</v>
       </c>
       <c r="I22" s="84">
-        <v>4.55</v>
+        <v>4.33</v>
       </c>
       <c r="J22" s="87">
-        <v>4.57</v>
+        <v>4.83</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="11.1" customHeight="1">
       <c r="A23" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="33"/>
       <c r="C23" s="33"/>
       <c r="D23" s="33"/>
       <c r="E23" s="33"/>
       <c r="F23" s="33"/>
       <c r="G23" s="35"/>
       <c r="H23" s="35"/>
       <c r="I23" s="35"/>
       <c r="J23" s="31"/>
     </row>
     <row r="24" spans="1:10" ht="12.6" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="81">
-        <v>837510</v>
+        <v>877251</v>
       </c>
       <c r="C24" s="81">
-        <v>3995</v>
+        <v>2550</v>
       </c>
       <c r="D24" s="81">
-        <v>841505</v>
+        <v>879801</v>
       </c>
       <c r="E24" s="81">
-        <v>850938</v>
+        <v>874452</v>
       </c>
       <c r="F24" s="81">
-        <v>801974</v>
+        <v>818816</v>
       </c>
       <c r="G24" s="84">
-        <v>-1.11</v>
+        <v>0.61</v>
       </c>
       <c r="H24" s="84">
-        <v>4.93</v>
+        <v>7.45</v>
       </c>
       <c r="I24" s="84">
-        <v>3.99</v>
+        <v>4.18</v>
       </c>
       <c r="J24" s="87">
         <v>4.28</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="11.1" customHeight="1">
       <c r="A25" s="77" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="33"/>
       <c r="D25" s="33"/>
       <c r="E25" s="33"/>
       <c r="F25" s="33"/>
       <c r="G25" s="35"/>
       <c r="H25" s="35"/>
       <c r="I25" s="35"/>
       <c r="J25" s="31"/>
     </row>
     <row r="26" spans="1:10" ht="12.6" customHeight="1">
       <c r="A26" s="23" t="s">
         <v>72</v>
       </c>
       <c r="B26" s="81">
-        <v>510453</v>
+        <v>491032</v>
       </c>
       <c r="C26" s="81">
-        <v>82781</v>
+        <v>80531</v>
       </c>
       <c r="D26" s="81">
-        <v>593234</v>
+        <v>571564</v>
       </c>
       <c r="E26" s="81">
-        <v>600870</v>
+        <v>593438</v>
       </c>
       <c r="F26" s="81">
-        <v>577940</v>
+        <v>578481</v>
       </c>
       <c r="G26" s="84">
-        <v>-1.27</v>
+        <v>-3.69</v>
       </c>
       <c r="H26" s="84">
-        <v>2.65</v>
+        <v>-1.2</v>
       </c>
       <c r="I26" s="84">
-        <v>2.81</v>
+        <v>2.71</v>
       </c>
       <c r="J26" s="87">
-        <v>3.08</v>
+        <v>3.02</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="11.1" customHeight="1">
       <c r="A27" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="33"/>
       <c r="C27" s="33"/>
       <c r="D27" s="33"/>
       <c r="E27" s="33"/>
       <c r="F27" s="33"/>
       <c r="G27" s="35"/>
       <c r="H27" s="35"/>
       <c r="I27" s="35"/>
       <c r="J27" s="31"/>
     </row>
     <row r="28" spans="1:10" ht="12.6" customHeight="1">
       <c r="A28" s="23" t="s">
         <v>74</v>
       </c>
       <c r="B28" s="81">
-        <v>922671</v>
+        <v>877463</v>
       </c>
       <c r="C28" s="81">
-        <v>624</v>
+        <v>635</v>
       </c>
       <c r="D28" s="81">
-        <v>923295</v>
+        <v>878099</v>
       </c>
       <c r="E28" s="81">
-        <v>918200</v>
+        <v>895085</v>
       </c>
       <c r="F28" s="81">
-        <v>911552</v>
+        <v>870969</v>
       </c>
       <c r="G28" s="84">
-        <v>0.55</v>
+        <v>-1.9</v>
       </c>
       <c r="H28" s="84">
-        <v>1.29</v>
+        <v>0.82</v>
       </c>
       <c r="I28" s="84">
-        <v>4.38</v>
+        <v>4.17</v>
       </c>
       <c r="J28" s="87">
-        <v>4.86</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="11.1" customHeight="1">
       <c r="A29" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B29" s="33"/>
       <c r="C29" s="33"/>
       <c r="D29" s="33"/>
       <c r="E29" s="33"/>
       <c r="F29" s="33"/>
       <c r="G29" s="35"/>
       <c r="H29" s="35"/>
       <c r="I29" s="35"/>
       <c r="J29" s="31"/>
     </row>
     <row r="30" spans="1:10" ht="12.6" customHeight="1">
       <c r="A30" s="23" t="s">
         <v>76</v>
       </c>
       <c r="B30" s="81">
-        <v>1177485</v>
+        <v>1317757</v>
       </c>
       <c r="C30" s="81">
-        <v>37334</v>
+        <v>35082</v>
       </c>
       <c r="D30" s="81">
-        <v>1214819</v>
+        <v>1352839</v>
       </c>
       <c r="E30" s="81">
-        <v>1177827</v>
+        <v>1286716</v>
       </c>
       <c r="F30" s="81">
-        <v>720396</v>
+        <v>768954</v>
       </c>
       <c r="G30" s="84">
-        <v>3.14</v>
+        <v>5.14</v>
       </c>
       <c r="H30" s="84">
-        <v>68.63</v>
+        <v>75.93</v>
       </c>
       <c r="I30" s="84">
-        <v>5.76</v>
+        <v>6.42</v>
       </c>
       <c r="J30" s="87">
-        <v>3.84</v>
+        <v>4.02</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="11.1" customHeight="1">
       <c r="A31" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B31" s="33"/>
       <c r="C31" s="33"/>
       <c r="D31" s="33"/>
       <c r="E31" s="33"/>
       <c r="F31" s="33"/>
       <c r="G31" s="35"/>
       <c r="H31" s="35"/>
       <c r="I31" s="35"/>
       <c r="J31" s="31"/>
     </row>
     <row r="32" spans="1:10" ht="12.6" customHeight="1">
       <c r="A32" s="23" t="s">
         <v>78</v>
       </c>
       <c r="B32" s="90">
         <v>0</v>
       </c>
       <c r="C32" s="90">
         <v>0</v>
@@ -3372,121 +3381,121 @@
         <v>0</v>
       </c>
       <c r="J32" s="94">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="11.1" customHeight="1">
       <c r="A33" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="33"/>
       <c r="D33" s="33"/>
       <c r="E33" s="33"/>
       <c r="F33" s="33"/>
       <c r="G33" s="35"/>
       <c r="H33" s="35"/>
       <c r="I33" s="35"/>
       <c r="J33" s="31"/>
     </row>
     <row r="34" spans="1:10" ht="12.6" customHeight="1">
       <c r="A34" s="23" t="s">
         <v>80</v>
       </c>
       <c r="B34" s="81">
-        <v>114166</v>
+        <v>110406</v>
       </c>
       <c r="C34" s="81">
-        <v>371</v>
+        <v>359</v>
       </c>
       <c r="D34" s="81">
-        <v>114537</v>
+        <v>110765</v>
       </c>
       <c r="E34" s="81">
-        <v>115851</v>
+        <v>110823</v>
       </c>
       <c r="F34" s="81">
-        <v>91181</v>
+        <v>94888</v>
       </c>
       <c r="G34" s="84">
-        <v>-1.13</v>
+        <v>-0.05</v>
       </c>
       <c r="H34" s="84">
-        <v>25.61</v>
+        <v>16.73</v>
       </c>
       <c r="I34" s="84">
-        <v>0.54</v>
+        <v>0.53</v>
       </c>
       <c r="J34" s="87">
-        <v>0.49</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="11.1" customHeight="1">
       <c r="A35" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B35" s="33"/>
       <c r="C35" s="33"/>
       <c r="D35" s="33"/>
       <c r="E35" s="33"/>
       <c r="F35" s="33"/>
       <c r="G35" s="35"/>
       <c r="H35" s="35"/>
       <c r="I35" s="35"/>
       <c r="J35" s="31"/>
     </row>
     <row r="36" spans="1:10" ht="12.6" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>82</v>
       </c>
       <c r="B36" s="96">
-        <v>854168</v>
+        <v>845630</v>
       </c>
       <c r="C36" s="96">
-        <v>225</v>
+        <v>197</v>
       </c>
       <c r="D36" s="96">
-        <v>854393</v>
+        <v>845827</v>
       </c>
       <c r="E36" s="96">
-        <v>830789</v>
+        <v>847692</v>
       </c>
       <c r="F36" s="96">
-        <v>839620</v>
+        <v>852875</v>
       </c>
       <c r="G36" s="98">
-        <v>2.84</v>
+        <v>-0.22</v>
       </c>
       <c r="H36" s="98">
-        <v>1.76</v>
+        <v>-0.83</v>
       </c>
       <c r="I36" s="98">
-        <v>4.05</v>
+        <v>4.01</v>
       </c>
       <c r="J36" s="100">
-        <v>4.48</v>
+        <v>4.46</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="102" t="s">
         <v>83</v>
       </c>
       <c r="B37" s="47"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="39"/>
     </row>
     <row r="38" spans="1:10" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
@@ -3726,56 +3735,56 @@
       <c r="F2" s="62"/>
       <c r="G2" s="62"/>
       <c r="H2" s="62"/>
       <c r="I2" s="62"/>
       <c r="J2" s="62"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" customHeight="1">
       <c r="A3" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="60"/>
       <c r="C3" s="60"/>
       <c r="D3" s="60"/>
       <c r="E3" s="60"/>
       <c r="F3" s="60"/>
       <c r="G3" s="60"/>
       <c r="H3" s="60"/>
       <c r="I3" s="60"/>
       <c r="J3" s="60"/>
     </row>
     <row r="4" spans="1:10" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-3'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="54" t="str">
         <f>'2-3'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="54"/>
       <c r="G4" s="63" t="s">
         <v>46</v>
       </c>
       <c r="H4" s="58"/>
       <c r="I4" s="58"/>
       <c r="J4" s="58"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1">
       <c r="A5" s="8"/>
       <c r="B5" s="49" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="50"/>
       <c r="D5" s="51"/>
       <c r="E5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>1</v>
       </c>
@@ -3876,670 +3885,670 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="68">
-        <v>10393</v>
+        <v>6385</v>
       </c>
       <c r="C10" s="68">
         <v>13</v>
       </c>
       <c r="D10" s="68">
-        <v>10406</v>
+        <v>6399</v>
       </c>
       <c r="E10" s="68">
-        <v>9598</v>
+        <v>7270</v>
       </c>
       <c r="F10" s="68">
-        <v>10709</v>
+        <v>7992</v>
       </c>
       <c r="G10" s="71">
-        <v>8.42</v>
+        <v>-11.99</v>
       </c>
       <c r="H10" s="71">
-        <v>-2.83</v>
+        <v>-19.94</v>
       </c>
       <c r="I10" s="71">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
       <c r="J10" s="74">
-        <v>0.06</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>85</v>
       </c>
       <c r="B12" s="81">
-        <v>136411</v>
+        <v>134520</v>
       </c>
       <c r="C12" s="81">
-        <v>5150</v>
+        <v>2150</v>
       </c>
       <c r="D12" s="81">
-        <v>141561</v>
+        <v>136670</v>
       </c>
       <c r="E12" s="81">
-        <v>141062</v>
+        <v>141506</v>
       </c>
       <c r="F12" s="81">
-        <v>145272</v>
+        <v>144231</v>
       </c>
       <c r="G12" s="84">
-        <v>0.35</v>
+        <v>-3.42</v>
       </c>
       <c r="H12" s="84">
-        <v>-2.55</v>
+        <v>-5.24</v>
       </c>
       <c r="I12" s="84">
-        <v>0.67</v>
+        <v>0.65</v>
       </c>
       <c r="J12" s="87">
-        <v>0.77</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="11.1" customHeight="1">
       <c r="A13" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B13" s="33"/>
       <c r="C13" s="33"/>
       <c r="D13" s="33"/>
       <c r="E13" s="33"/>
       <c r="F13" s="33"/>
       <c r="G13" s="35"/>
       <c r="H13" s="35"/>
       <c r="I13" s="35"/>
       <c r="J13" s="31"/>
     </row>
     <row r="14" spans="1:10" ht="12.6" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>87</v>
       </c>
       <c r="B14" s="81">
-        <v>668501</v>
+        <v>672514</v>
       </c>
       <c r="C14" s="81">
         <v>430</v>
       </c>
       <c r="D14" s="81">
-        <v>668932</v>
+        <v>672944</v>
       </c>
       <c r="E14" s="81">
-        <v>659215</v>
+        <v>659514</v>
       </c>
       <c r="F14" s="81">
-        <v>647336</v>
+        <v>655788</v>
       </c>
       <c r="G14" s="84">
-        <v>1.47</v>
+        <v>2.04</v>
       </c>
       <c r="H14" s="84">
-        <v>3.34</v>
+        <v>2.62</v>
       </c>
       <c r="I14" s="84">
-        <v>3.17</v>
+        <v>3.19</v>
       </c>
       <c r="J14" s="87">
-        <v>3.45</v>
+        <v>3.43</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="11.1" customHeight="1">
       <c r="A15" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B15" s="33"/>
       <c r="C15" s="33"/>
       <c r="D15" s="33"/>
       <c r="E15" s="33"/>
       <c r="F15" s="33"/>
       <c r="G15" s="35"/>
       <c r="H15" s="35"/>
       <c r="I15" s="35"/>
       <c r="J15" s="31"/>
     </row>
     <row r="16" spans="1:10" ht="12.6" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>89</v>
       </c>
       <c r="B16" s="81">
-        <v>60484</v>
+        <v>52327</v>
       </c>
       <c r="C16" s="81">
-        <v>6445</v>
+        <v>6433</v>
       </c>
       <c r="D16" s="81">
-        <v>66928</v>
+        <v>58760</v>
       </c>
       <c r="E16" s="81">
-        <v>67570</v>
+        <v>66680</v>
       </c>
       <c r="F16" s="81">
-        <v>56501</v>
+        <v>56352</v>
       </c>
       <c r="G16" s="84">
-        <v>-0.95</v>
+        <v>-11.88</v>
       </c>
       <c r="H16" s="84">
-        <v>18.46</v>
+        <v>4.27</v>
       </c>
       <c r="I16" s="84">
-        <v>0.32</v>
+        <v>0.28</v>
       </c>
       <c r="J16" s="87">
-        <v>0.3</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="11.1" customHeight="1">
       <c r="A17" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="35"/>
       <c r="H17" s="35"/>
       <c r="I17" s="35"/>
       <c r="J17" s="31"/>
     </row>
     <row r="18" spans="1:10" ht="12.6" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>91</v>
       </c>
       <c r="B18" s="81">
-        <v>374994</v>
+        <v>368612</v>
       </c>
       <c r="C18" s="81">
-        <v>4720</v>
+        <v>4714</v>
       </c>
       <c r="D18" s="81">
-        <v>379714</v>
+        <v>373326</v>
       </c>
       <c r="E18" s="81">
-        <v>382527</v>
+        <v>381060</v>
       </c>
       <c r="F18" s="81">
-        <v>310632</v>
+        <v>325677</v>
       </c>
       <c r="G18" s="84">
-        <v>-0.74</v>
+        <v>-2.03</v>
       </c>
       <c r="H18" s="84">
-        <v>22.24</v>
+        <v>14.63</v>
       </c>
       <c r="I18" s="84">
-        <v>1.8</v>
+        <v>1.77</v>
       </c>
       <c r="J18" s="87">
-        <v>1.66</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="11.1" customHeight="1">
       <c r="A19" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
       <c r="E19" s="33"/>
       <c r="F19" s="33"/>
       <c r="G19" s="35"/>
       <c r="H19" s="35"/>
       <c r="I19" s="35"/>
       <c r="J19" s="31"/>
     </row>
     <row r="20" spans="1:10" ht="12.6" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>93</v>
       </c>
       <c r="B20" s="81">
-        <v>107733</v>
+        <v>103483</v>
       </c>
       <c r="C20" s="81">
         <v>76</v>
       </c>
       <c r="D20" s="81">
-        <v>107809</v>
+        <v>103559</v>
       </c>
       <c r="E20" s="81">
-        <v>108105</v>
+        <v>107631</v>
       </c>
       <c r="F20" s="81">
-        <v>111769</v>
+        <v>117178</v>
       </c>
       <c r="G20" s="84">
-        <v>-0.27</v>
+        <v>-3.78</v>
       </c>
       <c r="H20" s="84">
-        <v>-3.54</v>
+        <v>-11.62</v>
       </c>
       <c r="I20" s="84">
-        <v>0.51</v>
+        <v>0.49</v>
       </c>
       <c r="J20" s="87">
-        <v>0.6</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="11.1" customHeight="1">
       <c r="A21" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
       <c r="E21" s="33"/>
       <c r="F21" s="33"/>
       <c r="G21" s="35"/>
       <c r="H21" s="35"/>
       <c r="I21" s="35"/>
       <c r="J21" s="31"/>
     </row>
     <row r="22" spans="1:10" ht="12.6" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>95</v>
       </c>
       <c r="B22" s="81">
-        <v>116191</v>
+        <v>113438</v>
       </c>
       <c r="C22" s="81">
-        <v>1115</v>
+        <v>1202</v>
       </c>
       <c r="D22" s="81">
-        <v>117306</v>
+        <v>114640</v>
       </c>
       <c r="E22" s="81">
-        <v>112049</v>
+        <v>113603</v>
       </c>
       <c r="F22" s="81">
-        <v>84500</v>
+        <v>79392</v>
       </c>
       <c r="G22" s="84">
-        <v>4.69</v>
+        <v>0.91</v>
       </c>
       <c r="H22" s="84">
-        <v>38.82</v>
+        <v>44.4</v>
       </c>
       <c r="I22" s="84">
-        <v>0.56</v>
+        <v>0.54</v>
       </c>
       <c r="J22" s="87">
-        <v>0.45</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="11.1" customHeight="1">
       <c r="A23" s="77" t="s">
         <v>96</v>
       </c>
       <c r="B23" s="33"/>
       <c r="C23" s="33"/>
       <c r="D23" s="33"/>
       <c r="E23" s="33"/>
       <c r="F23" s="33"/>
       <c r="G23" s="35"/>
       <c r="H23" s="35"/>
       <c r="I23" s="35"/>
       <c r="J23" s="31"/>
     </row>
     <row r="24" spans="1:10" ht="12.6" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>97</v>
       </c>
       <c r="B24" s="81">
-        <v>42798</v>
+        <v>43036</v>
       </c>
       <c r="C24" s="81">
         <v>6170</v>
       </c>
       <c r="D24" s="81">
-        <v>48968</v>
+        <v>49206</v>
       </c>
       <c r="E24" s="81">
-        <v>47451</v>
+        <v>49313</v>
       </c>
       <c r="F24" s="81">
-        <v>43939</v>
+        <v>44003</v>
       </c>
       <c r="G24" s="84">
-        <v>3.2</v>
+        <v>-0.22</v>
       </c>
       <c r="H24" s="84">
-        <v>11.45</v>
+        <v>11.82</v>
       </c>
       <c r="I24" s="84">
         <v>0.23</v>
       </c>
       <c r="J24" s="87">
         <v>0.23</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="11.1" customHeight="1">
       <c r="A25" s="77" t="s">
         <v>98</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="33"/>
       <c r="D25" s="33"/>
       <c r="E25" s="33"/>
       <c r="F25" s="33"/>
       <c r="G25" s="35"/>
       <c r="H25" s="35"/>
       <c r="I25" s="35"/>
       <c r="J25" s="31"/>
     </row>
     <row r="26" spans="1:10" ht="12.6" customHeight="1">
       <c r="A26" s="23" t="s">
         <v>99</v>
       </c>
       <c r="B26" s="81">
-        <v>131973</v>
+        <v>140462</v>
       </c>
       <c r="C26" s="81">
-        <v>17884</v>
+        <v>14618</v>
       </c>
       <c r="D26" s="81">
-        <v>149856</v>
+        <v>155079</v>
       </c>
       <c r="E26" s="81">
-        <v>148199</v>
+        <v>151793</v>
       </c>
       <c r="F26" s="81">
-        <v>122219</v>
+        <v>125119</v>
       </c>
       <c r="G26" s="84">
-        <v>1.12</v>
+        <v>2.16</v>
       </c>
       <c r="H26" s="84">
-        <v>22.61</v>
+        <v>23.95</v>
       </c>
       <c r="I26" s="84">
-        <v>0.71</v>
+        <v>0.74</v>
       </c>
       <c r="J26" s="87">
         <v>0.65</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="11.1" customHeight="1">
       <c r="A27" s="77" t="s">
         <v>100</v>
       </c>
       <c r="B27" s="33"/>
       <c r="C27" s="33"/>
       <c r="D27" s="33"/>
       <c r="E27" s="33"/>
       <c r="F27" s="33"/>
       <c r="G27" s="35"/>
       <c r="H27" s="35"/>
       <c r="I27" s="35"/>
       <c r="J27" s="31"/>
     </row>
     <row r="28" spans="1:10" ht="12.6" customHeight="1">
       <c r="A28" s="23" t="s">
         <v>101</v>
       </c>
       <c r="B28" s="81">
-        <v>562740</v>
+        <v>559220</v>
       </c>
       <c r="C28" s="81">
-        <v>17920</v>
+        <v>16229</v>
       </c>
       <c r="D28" s="81">
-        <v>580660</v>
+        <v>575449</v>
       </c>
       <c r="E28" s="81">
-        <v>563169</v>
+        <v>573379</v>
       </c>
       <c r="F28" s="81">
-        <v>517534</v>
+        <v>518660</v>
       </c>
       <c r="G28" s="84">
-        <v>3.11</v>
+        <v>0.36</v>
       </c>
       <c r="H28" s="84">
-        <v>12.2</v>
+        <v>10.95</v>
       </c>
       <c r="I28" s="84">
-        <v>2.75</v>
+        <v>2.73</v>
       </c>
       <c r="J28" s="87">
-        <v>2.76</v>
+        <v>2.71</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="11.1" customHeight="1">
       <c r="A29" s="77" t="s">
         <v>102</v>
       </c>
       <c r="B29" s="33"/>
       <c r="C29" s="33"/>
       <c r="D29" s="33"/>
       <c r="E29" s="33"/>
       <c r="F29" s="33"/>
       <c r="G29" s="35"/>
       <c r="H29" s="35"/>
       <c r="I29" s="35"/>
       <c r="J29" s="31"/>
     </row>
     <row r="30" spans="1:10" ht="12.6" customHeight="1">
       <c r="A30" s="23" t="s">
         <v>103</v>
       </c>
       <c r="B30" s="81">
-        <v>409110</v>
+        <v>409078</v>
       </c>
       <c r="C30" s="81">
-        <v>27875</v>
+        <v>27336</v>
       </c>
       <c r="D30" s="81">
-        <v>436985</v>
+        <v>436414</v>
       </c>
       <c r="E30" s="81">
-        <v>435128</v>
+        <v>436450</v>
       </c>
       <c r="F30" s="81">
-        <v>396244</v>
+        <v>405389</v>
       </c>
       <c r="G30" s="84">
-        <v>0.43</v>
+        <v>-0.01</v>
       </c>
       <c r="H30" s="84">
-        <v>10.28</v>
+        <v>7.65</v>
       </c>
       <c r="I30" s="84">
         <v>2.07</v>
       </c>
       <c r="J30" s="87">
-        <v>2.11</v>
+        <v>2.12</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="11.1" customHeight="1">
       <c r="A31" s="77" t="s">
         <v>104</v>
       </c>
       <c r="B31" s="33"/>
       <c r="C31" s="33"/>
       <c r="D31" s="33"/>
       <c r="E31" s="33"/>
       <c r="F31" s="33"/>
       <c r="G31" s="35"/>
       <c r="H31" s="35"/>
       <c r="I31" s="35"/>
       <c r="J31" s="31"/>
     </row>
     <row r="32" spans="1:10" ht="12.6" customHeight="1">
       <c r="A32" s="23" t="s">
         <v>105</v>
       </c>
       <c r="B32" s="81">
-        <v>142669</v>
+        <v>145548</v>
       </c>
       <c r="C32" s="81">
         <v>21</v>
       </c>
       <c r="D32" s="81">
-        <v>142690</v>
+        <v>145569</v>
       </c>
       <c r="E32" s="81">
-        <v>141777</v>
+        <v>144903</v>
       </c>
       <c r="F32" s="81">
-        <v>133761</v>
+        <v>134618</v>
       </c>
       <c r="G32" s="84">
-        <v>0.64</v>
+        <v>0.46</v>
       </c>
       <c r="H32" s="84">
-        <v>6.68</v>
+        <v>8.13</v>
       </c>
       <c r="I32" s="84">
-        <v>0.68</v>
+        <v>0.69</v>
       </c>
       <c r="J32" s="87">
-        <v>0.71</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="11.1" customHeight="1">
       <c r="A33" s="77" t="s">
         <v>106</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="33"/>
       <c r="D33" s="33"/>
       <c r="E33" s="33"/>
       <c r="F33" s="33"/>
       <c r="G33" s="35"/>
       <c r="H33" s="35"/>
       <c r="I33" s="35"/>
       <c r="J33" s="31"/>
     </row>
     <row r="34" spans="1:10" ht="12.6" customHeight="1">
       <c r="A34" s="23" t="s">
         <v>107</v>
       </c>
       <c r="B34" s="81">
-        <v>102946</v>
+        <v>106808</v>
       </c>
       <c r="C34" s="81">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="D34" s="81">
-        <v>103032</v>
+        <v>106889</v>
       </c>
       <c r="E34" s="81">
-        <v>103352</v>
+        <v>105300</v>
       </c>
       <c r="F34" s="81">
-        <v>95728</v>
+        <v>94891</v>
       </c>
       <c r="G34" s="84">
-        <v>-0.31</v>
+        <v>1.51</v>
       </c>
       <c r="H34" s="84">
-        <v>7.63</v>
+        <v>12.64</v>
       </c>
       <c r="I34" s="84">
-        <v>0.49</v>
+        <v>0.51</v>
       </c>
       <c r="J34" s="87">
-        <v>0.51</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="11.1" customHeight="1">
       <c r="A35" s="77" t="s">
         <v>108</v>
       </c>
       <c r="B35" s="33"/>
       <c r="C35" s="33"/>
       <c r="D35" s="33"/>
       <c r="E35" s="33"/>
       <c r="F35" s="33"/>
       <c r="G35" s="35"/>
       <c r="H35" s="35"/>
       <c r="I35" s="35"/>
       <c r="J35" s="31"/>
     </row>
     <row r="36" spans="1:10" ht="12.6" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>109</v>
       </c>
       <c r="B36" s="96">
-        <v>355795</v>
+        <v>358700</v>
       </c>
       <c r="C36" s="96">
-        <v>239</v>
+        <v>210</v>
       </c>
       <c r="D36" s="96">
-        <v>356034</v>
+        <v>358911</v>
       </c>
       <c r="E36" s="96">
-        <v>354533</v>
+        <v>357601</v>
       </c>
       <c r="F36" s="96">
-        <v>326978</v>
+        <v>332828</v>
       </c>
       <c r="G36" s="98">
-        <v>0.42</v>
+        <v>0.37</v>
       </c>
       <c r="H36" s="98">
-        <v>8.89</v>
+        <v>7.84</v>
       </c>
       <c r="I36" s="98">
-        <v>1.69</v>
+        <v>1.7</v>
       </c>
       <c r="J36" s="100">
         <v>1.74</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="102" t="s">
         <v>110</v>
       </c>
       <c r="B37" s="47"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="39"/>
     </row>
     <row r="38" spans="1:10" ht="13.5" customHeight="1">
       <c r="A38" s="18" t="s">
         <v>47</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
@@ -4804,56 +4813,56 @@
       <c r="F2" s="62"/>
       <c r="G2" s="62"/>
       <c r="H2" s="62"/>
       <c r="I2" s="62"/>
       <c r="J2" s="62"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" customHeight="1">
       <c r="A3" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="60"/>
       <c r="C3" s="60"/>
       <c r="D3" s="60"/>
       <c r="E3" s="60"/>
       <c r="F3" s="60"/>
       <c r="G3" s="60"/>
       <c r="H3" s="60"/>
       <c r="I3" s="60"/>
       <c r="J3" s="60"/>
     </row>
     <row r="4" spans="1:10" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-3'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="54" t="str">
         <f>'2-3'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="54"/>
       <c r="G4" s="63" t="s">
         <v>46</v>
       </c>
       <c r="H4" s="58"/>
       <c r="I4" s="58"/>
       <c r="J4" s="58"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1">
       <c r="A5" s="8"/>
       <c r="B5" s="49" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="50"/>
       <c r="D5" s="51"/>
       <c r="E5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>1</v>
       </c>
@@ -4954,677 +4963,677 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="68">
-        <v>364604</v>
+        <v>361295</v>
       </c>
       <c r="C10" s="68">
-        <v>15202</v>
+        <v>10631</v>
       </c>
       <c r="D10" s="68">
-        <v>379806</v>
+        <v>371925</v>
       </c>
       <c r="E10" s="68">
-        <v>378824</v>
+        <v>380170</v>
       </c>
       <c r="F10" s="68">
-        <v>326397</v>
+        <v>357295</v>
       </c>
       <c r="G10" s="71">
-        <v>0.26</v>
+        <v>-2.17</v>
       </c>
       <c r="H10" s="71">
-        <v>16.36</v>
+        <v>4.09</v>
       </c>
       <c r="I10" s="71">
-        <v>1.8</v>
+        <v>1.77</v>
       </c>
       <c r="J10" s="74">
-        <v>1.74</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="77" t="s">
         <v>111</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>112</v>
       </c>
       <c r="B12" s="81">
-        <v>855003</v>
+        <v>849020</v>
       </c>
       <c r="C12" s="81">
-        <v>7932</v>
+        <v>11723</v>
       </c>
       <c r="D12" s="81">
-        <v>862935</v>
+        <v>860743</v>
       </c>
       <c r="E12" s="81">
-        <v>873756</v>
+        <v>860920</v>
       </c>
       <c r="F12" s="81">
-        <v>648893</v>
+        <v>725867</v>
       </c>
       <c r="G12" s="84">
-        <v>-1.24</v>
+        <v>-0.02</v>
       </c>
       <c r="H12" s="84">
-        <v>32.99</v>
+        <v>18.58</v>
       </c>
       <c r="I12" s="84">
         <v>4.09</v>
       </c>
       <c r="J12" s="87">
-        <v>3.46</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="11.1" customHeight="1">
       <c r="A13" s="77" t="s">
         <v>113</v>
       </c>
       <c r="B13" s="33"/>
       <c r="C13" s="33"/>
       <c r="D13" s="33"/>
       <c r="E13" s="33"/>
       <c r="F13" s="33"/>
       <c r="G13" s="35"/>
       <c r="H13" s="35"/>
       <c r="I13" s="35"/>
       <c r="J13" s="31"/>
     </row>
     <row r="14" spans="1:10" ht="12.6" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>114</v>
       </c>
       <c r="B14" s="81">
-        <v>621388</v>
+        <v>611498</v>
       </c>
       <c r="C14" s="81">
-        <v>24418</v>
+        <v>21718</v>
       </c>
       <c r="D14" s="81">
-        <v>645806</v>
+        <v>633216</v>
       </c>
       <c r="E14" s="81">
-        <v>638986</v>
+        <v>644542</v>
       </c>
       <c r="F14" s="81">
-        <v>530440</v>
+        <v>586262</v>
       </c>
       <c r="G14" s="84">
-        <v>1.07</v>
+        <v>-1.76</v>
       </c>
       <c r="H14" s="84">
-        <v>21.75</v>
+        <v>8.01</v>
       </c>
       <c r="I14" s="84">
+        <v>3.01</v>
+      </c>
+      <c r="J14" s="87">
         <v>3.06</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.83</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="11.1" customHeight="1">
       <c r="A15" s="77" t="s">
         <v>115</v>
       </c>
       <c r="B15" s="33"/>
       <c r="C15" s="33"/>
       <c r="D15" s="33"/>
       <c r="E15" s="33"/>
       <c r="F15" s="33"/>
       <c r="G15" s="35"/>
       <c r="H15" s="35"/>
       <c r="I15" s="35"/>
       <c r="J15" s="31"/>
     </row>
     <row r="16" spans="1:10" ht="12.6" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>116</v>
       </c>
       <c r="B16" s="81">
-        <v>1009317</v>
+        <v>1032677</v>
       </c>
       <c r="C16" s="81">
-        <v>670</v>
+        <v>5670</v>
       </c>
       <c r="D16" s="81">
-        <v>1009987</v>
+        <v>1038347</v>
       </c>
       <c r="E16" s="81">
-        <v>1016120</v>
+        <v>1028809</v>
       </c>
       <c r="F16" s="81">
-        <v>927099</v>
+        <v>919539</v>
       </c>
       <c r="G16" s="84">
-        <v>-0.6</v>
+        <v>0.93</v>
       </c>
       <c r="H16" s="84">
-        <v>8.94</v>
+        <v>12.92</v>
       </c>
       <c r="I16" s="84">
-        <v>4.79</v>
+        <v>4.93</v>
       </c>
       <c r="J16" s="87">
-        <v>4.94</v>
+        <v>4.81</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="11.1" customHeight="1">
       <c r="A17" s="77" t="s">
         <v>117</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="35"/>
       <c r="H17" s="35"/>
       <c r="I17" s="35"/>
       <c r="J17" s="31"/>
     </row>
     <row r="18" spans="1:10" ht="12.6" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>118</v>
       </c>
       <c r="B18" s="81">
-        <v>258849</v>
+        <v>253733</v>
       </c>
       <c r="C18" s="81">
-        <v>8012</v>
+        <v>16312</v>
       </c>
       <c r="D18" s="81">
-        <v>266861</v>
+        <v>270045</v>
       </c>
       <c r="E18" s="81">
-        <v>271827</v>
+        <v>269180</v>
       </c>
       <c r="F18" s="81">
-        <v>197869</v>
+        <v>211944</v>
       </c>
       <c r="G18" s="84">
-        <v>-1.83</v>
+        <v>0.32</v>
       </c>
       <c r="H18" s="84">
-        <v>34.87</v>
+        <v>27.41</v>
       </c>
       <c r="I18" s="84">
-        <v>1.27</v>
+        <v>1.28</v>
       </c>
       <c r="J18" s="87">
-        <v>1.05</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="11.1" customHeight="1">
       <c r="A19" s="77" t="s">
         <v>119</v>
       </c>
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
       <c r="E19" s="33"/>
       <c r="F19" s="33"/>
       <c r="G19" s="35"/>
       <c r="H19" s="35"/>
       <c r="I19" s="35"/>
       <c r="J19" s="31"/>
     </row>
     <row r="20" spans="1:10" ht="12.6" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>120</v>
       </c>
       <c r="B20" s="81">
-        <v>346496</v>
+        <v>350937</v>
       </c>
       <c r="C20" s="81">
-        <v>12000</v>
+        <v>13000</v>
       </c>
       <c r="D20" s="81">
-        <v>358496</v>
+        <v>363937</v>
       </c>
       <c r="E20" s="81">
-        <v>349523</v>
+        <v>333319</v>
       </c>
       <c r="F20" s="81">
-        <v>303072</v>
+        <v>320408</v>
       </c>
       <c r="G20" s="84">
-        <v>2.57</v>
+        <v>9.19</v>
       </c>
       <c r="H20" s="84">
-        <v>18.29</v>
+        <v>13.59</v>
       </c>
       <c r="I20" s="84">
-        <v>1.7</v>
+        <v>1.73</v>
       </c>
       <c r="J20" s="87">
-        <v>1.62</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="11.1" customHeight="1">
       <c r="A21" s="77" t="s">
         <v>121</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
       <c r="E21" s="33"/>
       <c r="F21" s="33"/>
       <c r="G21" s="35"/>
       <c r="H21" s="35"/>
       <c r="I21" s="35"/>
       <c r="J21" s="31"/>
     </row>
     <row r="22" spans="1:10" ht="12.6" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>122</v>
       </c>
       <c r="B22" s="81">
-        <v>748643</v>
+        <v>735047</v>
       </c>
       <c r="C22" s="81">
-        <v>1461</v>
+        <v>1457</v>
       </c>
       <c r="D22" s="81">
-        <v>750104</v>
+        <v>736504</v>
       </c>
       <c r="E22" s="81">
-        <v>729466</v>
+        <v>735541</v>
       </c>
       <c r="F22" s="81">
-        <v>570817</v>
+        <v>616602</v>
       </c>
       <c r="G22" s="84">
-        <v>2.83</v>
+        <v>0.13</v>
       </c>
       <c r="H22" s="84">
-        <v>31.41</v>
+        <v>19.45</v>
       </c>
       <c r="I22" s="84">
-        <v>3.56</v>
+        <v>3.5</v>
       </c>
       <c r="J22" s="87">
-        <v>3.04</v>
+        <v>3.22</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="11.1" customHeight="1">
       <c r="A23" s="77" t="s">
         <v>123</v>
       </c>
       <c r="B23" s="33"/>
       <c r="C23" s="33"/>
       <c r="D23" s="33"/>
       <c r="E23" s="33"/>
       <c r="F23" s="33"/>
       <c r="G23" s="35"/>
       <c r="H23" s="35"/>
       <c r="I23" s="35"/>
       <c r="J23" s="31"/>
     </row>
     <row r="24" spans="1:10" ht="12.6" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>124</v>
       </c>
       <c r="B24" s="81">
-        <v>210464</v>
+        <v>211052</v>
       </c>
       <c r="C24" s="81">
         <v>69</v>
       </c>
       <c r="D24" s="81">
-        <v>210534</v>
+        <v>211121</v>
       </c>
       <c r="E24" s="81">
-        <v>212226</v>
+        <v>209893</v>
       </c>
       <c r="F24" s="81">
-        <v>187658</v>
+        <v>193893</v>
       </c>
       <c r="G24" s="84">
-        <v>-0.8</v>
+        <v>0.59</v>
       </c>
       <c r="H24" s="84">
-        <v>12.19</v>
+        <v>8.89</v>
       </c>
       <c r="I24" s="84">
         <v>1</v>
       </c>
       <c r="J24" s="87">
-        <v>1</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="11.1" customHeight="1">
       <c r="A25" s="77" t="s">
         <v>125</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="33"/>
       <c r="D25" s="33"/>
       <c r="E25" s="33"/>
       <c r="F25" s="33"/>
       <c r="G25" s="35"/>
       <c r="H25" s="35"/>
       <c r="I25" s="35"/>
       <c r="J25" s="31"/>
     </row>
     <row r="26" spans="1:10" ht="12.6" customHeight="1">
       <c r="A26" s="23" t="s">
         <v>126</v>
       </c>
       <c r="B26" s="81">
-        <v>1260856</v>
+        <v>1231547</v>
       </c>
       <c r="C26" s="81">
-        <v>2269</v>
+        <v>2259</v>
       </c>
       <c r="D26" s="81">
-        <v>1263125</v>
+        <v>1233805</v>
       </c>
       <c r="E26" s="81">
-        <v>1270372</v>
+        <v>1247730</v>
       </c>
       <c r="F26" s="81">
-        <v>1096273</v>
+        <v>1111956</v>
       </c>
       <c r="G26" s="84">
-        <v>-0.57</v>
+        <v>-1.12</v>
       </c>
       <c r="H26" s="84">
-        <v>15.22</v>
+        <v>10.96</v>
       </c>
       <c r="I26" s="84">
-        <v>5.99</v>
+        <v>5.86</v>
       </c>
       <c r="J26" s="87">
-        <v>5.84</v>
+        <v>5.81</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="11.1" customHeight="1">
       <c r="A27" s="77" t="s">
         <v>127</v>
       </c>
       <c r="B27" s="33"/>
       <c r="C27" s="33"/>
       <c r="D27" s="33"/>
       <c r="E27" s="33"/>
       <c r="F27" s="33"/>
       <c r="G27" s="35"/>
       <c r="H27" s="35"/>
       <c r="I27" s="35"/>
       <c r="J27" s="31"/>
     </row>
     <row r="28" spans="1:10" ht="12.6" customHeight="1">
       <c r="A28" s="23" t="s">
         <v>128</v>
       </c>
       <c r="B28" s="81">
-        <v>20448</v>
+        <v>20339</v>
       </c>
       <c r="C28" s="90">
         <v>0</v>
       </c>
       <c r="D28" s="81">
-        <v>20448</v>
+        <v>20339</v>
       </c>
       <c r="E28" s="81">
-        <v>16830</v>
+        <v>19736</v>
       </c>
       <c r="F28" s="81">
-        <v>10761</v>
+        <v>11542</v>
       </c>
       <c r="G28" s="84">
-        <v>21.5</v>
+        <v>3.05</v>
       </c>
       <c r="H28" s="84">
-        <v>90.02</v>
+        <v>76.22</v>
       </c>
       <c r="I28" s="84">
         <v>0.1</v>
       </c>
       <c r="J28" s="87">
         <v>0.06</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="11.1" customHeight="1">
       <c r="A29" s="77" t="s">
         <v>129</v>
       </c>
       <c r="B29" s="33"/>
       <c r="C29" s="33"/>
       <c r="D29" s="33"/>
       <c r="E29" s="33"/>
       <c r="F29" s="33"/>
       <c r="G29" s="35"/>
       <c r="H29" s="35"/>
       <c r="I29" s="35"/>
       <c r="J29" s="31"/>
     </row>
     <row r="30" spans="1:10" ht="12.6" customHeight="1">
       <c r="A30" s="23" t="s">
         <v>130</v>
       </c>
       <c r="B30" s="81">
-        <v>42527</v>
+        <v>44917</v>
       </c>
       <c r="C30" s="81">
-        <v>5600</v>
+        <v>5300</v>
       </c>
       <c r="D30" s="81">
-        <v>48127</v>
+        <v>50217</v>
       </c>
       <c r="E30" s="81">
-        <v>47313</v>
+        <v>49456</v>
       </c>
       <c r="F30" s="81">
-        <v>45166</v>
+        <v>44723</v>
       </c>
       <c r="G30" s="84">
-        <v>1.72</v>
+        <v>1.54</v>
       </c>
       <c r="H30" s="84">
-        <v>6.56</v>
+        <v>12.28</v>
       </c>
       <c r="I30" s="84">
+        <v>0.24</v>
+      </c>
+      <c r="J30" s="87">
         <v>0.23</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.24</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="11.1" customHeight="1">
       <c r="A31" s="77" t="s">
         <v>131</v>
       </c>
       <c r="B31" s="33"/>
       <c r="C31" s="33"/>
       <c r="D31" s="33"/>
       <c r="E31" s="33"/>
       <c r="F31" s="33"/>
       <c r="G31" s="35"/>
       <c r="H31" s="35"/>
       <c r="I31" s="35"/>
       <c r="J31" s="31"/>
     </row>
     <row r="32" spans="1:10" ht="12.6" customHeight="1">
       <c r="A32" s="23" t="s">
         <v>132</v>
       </c>
       <c r="B32" s="81">
-        <v>26207</v>
+        <v>26808</v>
       </c>
       <c r="C32" s="81">
-        <v>2500</v>
+        <v>2000</v>
       </c>
       <c r="D32" s="81">
-        <v>28707</v>
+        <v>28808</v>
       </c>
       <c r="E32" s="81">
-        <v>26924</v>
+        <v>29036</v>
       </c>
       <c r="F32" s="81">
-        <v>15482</v>
+        <v>19953</v>
       </c>
       <c r="G32" s="84">
-        <v>6.62</v>
+        <v>-0.78</v>
       </c>
       <c r="H32" s="84">
-        <v>85.42</v>
+        <v>44.38</v>
       </c>
       <c r="I32" s="84">
         <v>0.14</v>
       </c>
       <c r="J32" s="87">
-        <v>0.08</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="11.1" customHeight="1">
       <c r="A33" s="77" t="s">
         <v>133</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="33"/>
       <c r="D33" s="33"/>
       <c r="E33" s="33"/>
       <c r="F33" s="33"/>
       <c r="G33" s="35"/>
       <c r="H33" s="35"/>
       <c r="I33" s="35"/>
       <c r="J33" s="31"/>
     </row>
     <row r="34" spans="1:10" ht="12.6" customHeight="1">
       <c r="A34" s="79" t="s">
         <v>134</v>
       </c>
       <c r="B34" s="82">
-        <v>203812</v>
+        <v>194102</v>
       </c>
       <c r="C34" s="82">
-        <v>6863</v>
+        <v>7112</v>
       </c>
       <c r="D34" s="82">
-        <v>210675</v>
+        <v>201214</v>
       </c>
       <c r="E34" s="82">
-        <v>211632</v>
+        <v>212103</v>
       </c>
       <c r="F34" s="82">
-        <v>260696</v>
+        <v>226754</v>
       </c>
       <c r="G34" s="85">
-        <v>-0.45</v>
+        <v>-5.13</v>
       </c>
       <c r="H34" s="85">
-        <v>-19.19</v>
+        <v>-11.26</v>
       </c>
       <c r="I34" s="85">
-        <v>1</v>
+        <v>0.95</v>
       </c>
       <c r="J34" s="88">
-        <v>1.39</v>
+        <v>1.19</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="11.1" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>135</v>
       </c>
       <c r="B35" s="33"/>
       <c r="C35" s="33"/>
       <c r="D35" s="33"/>
       <c r="E35" s="33"/>
       <c r="F35" s="33"/>
       <c r="G35" s="35"/>
       <c r="H35" s="35"/>
       <c r="I35" s="35"/>
       <c r="J35" s="31"/>
     </row>
     <row r="36" spans="1:10" ht="12.6" customHeight="1">
       <c r="A36" s="103" t="s">
         <v>136</v>
       </c>
       <c r="B36" s="104">
-        <v>121167</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>114733</v>
+      </c>
+      <c r="C36" s="107">
+        <v>0</v>
       </c>
       <c r="D36" s="104">
-        <v>121667</v>
+        <v>114733</v>
       </c>
       <c r="E36" s="104">
-        <v>109168</v>
+        <v>116751</v>
       </c>
       <c r="F36" s="104">
-        <v>106526</v>
-[...11 lines deleted...]
-        <v>0.57</v>
+        <v>115646</v>
+      </c>
+      <c r="G36" s="108">
+        <v>-1.73</v>
+      </c>
+      <c r="H36" s="108">
+        <v>-0.79</v>
+      </c>
+      <c r="I36" s="108">
+        <v>0.54</v>
+      </c>
+      <c r="J36" s="109">
+        <v>0.6</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A37" s="107" t="s">
+      <c r="A37" s="110" t="s">
         <v>137</v>
       </c>
       <c r="B37" s="47"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="39"/>
     </row>
     <row r="38" spans="1:10" ht="13.5" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>56</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
@@ -5880,56 +5889,56 @@
       <c r="F2" s="62"/>
       <c r="G2" s="62"/>
       <c r="H2" s="62"/>
       <c r="I2" s="62"/>
       <c r="J2" s="62"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" customHeight="1">
       <c r="A3" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="60"/>
       <c r="C3" s="60"/>
       <c r="D3" s="60"/>
       <c r="E3" s="60"/>
       <c r="F3" s="60"/>
       <c r="G3" s="60"/>
       <c r="H3" s="60"/>
       <c r="I3" s="60"/>
       <c r="J3" s="60"/>
     </row>
     <row r="4" spans="1:10" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-3'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="54" t="str">
         <f>'2-3'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="54"/>
       <c r="G4" s="63" t="s">
         <v>46</v>
       </c>
       <c r="H4" s="58"/>
       <c r="I4" s="58"/>
       <c r="J4" s="58"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1">
       <c r="A5" s="8"/>
       <c r="B5" s="49" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="50"/>
       <c r="D5" s="51"/>
       <c r="E5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>1</v>
       </c>
@@ -6030,75 +6039,75 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>55</v>
       </c>
       <c r="B10" s="69">
-        <v>527040</v>
-[...1 lines deleted...]
-      <c r="C10" s="110">
+        <v>528996</v>
+      </c>
+      <c r="C10" s="113">
         <v>0</v>
       </c>
       <c r="D10" s="69">
-        <v>527040</v>
+        <v>528996</v>
       </c>
       <c r="E10" s="69">
-        <v>525906</v>
+        <v>528968</v>
       </c>
       <c r="F10" s="69">
-        <v>494907</v>
+        <v>502024</v>
       </c>
       <c r="G10" s="72">
-        <v>0.22</v>
+        <v>0.01</v>
       </c>
       <c r="H10" s="72">
-        <v>6.49</v>
+        <v>5.37</v>
       </c>
       <c r="I10" s="72">
-        <v>2.5</v>
+        <v>2.51</v>
       </c>
       <c r="J10" s="75">
-        <v>2.64</v>
+        <v>2.62</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>138</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="23"/>
       <c r="B12" s="32"/>
       <c r="C12" s="32"/>
       <c r="D12" s="32"/>
       <c r="E12" s="32"/>
       <c r="F12" s="32"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>