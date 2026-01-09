--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -63,51 +63,51 @@
   <si>
     <t>一般定期性</t>
   </si>
   <si>
     <t>可 轉 讓</t>
   </si>
   <si>
     <t>合　　計</t>
   </si>
   <si>
     <t>比較增減％</t>
   </si>
   <si>
     <t>月比較增減％</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t>存　　　款</t>
   </si>
   <si>
     <t>定期存單</t>
   </si>
   <si>
     <t>本　　月</t>
   </si>
   <si>
     <t>上年同月</t>
   </si>
   <si>
     <t xml:space="preserve"> by Institution </t>
   </si>
   <si>
     <t xml:space="preserve"> Time &amp; Savings</t>
   </si>
   <si>
     <t>NCDs</t>
   </si>
   <si>
     <t>Total</t>
   </si>
@@ -175,51 +175,51 @@
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
     <t>　　　　　2.可轉讓定期存單指銀行發行餘額。</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
   <si>
     <t>Changes</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <t>說　　明：1.一般定期性存款包括定期存款、定期儲蓄存款，不含外匯定存、信託資金、中華郵政公司儲匯處轉存款。</t>
   </si>
   <si>
     <t>　　　　　3.#係金融控股公司之子公司。</t>
   </si>
   <si>
     <r>
       <t>2-3</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社定期性存款餘額</t>
     </r>
   </si>
   <si>
     <r>
       <t>全行　</t>
     </r>
@@ -538,51 +538,51 @@
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -2829,535 +2829,535 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="69">
-        <v>20702799</v>
+        <v>20884594</v>
       </c>
       <c r="C10" s="69">
-        <v>367717</v>
+        <v>331654</v>
       </c>
       <c r="D10" s="69">
+        <v>21216248</v>
+      </c>
+      <c r="E10" s="69">
         <v>21070516</v>
       </c>
-      <c r="E10" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="69">
-        <v>19127970</v>
+        <v>19295507</v>
       </c>
       <c r="G10" s="72">
-        <v>-0.19</v>
+        <v>0.69</v>
       </c>
       <c r="H10" s="72">
-        <v>10.16</v>
+        <v>9.95</v>
       </c>
       <c r="I10" s="72">
         <v>100</v>
       </c>
       <c r="J10" s="75">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="79" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="82">
-        <v>19864968</v>
+        <v>20028857</v>
       </c>
       <c r="C12" s="82">
-        <v>360605</v>
+        <v>323542</v>
       </c>
       <c r="D12" s="82">
+        <v>20352399</v>
+      </c>
+      <c r="E12" s="82">
         <v>20225572</v>
       </c>
-      <c r="E12" s="82">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="82">
-        <v>18283545</v>
+        <v>18461523</v>
       </c>
       <c r="G12" s="85">
-        <v>-0.14</v>
+        <v>0.63</v>
       </c>
       <c r="H12" s="85">
-        <v>10.62</v>
+        <v>10.24</v>
       </c>
       <c r="I12" s="85">
-        <v>95.99</v>
+        <v>95.93</v>
       </c>
       <c r="J12" s="88">
-        <v>95.59</v>
+        <v>95.68</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="11.1" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>59</v>
       </c>
       <c r="B13" s="33"/>
       <c r="C13" s="33"/>
       <c r="D13" s="33"/>
       <c r="E13" s="33"/>
       <c r="F13" s="33"/>
       <c r="G13" s="35"/>
       <c r="H13" s="35"/>
       <c r="I13" s="35"/>
       <c r="J13" s="31"/>
     </row>
     <row r="14" spans="1:10" ht="12.6" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>60</v>
       </c>
       <c r="B14" s="81">
-        <v>1944934</v>
+        <v>1942653</v>
       </c>
       <c r="C14" s="81">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="D14" s="81">
+        <v>1943536</v>
+      </c>
+      <c r="E14" s="81">
         <v>1945810</v>
       </c>
-      <c r="E14" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="81">
-        <v>1901873</v>
+        <v>1903799</v>
       </c>
       <c r="G14" s="84">
-        <v>-1.61</v>
+        <v>-0.12</v>
       </c>
       <c r="H14" s="84">
-        <v>2.31</v>
+        <v>2.09</v>
       </c>
       <c r="I14" s="84">
-        <v>9.23</v>
+        <v>9.16</v>
       </c>
       <c r="J14" s="87">
-        <v>9.94</v>
+        <v>9.87</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="11.1" customHeight="1">
       <c r="A15" s="77" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="33"/>
       <c r="C15" s="33"/>
       <c r="D15" s="33"/>
       <c r="E15" s="33"/>
       <c r="F15" s="33"/>
       <c r="G15" s="35"/>
       <c r="H15" s="35"/>
       <c r="I15" s="35"/>
       <c r="J15" s="31"/>
     </row>
     <row r="16" spans="1:10" ht="12.6" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="81">
-        <v>1188754</v>
+        <v>1183549</v>
       </c>
       <c r="C16" s="81">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="D16" s="81">
+        <v>1184173</v>
+      </c>
+      <c r="E16" s="81">
         <v>1189380</v>
       </c>
-      <c r="E16" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="81">
-        <v>1148720</v>
+        <v>1166104</v>
       </c>
       <c r="G16" s="84">
-        <v>2.47</v>
+        <v>-0.44</v>
       </c>
       <c r="H16" s="84">
-        <v>3.54</v>
+        <v>1.55</v>
       </c>
       <c r="I16" s="84">
-        <v>5.64</v>
+        <v>5.58</v>
       </c>
       <c r="J16" s="87">
-        <v>6.01</v>
+        <v>6.04</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="11.1" customHeight="1">
       <c r="A17" s="77" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="35"/>
       <c r="H17" s="35"/>
       <c r="I17" s="35"/>
       <c r="J17" s="31"/>
     </row>
     <row r="18" spans="1:10" ht="12.6" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="81">
-        <v>1365122</v>
+        <v>1367265</v>
       </c>
       <c r="C18" s="81">
-        <v>41359</v>
+        <v>39761</v>
       </c>
       <c r="D18" s="81">
+        <v>1407026</v>
+      </c>
+      <c r="E18" s="81">
         <v>1406481</v>
       </c>
-      <c r="E18" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="81">
-        <v>1239610</v>
+        <v>1296534</v>
       </c>
       <c r="G18" s="84">
-        <v>-3.45</v>
+        <v>0.04</v>
       </c>
       <c r="H18" s="84">
-        <v>13.46</v>
+        <v>8.52</v>
       </c>
       <c r="I18" s="84">
-        <v>6.68</v>
+        <v>6.63</v>
       </c>
       <c r="J18" s="87">
-        <v>6.48</v>
+        <v>6.72</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="11.1" customHeight="1">
       <c r="A19" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
       <c r="E19" s="33"/>
       <c r="F19" s="33"/>
       <c r="G19" s="35"/>
       <c r="H19" s="35"/>
       <c r="I19" s="35"/>
       <c r="J19" s="31"/>
     </row>
     <row r="20" spans="1:10" ht="12.6" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="81">
-        <v>1013484</v>
+        <v>1023097</v>
       </c>
       <c r="C20" s="81">
-        <v>6319</v>
+        <v>6314</v>
       </c>
       <c r="D20" s="81">
+        <v>1029411</v>
+      </c>
+      <c r="E20" s="81">
         <v>1019802</v>
       </c>
-      <c r="E20" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="81">
-        <v>922468</v>
+        <v>922849</v>
       </c>
       <c r="G20" s="84">
-        <v>-0.69</v>
+        <v>0.94</v>
       </c>
       <c r="H20" s="84">
-        <v>10.55</v>
+        <v>11.55</v>
       </c>
       <c r="I20" s="84">
-        <v>4.84</v>
+        <v>4.85</v>
       </c>
       <c r="J20" s="87">
-        <v>4.82</v>
+        <v>4.78</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="11.1" customHeight="1">
       <c r="A21" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
       <c r="E21" s="33"/>
       <c r="F21" s="33"/>
       <c r="G21" s="35"/>
       <c r="H21" s="35"/>
       <c r="I21" s="35"/>
       <c r="J21" s="31"/>
     </row>
     <row r="22" spans="1:10" ht="12.6" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="81">
-        <v>890135</v>
+        <v>892674</v>
       </c>
       <c r="C22" s="81">
-        <v>22249</v>
+        <v>6938</v>
       </c>
       <c r="D22" s="81">
+        <v>899611</v>
+      </c>
+      <c r="E22" s="81">
         <v>912385</v>
       </c>
-      <c r="E22" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F22" s="81">
-        <v>923789</v>
+        <v>919845</v>
       </c>
       <c r="G22" s="84">
-        <v>-0.71</v>
+        <v>-1.4</v>
       </c>
       <c r="H22" s="84">
-        <v>-1.23</v>
+        <v>-2.2</v>
       </c>
       <c r="I22" s="84">
-        <v>4.33</v>
+        <v>4.24</v>
       </c>
       <c r="J22" s="87">
-        <v>4.83</v>
+        <v>4.77</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="11.1" customHeight="1">
       <c r="A23" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="33"/>
       <c r="C23" s="33"/>
       <c r="D23" s="33"/>
       <c r="E23" s="33"/>
       <c r="F23" s="33"/>
       <c r="G23" s="35"/>
       <c r="H23" s="35"/>
       <c r="I23" s="35"/>
       <c r="J23" s="31"/>
     </row>
     <row r="24" spans="1:10" ht="12.6" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="81">
-        <v>877251</v>
+        <v>852002</v>
       </c>
       <c r="C24" s="81">
-        <v>2550</v>
+        <v>2565</v>
       </c>
       <c r="D24" s="81">
+        <v>854567</v>
+      </c>
+      <c r="E24" s="81">
         <v>879801</v>
       </c>
-      <c r="E24" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="81">
-        <v>818816</v>
+        <v>795081</v>
       </c>
       <c r="G24" s="84">
-        <v>0.61</v>
+        <v>-2.87</v>
       </c>
       <c r="H24" s="84">
-        <v>7.45</v>
+        <v>7.48</v>
       </c>
       <c r="I24" s="84">
-        <v>4.18</v>
+        <v>4.03</v>
       </c>
       <c r="J24" s="87">
-        <v>4.28</v>
+        <v>4.12</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="11.1" customHeight="1">
       <c r="A25" s="77" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="33"/>
       <c r="D25" s="33"/>
       <c r="E25" s="33"/>
       <c r="F25" s="33"/>
       <c r="G25" s="35"/>
       <c r="H25" s="35"/>
       <c r="I25" s="35"/>
       <c r="J25" s="31"/>
     </row>
     <row r="26" spans="1:10" ht="12.6" customHeight="1">
       <c r="A26" s="23" t="s">
         <v>72</v>
       </c>
       <c r="B26" s="81">
-        <v>491032</v>
+        <v>495828</v>
       </c>
       <c r="C26" s="81">
-        <v>80531</v>
+        <v>80567</v>
       </c>
       <c r="D26" s="81">
+        <v>576395</v>
+      </c>
+      <c r="E26" s="81">
         <v>571564</v>
       </c>
-      <c r="E26" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="81">
-        <v>578481</v>
+        <v>575999</v>
       </c>
       <c r="G26" s="84">
-        <v>-3.69</v>
+        <v>0.85</v>
       </c>
       <c r="H26" s="84">
-        <v>-1.2</v>
+        <v>0.07</v>
       </c>
       <c r="I26" s="84">
-        <v>2.71</v>
+        <v>2.72</v>
       </c>
       <c r="J26" s="87">
-        <v>3.02</v>
+        <v>2.99</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="11.1" customHeight="1">
       <c r="A27" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="33"/>
       <c r="C27" s="33"/>
       <c r="D27" s="33"/>
       <c r="E27" s="33"/>
       <c r="F27" s="33"/>
       <c r="G27" s="35"/>
       <c r="H27" s="35"/>
       <c r="I27" s="35"/>
       <c r="J27" s="31"/>
     </row>
     <row r="28" spans="1:10" ht="12.6" customHeight="1">
       <c r="A28" s="23" t="s">
         <v>74</v>
       </c>
       <c r="B28" s="81">
-        <v>877463</v>
+        <v>898460</v>
       </c>
       <c r="C28" s="81">
         <v>635</v>
       </c>
       <c r="D28" s="81">
+        <v>899095</v>
+      </c>
+      <c r="E28" s="81">
         <v>878099</v>
       </c>
-      <c r="E28" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="81">
-        <v>870969</v>
+        <v>897889</v>
       </c>
       <c r="G28" s="84">
-        <v>-1.9</v>
+        <v>2.39</v>
       </c>
       <c r="H28" s="84">
-        <v>0.82</v>
+        <v>0.13</v>
       </c>
       <c r="I28" s="84">
-        <v>4.17</v>
+        <v>4.24</v>
       </c>
       <c r="J28" s="87">
-        <v>4.55</v>
+        <v>4.65</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="11.1" customHeight="1">
       <c r="A29" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B29" s="33"/>
       <c r="C29" s="33"/>
       <c r="D29" s="33"/>
       <c r="E29" s="33"/>
       <c r="F29" s="33"/>
       <c r="G29" s="35"/>
       <c r="H29" s="35"/>
       <c r="I29" s="35"/>
       <c r="J29" s="31"/>
     </row>
     <row r="30" spans="1:10" ht="12.6" customHeight="1">
       <c r="A30" s="23" t="s">
         <v>76</v>
       </c>
       <c r="B30" s="81">
-        <v>1317757</v>
+        <v>1348761</v>
       </c>
       <c r="C30" s="81">
-        <v>35082</v>
+        <v>25625</v>
       </c>
       <c r="D30" s="81">
+        <v>1374386</v>
+      </c>
+      <c r="E30" s="81">
         <v>1352839</v>
       </c>
-      <c r="E30" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="81">
-        <v>768954</v>
+        <v>851359</v>
       </c>
       <c r="G30" s="84">
-        <v>5.14</v>
+        <v>1.59</v>
       </c>
       <c r="H30" s="84">
-        <v>75.93</v>
+        <v>61.43</v>
       </c>
       <c r="I30" s="84">
-        <v>6.42</v>
+        <v>6.48</v>
       </c>
       <c r="J30" s="87">
-        <v>4.02</v>
+        <v>4.41</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="11.1" customHeight="1">
       <c r="A31" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B31" s="33"/>
       <c r="C31" s="33"/>
       <c r="D31" s="33"/>
       <c r="E31" s="33"/>
       <c r="F31" s="33"/>
       <c r="G31" s="35"/>
       <c r="H31" s="35"/>
       <c r="I31" s="35"/>
       <c r="J31" s="31"/>
     </row>
     <row r="32" spans="1:10" ht="12.6" customHeight="1">
       <c r="A32" s="23" t="s">
         <v>78</v>
       </c>
       <c r="B32" s="90">
         <v>0</v>
       </c>
       <c r="C32" s="90">
         <v>0</v>
@@ -3381,121 +3381,121 @@
         <v>0</v>
       </c>
       <c r="J32" s="94">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="11.1" customHeight="1">
       <c r="A33" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="33"/>
       <c r="D33" s="33"/>
       <c r="E33" s="33"/>
       <c r="F33" s="33"/>
       <c r="G33" s="35"/>
       <c r="H33" s="35"/>
       <c r="I33" s="35"/>
       <c r="J33" s="31"/>
     </row>
     <row r="34" spans="1:10" ht="12.6" customHeight="1">
       <c r="A34" s="23" t="s">
         <v>80</v>
       </c>
       <c r="B34" s="81">
-        <v>110406</v>
+        <v>112986</v>
       </c>
       <c r="C34" s="81">
-        <v>359</v>
+        <v>358</v>
       </c>
       <c r="D34" s="81">
+        <v>113344</v>
+      </c>
+      <c r="E34" s="81">
         <v>110765</v>
       </c>
-      <c r="E34" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="81">
-        <v>94888</v>
+        <v>95054</v>
       </c>
       <c r="G34" s="84">
-        <v>-0.05</v>
+        <v>2.33</v>
       </c>
       <c r="H34" s="84">
-        <v>16.73</v>
+        <v>19.24</v>
       </c>
       <c r="I34" s="84">
         <v>0.53</v>
       </c>
       <c r="J34" s="87">
-        <v>0.5</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="11.1" customHeight="1">
       <c r="A35" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B35" s="33"/>
       <c r="C35" s="33"/>
       <c r="D35" s="33"/>
       <c r="E35" s="33"/>
       <c r="F35" s="33"/>
       <c r="G35" s="35"/>
       <c r="H35" s="35"/>
       <c r="I35" s="35"/>
       <c r="J35" s="31"/>
     </row>
     <row r="36" spans="1:10" ht="12.6" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>82</v>
       </c>
       <c r="B36" s="96">
-        <v>845630</v>
+        <v>910671</v>
       </c>
       <c r="C36" s="96">
         <v>197</v>
       </c>
       <c r="D36" s="96">
+        <v>910868</v>
+      </c>
+      <c r="E36" s="96">
         <v>845827</v>
       </c>
-      <c r="E36" s="96">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="96">
-        <v>852875</v>
+        <v>858591</v>
       </c>
       <c r="G36" s="98">
-        <v>-0.22</v>
+        <v>7.69</v>
       </c>
       <c r="H36" s="98">
-        <v>-0.83</v>
+        <v>6.09</v>
       </c>
       <c r="I36" s="98">
-        <v>4.01</v>
+        <v>4.29</v>
       </c>
       <c r="J36" s="100">
-        <v>4.46</v>
+        <v>4.45</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="102" t="s">
         <v>83</v>
       </c>
       <c r="B37" s="47"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="39"/>
     </row>
     <row r="38" spans="1:10" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
@@ -3735,56 +3735,56 @@
       <c r="F2" s="62"/>
       <c r="G2" s="62"/>
       <c r="H2" s="62"/>
       <c r="I2" s="62"/>
       <c r="J2" s="62"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" customHeight="1">
       <c r="A3" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="60"/>
       <c r="C3" s="60"/>
       <c r="D3" s="60"/>
       <c r="E3" s="60"/>
       <c r="F3" s="60"/>
       <c r="G3" s="60"/>
       <c r="H3" s="60"/>
       <c r="I3" s="60"/>
       <c r="J3" s="60"/>
     </row>
     <row r="4" spans="1:10" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-3'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="54" t="str">
         <f>'2-3'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="54"/>
       <c r="G4" s="63" t="s">
         <v>46</v>
       </c>
       <c r="H4" s="58"/>
       <c r="I4" s="58"/>
       <c r="J4" s="58"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1">
       <c r="A5" s="8"/>
       <c r="B5" s="49" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="50"/>
       <c r="D5" s="51"/>
       <c r="E5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>1</v>
       </c>
@@ -3885,673 +3885,673 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="68">
-        <v>6385</v>
+        <v>9718</v>
       </c>
       <c r="C10" s="68">
         <v>13</v>
       </c>
       <c r="D10" s="68">
+        <v>9732</v>
+      </c>
+      <c r="E10" s="68">
         <v>6399</v>
       </c>
-      <c r="E10" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="68">
-        <v>7992</v>
+        <v>4913</v>
       </c>
       <c r="G10" s="71">
-        <v>-11.99</v>
+        <v>52.09</v>
       </c>
       <c r="H10" s="71">
-        <v>-19.94</v>
+        <v>98.09</v>
       </c>
       <c r="I10" s="71">
+        <v>0.05</v>
+      </c>
+      <c r="J10" s="74">
         <v>0.03</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.04</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>85</v>
       </c>
       <c r="B12" s="81">
-        <v>134520</v>
+        <v>139567</v>
       </c>
       <c r="C12" s="81">
-        <v>2150</v>
+        <v>2650</v>
       </c>
       <c r="D12" s="81">
+        <v>142217</v>
+      </c>
+      <c r="E12" s="81">
         <v>136670</v>
       </c>
-      <c r="E12" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="81">
-        <v>144231</v>
+        <v>140595</v>
       </c>
       <c r="G12" s="84">
-        <v>-3.42</v>
+        <v>4.06</v>
       </c>
       <c r="H12" s="84">
-        <v>-5.24</v>
+        <v>1.15</v>
       </c>
       <c r="I12" s="84">
-        <v>0.65</v>
+        <v>0.67</v>
       </c>
       <c r="J12" s="87">
-        <v>0.75</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="11.1" customHeight="1">
       <c r="A13" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B13" s="33"/>
       <c r="C13" s="33"/>
       <c r="D13" s="33"/>
       <c r="E13" s="33"/>
       <c r="F13" s="33"/>
       <c r="G13" s="35"/>
       <c r="H13" s="35"/>
       <c r="I13" s="35"/>
       <c r="J13" s="31"/>
     </row>
     <row r="14" spans="1:10" ht="12.6" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>87</v>
       </c>
       <c r="B14" s="81">
-        <v>672514</v>
+        <v>680549</v>
       </c>
       <c r="C14" s="81">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="D14" s="81">
+        <v>680985</v>
+      </c>
+      <c r="E14" s="81">
         <v>672944</v>
       </c>
-      <c r="E14" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="81">
-        <v>655788</v>
+        <v>623317</v>
       </c>
       <c r="G14" s="84">
-        <v>2.04</v>
+        <v>1.19</v>
       </c>
       <c r="H14" s="84">
-        <v>2.62</v>
+        <v>9.25</v>
       </c>
       <c r="I14" s="84">
-        <v>3.19</v>
+        <v>3.21</v>
       </c>
       <c r="J14" s="87">
-        <v>3.43</v>
+        <v>3.23</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="11.1" customHeight="1">
       <c r="A15" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B15" s="33"/>
       <c r="C15" s="33"/>
       <c r="D15" s="33"/>
       <c r="E15" s="33"/>
       <c r="F15" s="33"/>
       <c r="G15" s="35"/>
       <c r="H15" s="35"/>
       <c r="I15" s="35"/>
       <c r="J15" s="31"/>
     </row>
     <row r="16" spans="1:10" ht="12.6" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>89</v>
       </c>
       <c r="B16" s="81">
-        <v>52327</v>
+        <v>47893</v>
       </c>
       <c r="C16" s="81">
-        <v>6433</v>
+        <v>6933</v>
       </c>
       <c r="D16" s="81">
+        <v>54826</v>
+      </c>
+      <c r="E16" s="81">
         <v>58760</v>
       </c>
-      <c r="E16" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="81">
-        <v>56352</v>
+        <v>56637</v>
       </c>
       <c r="G16" s="84">
-        <v>-11.88</v>
+        <v>-6.7</v>
       </c>
       <c r="H16" s="84">
-        <v>4.27</v>
+        <v>-3.2</v>
       </c>
       <c r="I16" s="84">
-        <v>0.28</v>
+        <v>0.26</v>
       </c>
       <c r="J16" s="87">
         <v>0.29</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="11.1" customHeight="1">
       <c r="A17" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="35"/>
       <c r="H17" s="35"/>
       <c r="I17" s="35"/>
       <c r="J17" s="31"/>
     </row>
     <row r="18" spans="1:10" ht="12.6" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>91</v>
       </c>
       <c r="B18" s="81">
-        <v>368612</v>
+        <v>361834</v>
       </c>
       <c r="C18" s="81">
-        <v>4714</v>
+        <v>3719</v>
       </c>
       <c r="D18" s="81">
+        <v>365552</v>
+      </c>
+      <c r="E18" s="81">
         <v>373326</v>
       </c>
-      <c r="E18" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="81">
-        <v>325677</v>
+        <v>329875</v>
       </c>
       <c r="G18" s="84">
-        <v>-2.03</v>
+        <v>-2.08</v>
       </c>
       <c r="H18" s="84">
-        <v>14.63</v>
+        <v>10.82</v>
       </c>
       <c r="I18" s="84">
-        <v>1.77</v>
+        <v>1.72</v>
       </c>
       <c r="J18" s="87">
-        <v>1.7</v>
+        <v>1.71</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="11.1" customHeight="1">
       <c r="A19" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
       <c r="E19" s="33"/>
       <c r="F19" s="33"/>
       <c r="G19" s="35"/>
       <c r="H19" s="35"/>
       <c r="I19" s="35"/>
       <c r="J19" s="31"/>
     </row>
     <row r="20" spans="1:10" ht="12.6" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>93</v>
       </c>
       <c r="B20" s="81">
-        <v>103483</v>
+        <v>105483</v>
       </c>
       <c r="C20" s="81">
         <v>76</v>
       </c>
       <c r="D20" s="81">
+        <v>105559</v>
+      </c>
+      <c r="E20" s="81">
         <v>103559</v>
       </c>
-      <c r="E20" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="81">
-        <v>117178</v>
+        <v>116923</v>
       </c>
       <c r="G20" s="84">
-        <v>-3.78</v>
+        <v>1.93</v>
       </c>
       <c r="H20" s="84">
-        <v>-11.62</v>
+        <v>-9.72</v>
       </c>
       <c r="I20" s="84">
-        <v>0.49</v>
+        <v>0.5</v>
       </c>
       <c r="J20" s="87">
         <v>0.61</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="11.1" customHeight="1">
       <c r="A21" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
       <c r="E21" s="33"/>
       <c r="F21" s="33"/>
       <c r="G21" s="35"/>
       <c r="H21" s="35"/>
       <c r="I21" s="35"/>
       <c r="J21" s="31"/>
     </row>
     <row r="22" spans="1:10" ht="12.6" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>95</v>
       </c>
       <c r="B22" s="81">
-        <v>113438</v>
+        <v>114910</v>
       </c>
       <c r="C22" s="81">
-        <v>1202</v>
+        <v>202</v>
       </c>
       <c r="D22" s="81">
+        <v>115112</v>
+      </c>
+      <c r="E22" s="81">
         <v>114640</v>
       </c>
-      <c r="E22" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F22" s="81">
-        <v>79392</v>
+        <v>83020</v>
       </c>
       <c r="G22" s="84">
-        <v>0.91</v>
+        <v>0.41</v>
       </c>
       <c r="H22" s="84">
-        <v>44.4</v>
+        <v>38.66</v>
       </c>
       <c r="I22" s="84">
         <v>0.54</v>
       </c>
       <c r="J22" s="87">
-        <v>0.42</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="11.1" customHeight="1">
       <c r="A23" s="77" t="s">
         <v>96</v>
       </c>
       <c r="B23" s="33"/>
       <c r="C23" s="33"/>
       <c r="D23" s="33"/>
       <c r="E23" s="33"/>
       <c r="F23" s="33"/>
       <c r="G23" s="35"/>
       <c r="H23" s="35"/>
       <c r="I23" s="35"/>
       <c r="J23" s="31"/>
     </row>
     <row r="24" spans="1:10" ht="12.6" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>97</v>
       </c>
       <c r="B24" s="81">
-        <v>43036</v>
+        <v>43401</v>
       </c>
       <c r="C24" s="81">
         <v>6170</v>
       </c>
       <c r="D24" s="81">
+        <v>49571</v>
+      </c>
+      <c r="E24" s="81">
         <v>49206</v>
       </c>
-      <c r="E24" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="81">
-        <v>44003</v>
+        <v>46219</v>
       </c>
       <c r="G24" s="84">
-        <v>-0.22</v>
+        <v>0.74</v>
       </c>
       <c r="H24" s="84">
-        <v>11.82</v>
+        <v>7.25</v>
       </c>
       <c r="I24" s="84">
         <v>0.23</v>
       </c>
       <c r="J24" s="87">
-        <v>0.23</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="11.1" customHeight="1">
       <c r="A25" s="77" t="s">
         <v>98</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="33"/>
       <c r="D25" s="33"/>
       <c r="E25" s="33"/>
       <c r="F25" s="33"/>
       <c r="G25" s="35"/>
       <c r="H25" s="35"/>
       <c r="I25" s="35"/>
       <c r="J25" s="31"/>
     </row>
     <row r="26" spans="1:10" ht="12.6" customHeight="1">
       <c r="A26" s="23" t="s">
         <v>99</v>
       </c>
       <c r="B26" s="81">
-        <v>140462</v>
+        <v>143376</v>
       </c>
       <c r="C26" s="81">
-        <v>14618</v>
+        <v>14368</v>
       </c>
       <c r="D26" s="81">
+        <v>157743</v>
+      </c>
+      <c r="E26" s="81">
         <v>155079</v>
       </c>
-      <c r="E26" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="81">
-        <v>125119</v>
+        <v>126390</v>
       </c>
       <c r="G26" s="84">
-        <v>2.16</v>
+        <v>1.72</v>
       </c>
       <c r="H26" s="84">
-        <v>23.95</v>
+        <v>24.81</v>
       </c>
       <c r="I26" s="84">
         <v>0.74</v>
       </c>
       <c r="J26" s="87">
-        <v>0.65</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="11.1" customHeight="1">
       <c r="A27" s="77" t="s">
         <v>100</v>
       </c>
       <c r="B27" s="33"/>
       <c r="C27" s="33"/>
       <c r="D27" s="33"/>
       <c r="E27" s="33"/>
       <c r="F27" s="33"/>
       <c r="G27" s="35"/>
       <c r="H27" s="35"/>
       <c r="I27" s="35"/>
       <c r="J27" s="31"/>
     </row>
     <row r="28" spans="1:10" ht="12.6" customHeight="1">
       <c r="A28" s="23" t="s">
         <v>101</v>
       </c>
       <c r="B28" s="81">
-        <v>559220</v>
+        <v>565244</v>
       </c>
       <c r="C28" s="81">
-        <v>16229</v>
+        <v>7700</v>
       </c>
       <c r="D28" s="81">
+        <v>572944</v>
+      </c>
+      <c r="E28" s="81">
         <v>575449</v>
       </c>
-      <c r="E28" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="81">
-        <v>518660</v>
+        <v>528439</v>
       </c>
       <c r="G28" s="84">
-        <v>0.36</v>
+        <v>-0.44</v>
       </c>
       <c r="H28" s="84">
-        <v>10.95</v>
+        <v>8.42</v>
       </c>
       <c r="I28" s="84">
-        <v>2.73</v>
+        <v>2.7</v>
       </c>
       <c r="J28" s="87">
-        <v>2.71</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="11.1" customHeight="1">
       <c r="A29" s="77" t="s">
         <v>102</v>
       </c>
       <c r="B29" s="33"/>
       <c r="C29" s="33"/>
       <c r="D29" s="33"/>
       <c r="E29" s="33"/>
       <c r="F29" s="33"/>
       <c r="G29" s="35"/>
       <c r="H29" s="35"/>
       <c r="I29" s="35"/>
       <c r="J29" s="31"/>
     </row>
     <row r="30" spans="1:10" ht="12.6" customHeight="1">
       <c r="A30" s="23" t="s">
         <v>103</v>
       </c>
       <c r="B30" s="81">
-        <v>409078</v>
+        <v>412957</v>
       </c>
       <c r="C30" s="81">
-        <v>27336</v>
+        <v>26657</v>
       </c>
       <c r="D30" s="81">
+        <v>439614</v>
+      </c>
+      <c r="E30" s="81">
         <v>436414</v>
       </c>
-      <c r="E30" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="81">
-        <v>405389</v>
+        <v>403880</v>
       </c>
       <c r="G30" s="84">
-        <v>-0.01</v>
+        <v>0.73</v>
       </c>
       <c r="H30" s="84">
-        <v>7.65</v>
+        <v>8.85</v>
       </c>
       <c r="I30" s="84">
         <v>2.07</v>
       </c>
       <c r="J30" s="87">
-        <v>2.12</v>
+        <v>2.09</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="11.1" customHeight="1">
       <c r="A31" s="77" t="s">
         <v>104</v>
       </c>
       <c r="B31" s="33"/>
       <c r="C31" s="33"/>
       <c r="D31" s="33"/>
       <c r="E31" s="33"/>
       <c r="F31" s="33"/>
       <c r="G31" s="35"/>
       <c r="H31" s="35"/>
       <c r="I31" s="35"/>
       <c r="J31" s="31"/>
     </row>
     <row r="32" spans="1:10" ht="12.6" customHeight="1">
       <c r="A32" s="23" t="s">
         <v>105</v>
       </c>
       <c r="B32" s="81">
-        <v>145548</v>
+        <v>146032</v>
       </c>
       <c r="C32" s="81">
         <v>21</v>
       </c>
       <c r="D32" s="81">
+        <v>146053</v>
+      </c>
+      <c r="E32" s="81">
         <v>145569</v>
       </c>
-      <c r="E32" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F32" s="81">
-        <v>134618</v>
+        <v>134388</v>
       </c>
       <c r="G32" s="84">
-        <v>0.46</v>
+        <v>0.33</v>
       </c>
       <c r="H32" s="84">
-        <v>8.13</v>
+        <v>8.68</v>
       </c>
       <c r="I32" s="84">
         <v>0.69</v>
       </c>
       <c r="J32" s="87">
         <v>0.7</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="11.1" customHeight="1">
       <c r="A33" s="77" t="s">
         <v>106</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="33"/>
       <c r="D33" s="33"/>
       <c r="E33" s="33"/>
       <c r="F33" s="33"/>
       <c r="G33" s="35"/>
       <c r="H33" s="35"/>
       <c r="I33" s="35"/>
       <c r="J33" s="31"/>
     </row>
     <row r="34" spans="1:10" ht="12.6" customHeight="1">
       <c r="A34" s="23" t="s">
         <v>107</v>
       </c>
       <c r="B34" s="81">
-        <v>106808</v>
+        <v>106816</v>
       </c>
       <c r="C34" s="81">
         <v>81</v>
       </c>
       <c r="D34" s="81">
+        <v>106897</v>
+      </c>
+      <c r="E34" s="81">
         <v>106889</v>
       </c>
-      <c r="E34" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="81">
-        <v>94891</v>
+        <v>93879</v>
       </c>
       <c r="G34" s="84">
-        <v>1.51</v>
+        <v>0.01</v>
       </c>
       <c r="H34" s="84">
-        <v>12.64</v>
+        <v>13.87</v>
       </c>
       <c r="I34" s="84">
-        <v>0.51</v>
+        <v>0.5</v>
       </c>
       <c r="J34" s="87">
-        <v>0.5</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="11.1" customHeight="1">
       <c r="A35" s="77" t="s">
         <v>108</v>
       </c>
       <c r="B35" s="33"/>
       <c r="C35" s="33"/>
       <c r="D35" s="33"/>
       <c r="E35" s="33"/>
       <c r="F35" s="33"/>
       <c r="G35" s="35"/>
       <c r="H35" s="35"/>
       <c r="I35" s="35"/>
       <c r="J35" s="31"/>
     </row>
     <row r="36" spans="1:10" ht="12.6" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>109</v>
       </c>
       <c r="B36" s="96">
-        <v>358700</v>
+        <v>355583</v>
       </c>
       <c r="C36" s="96">
         <v>210</v>
       </c>
       <c r="D36" s="96">
+        <v>355794</v>
+      </c>
+      <c r="E36" s="96">
         <v>358911</v>
       </c>
-      <c r="E36" s="96">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="96">
-        <v>332828</v>
+        <v>338653</v>
       </c>
       <c r="G36" s="98">
-        <v>0.37</v>
+        <v>-0.87</v>
       </c>
       <c r="H36" s="98">
-        <v>7.84</v>
+        <v>5.06</v>
       </c>
       <c r="I36" s="98">
-        <v>1.7</v>
+        <v>1.68</v>
       </c>
       <c r="J36" s="100">
-        <v>1.74</v>
+        <v>1.76</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="102" t="s">
         <v>110</v>
       </c>
       <c r="B37" s="47"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="39"/>
     </row>
     <row r="38" spans="1:10" ht="13.5" customHeight="1">
       <c r="A38" s="18" t="s">
         <v>47</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
@@ -4813,56 +4813,56 @@
       <c r="F2" s="62"/>
       <c r="G2" s="62"/>
       <c r="H2" s="62"/>
       <c r="I2" s="62"/>
       <c r="J2" s="62"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" customHeight="1">
       <c r="A3" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="60"/>
       <c r="C3" s="60"/>
       <c r="D3" s="60"/>
       <c r="E3" s="60"/>
       <c r="F3" s="60"/>
       <c r="G3" s="60"/>
       <c r="H3" s="60"/>
       <c r="I3" s="60"/>
       <c r="J3" s="60"/>
     </row>
     <row r="4" spans="1:10" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-3'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="54" t="str">
         <f>'2-3'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="54"/>
       <c r="G4" s="63" t="s">
         <v>46</v>
       </c>
       <c r="H4" s="58"/>
       <c r="I4" s="58"/>
       <c r="J4" s="58"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1">
       <c r="A5" s="8"/>
       <c r="B5" s="49" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="50"/>
       <c r="D5" s="51"/>
       <c r="E5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>1</v>
       </c>
@@ -4963,673 +4963,673 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="68">
-        <v>361295</v>
+        <v>355923</v>
       </c>
       <c r="C10" s="68">
-        <v>10631</v>
+        <v>9635</v>
       </c>
       <c r="D10" s="68">
+        <v>365558</v>
+      </c>
+      <c r="E10" s="68">
         <v>371925</v>
       </c>
-      <c r="E10" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="68">
-        <v>357295</v>
+        <v>356589</v>
       </c>
       <c r="G10" s="71">
-        <v>-2.17</v>
+        <v>-1.71</v>
       </c>
       <c r="H10" s="71">
-        <v>4.09</v>
+        <v>2.52</v>
       </c>
       <c r="I10" s="71">
-        <v>1.77</v>
+        <v>1.72</v>
       </c>
       <c r="J10" s="74">
-        <v>1.87</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="77" t="s">
         <v>111</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>112</v>
       </c>
       <c r="B12" s="81">
-        <v>849020</v>
+        <v>848631</v>
       </c>
       <c r="C12" s="81">
-        <v>11723</v>
+        <v>9723</v>
       </c>
       <c r="D12" s="81">
+        <v>858354</v>
+      </c>
+      <c r="E12" s="81">
         <v>860743</v>
       </c>
-      <c r="E12" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="81">
-        <v>725867</v>
+        <v>736513</v>
       </c>
       <c r="G12" s="84">
-        <v>-0.02</v>
+        <v>-0.28</v>
       </c>
       <c r="H12" s="84">
-        <v>18.58</v>
+        <v>16.54</v>
       </c>
       <c r="I12" s="84">
-        <v>4.09</v>
+        <v>4.05</v>
       </c>
       <c r="J12" s="87">
-        <v>3.79</v>
+        <v>3.82</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="11.1" customHeight="1">
       <c r="A13" s="77" t="s">
         <v>113</v>
       </c>
       <c r="B13" s="33"/>
       <c r="C13" s="33"/>
       <c r="D13" s="33"/>
       <c r="E13" s="33"/>
       <c r="F13" s="33"/>
       <c r="G13" s="35"/>
       <c r="H13" s="35"/>
       <c r="I13" s="35"/>
       <c r="J13" s="31"/>
     </row>
     <row r="14" spans="1:10" ht="12.6" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>114</v>
       </c>
       <c r="B14" s="81">
-        <v>611498</v>
+        <v>626625</v>
       </c>
       <c r="C14" s="81">
-        <v>21718</v>
+        <v>20338</v>
       </c>
       <c r="D14" s="81">
+        <v>646963</v>
+      </c>
+      <c r="E14" s="81">
         <v>633216</v>
       </c>
-      <c r="E14" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="81">
-        <v>586262</v>
+        <v>567641</v>
       </c>
       <c r="G14" s="84">
-        <v>-1.76</v>
+        <v>2.17</v>
       </c>
       <c r="H14" s="84">
-        <v>8.01</v>
+        <v>13.97</v>
       </c>
       <c r="I14" s="84">
-        <v>3.01</v>
+        <v>3.05</v>
       </c>
       <c r="J14" s="87">
-        <v>3.06</v>
+        <v>2.94</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="11.1" customHeight="1">
       <c r="A15" s="77" t="s">
         <v>115</v>
       </c>
       <c r="B15" s="33"/>
       <c r="C15" s="33"/>
       <c r="D15" s="33"/>
       <c r="E15" s="33"/>
       <c r="F15" s="33"/>
       <c r="G15" s="35"/>
       <c r="H15" s="35"/>
       <c r="I15" s="35"/>
       <c r="J15" s="31"/>
     </row>
     <row r="16" spans="1:10" ht="12.6" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>116</v>
       </c>
       <c r="B16" s="81">
-        <v>1032677</v>
+        <v>1051342</v>
       </c>
       <c r="C16" s="81">
-        <v>5670</v>
+        <v>10750</v>
       </c>
       <c r="D16" s="81">
+        <v>1062092</v>
+      </c>
+      <c r="E16" s="81">
         <v>1038347</v>
       </c>
-      <c r="E16" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="81">
-        <v>919539</v>
+        <v>927607</v>
       </c>
       <c r="G16" s="84">
-        <v>0.93</v>
+        <v>2.29</v>
       </c>
       <c r="H16" s="84">
-        <v>12.92</v>
+        <v>14.5</v>
       </c>
       <c r="I16" s="84">
-        <v>4.93</v>
+        <v>5.01</v>
       </c>
       <c r="J16" s="87">
         <v>4.81</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="11.1" customHeight="1">
       <c r="A17" s="77" t="s">
         <v>117</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="35"/>
       <c r="H17" s="35"/>
       <c r="I17" s="35"/>
       <c r="J17" s="31"/>
     </row>
     <row r="18" spans="1:10" ht="12.6" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>118</v>
       </c>
       <c r="B18" s="81">
-        <v>253733</v>
+        <v>264354</v>
       </c>
       <c r="C18" s="81">
         <v>16312</v>
       </c>
       <c r="D18" s="81">
+        <v>280665</v>
+      </c>
+      <c r="E18" s="81">
         <v>270045</v>
       </c>
-      <c r="E18" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="81">
-        <v>211944</v>
+        <v>219178</v>
       </c>
       <c r="G18" s="84">
-        <v>0.32</v>
+        <v>3.93</v>
       </c>
       <c r="H18" s="84">
-        <v>27.41</v>
+        <v>28.05</v>
       </c>
       <c r="I18" s="84">
-        <v>1.28</v>
+        <v>1.32</v>
       </c>
       <c r="J18" s="87">
-        <v>1.11</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="11.1" customHeight="1">
       <c r="A19" s="77" t="s">
         <v>119</v>
       </c>
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
       <c r="E19" s="33"/>
       <c r="F19" s="33"/>
       <c r="G19" s="35"/>
       <c r="H19" s="35"/>
       <c r="I19" s="35"/>
       <c r="J19" s="31"/>
     </row>
     <row r="20" spans="1:10" ht="12.6" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>120</v>
       </c>
       <c r="B20" s="81">
-        <v>350937</v>
+        <v>351617</v>
       </c>
       <c r="C20" s="81">
         <v>13000</v>
       </c>
       <c r="D20" s="81">
+        <v>364617</v>
+      </c>
+      <c r="E20" s="81">
         <v>363937</v>
       </c>
-      <c r="E20" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="81">
-        <v>320408</v>
+        <v>313426</v>
       </c>
       <c r="G20" s="84">
-        <v>9.19</v>
+        <v>0.19</v>
       </c>
       <c r="H20" s="84">
-        <v>13.59</v>
+        <v>16.33</v>
       </c>
       <c r="I20" s="84">
-        <v>1.73</v>
+        <v>1.72</v>
       </c>
       <c r="J20" s="87">
-        <v>1.68</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="11.1" customHeight="1">
       <c r="A21" s="77" t="s">
         <v>121</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
       <c r="E21" s="33"/>
       <c r="F21" s="33"/>
       <c r="G21" s="35"/>
       <c r="H21" s="35"/>
       <c r="I21" s="35"/>
       <c r="J21" s="31"/>
     </row>
     <row r="22" spans="1:10" ht="12.6" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>122</v>
       </c>
       <c r="B22" s="81">
-        <v>735047</v>
+        <v>734683</v>
       </c>
       <c r="C22" s="81">
         <v>1457</v>
       </c>
       <c r="D22" s="81">
+        <v>736140</v>
+      </c>
+      <c r="E22" s="81">
         <v>736504</v>
       </c>
-      <c r="E22" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F22" s="81">
-        <v>616602</v>
+        <v>637876</v>
       </c>
       <c r="G22" s="84">
-        <v>0.13</v>
+        <v>-0.05</v>
       </c>
       <c r="H22" s="84">
-        <v>19.45</v>
+        <v>15.4</v>
       </c>
       <c r="I22" s="84">
-        <v>3.5</v>
+        <v>3.47</v>
       </c>
       <c r="J22" s="87">
-        <v>3.22</v>
+        <v>3.31</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="11.1" customHeight="1">
       <c r="A23" s="77" t="s">
         <v>123</v>
       </c>
       <c r="B23" s="33"/>
       <c r="C23" s="33"/>
       <c r="D23" s="33"/>
       <c r="E23" s="33"/>
       <c r="F23" s="33"/>
       <c r="G23" s="35"/>
       <c r="H23" s="35"/>
       <c r="I23" s="35"/>
       <c r="J23" s="31"/>
     </row>
     <row r="24" spans="1:10" ht="12.6" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>124</v>
       </c>
       <c r="B24" s="81">
-        <v>211052</v>
+        <v>218480</v>
       </c>
       <c r="C24" s="81">
         <v>69</v>
       </c>
       <c r="D24" s="81">
+        <v>218550</v>
+      </c>
+      <c r="E24" s="81">
         <v>211121</v>
       </c>
-      <c r="E24" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="81">
-        <v>193893</v>
+        <v>195730</v>
       </c>
       <c r="G24" s="84">
-        <v>0.59</v>
+        <v>3.52</v>
       </c>
       <c r="H24" s="84">
-        <v>8.89</v>
+        <v>11.66</v>
       </c>
       <c r="I24" s="84">
-        <v>1</v>
+        <v>1.03</v>
       </c>
       <c r="J24" s="87">
         <v>1.01</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="11.1" customHeight="1">
       <c r="A25" s="77" t="s">
         <v>125</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="33"/>
       <c r="D25" s="33"/>
       <c r="E25" s="33"/>
       <c r="F25" s="33"/>
       <c r="G25" s="35"/>
       <c r="H25" s="35"/>
       <c r="I25" s="35"/>
       <c r="J25" s="31"/>
     </row>
     <row r="26" spans="1:10" ht="12.6" customHeight="1">
       <c r="A26" s="23" t="s">
         <v>126</v>
       </c>
       <c r="B26" s="81">
-        <v>1231547</v>
+        <v>1223700</v>
       </c>
       <c r="C26" s="81">
-        <v>2259</v>
+        <v>2256</v>
       </c>
       <c r="D26" s="81">
+        <v>1225955</v>
+      </c>
+      <c r="E26" s="81">
         <v>1233805</v>
       </c>
-      <c r="E26" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F26" s="81">
-        <v>1111956</v>
+        <v>1116866</v>
       </c>
       <c r="G26" s="84">
-        <v>-1.12</v>
+        <v>-0.64</v>
       </c>
       <c r="H26" s="84">
-        <v>10.96</v>
+        <v>9.77</v>
       </c>
       <c r="I26" s="84">
-        <v>5.86</v>
+        <v>5.78</v>
       </c>
       <c r="J26" s="87">
-        <v>5.81</v>
+        <v>5.79</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="11.1" customHeight="1">
       <c r="A27" s="77" t="s">
         <v>127</v>
       </c>
       <c r="B27" s="33"/>
       <c r="C27" s="33"/>
       <c r="D27" s="33"/>
       <c r="E27" s="33"/>
       <c r="F27" s="33"/>
       <c r="G27" s="35"/>
       <c r="H27" s="35"/>
       <c r="I27" s="35"/>
       <c r="J27" s="31"/>
     </row>
     <row r="28" spans="1:10" ht="12.6" customHeight="1">
       <c r="A28" s="23" t="s">
         <v>128</v>
       </c>
       <c r="B28" s="81">
-        <v>20339</v>
+        <v>20274</v>
       </c>
       <c r="C28" s="90">
         <v>0</v>
       </c>
       <c r="D28" s="81">
+        <v>20274</v>
+      </c>
+      <c r="E28" s="81">
         <v>20339</v>
       </c>
-      <c r="E28" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F28" s="81">
-        <v>11542</v>
+        <v>12474</v>
       </c>
       <c r="G28" s="84">
-        <v>3.05</v>
+        <v>-0.32</v>
       </c>
       <c r="H28" s="84">
-        <v>76.22</v>
+        <v>62.54</v>
       </c>
       <c r="I28" s="84">
         <v>0.1</v>
       </c>
       <c r="J28" s="87">
         <v>0.06</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="11.1" customHeight="1">
       <c r="A29" s="77" t="s">
         <v>129</v>
       </c>
       <c r="B29" s="33"/>
       <c r="C29" s="33"/>
       <c r="D29" s="33"/>
       <c r="E29" s="33"/>
       <c r="F29" s="33"/>
       <c r="G29" s="35"/>
       <c r="H29" s="35"/>
       <c r="I29" s="35"/>
       <c r="J29" s="31"/>
     </row>
     <row r="30" spans="1:10" ht="12.6" customHeight="1">
       <c r="A30" s="23" t="s">
         <v>130</v>
       </c>
       <c r="B30" s="81">
-        <v>44917</v>
+        <v>46484</v>
       </c>
       <c r="C30" s="81">
-        <v>5300</v>
+        <v>4800</v>
       </c>
       <c r="D30" s="81">
+        <v>51284</v>
+      </c>
+      <c r="E30" s="81">
         <v>50217</v>
       </c>
-      <c r="E30" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F30" s="81">
-        <v>44723</v>
+        <v>45226</v>
       </c>
       <c r="G30" s="84">
-        <v>1.54</v>
+        <v>2.13</v>
       </c>
       <c r="H30" s="84">
-        <v>12.28</v>
+        <v>13.4</v>
       </c>
       <c r="I30" s="84">
         <v>0.24</v>
       </c>
       <c r="J30" s="87">
         <v>0.23</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="11.1" customHeight="1">
       <c r="A31" s="77" t="s">
         <v>131</v>
       </c>
       <c r="B31" s="33"/>
       <c r="C31" s="33"/>
       <c r="D31" s="33"/>
       <c r="E31" s="33"/>
       <c r="F31" s="33"/>
       <c r="G31" s="35"/>
       <c r="H31" s="35"/>
       <c r="I31" s="35"/>
       <c r="J31" s="31"/>
     </row>
     <row r="32" spans="1:10" ht="12.6" customHeight="1">
       <c r="A32" s="23" t="s">
         <v>132</v>
       </c>
       <c r="B32" s="81">
-        <v>26808</v>
+        <v>25435</v>
       </c>
       <c r="C32" s="81">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="D32" s="81">
+        <v>26935</v>
+      </c>
+      <c r="E32" s="81">
         <v>28808</v>
       </c>
-      <c r="E32" s="81">
-[...1 lines deleted...]
-      </c>
       <c r="F32" s="81">
-        <v>19953</v>
+        <v>22167</v>
       </c>
       <c r="G32" s="84">
-        <v>-0.78</v>
+        <v>-6.5</v>
       </c>
       <c r="H32" s="84">
-        <v>44.38</v>
+        <v>21.51</v>
       </c>
       <c r="I32" s="84">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
       <c r="J32" s="87">
-        <v>0.1</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="11.1" customHeight="1">
       <c r="A33" s="77" t="s">
         <v>133</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="33"/>
       <c r="D33" s="33"/>
       <c r="E33" s="33"/>
       <c r="F33" s="33"/>
       <c r="G33" s="35"/>
       <c r="H33" s="35"/>
       <c r="I33" s="35"/>
       <c r="J33" s="31"/>
     </row>
     <row r="34" spans="1:10" ht="12.6" customHeight="1">
       <c r="A34" s="79" t="s">
         <v>134</v>
       </c>
       <c r="B34" s="82">
-        <v>194102</v>
+        <v>207735</v>
       </c>
       <c r="C34" s="82">
-        <v>7112</v>
+        <v>8112</v>
       </c>
       <c r="D34" s="82">
+        <v>215847</v>
+      </c>
+      <c r="E34" s="82">
         <v>201214</v>
       </c>
-      <c r="E34" s="82">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="82">
-        <v>226754</v>
+        <v>230038</v>
       </c>
       <c r="G34" s="85">
-        <v>-5.13</v>
+        <v>7.27</v>
       </c>
       <c r="H34" s="85">
-        <v>-11.26</v>
+        <v>-6.17</v>
       </c>
       <c r="I34" s="85">
-        <v>0.95</v>
+        <v>1.02</v>
       </c>
       <c r="J34" s="88">
         <v>1.19</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="11.1" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>135</v>
       </c>
       <c r="B35" s="33"/>
       <c r="C35" s="33"/>
       <c r="D35" s="33"/>
       <c r="E35" s="33"/>
       <c r="F35" s="33"/>
       <c r="G35" s="35"/>
       <c r="H35" s="35"/>
       <c r="I35" s="35"/>
       <c r="J35" s="31"/>
     </row>
     <row r="36" spans="1:10" ht="12.6" customHeight="1">
       <c r="A36" s="103" t="s">
         <v>136</v>
       </c>
       <c r="B36" s="104">
-        <v>114733</v>
+        <v>116353</v>
       </c>
       <c r="C36" s="107">
         <v>0</v>
       </c>
       <c r="D36" s="104">
+        <v>116353</v>
+      </c>
+      <c r="E36" s="104">
         <v>114733</v>
       </c>
-      <c r="E36" s="104">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="104">
-        <v>115646</v>
+        <v>98598</v>
       </c>
       <c r="G36" s="108">
-        <v>-1.73</v>
+        <v>1.41</v>
       </c>
       <c r="H36" s="108">
-        <v>-0.79</v>
+        <v>18.01</v>
       </c>
       <c r="I36" s="108">
-        <v>0.54</v>
+        <v>0.55</v>
       </c>
       <c r="J36" s="109">
-        <v>0.6</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="110" t="s">
         <v>137</v>
       </c>
       <c r="B37" s="47"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="39"/>
     </row>
     <row r="38" spans="1:10" ht="13.5" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>56</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
@@ -5889,56 +5889,56 @@
       <c r="F2" s="62"/>
       <c r="G2" s="62"/>
       <c r="H2" s="62"/>
       <c r="I2" s="62"/>
       <c r="J2" s="62"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" customHeight="1">
       <c r="A3" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="60"/>
       <c r="C3" s="60"/>
       <c r="D3" s="60"/>
       <c r="E3" s="60"/>
       <c r="F3" s="60"/>
       <c r="G3" s="60"/>
       <c r="H3" s="60"/>
       <c r="I3" s="60"/>
       <c r="J3" s="60"/>
     </row>
     <row r="4" spans="1:10" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-3'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="54" t="str">
         <f>'2-3'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="54"/>
       <c r="G4" s="63" t="s">
         <v>46</v>
       </c>
       <c r="H4" s="58"/>
       <c r="I4" s="58"/>
       <c r="J4" s="58"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1">
       <c r="A5" s="8"/>
       <c r="B5" s="49" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="50"/>
       <c r="D5" s="51"/>
       <c r="E5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>1</v>
       </c>
@@ -6039,69 +6039,69 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>55</v>
       </c>
       <c r="B10" s="69">
-        <v>528996</v>
+        <v>531649</v>
       </c>
       <c r="C10" s="113">
         <v>0</v>
       </c>
       <c r="D10" s="69">
+        <v>531649</v>
+      </c>
+      <c r="E10" s="69">
         <v>528996</v>
       </c>
-      <c r="E10" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="69">
-        <v>502024</v>
+        <v>505348</v>
       </c>
       <c r="G10" s="72">
-        <v>0.01</v>
+        <v>0.5</v>
       </c>
       <c r="H10" s="72">
-        <v>5.37</v>
+        <v>5.2</v>
       </c>
       <c r="I10" s="72">
         <v>2.51</v>
       </c>
       <c r="J10" s="75">
         <v>2.62</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>138</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="23"/>
       <c r="B12" s="32"/>