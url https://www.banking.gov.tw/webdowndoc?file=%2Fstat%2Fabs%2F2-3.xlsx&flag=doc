--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -63,51 +63,51 @@
   <si>
     <t>一般定期性</t>
   </si>
   <si>
     <t>可 轉 讓</t>
   </si>
   <si>
     <t>合　　計</t>
   </si>
   <si>
     <t>比較增減％</t>
   </si>
   <si>
     <t>月比較增減％</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>存　　　款</t>
   </si>
   <si>
     <t>定期存單</t>
   </si>
   <si>
     <t>本　　月</t>
   </si>
   <si>
     <t>上年同月</t>
   </si>
   <si>
     <t xml:space="preserve"> by Institution </t>
   </si>
   <si>
     <t xml:space="preserve"> Time &amp; Savings</t>
   </si>
   <si>
     <t>NCDs</t>
   </si>
   <si>
     <t>Total</t>
   </si>
@@ -175,51 +175,51 @@
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>NT$ Million,</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
     <t>　　　　　2.可轉讓定期存單指銀行發行餘額。</t>
   </si>
   <si>
     <t>Annual</t>
   </si>
   <si>
     <t>Changes</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <t>說　　明：1.一般定期性存款包括定期存款、定期儲蓄存款，不含外匯定存、信託資金、中華郵政公司儲匯處轉存款。</t>
   </si>
   <si>
     <t>　　　　　3.#係金融控股公司之子公司。</t>
   </si>
   <si>
     <r>
       <t>2-3</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社定期性存款餘額</t>
     </r>
   </si>
   <si>
     <r>
       <t>全行　</t>
     </r>
@@ -2829,535 +2829,535 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="69">
-        <v>20884594</v>
+        <v>21235210</v>
       </c>
       <c r="C10" s="69">
-        <v>331654</v>
+        <v>337224</v>
       </c>
       <c r="D10" s="69">
-        <v>21216248</v>
+        <v>21572434</v>
       </c>
       <c r="E10" s="69">
-        <v>21070516</v>
+        <v>21387857</v>
       </c>
       <c r="F10" s="69">
-        <v>19295507</v>
+        <v>19691497</v>
       </c>
       <c r="G10" s="72">
-        <v>0.69</v>
+        <v>0.86</v>
       </c>
       <c r="H10" s="72">
-        <v>9.95</v>
+        <v>9.55</v>
       </c>
       <c r="I10" s="72">
         <v>100</v>
       </c>
       <c r="J10" s="75">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>20</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="79" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="82">
-        <v>20028857</v>
+        <v>20369472</v>
       </c>
       <c r="C12" s="82">
-        <v>323542</v>
+        <v>335173</v>
       </c>
       <c r="D12" s="82">
-        <v>20352399</v>
+        <v>20704645</v>
       </c>
       <c r="E12" s="82">
-        <v>20225572</v>
+        <v>20512105</v>
       </c>
       <c r="F12" s="82">
-        <v>18461523</v>
+        <v>18888445</v>
       </c>
       <c r="G12" s="85">
-        <v>0.63</v>
+        <v>0.94</v>
       </c>
       <c r="H12" s="85">
-        <v>10.24</v>
+        <v>9.62</v>
       </c>
       <c r="I12" s="85">
-        <v>95.93</v>
+        <v>95.98</v>
       </c>
       <c r="J12" s="88">
-        <v>95.68</v>
+        <v>95.92</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="11.1" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>59</v>
       </c>
       <c r="B13" s="33"/>
       <c r="C13" s="33"/>
       <c r="D13" s="33"/>
       <c r="E13" s="33"/>
       <c r="F13" s="33"/>
       <c r="G13" s="35"/>
       <c r="H13" s="35"/>
       <c r="I13" s="35"/>
       <c r="J13" s="31"/>
     </row>
     <row r="14" spans="1:10" ht="12.6" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>60</v>
       </c>
       <c r="B14" s="81">
-        <v>1942653</v>
+        <v>1933738</v>
       </c>
       <c r="C14" s="81">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="D14" s="81">
-        <v>1943536</v>
+        <v>1934625</v>
       </c>
       <c r="E14" s="81">
-        <v>1945810</v>
+        <v>1941345</v>
       </c>
       <c r="F14" s="81">
-        <v>1903799</v>
+        <v>1913934</v>
       </c>
       <c r="G14" s="84">
-        <v>-0.12</v>
+        <v>-0.35</v>
       </c>
       <c r="H14" s="84">
-        <v>2.09</v>
+        <v>1.08</v>
       </c>
       <c r="I14" s="84">
-        <v>9.16</v>
+        <v>8.97</v>
       </c>
       <c r="J14" s="87">
-        <v>9.87</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="11.1" customHeight="1">
       <c r="A15" s="77" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="33"/>
       <c r="C15" s="33"/>
       <c r="D15" s="33"/>
       <c r="E15" s="33"/>
       <c r="F15" s="33"/>
       <c r="G15" s="35"/>
       <c r="H15" s="35"/>
       <c r="I15" s="35"/>
       <c r="J15" s="31"/>
     </row>
     <row r="16" spans="1:10" ht="12.6" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="81">
-        <v>1183549</v>
+        <v>1192652</v>
       </c>
       <c r="C16" s="81">
-        <v>625</v>
+        <v>570</v>
       </c>
       <c r="D16" s="81">
-        <v>1184173</v>
+        <v>1193222</v>
       </c>
       <c r="E16" s="81">
-        <v>1189380</v>
+        <v>1180728</v>
       </c>
       <c r="F16" s="81">
-        <v>1166104</v>
+        <v>1157359</v>
       </c>
       <c r="G16" s="84">
-        <v>-0.44</v>
+        <v>1.06</v>
       </c>
       <c r="H16" s="84">
-        <v>1.55</v>
+        <v>3.1</v>
       </c>
       <c r="I16" s="84">
-        <v>5.58</v>
+        <v>5.53</v>
       </c>
       <c r="J16" s="87">
-        <v>6.04</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="11.1" customHeight="1">
       <c r="A17" s="77" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="35"/>
       <c r="H17" s="35"/>
       <c r="I17" s="35"/>
       <c r="J17" s="31"/>
     </row>
     <row r="18" spans="1:10" ht="12.6" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="81">
-        <v>1367265</v>
+        <v>1303114</v>
       </c>
       <c r="C18" s="81">
-        <v>39761</v>
+        <v>40266</v>
       </c>
       <c r="D18" s="81">
-        <v>1407026</v>
+        <v>1343380</v>
       </c>
       <c r="E18" s="81">
-        <v>1406481</v>
+        <v>1360773</v>
       </c>
       <c r="F18" s="81">
-        <v>1296534</v>
+        <v>1314739</v>
       </c>
       <c r="G18" s="84">
-        <v>0.04</v>
+        <v>-1.28</v>
       </c>
       <c r="H18" s="84">
-        <v>8.52</v>
+        <v>2.18</v>
       </c>
       <c r="I18" s="84">
-        <v>6.63</v>
+        <v>6.23</v>
       </c>
       <c r="J18" s="87">
-        <v>6.72</v>
+        <v>6.68</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="11.1" customHeight="1">
       <c r="A19" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
       <c r="E19" s="33"/>
       <c r="F19" s="33"/>
       <c r="G19" s="35"/>
       <c r="H19" s="35"/>
       <c r="I19" s="35"/>
       <c r="J19" s="31"/>
     </row>
     <row r="20" spans="1:10" ht="12.6" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="81">
-        <v>1023097</v>
+        <v>1040721</v>
       </c>
       <c r="C20" s="81">
-        <v>6314</v>
+        <v>6349</v>
       </c>
       <c r="D20" s="81">
-        <v>1029411</v>
+        <v>1047069</v>
       </c>
       <c r="E20" s="81">
-        <v>1019802</v>
+        <v>1038226</v>
       </c>
       <c r="F20" s="81">
-        <v>922849</v>
+        <v>960520</v>
       </c>
       <c r="G20" s="84">
-        <v>0.94</v>
+        <v>0.85</v>
       </c>
       <c r="H20" s="84">
-        <v>11.55</v>
+        <v>9.01</v>
       </c>
       <c r="I20" s="84">
         <v>4.85</v>
       </c>
       <c r="J20" s="87">
-        <v>4.78</v>
+        <v>4.88</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="11.1" customHeight="1">
       <c r="A21" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
       <c r="E21" s="33"/>
       <c r="F21" s="33"/>
       <c r="G21" s="35"/>
       <c r="H21" s="35"/>
       <c r="I21" s="35"/>
       <c r="J21" s="31"/>
     </row>
     <row r="22" spans="1:10" ht="12.6" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="81">
-        <v>892674</v>
+        <v>932243</v>
       </c>
       <c r="C22" s="81">
-        <v>6938</v>
+        <v>3413</v>
       </c>
       <c r="D22" s="81">
-        <v>899611</v>
+        <v>935656</v>
       </c>
       <c r="E22" s="81">
-        <v>912385</v>
+        <v>911531</v>
       </c>
       <c r="F22" s="81">
-        <v>919845</v>
+        <v>929215</v>
       </c>
       <c r="G22" s="84">
-        <v>-1.4</v>
+        <v>2.65</v>
       </c>
       <c r="H22" s="84">
-        <v>-2.2</v>
+        <v>0.69</v>
       </c>
       <c r="I22" s="84">
-        <v>4.24</v>
+        <v>4.34</v>
       </c>
       <c r="J22" s="87">
-        <v>4.77</v>
+        <v>4.72</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="11.1" customHeight="1">
       <c r="A23" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="33"/>
       <c r="C23" s="33"/>
       <c r="D23" s="33"/>
       <c r="E23" s="33"/>
       <c r="F23" s="33"/>
       <c r="G23" s="35"/>
       <c r="H23" s="35"/>
       <c r="I23" s="35"/>
       <c r="J23" s="31"/>
     </row>
     <row r="24" spans="1:10" ht="12.6" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="81">
-        <v>852002</v>
+        <v>881919</v>
       </c>
       <c r="C24" s="81">
         <v>2565</v>
       </c>
       <c r="D24" s="81">
-        <v>854567</v>
+        <v>884484</v>
       </c>
       <c r="E24" s="81">
-        <v>879801</v>
+        <v>873145</v>
       </c>
       <c r="F24" s="81">
-        <v>795081</v>
+        <v>790677</v>
       </c>
       <c r="G24" s="84">
-        <v>-2.87</v>
+        <v>1.3</v>
       </c>
       <c r="H24" s="84">
-        <v>7.48</v>
+        <v>11.86</v>
       </c>
       <c r="I24" s="84">
-        <v>4.03</v>
+        <v>4.1</v>
       </c>
       <c r="J24" s="87">
-        <v>4.12</v>
+        <v>4.02</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="11.1" customHeight="1">
       <c r="A25" s="77" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="33"/>
       <c r="D25" s="33"/>
       <c r="E25" s="33"/>
       <c r="F25" s="33"/>
       <c r="G25" s="35"/>
       <c r="H25" s="35"/>
       <c r="I25" s="35"/>
       <c r="J25" s="31"/>
     </row>
     <row r="26" spans="1:10" ht="12.6" customHeight="1">
       <c r="A26" s="23" t="s">
         <v>72</v>
       </c>
       <c r="B26" s="81">
-        <v>495828</v>
+        <v>497764</v>
       </c>
       <c r="C26" s="81">
-        <v>80567</v>
+        <v>62465</v>
       </c>
       <c r="D26" s="81">
-        <v>576395</v>
+        <v>560229</v>
       </c>
       <c r="E26" s="81">
-        <v>571564</v>
+        <v>580601</v>
       </c>
       <c r="F26" s="81">
-        <v>575999</v>
+        <v>592788</v>
       </c>
       <c r="G26" s="84">
-        <v>0.85</v>
+        <v>-3.51</v>
       </c>
       <c r="H26" s="84">
-        <v>0.07</v>
+        <v>-5.49</v>
       </c>
       <c r="I26" s="84">
-        <v>2.72</v>
+        <v>2.6</v>
       </c>
       <c r="J26" s="87">
-        <v>2.99</v>
+        <v>3.01</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="11.1" customHeight="1">
       <c r="A27" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="33"/>
       <c r="C27" s="33"/>
       <c r="D27" s="33"/>
       <c r="E27" s="33"/>
       <c r="F27" s="33"/>
       <c r="G27" s="35"/>
       <c r="H27" s="35"/>
       <c r="I27" s="35"/>
       <c r="J27" s="31"/>
     </row>
     <row r="28" spans="1:10" ht="12.6" customHeight="1">
       <c r="A28" s="23" t="s">
         <v>74</v>
       </c>
       <c r="B28" s="81">
-        <v>898460</v>
+        <v>928887</v>
       </c>
       <c r="C28" s="81">
-        <v>635</v>
+        <v>1133</v>
       </c>
       <c r="D28" s="81">
-        <v>899095</v>
+        <v>930021</v>
       </c>
       <c r="E28" s="81">
-        <v>878099</v>
+        <v>916883</v>
       </c>
       <c r="F28" s="81">
-        <v>897889</v>
+        <v>882546</v>
       </c>
       <c r="G28" s="84">
-        <v>2.39</v>
+        <v>1.43</v>
       </c>
       <c r="H28" s="84">
-        <v>0.13</v>
+        <v>5.38</v>
       </c>
       <c r="I28" s="84">
-        <v>4.24</v>
+        <v>4.31</v>
       </c>
       <c r="J28" s="87">
-        <v>4.65</v>
+        <v>4.48</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="11.1" customHeight="1">
       <c r="A29" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B29" s="33"/>
       <c r="C29" s="33"/>
       <c r="D29" s="33"/>
       <c r="E29" s="33"/>
       <c r="F29" s="33"/>
       <c r="G29" s="35"/>
       <c r="H29" s="35"/>
       <c r="I29" s="35"/>
       <c r="J29" s="31"/>
     </row>
     <row r="30" spans="1:10" ht="12.6" customHeight="1">
       <c r="A30" s="23" t="s">
         <v>76</v>
       </c>
       <c r="B30" s="81">
-        <v>1348761</v>
+        <v>1349535</v>
       </c>
       <c r="C30" s="81">
-        <v>25625</v>
+        <v>25635</v>
       </c>
       <c r="D30" s="81">
-        <v>1374386</v>
+        <v>1375170</v>
       </c>
       <c r="E30" s="81">
-        <v>1352839</v>
+        <v>1392004</v>
       </c>
       <c r="F30" s="81">
-        <v>851359</v>
+        <v>995952</v>
       </c>
       <c r="G30" s="84">
-        <v>1.59</v>
+        <v>-1.21</v>
       </c>
       <c r="H30" s="84">
-        <v>61.43</v>
+        <v>38.08</v>
       </c>
       <c r="I30" s="84">
-        <v>6.48</v>
+        <v>6.37</v>
       </c>
       <c r="J30" s="87">
-        <v>4.41</v>
+        <v>5.06</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="11.1" customHeight="1">
       <c r="A31" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B31" s="33"/>
       <c r="C31" s="33"/>
       <c r="D31" s="33"/>
       <c r="E31" s="33"/>
       <c r="F31" s="33"/>
       <c r="G31" s="35"/>
       <c r="H31" s="35"/>
       <c r="I31" s="35"/>
       <c r="J31" s="31"/>
     </row>
     <row r="32" spans="1:10" ht="12.6" customHeight="1">
       <c r="A32" s="23" t="s">
         <v>78</v>
       </c>
       <c r="B32" s="90">
         <v>0</v>
       </c>
       <c r="C32" s="90">
         <v>0</v>
@@ -3381,118 +3381,118 @@
         <v>0</v>
       </c>
       <c r="J32" s="94">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="11.1" customHeight="1">
       <c r="A33" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="33"/>
       <c r="D33" s="33"/>
       <c r="E33" s="33"/>
       <c r="F33" s="33"/>
       <c r="G33" s="35"/>
       <c r="H33" s="35"/>
       <c r="I33" s="35"/>
       <c r="J33" s="31"/>
     </row>
     <row r="34" spans="1:10" ht="12.6" customHeight="1">
       <c r="A34" s="23" t="s">
         <v>80</v>
       </c>
       <c r="B34" s="81">
-        <v>112986</v>
+        <v>110798</v>
       </c>
       <c r="C34" s="81">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="D34" s="81">
-        <v>113344</v>
+        <v>111154</v>
       </c>
       <c r="E34" s="81">
-        <v>110765</v>
+        <v>112947</v>
       </c>
       <c r="F34" s="81">
-        <v>95054</v>
+        <v>98423</v>
       </c>
       <c r="G34" s="84">
-        <v>2.33</v>
+        <v>-1.59</v>
       </c>
       <c r="H34" s="84">
-        <v>19.24</v>
+        <v>12.93</v>
       </c>
       <c r="I34" s="84">
-        <v>0.53</v>
+        <v>0.52</v>
       </c>
       <c r="J34" s="87">
-        <v>0.49</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="11.1" customHeight="1">
       <c r="A35" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B35" s="33"/>
       <c r="C35" s="33"/>
       <c r="D35" s="33"/>
       <c r="E35" s="33"/>
       <c r="F35" s="33"/>
       <c r="G35" s="35"/>
       <c r="H35" s="35"/>
       <c r="I35" s="35"/>
       <c r="J35" s="31"/>
     </row>
     <row r="36" spans="1:10" ht="12.6" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>82</v>
       </c>
       <c r="B36" s="96">
-        <v>910671</v>
+        <v>946113</v>
       </c>
       <c r="C36" s="96">
-        <v>197</v>
+        <v>306</v>
       </c>
       <c r="D36" s="96">
-        <v>910868</v>
+        <v>946419</v>
       </c>
       <c r="E36" s="96">
-        <v>845827</v>
+        <v>956022</v>
       </c>
       <c r="F36" s="96">
-        <v>858591</v>
+        <v>876971</v>
       </c>
       <c r="G36" s="98">
-        <v>7.69</v>
+        <v>-1</v>
       </c>
       <c r="H36" s="98">
-        <v>6.09</v>
+        <v>7.92</v>
       </c>
       <c r="I36" s="98">
-        <v>4.29</v>
+        <v>4.39</v>
       </c>
       <c r="J36" s="100">
         <v>4.45</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="102" t="s">
         <v>83</v>
       </c>
       <c r="B37" s="47"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="39"/>
     </row>
     <row r="38" spans="1:10" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>49</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
@@ -3735,56 +3735,56 @@
       <c r="F2" s="62"/>
       <c r="G2" s="62"/>
       <c r="H2" s="62"/>
       <c r="I2" s="62"/>
       <c r="J2" s="62"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" customHeight="1">
       <c r="A3" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="60"/>
       <c r="C3" s="60"/>
       <c r="D3" s="60"/>
       <c r="E3" s="60"/>
       <c r="F3" s="60"/>
       <c r="G3" s="60"/>
       <c r="H3" s="60"/>
       <c r="I3" s="60"/>
       <c r="J3" s="60"/>
     </row>
     <row r="4" spans="1:10" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-3'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="54" t="str">
         <f>'2-3'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="54"/>
       <c r="G4" s="63" t="s">
         <v>46</v>
       </c>
       <c r="H4" s="58"/>
       <c r="I4" s="58"/>
       <c r="J4" s="58"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1">
       <c r="A5" s="8"/>
       <c r="B5" s="49" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="50"/>
       <c r="D5" s="51"/>
       <c r="E5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>1</v>
       </c>
@@ -3885,673 +3885,673 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>10</v>
       </c>
       <c r="B10" s="68">
-        <v>9718</v>
+        <v>9631</v>
       </c>
       <c r="C10" s="68">
         <v>13</v>
       </c>
       <c r="D10" s="68">
-        <v>9732</v>
+        <v>9645</v>
       </c>
       <c r="E10" s="68">
-        <v>6399</v>
+        <v>7134</v>
       </c>
       <c r="F10" s="68">
-        <v>4913</v>
+        <v>4803</v>
       </c>
       <c r="G10" s="71">
-        <v>52.09</v>
+        <v>35.19</v>
       </c>
       <c r="H10" s="71">
-        <v>98.09</v>
+        <v>100.82</v>
       </c>
       <c r="I10" s="71">
-        <v>0.05</v>
+        <v>0.04</v>
       </c>
       <c r="J10" s="74">
-        <v>0.03</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>85</v>
       </c>
       <c r="B12" s="81">
-        <v>139567</v>
+        <v>140471</v>
       </c>
       <c r="C12" s="81">
-        <v>2650</v>
+        <v>2300</v>
       </c>
       <c r="D12" s="81">
-        <v>142217</v>
+        <v>142771</v>
       </c>
       <c r="E12" s="81">
-        <v>136670</v>
+        <v>142396</v>
       </c>
       <c r="F12" s="81">
-        <v>140595</v>
+        <v>147372</v>
       </c>
       <c r="G12" s="84">
-        <v>4.06</v>
+        <v>0.26</v>
       </c>
       <c r="H12" s="84">
-        <v>1.15</v>
+        <v>-3.12</v>
       </c>
       <c r="I12" s="84">
-        <v>0.67</v>
+        <v>0.66</v>
       </c>
       <c r="J12" s="87">
-        <v>0.73</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="11.1" customHeight="1">
       <c r="A13" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B13" s="33"/>
       <c r="C13" s="33"/>
       <c r="D13" s="33"/>
       <c r="E13" s="33"/>
       <c r="F13" s="33"/>
       <c r="G13" s="35"/>
       <c r="H13" s="35"/>
       <c r="I13" s="35"/>
       <c r="J13" s="31"/>
     </row>
     <row r="14" spans="1:10" ht="12.6" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>87</v>
       </c>
       <c r="B14" s="81">
-        <v>680549</v>
+        <v>712273</v>
       </c>
       <c r="C14" s="81">
-        <v>435</v>
+        <v>402</v>
       </c>
       <c r="D14" s="81">
-        <v>680985</v>
+        <v>712675</v>
       </c>
       <c r="E14" s="81">
-        <v>672944</v>
+        <v>697769</v>
       </c>
       <c r="F14" s="81">
-        <v>623317</v>
+        <v>619829</v>
       </c>
       <c r="G14" s="84">
-        <v>1.19</v>
+        <v>2.14</v>
       </c>
       <c r="H14" s="84">
-        <v>9.25</v>
+        <v>14.98</v>
       </c>
       <c r="I14" s="84">
-        <v>3.21</v>
+        <v>3.3</v>
       </c>
       <c r="J14" s="87">
-        <v>3.23</v>
+        <v>3.15</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="11.1" customHeight="1">
       <c r="A15" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B15" s="33"/>
       <c r="C15" s="33"/>
       <c r="D15" s="33"/>
       <c r="E15" s="33"/>
       <c r="F15" s="33"/>
       <c r="G15" s="35"/>
       <c r="H15" s="35"/>
       <c r="I15" s="35"/>
       <c r="J15" s="31"/>
     </row>
     <row r="16" spans="1:10" ht="12.6" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>89</v>
       </c>
       <c r="B16" s="81">
-        <v>47893</v>
+        <v>50464</v>
       </c>
       <c r="C16" s="81">
-        <v>6933</v>
+        <v>6965</v>
       </c>
       <c r="D16" s="81">
-        <v>54826</v>
+        <v>57429</v>
       </c>
       <c r="E16" s="81">
-        <v>58760</v>
+        <v>54020</v>
       </c>
       <c r="F16" s="81">
-        <v>56637</v>
+        <v>54598</v>
       </c>
       <c r="G16" s="84">
-        <v>-6.7</v>
+        <v>6.31</v>
       </c>
       <c r="H16" s="84">
-        <v>-3.2</v>
+        <v>5.19</v>
       </c>
       <c r="I16" s="84">
-        <v>0.26</v>
+        <v>0.27</v>
       </c>
       <c r="J16" s="87">
-        <v>0.29</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="11.1" customHeight="1">
       <c r="A17" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="35"/>
       <c r="H17" s="35"/>
       <c r="I17" s="35"/>
       <c r="J17" s="31"/>
     </row>
     <row r="18" spans="1:10" ht="12.6" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>91</v>
       </c>
       <c r="B18" s="81">
-        <v>361834</v>
+        <v>367688</v>
       </c>
       <c r="C18" s="81">
-        <v>3719</v>
+        <v>5539</v>
       </c>
       <c r="D18" s="81">
-        <v>365552</v>
+        <v>373227</v>
       </c>
       <c r="E18" s="81">
-        <v>373326</v>
+        <v>367706</v>
       </c>
       <c r="F18" s="81">
-        <v>329875</v>
+        <v>337649</v>
       </c>
       <c r="G18" s="84">
-        <v>-2.08</v>
+        <v>1.5</v>
       </c>
       <c r="H18" s="84">
-        <v>10.82</v>
+        <v>10.54</v>
       </c>
       <c r="I18" s="84">
-        <v>1.72</v>
+        <v>1.73</v>
       </c>
       <c r="J18" s="87">
         <v>1.71</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="11.1" customHeight="1">
       <c r="A19" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
       <c r="E19" s="33"/>
       <c r="F19" s="33"/>
       <c r="G19" s="35"/>
       <c r="H19" s="35"/>
       <c r="I19" s="35"/>
       <c r="J19" s="31"/>
     </row>
     <row r="20" spans="1:10" ht="12.6" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>93</v>
       </c>
       <c r="B20" s="81">
-        <v>105483</v>
+        <v>106851</v>
       </c>
       <c r="C20" s="81">
         <v>76</v>
       </c>
       <c r="D20" s="81">
-        <v>105559</v>
+        <v>106927</v>
       </c>
       <c r="E20" s="81">
-        <v>103559</v>
+        <v>106330</v>
       </c>
       <c r="F20" s="81">
-        <v>116923</v>
+        <v>114300</v>
       </c>
       <c r="G20" s="84">
-        <v>1.93</v>
+        <v>0.56</v>
       </c>
       <c r="H20" s="84">
-        <v>-9.72</v>
+        <v>-6.45</v>
       </c>
       <c r="I20" s="84">
         <v>0.5</v>
       </c>
       <c r="J20" s="87">
-        <v>0.61</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="11.1" customHeight="1">
       <c r="A21" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
       <c r="E21" s="33"/>
       <c r="F21" s="33"/>
       <c r="G21" s="35"/>
       <c r="H21" s="35"/>
       <c r="I21" s="35"/>
       <c r="J21" s="31"/>
     </row>
     <row r="22" spans="1:10" ht="12.6" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>95</v>
       </c>
       <c r="B22" s="81">
-        <v>114910</v>
+        <v>122543</v>
       </c>
       <c r="C22" s="81">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="D22" s="81">
-        <v>115112</v>
+        <v>122753</v>
       </c>
       <c r="E22" s="81">
-        <v>114640</v>
+        <v>115129</v>
       </c>
       <c r="F22" s="81">
-        <v>83020</v>
+        <v>89636</v>
       </c>
       <c r="G22" s="84">
-        <v>0.41</v>
+        <v>6.62</v>
       </c>
       <c r="H22" s="84">
-        <v>38.66</v>
+        <v>36.95</v>
       </c>
       <c r="I22" s="84">
-        <v>0.54</v>
+        <v>0.57</v>
       </c>
       <c r="J22" s="87">
-        <v>0.43</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="11.1" customHeight="1">
       <c r="A23" s="77" t="s">
         <v>96</v>
       </c>
       <c r="B23" s="33"/>
       <c r="C23" s="33"/>
       <c r="D23" s="33"/>
       <c r="E23" s="33"/>
       <c r="F23" s="33"/>
       <c r="G23" s="35"/>
       <c r="H23" s="35"/>
       <c r="I23" s="35"/>
       <c r="J23" s="31"/>
     </row>
     <row r="24" spans="1:10" ht="12.6" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>97</v>
       </c>
       <c r="B24" s="81">
-        <v>43401</v>
+        <v>43084</v>
       </c>
       <c r="C24" s="81">
-        <v>6170</v>
+        <v>6470</v>
       </c>
       <c r="D24" s="81">
-        <v>49571</v>
+        <v>49554</v>
       </c>
       <c r="E24" s="81">
-        <v>49206</v>
+        <v>49948</v>
       </c>
       <c r="F24" s="81">
-        <v>46219</v>
+        <v>46351</v>
       </c>
       <c r="G24" s="84">
-        <v>0.74</v>
+        <v>-0.79</v>
       </c>
       <c r="H24" s="84">
-        <v>7.25</v>
+        <v>6.91</v>
       </c>
       <c r="I24" s="84">
         <v>0.23</v>
       </c>
       <c r="J24" s="87">
         <v>0.24</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="11.1" customHeight="1">
       <c r="A25" s="77" t="s">
         <v>98</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="33"/>
       <c r="D25" s="33"/>
       <c r="E25" s="33"/>
       <c r="F25" s="33"/>
       <c r="G25" s="35"/>
       <c r="H25" s="35"/>
       <c r="I25" s="35"/>
       <c r="J25" s="31"/>
     </row>
     <row r="26" spans="1:10" ht="12.6" customHeight="1">
       <c r="A26" s="23" t="s">
         <v>99</v>
       </c>
       <c r="B26" s="81">
-        <v>143376</v>
+        <v>141580</v>
       </c>
       <c r="C26" s="81">
-        <v>14368</v>
+        <v>18055</v>
       </c>
       <c r="D26" s="81">
-        <v>157743</v>
+        <v>159635</v>
       </c>
       <c r="E26" s="81">
-        <v>155079</v>
+        <v>158267</v>
       </c>
       <c r="F26" s="81">
-        <v>126390</v>
+        <v>128462</v>
       </c>
       <c r="G26" s="84">
-        <v>1.72</v>
+        <v>0.86</v>
       </c>
       <c r="H26" s="84">
-        <v>24.81</v>
+        <v>24.27</v>
       </c>
       <c r="I26" s="84">
         <v>0.74</v>
       </c>
       <c r="J26" s="87">
-        <v>0.66</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="11.1" customHeight="1">
       <c r="A27" s="77" t="s">
         <v>100</v>
       </c>
       <c r="B27" s="33"/>
       <c r="C27" s="33"/>
       <c r="D27" s="33"/>
       <c r="E27" s="33"/>
       <c r="F27" s="33"/>
       <c r="G27" s="35"/>
       <c r="H27" s="35"/>
       <c r="I27" s="35"/>
       <c r="J27" s="31"/>
     </row>
     <row r="28" spans="1:10" ht="12.6" customHeight="1">
       <c r="A28" s="23" t="s">
         <v>101</v>
       </c>
       <c r="B28" s="81">
-        <v>565244</v>
+        <v>561998</v>
       </c>
       <c r="C28" s="81">
-        <v>7700</v>
+        <v>5990</v>
       </c>
       <c r="D28" s="81">
-        <v>572944</v>
+        <v>567989</v>
       </c>
       <c r="E28" s="81">
-        <v>575449</v>
+        <v>569613</v>
       </c>
       <c r="F28" s="81">
-        <v>528439</v>
+        <v>529888</v>
       </c>
       <c r="G28" s="84">
-        <v>-0.44</v>
+        <v>-0.29</v>
       </c>
       <c r="H28" s="84">
-        <v>8.42</v>
+        <v>7.19</v>
       </c>
       <c r="I28" s="84">
-        <v>2.7</v>
+        <v>2.63</v>
       </c>
       <c r="J28" s="87">
-        <v>2.74</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="11.1" customHeight="1">
       <c r="A29" s="77" t="s">
         <v>102</v>
       </c>
       <c r="B29" s="33"/>
       <c r="C29" s="33"/>
       <c r="D29" s="33"/>
       <c r="E29" s="33"/>
       <c r="F29" s="33"/>
       <c r="G29" s="35"/>
       <c r="H29" s="35"/>
       <c r="I29" s="35"/>
       <c r="J29" s="31"/>
     </row>
     <row r="30" spans="1:10" ht="12.6" customHeight="1">
       <c r="A30" s="23" t="s">
         <v>103</v>
       </c>
       <c r="B30" s="81">
-        <v>412957</v>
+        <v>422247</v>
       </c>
       <c r="C30" s="81">
-        <v>26657</v>
+        <v>26967</v>
       </c>
       <c r="D30" s="81">
-        <v>439614</v>
+        <v>449213</v>
       </c>
       <c r="E30" s="81">
-        <v>436414</v>
+        <v>447781</v>
       </c>
       <c r="F30" s="81">
-        <v>403880</v>
+        <v>413725</v>
       </c>
       <c r="G30" s="84">
-        <v>0.73</v>
+        <v>0.32</v>
       </c>
       <c r="H30" s="84">
-        <v>8.85</v>
+        <v>8.58</v>
       </c>
       <c r="I30" s="84">
-        <v>2.07</v>
+        <v>2.08</v>
       </c>
       <c r="J30" s="87">
-        <v>2.09</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="11.1" customHeight="1">
       <c r="A31" s="77" t="s">
         <v>104</v>
       </c>
       <c r="B31" s="33"/>
       <c r="C31" s="33"/>
       <c r="D31" s="33"/>
       <c r="E31" s="33"/>
       <c r="F31" s="33"/>
       <c r="G31" s="35"/>
       <c r="H31" s="35"/>
       <c r="I31" s="35"/>
       <c r="J31" s="31"/>
     </row>
     <row r="32" spans="1:10" ht="12.6" customHeight="1">
       <c r="A32" s="23" t="s">
         <v>105</v>
       </c>
       <c r="B32" s="81">
-        <v>146032</v>
+        <v>150366</v>
       </c>
       <c r="C32" s="81">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="D32" s="81">
-        <v>146053</v>
+        <v>150411</v>
       </c>
       <c r="E32" s="81">
-        <v>145569</v>
+        <v>147611</v>
       </c>
       <c r="F32" s="81">
-        <v>134388</v>
+        <v>137416</v>
       </c>
       <c r="G32" s="84">
-        <v>0.33</v>
+        <v>1.9</v>
       </c>
       <c r="H32" s="84">
-        <v>8.68</v>
+        <v>9.46</v>
       </c>
       <c r="I32" s="84">
-        <v>0.69</v>
+        <v>0.7</v>
       </c>
       <c r="J32" s="87">
         <v>0.7</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="11.1" customHeight="1">
       <c r="A33" s="77" t="s">
         <v>106</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="33"/>
       <c r="D33" s="33"/>
       <c r="E33" s="33"/>
       <c r="F33" s="33"/>
       <c r="G33" s="35"/>
       <c r="H33" s="35"/>
       <c r="I33" s="35"/>
       <c r="J33" s="31"/>
     </row>
     <row r="34" spans="1:10" ht="12.6" customHeight="1">
       <c r="A34" s="23" t="s">
         <v>107</v>
       </c>
       <c r="B34" s="81">
-        <v>106816</v>
+        <v>109250</v>
       </c>
       <c r="C34" s="81">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="D34" s="81">
-        <v>106897</v>
+        <v>109349</v>
       </c>
       <c r="E34" s="81">
-        <v>106889</v>
+        <v>108143</v>
       </c>
       <c r="F34" s="81">
-        <v>93879</v>
+        <v>93784</v>
       </c>
       <c r="G34" s="84">
-        <v>0.01</v>
+        <v>1.11</v>
       </c>
       <c r="H34" s="84">
-        <v>13.87</v>
+        <v>16.6</v>
       </c>
       <c r="I34" s="84">
-        <v>0.5</v>
+        <v>0.51</v>
       </c>
       <c r="J34" s="87">
-        <v>0.49</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="11.1" customHeight="1">
       <c r="A35" s="77" t="s">
         <v>108</v>
       </c>
       <c r="B35" s="33"/>
       <c r="C35" s="33"/>
       <c r="D35" s="33"/>
       <c r="E35" s="33"/>
       <c r="F35" s="33"/>
       <c r="G35" s="35"/>
       <c r="H35" s="35"/>
       <c r="I35" s="35"/>
       <c r="J35" s="31"/>
     </row>
     <row r="36" spans="1:10" ht="12.6" customHeight="1">
       <c r="A36" s="27" t="s">
         <v>109</v>
       </c>
       <c r="B36" s="96">
-        <v>355583</v>
+        <v>357155</v>
       </c>
       <c r="C36" s="96">
-        <v>210</v>
+        <v>335</v>
       </c>
       <c r="D36" s="96">
-        <v>355794</v>
+        <v>357490</v>
       </c>
       <c r="E36" s="96">
-        <v>358911</v>
+        <v>358370</v>
       </c>
       <c r="F36" s="96">
-        <v>338653</v>
+        <v>340496</v>
       </c>
       <c r="G36" s="98">
-        <v>-0.87</v>
+        <v>-0.25</v>
       </c>
       <c r="H36" s="98">
-        <v>5.06</v>
+        <v>4.99</v>
       </c>
       <c r="I36" s="98">
-        <v>1.68</v>
+        <v>1.66</v>
       </c>
       <c r="J36" s="100">
-        <v>1.76</v>
+        <v>1.73</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="102" t="s">
         <v>110</v>
       </c>
       <c r="B37" s="47"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="39"/>
     </row>
     <row r="38" spans="1:10" ht="13.5" customHeight="1">
       <c r="A38" s="18" t="s">
         <v>47</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
@@ -4813,56 +4813,56 @@
       <c r="F2" s="62"/>
       <c r="G2" s="62"/>
       <c r="H2" s="62"/>
       <c r="I2" s="62"/>
       <c r="J2" s="62"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" customHeight="1">
       <c r="A3" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="60"/>
       <c r="C3" s="60"/>
       <c r="D3" s="60"/>
       <c r="E3" s="60"/>
       <c r="F3" s="60"/>
       <c r="G3" s="60"/>
       <c r="H3" s="60"/>
       <c r="I3" s="60"/>
       <c r="J3" s="60"/>
     </row>
     <row r="4" spans="1:10" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-3'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="54" t="str">
         <f>'2-3'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="54"/>
       <c r="G4" s="63" t="s">
         <v>46</v>
       </c>
       <c r="H4" s="58"/>
       <c r="I4" s="58"/>
       <c r="J4" s="58"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1">
       <c r="A5" s="8"/>
       <c r="B5" s="49" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="50"/>
       <c r="D5" s="51"/>
       <c r="E5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>1</v>
       </c>
@@ -4963,673 +4963,673 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="65" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="68">
-        <v>355923</v>
+        <v>350905</v>
       </c>
       <c r="C10" s="68">
-        <v>9635</v>
+        <v>11158</v>
       </c>
       <c r="D10" s="68">
-        <v>365558</v>
+        <v>362062</v>
       </c>
       <c r="E10" s="68">
-        <v>371925</v>
+        <v>352846</v>
       </c>
       <c r="F10" s="68">
-        <v>356589</v>
+        <v>343583</v>
       </c>
       <c r="G10" s="71">
-        <v>-1.71</v>
+        <v>2.61</v>
       </c>
       <c r="H10" s="71">
-        <v>2.52</v>
+        <v>5.38</v>
       </c>
       <c r="I10" s="71">
-        <v>1.72</v>
+        <v>1.68</v>
       </c>
       <c r="J10" s="74">
-        <v>1.85</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="77" t="s">
         <v>111</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>112</v>
       </c>
       <c r="B12" s="81">
-        <v>848631</v>
+        <v>914418</v>
       </c>
       <c r="C12" s="81">
-        <v>9723</v>
+        <v>21396</v>
       </c>
       <c r="D12" s="81">
-        <v>858354</v>
+        <v>935814</v>
       </c>
       <c r="E12" s="81">
-        <v>860743</v>
+        <v>888512</v>
       </c>
       <c r="F12" s="81">
-        <v>736513</v>
+        <v>748702</v>
       </c>
       <c r="G12" s="84">
-        <v>-0.28</v>
+        <v>5.32</v>
       </c>
       <c r="H12" s="84">
-        <v>16.54</v>
+        <v>24.99</v>
       </c>
       <c r="I12" s="84">
-        <v>4.05</v>
+        <v>4.34</v>
       </c>
       <c r="J12" s="87">
-        <v>3.82</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="11.1" customHeight="1">
       <c r="A13" s="77" t="s">
         <v>113</v>
       </c>
       <c r="B13" s="33"/>
       <c r="C13" s="33"/>
       <c r="D13" s="33"/>
       <c r="E13" s="33"/>
       <c r="F13" s="33"/>
       <c r="G13" s="35"/>
       <c r="H13" s="35"/>
       <c r="I13" s="35"/>
       <c r="J13" s="31"/>
     </row>
     <row r="14" spans="1:10" ht="12.6" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>114</v>
       </c>
       <c r="B14" s="81">
-        <v>626625</v>
+        <v>664335</v>
       </c>
       <c r="C14" s="81">
-        <v>20338</v>
+        <v>27833</v>
       </c>
       <c r="D14" s="81">
-        <v>646963</v>
+        <v>692168</v>
       </c>
       <c r="E14" s="81">
-        <v>633216</v>
+        <v>671366</v>
       </c>
       <c r="F14" s="81">
-        <v>567641</v>
+        <v>590910</v>
       </c>
       <c r="G14" s="84">
-        <v>2.17</v>
+        <v>3.1</v>
       </c>
       <c r="H14" s="84">
-        <v>13.97</v>
+        <v>17.14</v>
       </c>
       <c r="I14" s="84">
-        <v>3.05</v>
+        <v>3.21</v>
       </c>
       <c r="J14" s="87">
-        <v>2.94</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="11.1" customHeight="1">
       <c r="A15" s="77" t="s">
         <v>115</v>
       </c>
       <c r="B15" s="33"/>
       <c r="C15" s="33"/>
       <c r="D15" s="33"/>
       <c r="E15" s="33"/>
       <c r="F15" s="33"/>
       <c r="G15" s="35"/>
       <c r="H15" s="35"/>
       <c r="I15" s="35"/>
       <c r="J15" s="31"/>
     </row>
     <row r="16" spans="1:10" ht="12.6" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>116</v>
       </c>
       <c r="B16" s="81">
-        <v>1051342</v>
+        <v>1118079</v>
       </c>
       <c r="C16" s="81">
-        <v>10750</v>
+        <v>28480</v>
       </c>
       <c r="D16" s="81">
-        <v>1062092</v>
+        <v>1146559</v>
       </c>
       <c r="E16" s="81">
-        <v>1038347</v>
+        <v>1067675</v>
       </c>
       <c r="F16" s="81">
-        <v>927607</v>
+        <v>952189</v>
       </c>
       <c r="G16" s="84">
-        <v>2.29</v>
+        <v>7.39</v>
       </c>
       <c r="H16" s="84">
-        <v>14.5</v>
+        <v>20.41</v>
       </c>
       <c r="I16" s="84">
-        <v>5.01</v>
+        <v>5.31</v>
       </c>
       <c r="J16" s="87">
-        <v>4.81</v>
+        <v>4.84</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="11.1" customHeight="1">
       <c r="A17" s="77" t="s">
         <v>117</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="33"/>
       <c r="D17" s="33"/>
       <c r="E17" s="33"/>
       <c r="F17" s="33"/>
       <c r="G17" s="35"/>
       <c r="H17" s="35"/>
       <c r="I17" s="35"/>
       <c r="J17" s="31"/>
     </row>
     <row r="18" spans="1:10" ht="12.6" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>118</v>
       </c>
       <c r="B18" s="81">
-        <v>264354</v>
+        <v>277221</v>
       </c>
       <c r="C18" s="81">
-        <v>16312</v>
+        <v>15512</v>
       </c>
       <c r="D18" s="81">
-        <v>280665</v>
+        <v>292733</v>
       </c>
       <c r="E18" s="81">
-        <v>270045</v>
+        <v>282905</v>
       </c>
       <c r="F18" s="81">
-        <v>219178</v>
+        <v>223617</v>
       </c>
       <c r="G18" s="84">
-        <v>3.93</v>
+        <v>3.47</v>
       </c>
       <c r="H18" s="84">
-        <v>28.05</v>
+        <v>30.91</v>
       </c>
       <c r="I18" s="84">
-        <v>1.32</v>
+        <v>1.36</v>
       </c>
       <c r="J18" s="87">
         <v>1.14</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="11.1" customHeight="1">
       <c r="A19" s="77" t="s">
         <v>119</v>
       </c>
       <c r="B19" s="33"/>
       <c r="C19" s="33"/>
       <c r="D19" s="33"/>
       <c r="E19" s="33"/>
       <c r="F19" s="33"/>
       <c r="G19" s="35"/>
       <c r="H19" s="35"/>
       <c r="I19" s="35"/>
       <c r="J19" s="31"/>
     </row>
     <row r="20" spans="1:10" ht="12.6" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>120</v>
       </c>
       <c r="B20" s="81">
-        <v>351617</v>
+        <v>358911</v>
       </c>
       <c r="C20" s="81">
-        <v>13000</v>
+        <v>3000</v>
       </c>
       <c r="D20" s="81">
-        <v>364617</v>
+        <v>361911</v>
       </c>
       <c r="E20" s="81">
-        <v>363937</v>
+        <v>364932</v>
       </c>
       <c r="F20" s="81">
-        <v>313426</v>
+        <v>306060</v>
       </c>
       <c r="G20" s="84">
-        <v>0.19</v>
+        <v>-0.83</v>
       </c>
       <c r="H20" s="84">
-        <v>16.33</v>
+        <v>18.25</v>
       </c>
       <c r="I20" s="84">
-        <v>1.72</v>
+        <v>1.68</v>
       </c>
       <c r="J20" s="87">
-        <v>1.62</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="11.1" customHeight="1">
       <c r="A21" s="77" t="s">
         <v>121</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="33"/>
       <c r="D21" s="33"/>
       <c r="E21" s="33"/>
       <c r="F21" s="33"/>
       <c r="G21" s="35"/>
       <c r="H21" s="35"/>
       <c r="I21" s="35"/>
       <c r="J21" s="31"/>
     </row>
     <row r="22" spans="1:10" ht="12.6" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>122</v>
       </c>
       <c r="B22" s="81">
-        <v>734683</v>
+        <v>715243</v>
       </c>
       <c r="C22" s="81">
-        <v>1457</v>
+        <v>1330</v>
       </c>
       <c r="D22" s="81">
-        <v>736140</v>
+        <v>716573</v>
       </c>
       <c r="E22" s="81">
-        <v>736504</v>
+        <v>735651</v>
       </c>
       <c r="F22" s="81">
-        <v>637876</v>
+        <v>671389</v>
       </c>
       <c r="G22" s="84">
-        <v>-0.05</v>
+        <v>-2.59</v>
       </c>
       <c r="H22" s="84">
-        <v>15.4</v>
+        <v>6.73</v>
       </c>
       <c r="I22" s="84">
-        <v>3.47</v>
+        <v>3.32</v>
       </c>
       <c r="J22" s="87">
-        <v>3.31</v>
+        <v>3.41</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="11.1" customHeight="1">
       <c r="A23" s="77" t="s">
         <v>123</v>
       </c>
       <c r="B23" s="33"/>
       <c r="C23" s="33"/>
       <c r="D23" s="33"/>
       <c r="E23" s="33"/>
       <c r="F23" s="33"/>
       <c r="G23" s="35"/>
       <c r="H23" s="35"/>
       <c r="I23" s="35"/>
       <c r="J23" s="31"/>
     </row>
     <row r="24" spans="1:10" ht="12.6" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>124</v>
       </c>
       <c r="B24" s="81">
-        <v>218480</v>
+        <v>208701</v>
       </c>
       <c r="C24" s="81">
         <v>69</v>
       </c>
       <c r="D24" s="81">
-        <v>218550</v>
+        <v>208770</v>
       </c>
       <c r="E24" s="81">
-        <v>211121</v>
+        <v>217669</v>
       </c>
       <c r="F24" s="81">
-        <v>195730</v>
+        <v>203139</v>
       </c>
       <c r="G24" s="84">
-        <v>3.52</v>
+        <v>-4.09</v>
       </c>
       <c r="H24" s="84">
-        <v>11.66</v>
+        <v>2.77</v>
       </c>
       <c r="I24" s="84">
+        <v>0.97</v>
+      </c>
+      <c r="J24" s="87">
         <v>1.03</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.01</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="11.1" customHeight="1">
       <c r="A25" s="77" t="s">
         <v>125</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="33"/>
       <c r="D25" s="33"/>
       <c r="E25" s="33"/>
       <c r="F25" s="33"/>
       <c r="G25" s="35"/>
       <c r="H25" s="35"/>
       <c r="I25" s="35"/>
       <c r="J25" s="31"/>
     </row>
     <row r="26" spans="1:10" ht="12.6" customHeight="1">
       <c r="A26" s="23" t="s">
         <v>126</v>
       </c>
       <c r="B26" s="81">
-        <v>1223700</v>
+        <v>1255525</v>
       </c>
       <c r="C26" s="81">
-        <v>2256</v>
+        <v>2236</v>
       </c>
       <c r="D26" s="81">
-        <v>1225955</v>
+        <v>1257761</v>
       </c>
       <c r="E26" s="81">
-        <v>1233805</v>
+        <v>1237069</v>
       </c>
       <c r="F26" s="81">
-        <v>1116866</v>
+        <v>1191468</v>
       </c>
       <c r="G26" s="84">
-        <v>-0.64</v>
+        <v>1.67</v>
       </c>
       <c r="H26" s="84">
-        <v>9.77</v>
+        <v>5.56</v>
       </c>
       <c r="I26" s="84">
-        <v>5.78</v>
+        <v>5.83</v>
       </c>
       <c r="J26" s="87">
-        <v>5.79</v>
+        <v>6.05</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="11.1" customHeight="1">
       <c r="A27" s="77" t="s">
         <v>127</v>
       </c>
       <c r="B27" s="33"/>
       <c r="C27" s="33"/>
       <c r="D27" s="33"/>
       <c r="E27" s="33"/>
       <c r="F27" s="33"/>
       <c r="G27" s="35"/>
       <c r="H27" s="35"/>
       <c r="I27" s="35"/>
       <c r="J27" s="31"/>
     </row>
     <row r="28" spans="1:10" ht="12.6" customHeight="1">
       <c r="A28" s="23" t="s">
         <v>128</v>
       </c>
       <c r="B28" s="81">
-        <v>20274</v>
+        <v>21674</v>
       </c>
       <c r="C28" s="90">
         <v>0</v>
       </c>
       <c r="D28" s="81">
-        <v>20274</v>
+        <v>21674</v>
       </c>
       <c r="E28" s="81">
-        <v>20339</v>
+        <v>21119</v>
       </c>
       <c r="F28" s="81">
-        <v>12474</v>
+        <v>14888</v>
       </c>
       <c r="G28" s="84">
-        <v>-0.32</v>
+        <v>2.63</v>
       </c>
       <c r="H28" s="84">
-        <v>62.54</v>
+        <v>45.58</v>
       </c>
       <c r="I28" s="84">
         <v>0.1</v>
       </c>
       <c r="J28" s="87">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="11.1" customHeight="1">
       <c r="A29" s="77" t="s">
         <v>129</v>
       </c>
       <c r="B29" s="33"/>
       <c r="C29" s="33"/>
       <c r="D29" s="33"/>
       <c r="E29" s="33"/>
       <c r="F29" s="33"/>
       <c r="G29" s="35"/>
       <c r="H29" s="35"/>
       <c r="I29" s="35"/>
       <c r="J29" s="31"/>
     </row>
     <row r="30" spans="1:10" ht="12.6" customHeight="1">
       <c r="A30" s="23" t="s">
         <v>130</v>
       </c>
       <c r="B30" s="81">
-        <v>46484</v>
+        <v>47852</v>
       </c>
       <c r="C30" s="81">
-        <v>4800</v>
+        <v>5250</v>
       </c>
       <c r="D30" s="81">
-        <v>51284</v>
+        <v>53102</v>
       </c>
       <c r="E30" s="81">
-        <v>50217</v>
+        <v>51736</v>
       </c>
       <c r="F30" s="81">
-        <v>45226</v>
+        <v>47411</v>
       </c>
       <c r="G30" s="84">
-        <v>2.13</v>
+        <v>2.64</v>
       </c>
       <c r="H30" s="84">
-        <v>13.4</v>
+        <v>12</v>
       </c>
       <c r="I30" s="84">
+        <v>0.25</v>
+      </c>
+      <c r="J30" s="87">
         <v>0.24</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.23</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="11.1" customHeight="1">
       <c r="A31" s="77" t="s">
         <v>131</v>
       </c>
       <c r="B31" s="33"/>
       <c r="C31" s="33"/>
       <c r="D31" s="33"/>
       <c r="E31" s="33"/>
       <c r="F31" s="33"/>
       <c r="G31" s="35"/>
       <c r="H31" s="35"/>
       <c r="I31" s="35"/>
       <c r="J31" s="31"/>
     </row>
     <row r="32" spans="1:10" ht="12.6" customHeight="1">
       <c r="A32" s="23" t="s">
         <v>132</v>
       </c>
       <c r="B32" s="81">
-        <v>25435</v>
+        <v>23522</v>
       </c>
       <c r="C32" s="81">
         <v>1500</v>
       </c>
       <c r="D32" s="81">
-        <v>26935</v>
+        <v>25022</v>
       </c>
       <c r="E32" s="81">
-        <v>28808</v>
+        <v>26203</v>
       </c>
       <c r="F32" s="81">
-        <v>22167</v>
+        <v>23656</v>
       </c>
       <c r="G32" s="84">
-        <v>-6.5</v>
+        <v>-4.51</v>
       </c>
       <c r="H32" s="84">
-        <v>21.51</v>
+        <v>5.77</v>
       </c>
       <c r="I32" s="84">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
       <c r="J32" s="87">
-        <v>0.11</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="11.1" customHeight="1">
       <c r="A33" s="77" t="s">
         <v>133</v>
       </c>
       <c r="B33" s="33"/>
       <c r="C33" s="33"/>
       <c r="D33" s="33"/>
       <c r="E33" s="33"/>
       <c r="F33" s="33"/>
       <c r="G33" s="35"/>
       <c r="H33" s="35"/>
       <c r="I33" s="35"/>
       <c r="J33" s="31"/>
     </row>
     <row r="34" spans="1:10" ht="12.6" customHeight="1">
       <c r="A34" s="79" t="s">
         <v>134</v>
       </c>
       <c r="B34" s="82">
-        <v>207735</v>
+        <v>229332</v>
       </c>
       <c r="C34" s="82">
-        <v>8112</v>
+        <v>2051</v>
       </c>
       <c r="D34" s="82">
-        <v>215847</v>
+        <v>231383</v>
       </c>
       <c r="E34" s="82">
-        <v>201214</v>
+        <v>235423</v>
       </c>
       <c r="F34" s="82">
-        <v>230038</v>
+        <v>207016</v>
       </c>
       <c r="G34" s="85">
-        <v>7.27</v>
+        <v>-1.72</v>
       </c>
       <c r="H34" s="85">
-        <v>-6.17</v>
+        <v>11.77</v>
       </c>
       <c r="I34" s="85">
-        <v>1.02</v>
+        <v>1.07</v>
       </c>
       <c r="J34" s="88">
-        <v>1.19</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="11.1" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>135</v>
       </c>
       <c r="B35" s="33"/>
       <c r="C35" s="33"/>
       <c r="D35" s="33"/>
       <c r="E35" s="33"/>
       <c r="F35" s="33"/>
       <c r="G35" s="35"/>
       <c r="H35" s="35"/>
       <c r="I35" s="35"/>
       <c r="J35" s="31"/>
     </row>
     <row r="36" spans="1:10" ht="12.6" customHeight="1">
       <c r="A36" s="103" t="s">
         <v>136</v>
       </c>
       <c r="B36" s="104">
-        <v>116353</v>
+        <v>103095</v>
       </c>
       <c r="C36" s="107">
         <v>0</v>
       </c>
       <c r="D36" s="104">
-        <v>116353</v>
+        <v>103095</v>
       </c>
       <c r="E36" s="104">
-        <v>114733</v>
+        <v>107931</v>
       </c>
       <c r="F36" s="104">
-        <v>98598</v>
+        <v>84476</v>
       </c>
       <c r="G36" s="108">
-        <v>1.41</v>
+        <v>-4.48</v>
       </c>
       <c r="H36" s="108">
-        <v>18.01</v>
+        <v>22.04</v>
       </c>
       <c r="I36" s="108">
-        <v>0.55</v>
+        <v>0.48</v>
       </c>
       <c r="J36" s="109">
-        <v>0.51</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="110" t="s">
         <v>137</v>
       </c>
       <c r="B37" s="47"/>
       <c r="C37" s="47"/>
       <c r="D37" s="47"/>
       <c r="E37" s="47"/>
       <c r="F37" s="47"/>
       <c r="G37" s="43"/>
       <c r="H37" s="43"/>
       <c r="I37" s="43"/>
       <c r="J37" s="39"/>
     </row>
     <row r="38" spans="1:10" ht="13.5" customHeight="1">
       <c r="A38" s="28" t="s">
         <v>56</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
@@ -5889,56 +5889,56 @@
       <c r="F2" s="62"/>
       <c r="G2" s="62"/>
       <c r="H2" s="62"/>
       <c r="I2" s="62"/>
       <c r="J2" s="62"/>
     </row>
     <row r="3" spans="1:10" ht="18.75" customHeight="1">
       <c r="A3" s="60" t="s">
         <v>43</v>
       </c>
       <c r="B3" s="60"/>
       <c r="C3" s="60"/>
       <c r="D3" s="60"/>
       <c r="E3" s="60"/>
       <c r="F3" s="60"/>
       <c r="G3" s="60"/>
       <c r="H3" s="60"/>
       <c r="I3" s="60"/>
       <c r="J3" s="60"/>
     </row>
     <row r="4" spans="1:10" ht="18.75" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-3'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="54" t="str">
         <f>'2-3'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="54"/>
       <c r="G4" s="63" t="s">
         <v>46</v>
       </c>
       <c r="H4" s="58"/>
       <c r="I4" s="58"/>
       <c r="J4" s="58"/>
     </row>
     <row r="5" spans="1:10" ht="12" customHeight="1">
       <c r="A5" s="8"/>
       <c r="B5" s="49" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="50"/>
       <c r="D5" s="51"/>
       <c r="E5" s="6" t="s">
         <v>32</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>1</v>
       </c>
@@ -6039,75 +6039,75 @@
       <c r="B9" s="15" t="s">
         <v>25</v>
       </c>
       <c r="C9" s="15"/>
       <c r="D9" s="20"/>
       <c r="E9" s="20"/>
       <c r="F9" s="20"/>
       <c r="G9" s="20" t="s">
         <v>26</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>27</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="J9" s="21" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="12.6" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>55</v>
       </c>
       <c r="B10" s="69">
-        <v>531649</v>
+        <v>533311</v>
       </c>
       <c r="C10" s="113">
         <v>0</v>
       </c>
       <c r="D10" s="69">
-        <v>531649</v>
+        <v>533311</v>
       </c>
       <c r="E10" s="69">
-        <v>528996</v>
+        <v>532398</v>
       </c>
       <c r="F10" s="69">
-        <v>505348</v>
+        <v>511560</v>
       </c>
       <c r="G10" s="72">
-        <v>0.5</v>
+        <v>0.17</v>
       </c>
       <c r="H10" s="72">
-        <v>5.2</v>
+        <v>4.25</v>
       </c>
       <c r="I10" s="72">
-        <v>2.51</v>
+        <v>2.47</v>
       </c>
       <c r="J10" s="75">
-        <v>2.62</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="11.1" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>138</v>
       </c>
       <c r="B11" s="45"/>
       <c r="C11" s="45"/>
       <c r="D11" s="45"/>
       <c r="E11" s="45"/>
       <c r="F11" s="45"/>
       <c r="G11" s="41"/>
       <c r="H11" s="41"/>
       <c r="I11" s="41"/>
       <c r="J11" s="37"/>
     </row>
     <row r="12" spans="1:10" ht="12.6" customHeight="1">
       <c r="A12" s="23"/>
       <c r="B12" s="32"/>
       <c r="C12" s="32"/>
       <c r="D12" s="32"/>
       <c r="E12" s="32"/>
       <c r="F12" s="32"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>