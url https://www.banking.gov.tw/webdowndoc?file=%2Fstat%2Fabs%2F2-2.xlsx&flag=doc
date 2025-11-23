--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -136,51 +136,51 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
     <r>
       <t>全行　</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>All Branches</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> July 2025</t>
+    <t xml:space="preserve"> Sept. 2025</t>
   </si>
   <si>
     <r>
       <t>說　　明：</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>#</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>係金融控股公司之子公司。</t>
     </r>
   </si>
   <si>
     <r>
       <t>2-2</t>
@@ -259,51 +259,51 @@
     </r>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve"> 2-2 Monthly Averages of Deposits at General Banks ( Cont.1)</t>
   </si>
   <si>
     <r>
       <t>2-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>　一般銀行存款月平均餘額（續一）</t>
     </r>
   </si>
   <si>
-    <t>民國114年 7月</t>
+    <t>民國114年 9月</t>
   </si>
   <si>
     <t>資料來源：金融機構申報資料。</t>
   </si>
   <si>
     <r>
       <t>2-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>　一般銀行存款月平均餘額（續二完）</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> 2-2 Monthly Averages of Deposits at General Banks ( Cont.2 End )</t>
   </si>
   <si>
     <t>說　　明：本表自102年1月起包含大陸地區銀行在臺分行資料。</t>
   </si>
   <si>
     <t>Note: Beginning Jan. 2013, the data include "Local Branches of Mainland Chinese Banks".</t>
@@ -534,70 +534,69 @@
     <t>LINE Bank</t>
   </si>
   <si>
     <t>樂天國際商業銀行　　#</t>
   </si>
   <si>
     <t>Rakuten International Commercial Bank Co., LTD.</t>
   </si>
   <si>
     <t>外國銀行在臺分行</t>
   </si>
   <si>
     <t>Local Branches of Foreign Banks</t>
   </si>
   <si>
     <t>大陸地區銀行在臺分行</t>
   </si>
   <si>
     <t>Local Branches of Mainland Chinese Banks</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-  <numFmts count="19">
+  <numFmts count="18">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="###,###,###,##0"/>
     <numFmt numFmtId="178" formatCode="###,###,###,##0;\-###,###,###,##0;&quot;－&quot;"/>
     <numFmt numFmtId="179" formatCode="#,##0.00;\-#,##0.00;&quot;－&quot;"/>
     <numFmt numFmtId="180" formatCode="###,###,###,##0;-###,###,###,##0;&quot;－&quot;"/>
     <numFmt numFmtId="181" formatCode="#,##0.00;-#,##0.00;&quot;－&quot;"/>
-    <numFmt numFmtId="182" formatCode="-###0.00"/>
   </numFmts>
   <fonts count="43">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
@@ -1893,57 +1892,51 @@
     </xf>
     <xf xxid="186" numFmtId="180" fontId="6" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="187" numFmtId="180" fontId="38" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="188" numFmtId="181" fontId="6" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="189" numFmtId="181" fontId="38" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="190" numFmtId="181" fontId="6" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="191" numFmtId="181" fontId="38" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="192" numFmtId="0" fontId="40" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="193" numFmtId="0" fontId="41" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="194" numFmtId="182" fontId="6" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf xxid="196" numFmtId="0" fontId="42" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="194" numFmtId="0" fontId="42" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="95">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色1 2" xfId="16"/>
     <cellStyle name="20% - 輔色2" xfId="17"/>
     <cellStyle name="20% - 輔色2 2" xfId="18"/>
     <cellStyle name="20% - 輔色3" xfId="19"/>
     <cellStyle name="20% - 輔色3 2" xfId="20"/>
     <cellStyle name="20% - 輔色4" xfId="21"/>
     <cellStyle name="20% - 輔色4 2" xfId="22"/>
     <cellStyle name="20% - 輔色5" xfId="23"/>
     <cellStyle name="20% - 輔色5 2" xfId="24"/>
     <cellStyle name="20% - 輔色6" xfId="25"/>
     <cellStyle name="20% - 輔色6 2" xfId="26"/>
     <cellStyle name="40% - 輔色1" xfId="27"/>
     <cellStyle name="40% - 輔色1 2" xfId="28"/>
     <cellStyle name="40% - 輔色2" xfId="29"/>
     <cellStyle name="40% - 輔色2 2" xfId="30"/>
     <cellStyle name="40% - 輔色3" xfId="31"/>
     <cellStyle name="40% - 輔色3 2" xfId="32"/>
     <cellStyle name="40% - 輔色4" xfId="33"/>
     <cellStyle name="40% - 輔色4 2" xfId="34"/>
     <cellStyle name="40% - 輔色5" xfId="35"/>
@@ -2165,449 +2158,449 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="13"/>
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="20" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="21" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="55" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="58">
-        <v>61346020</v>
+        <v>62641262</v>
       </c>
       <c r="C9" s="58">
-        <v>60663922</v>
+        <v>62330079</v>
       </c>
       <c r="D9" s="58">
-        <v>58602818</v>
+        <v>58854784</v>
       </c>
       <c r="E9" s="61">
-        <v>1.12</v>
+        <v>0.5</v>
       </c>
       <c r="F9" s="61">
-        <v>4.68</v>
+        <v>6.43</v>
       </c>
       <c r="G9" s="61">
         <v>100</v>
       </c>
       <c r="H9" s="64">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="67" t="s">
         <v>40</v>
       </c>
       <c r="B10" s="39"/>
       <c r="C10" s="39"/>
       <c r="D10" s="39"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="43"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="70">
-        <v>59356821</v>
+        <v>60664804</v>
       </c>
       <c r="C11" s="70">
-        <v>58736435</v>
+        <v>60291428</v>
       </c>
       <c r="D11" s="70">
-        <v>56829603</v>
+        <v>57191061</v>
       </c>
       <c r="E11" s="73">
-        <v>1.06</v>
+        <v>0.62</v>
       </c>
       <c r="F11" s="73">
-        <v>4.45</v>
+        <v>6.07</v>
       </c>
       <c r="G11" s="73">
-        <v>96.76</v>
+        <v>96.84</v>
       </c>
       <c r="H11" s="76">
-        <v>96.97</v>
+        <v>97.17</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="67" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="50"/>
       <c r="C12" s="50"/>
       <c r="D12" s="50"/>
       <c r="E12" s="51"/>
       <c r="F12" s="51"/>
       <c r="G12" s="51"/>
       <c r="H12" s="52"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="54" t="s">
         <v>43</v>
       </c>
       <c r="B13" s="69">
-        <v>5203968</v>
+        <v>5219809</v>
       </c>
       <c r="C13" s="69">
-        <v>5227922</v>
+        <v>5238038</v>
       </c>
       <c r="D13" s="69">
-        <v>5013967</v>
+        <v>4988341</v>
       </c>
       <c r="E13" s="72">
-        <v>-0.46</v>
+        <v>-0.35</v>
       </c>
       <c r="F13" s="72">
-        <v>3.79</v>
+        <v>4.64</v>
       </c>
       <c r="G13" s="72">
+        <v>8.33</v>
+      </c>
+      <c r="H13" s="75">
         <v>8.48</v>
-      </c>
-[...1 lines deleted...]
-        <v>8.56</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="66" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="50"/>
       <c r="C14" s="50"/>
       <c r="D14" s="50"/>
       <c r="E14" s="51"/>
       <c r="F14" s="51"/>
       <c r="G14" s="51"/>
       <c r="H14" s="52"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="54" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="69">
-        <v>2647751</v>
+        <v>2702623</v>
       </c>
       <c r="C15" s="69">
-        <v>2643599</v>
+        <v>2692712</v>
       </c>
       <c r="D15" s="69">
-        <v>2645171</v>
+        <v>2673798</v>
       </c>
       <c r="E15" s="72">
-        <v>0.16</v>
+        <v>0.37</v>
       </c>
       <c r="F15" s="72">
-        <v>0.1</v>
+        <v>1.08</v>
       </c>
       <c r="G15" s="72">
-        <v>4.32</v>
+        <v>4.31</v>
       </c>
       <c r="H15" s="75">
-        <v>4.51</v>
+        <v>4.54</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="66" t="s">
         <v>46</v>
       </c>
       <c r="B16" s="50"/>
       <c r="C16" s="50"/>
       <c r="D16" s="50"/>
       <c r="E16" s="51"/>
       <c r="F16" s="51"/>
       <c r="G16" s="51"/>
       <c r="H16" s="52"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="54" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="69">
-        <v>4161288</v>
+        <v>4206168</v>
       </c>
       <c r="C17" s="69">
-        <v>4102831</v>
+        <v>4224189</v>
       </c>
       <c r="D17" s="69">
-        <v>3940666</v>
+        <v>3953197</v>
       </c>
       <c r="E17" s="72">
-        <v>1.42</v>
+        <v>-0.43</v>
       </c>
       <c r="F17" s="72">
-        <v>5.6</v>
+        <v>6.4</v>
       </c>
       <c r="G17" s="72">
-        <v>6.78</v>
+        <v>6.71</v>
       </c>
       <c r="H17" s="75">
         <v>6.72</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="66" t="s">
         <v>48</v>
       </c>
       <c r="B18" s="50"/>
       <c r="C18" s="50"/>
       <c r="D18" s="50"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="52"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="54" t="s">
         <v>49</v>
       </c>
       <c r="B19" s="69">
-        <v>3746818</v>
+        <v>3857906</v>
       </c>
       <c r="C19" s="69">
-        <v>3690628</v>
+        <v>3843771</v>
       </c>
       <c r="D19" s="69">
-        <v>3685637</v>
+        <v>3672683</v>
       </c>
       <c r="E19" s="72">
-        <v>1.52</v>
+        <v>0.37</v>
       </c>
       <c r="F19" s="72">
-        <v>1.66</v>
+        <v>5.04</v>
       </c>
       <c r="G19" s="72">
-        <v>6.11</v>
+        <v>6.16</v>
       </c>
       <c r="H19" s="75">
-        <v>6.29</v>
+        <v>6.24</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="66" t="s">
         <v>50</v>
       </c>
       <c r="B20" s="50"/>
       <c r="C20" s="50"/>
       <c r="D20" s="50"/>
       <c r="E20" s="51"/>
       <c r="F20" s="51"/>
       <c r="G20" s="51"/>
       <c r="H20" s="52"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="54" t="s">
         <v>51</v>
       </c>
       <c r="B21" s="69">
-        <v>3270942</v>
+        <v>3333515</v>
       </c>
       <c r="C21" s="69">
-        <v>3226467</v>
+        <v>3315506</v>
       </c>
       <c r="D21" s="69">
-        <v>3313922</v>
+        <v>3351585</v>
       </c>
       <c r="E21" s="72">
-        <v>1.38</v>
+        <v>0.54</v>
       </c>
       <c r="F21" s="72">
-        <v>-1.3</v>
+        <v>-0.54</v>
       </c>
       <c r="G21" s="72">
-        <v>5.33</v>
+        <v>5.32</v>
       </c>
       <c r="H21" s="75">
-        <v>5.65</v>
+        <v>5.69</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="66" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="50"/>
       <c r="C22" s="50"/>
       <c r="D22" s="50"/>
       <c r="E22" s="51"/>
       <c r="F22" s="51"/>
       <c r="G22" s="51"/>
       <c r="H22" s="52"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="54" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="69">
-        <v>2580230</v>
+        <v>2638402</v>
       </c>
       <c r="C23" s="69">
-        <v>2583326</v>
+        <v>2603200</v>
       </c>
       <c r="D23" s="69">
-        <v>2632849</v>
+        <v>2662254</v>
       </c>
       <c r="E23" s="72">
-        <v>-0.12</v>
+        <v>1.35</v>
       </c>
       <c r="F23" s="72">
-        <v>-2</v>
+        <v>-0.9</v>
       </c>
       <c r="G23" s="72">
         <v>4.21</v>
       </c>
       <c r="H23" s="75">
-        <v>4.49</v>
+        <v>4.52</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="66" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="50"/>
       <c r="C24" s="50"/>
       <c r="D24" s="50"/>
       <c r="E24" s="51"/>
       <c r="F24" s="51"/>
       <c r="G24" s="51"/>
       <c r="H24" s="52"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="54" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="69">
-        <v>1259675</v>
+        <v>1276525</v>
       </c>
       <c r="C25" s="69">
-        <v>1248128</v>
+        <v>1270308</v>
       </c>
       <c r="D25" s="69">
-        <v>1254209</v>
+        <v>1260845</v>
       </c>
       <c r="E25" s="72">
-        <v>0.93</v>
+        <v>0.49</v>
       </c>
       <c r="F25" s="72">
-        <v>0.44</v>
+        <v>1.24</v>
       </c>
       <c r="G25" s="72">
-        <v>2.05</v>
+        <v>2.04</v>
       </c>
       <c r="H25" s="75">
         <v>2.14</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="66" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="50"/>
       <c r="C26" s="50"/>
       <c r="D26" s="50"/>
       <c r="E26" s="51"/>
       <c r="F26" s="51"/>
       <c r="G26" s="51"/>
       <c r="H26" s="52"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="54" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="69">
-        <v>3544127</v>
+        <v>3580725</v>
       </c>
       <c r="C27" s="69">
-        <v>3457882</v>
+        <v>3580711</v>
       </c>
       <c r="D27" s="69">
-        <v>3326344</v>
+        <v>3351582</v>
       </c>
       <c r="E27" s="72">
-        <v>2.49</v>
+        <v>0</v>
       </c>
       <c r="F27" s="72">
-        <v>6.55</v>
+        <v>6.84</v>
       </c>
       <c r="G27" s="72">
-        <v>5.78</v>
+        <v>5.72</v>
       </c>
       <c r="H27" s="75">
-        <v>5.68</v>
+        <v>5.69</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="66" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="50"/>
       <c r="C28" s="50"/>
       <c r="D28" s="50"/>
       <c r="E28" s="51"/>
       <c r="F28" s="51"/>
       <c r="G28" s="51"/>
       <c r="H28" s="52"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="54" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="69">
-        <v>4021724</v>
+        <v>4253158</v>
       </c>
       <c r="C29" s="69">
-        <v>3980877</v>
+        <v>4125520</v>
       </c>
       <c r="D29" s="69">
-        <v>3460782</v>
+        <v>3474781</v>
       </c>
       <c r="E29" s="72">
-        <v>1.03</v>
+        <v>3.09</v>
       </c>
       <c r="F29" s="72">
-        <v>16.21</v>
+        <v>22.4</v>
       </c>
       <c r="G29" s="72">
-        <v>6.56</v>
+        <v>6.79</v>
       </c>
       <c r="H29" s="75">
-        <v>5.91</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="66" t="s">
         <v>60</v>
       </c>
       <c r="B30" s="50"/>
       <c r="C30" s="50"/>
       <c r="D30" s="50"/>
       <c r="E30" s="51"/>
       <c r="F30" s="51"/>
       <c r="G30" s="51"/>
       <c r="H30" s="52"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="54" t="s">
         <v>61</v>
       </c>
       <c r="B31" s="78">
         <v>0</v>
       </c>
       <c r="C31" s="78">
         <v>0</v>
       </c>
       <c r="D31" s="78">
@@ -2621,107 +2614,107 @@
       </c>
       <c r="G31" s="80">
         <v>0</v>
       </c>
       <c r="H31" s="82">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="66" t="s">
         <v>62</v>
       </c>
       <c r="B32" s="50"/>
       <c r="C32" s="50"/>
       <c r="D32" s="50"/>
       <c r="E32" s="51"/>
       <c r="F32" s="51"/>
       <c r="G32" s="51"/>
       <c r="H32" s="52"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="54" t="s">
         <v>63</v>
       </c>
       <c r="B33" s="69">
-        <v>305702</v>
+        <v>301431</v>
       </c>
       <c r="C33" s="69">
-        <v>305205</v>
+        <v>301506</v>
       </c>
       <c r="D33" s="69">
-        <v>280956</v>
+        <v>286834</v>
       </c>
       <c r="E33" s="72">
-        <v>0.16</v>
+        <v>-0.02</v>
       </c>
       <c r="F33" s="72">
-        <v>8.81</v>
+        <v>5.09</v>
       </c>
       <c r="G33" s="72">
-        <v>0.5</v>
+        <v>0.48</v>
       </c>
       <c r="H33" s="75">
-        <v>0.48</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="66" t="s">
         <v>64</v>
       </c>
       <c r="B34" s="50"/>
       <c r="C34" s="50"/>
       <c r="D34" s="50"/>
       <c r="E34" s="51"/>
       <c r="F34" s="51"/>
       <c r="G34" s="51"/>
       <c r="H34" s="52"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="54" t="s">
         <v>65</v>
       </c>
       <c r="B35" s="69">
-        <v>3019021</v>
+        <v>3125323</v>
       </c>
       <c r="C35" s="69">
-        <v>2956550</v>
+        <v>3085544</v>
       </c>
       <c r="D35" s="69">
-        <v>3017915</v>
+        <v>3043768</v>
       </c>
       <c r="E35" s="72">
-        <v>2.11</v>
+        <v>1.29</v>
       </c>
       <c r="F35" s="72">
-        <v>0.04</v>
+        <v>2.68</v>
       </c>
       <c r="G35" s="72">
-        <v>4.92</v>
+        <v>4.99</v>
       </c>
       <c r="H35" s="75">
-        <v>5.15</v>
+        <v>5.17</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="84" t="s">
         <v>66</v>
       </c>
       <c r="B36" s="45"/>
       <c r="C36" s="45"/>
       <c r="D36" s="45"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="49"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
@@ -3040,55 +3033,55 @@
       <c r="C2" s="35"/>
       <c r="D2" s="35"/>
       <c r="E2" s="35"/>
       <c r="F2" s="35"/>
       <c r="G2" s="35"/>
       <c r="H2" s="35"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="18"/>
       <c r="C4" s="29"/>
       <c r="D4" s="29" t="str">
         <f>'2-2'!D4</f>
-        <v>民國114年 7月</v>
+        <v>民國114年 9月</v>
       </c>
       <c r="E4" s="24" t="str">
         <f>'2-2'!E4</f>
-        <v> July 2025</v>
+        <v> Sept. 2025</v>
       </c>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="33" t="s">
@@ -3143,560 +3136,560 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="13"/>
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="20" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="21" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="57">
-        <v>357453</v>
+        <v>366264</v>
       </c>
       <c r="C9" s="57">
-        <v>375071</v>
+        <v>357836</v>
       </c>
       <c r="D9" s="57">
-        <v>393679</v>
+        <v>405661</v>
       </c>
       <c r="E9" s="60">
-        <v>-4.7</v>
+        <v>2.36</v>
       </c>
       <c r="F9" s="60">
-        <v>-9.2</v>
+        <v>-9.71</v>
       </c>
       <c r="G9" s="60">
         <v>0.58</v>
       </c>
       <c r="H9" s="63">
-        <v>0.67</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>67</v>
       </c>
       <c r="B10" s="39"/>
       <c r="C10" s="39"/>
       <c r="D10" s="39"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="43"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="54" t="s">
         <v>68</v>
       </c>
       <c r="B11" s="69">
-        <v>291505</v>
+        <v>290685</v>
       </c>
       <c r="C11" s="69">
-        <v>291515</v>
+        <v>292299</v>
       </c>
       <c r="D11" s="69">
-        <v>311780</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>306121</v>
+      </c>
+      <c r="E11" s="72">
+        <v>-0.55</v>
       </c>
       <c r="F11" s="72">
-        <v>-6.5</v>
+        <v>-5.04</v>
       </c>
       <c r="G11" s="72">
-        <v>0.48</v>
+        <v>0.46</v>
       </c>
       <c r="H11" s="75">
-        <v>0.53</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="66" t="s">
         <v>69</v>
       </c>
       <c r="B12" s="50"/>
       <c r="C12" s="50"/>
       <c r="D12" s="50"/>
       <c r="E12" s="51"/>
       <c r="F12" s="51"/>
       <c r="G12" s="51"/>
       <c r="H12" s="52"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="54" t="s">
         <v>70</v>
       </c>
       <c r="B13" s="69">
-        <v>1917520</v>
+        <v>1971593</v>
       </c>
       <c r="C13" s="69">
-        <v>1888407</v>
+        <v>1949753</v>
       </c>
       <c r="D13" s="69">
-        <v>1896057</v>
+        <v>1894537</v>
       </c>
       <c r="E13" s="72">
-        <v>1.54</v>
+        <v>1.12</v>
       </c>
       <c r="F13" s="72">
-        <v>1.13</v>
+        <v>4.07</v>
       </c>
       <c r="G13" s="72">
-        <v>3.13</v>
+        <v>3.15</v>
       </c>
       <c r="H13" s="75">
-        <v>3.24</v>
+        <v>3.22</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="66" t="s">
         <v>71</v>
       </c>
       <c r="B14" s="50"/>
       <c r="C14" s="50"/>
       <c r="D14" s="50"/>
       <c r="E14" s="51"/>
       <c r="F14" s="51"/>
       <c r="G14" s="51"/>
       <c r="H14" s="52"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="54" t="s">
         <v>72</v>
       </c>
       <c r="B15" s="69">
-        <v>619568</v>
+        <v>624051</v>
       </c>
       <c r="C15" s="69">
-        <v>633018</v>
+        <v>624630</v>
       </c>
       <c r="D15" s="69">
-        <v>607963</v>
+        <v>611410</v>
       </c>
       <c r="E15" s="72">
-        <v>-2.12</v>
+        <v>-0.09</v>
       </c>
       <c r="F15" s="72">
-        <v>1.91</v>
+        <v>2.07</v>
       </c>
       <c r="G15" s="72">
-        <v>1.01</v>
+        <v>1</v>
       </c>
       <c r="H15" s="75">
         <v>1.04</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="66" t="s">
         <v>73</v>
       </c>
       <c r="B16" s="50"/>
       <c r="C16" s="50"/>
       <c r="D16" s="50"/>
       <c r="E16" s="51"/>
       <c r="F16" s="51"/>
       <c r="G16" s="51"/>
       <c r="H16" s="52"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="54" t="s">
         <v>74</v>
       </c>
       <c r="B17" s="69">
-        <v>842872</v>
+        <v>845014</v>
       </c>
       <c r="C17" s="69">
-        <v>845759</v>
+        <v>849427</v>
       </c>
       <c r="D17" s="69">
-        <v>754270</v>
+        <v>775091</v>
       </c>
       <c r="E17" s="72">
-        <v>-0.34</v>
+        <v>-0.52</v>
       </c>
       <c r="F17" s="72">
-        <v>11.75</v>
+        <v>9.02</v>
       </c>
       <c r="G17" s="72">
-        <v>1.37</v>
+        <v>1.35</v>
       </c>
       <c r="H17" s="75">
-        <v>1.29</v>
+        <v>1.32</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="66" t="s">
         <v>75</v>
       </c>
       <c r="B18" s="50"/>
       <c r="C18" s="50"/>
       <c r="D18" s="50"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="52"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="54" t="s">
         <v>76</v>
       </c>
       <c r="B19" s="69">
-        <v>282600</v>
+        <v>284338</v>
       </c>
       <c r="C19" s="69">
-        <v>282249</v>
+        <v>285835</v>
       </c>
       <c r="D19" s="69">
-        <v>294305</v>
+        <v>294165</v>
       </c>
       <c r="E19" s="72">
-        <v>0.12</v>
+        <v>-0.52</v>
       </c>
       <c r="F19" s="72">
-        <v>-3.98</v>
+        <v>-3.34</v>
       </c>
       <c r="G19" s="72">
-        <v>0.46</v>
+        <v>0.45</v>
       </c>
       <c r="H19" s="75">
         <v>0.5</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="66" t="s">
         <v>77</v>
       </c>
       <c r="B20" s="50"/>
       <c r="C20" s="50"/>
       <c r="D20" s="50"/>
       <c r="E20" s="51"/>
       <c r="F20" s="51"/>
       <c r="G20" s="51"/>
       <c r="H20" s="52"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="54" t="s">
         <v>78</v>
       </c>
       <c r="B21" s="69">
-        <v>557345</v>
+        <v>570076</v>
       </c>
       <c r="C21" s="69">
-        <v>562493</v>
+        <v>579579</v>
       </c>
       <c r="D21" s="69">
-        <v>548997</v>
+        <v>537356</v>
       </c>
       <c r="E21" s="72">
-        <v>-0.92</v>
+        <v>-1.64</v>
       </c>
       <c r="F21" s="72">
-        <v>1.52</v>
+        <v>6.09</v>
       </c>
       <c r="G21" s="72">
         <v>0.91</v>
       </c>
       <c r="H21" s="75">
-        <v>0.94</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="66" t="s">
         <v>79</v>
       </c>
       <c r="B22" s="50"/>
       <c r="C22" s="50"/>
       <c r="D22" s="50"/>
       <c r="E22" s="51"/>
       <c r="F22" s="51"/>
       <c r="G22" s="51"/>
       <c r="H22" s="52"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="54" t="s">
         <v>80</v>
       </c>
       <c r="B23" s="69">
-        <v>79669</v>
+        <v>82014</v>
       </c>
       <c r="C23" s="69">
-        <v>79682</v>
+        <v>81905</v>
       </c>
       <c r="D23" s="69">
-        <v>76462</v>
+        <v>77220</v>
       </c>
       <c r="E23" s="72">
-        <v>-0.02</v>
+        <v>0.13</v>
       </c>
       <c r="F23" s="72">
-        <v>4.19</v>
+        <v>6.21</v>
       </c>
       <c r="G23" s="72">
         <v>0.13</v>
       </c>
       <c r="H23" s="75">
         <v>0.13</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="66" t="s">
         <v>81</v>
       </c>
       <c r="B24" s="50"/>
       <c r="C24" s="50"/>
       <c r="D24" s="50"/>
       <c r="E24" s="51"/>
       <c r="F24" s="51"/>
       <c r="G24" s="51"/>
       <c r="H24" s="52"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="54" t="s">
         <v>82</v>
       </c>
       <c r="B25" s="69">
-        <v>226773</v>
+        <v>231326</v>
       </c>
       <c r="C25" s="69">
-        <v>224909</v>
+        <v>228259</v>
       </c>
       <c r="D25" s="69">
-        <v>202428</v>
+        <v>210975</v>
       </c>
       <c r="E25" s="72">
-        <v>0.83</v>
+        <v>1.34</v>
       </c>
       <c r="F25" s="72">
-        <v>12.03</v>
+        <v>9.65</v>
       </c>
       <c r="G25" s="72">
         <v>0.37</v>
       </c>
       <c r="H25" s="75">
-        <v>0.35</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="66" t="s">
         <v>83</v>
       </c>
       <c r="B26" s="50"/>
       <c r="C26" s="50"/>
       <c r="D26" s="50"/>
       <c r="E26" s="51"/>
       <c r="F26" s="51"/>
       <c r="G26" s="51"/>
       <c r="H26" s="52"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="54" t="s">
         <v>84</v>
       </c>
       <c r="B27" s="69">
-        <v>1158969</v>
+        <v>1185299</v>
       </c>
       <c r="C27" s="69">
-        <v>1140893</v>
+        <v>1176062</v>
       </c>
       <c r="D27" s="69">
-        <v>1109374</v>
+        <v>1103493</v>
       </c>
       <c r="E27" s="72">
-        <v>1.58</v>
+        <v>0.79</v>
       </c>
       <c r="F27" s="72">
-        <v>4.47</v>
+        <v>7.41</v>
       </c>
       <c r="G27" s="72">
         <v>1.89</v>
       </c>
       <c r="H27" s="75">
-        <v>1.89</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="66" t="s">
         <v>85</v>
       </c>
       <c r="B28" s="50"/>
       <c r="C28" s="50"/>
       <c r="D28" s="50"/>
       <c r="E28" s="51"/>
       <c r="F28" s="51"/>
       <c r="G28" s="51"/>
       <c r="H28" s="52"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="54" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="69">
-        <v>686441</v>
+        <v>696924</v>
       </c>
       <c r="C29" s="69">
-        <v>687477</v>
+        <v>695873</v>
       </c>
       <c r="D29" s="69">
-        <v>654903</v>
+        <v>659949</v>
       </c>
       <c r="E29" s="72">
-        <v>-0.15</v>
+        <v>0.15</v>
       </c>
       <c r="F29" s="72">
-        <v>4.82</v>
+        <v>5.6</v>
       </c>
       <c r="G29" s="72">
-        <v>1.12</v>
+        <v>1.11</v>
       </c>
       <c r="H29" s="75">
         <v>1.12</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="66" t="s">
         <v>87</v>
       </c>
       <c r="B30" s="50"/>
       <c r="C30" s="50"/>
       <c r="D30" s="50"/>
       <c r="E30" s="51"/>
       <c r="F30" s="51"/>
       <c r="G30" s="51"/>
       <c r="H30" s="52"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="54" t="s">
         <v>88</v>
       </c>
       <c r="B31" s="69">
-        <v>290591</v>
+        <v>293845</v>
       </c>
       <c r="C31" s="69">
-        <v>291168</v>
+        <v>293768</v>
       </c>
       <c r="D31" s="69">
-        <v>285742</v>
+        <v>290771</v>
       </c>
       <c r="E31" s="72">
-        <v>-0.2</v>
+        <v>0.03</v>
       </c>
       <c r="F31" s="72">
-        <v>1.7</v>
+        <v>1.06</v>
       </c>
       <c r="G31" s="72">
         <v>0.47</v>
       </c>
       <c r="H31" s="75">
         <v>0.49</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="66" t="s">
         <v>89</v>
       </c>
       <c r="B32" s="50"/>
       <c r="C32" s="50"/>
       <c r="D32" s="50"/>
       <c r="E32" s="51"/>
       <c r="F32" s="51"/>
       <c r="G32" s="51"/>
       <c r="H32" s="52"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="54" t="s">
         <v>90</v>
       </c>
       <c r="B33" s="69">
-        <v>188629</v>
+        <v>192461</v>
       </c>
       <c r="C33" s="69">
-        <v>187525</v>
+        <v>190293</v>
       </c>
       <c r="D33" s="69">
-        <v>180697</v>
+        <v>181816</v>
       </c>
       <c r="E33" s="72">
-        <v>0.59</v>
+        <v>1.14</v>
       </c>
       <c r="F33" s="72">
-        <v>4.39</v>
+        <v>5.86</v>
       </c>
       <c r="G33" s="72">
         <v>0.31</v>
       </c>
       <c r="H33" s="75">
         <v>0.31</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="66" t="s">
         <v>91</v>
       </c>
       <c r="B34" s="50"/>
       <c r="C34" s="50"/>
       <c r="D34" s="50"/>
       <c r="E34" s="51"/>
       <c r="F34" s="51"/>
       <c r="G34" s="51"/>
       <c r="H34" s="52"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="54" t="s">
         <v>92</v>
       </c>
       <c r="B35" s="69">
-        <v>817169</v>
+        <v>829756</v>
       </c>
       <c r="C35" s="69">
-        <v>814848</v>
+        <v>824066</v>
       </c>
       <c r="D35" s="69">
-        <v>782121</v>
+        <v>783426</v>
       </c>
       <c r="E35" s="72">
-        <v>0.28</v>
+        <v>0.69</v>
       </c>
       <c r="F35" s="72">
-        <v>4.48</v>
+        <v>5.91</v>
       </c>
       <c r="G35" s="72">
-        <v>1.33</v>
+        <v>1.32</v>
       </c>
       <c r="H35" s="75">
         <v>1.33</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="84" t="s">
         <v>93</v>
       </c>
       <c r="B36" s="45"/>
       <c r="C36" s="45"/>
       <c r="D36" s="45"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="49"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="19" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
@@ -3978,55 +3971,55 @@
       <c r="C2" s="35"/>
       <c r="D2" s="35"/>
       <c r="E2" s="35"/>
       <c r="F2" s="35"/>
       <c r="G2" s="35"/>
       <c r="H2" s="35"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="18"/>
       <c r="C4" s="29"/>
       <c r="D4" s="29" t="str">
         <f>'2-2'!D4</f>
-        <v>民國114年 7月</v>
+        <v>民國114年 9月</v>
       </c>
       <c r="E4" s="24" t="str">
         <f>'2-2'!E4</f>
-        <v> July 2025</v>
+        <v> Sept. 2025</v>
       </c>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="33" t="s">
@@ -4081,567 +4074,567 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="13"/>
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="20" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="21" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="57">
-        <v>681441</v>
+        <v>700257</v>
       </c>
       <c r="C9" s="57">
-        <v>669357</v>
+        <v>691567</v>
       </c>
       <c r="D9" s="57">
-        <v>645386</v>
+        <v>670765</v>
       </c>
       <c r="E9" s="60">
-        <v>1.81</v>
+        <v>1.26</v>
       </c>
       <c r="F9" s="60">
-        <v>5.59</v>
+        <v>4.4</v>
       </c>
       <c r="G9" s="60">
-        <v>1.11</v>
+        <v>1.12</v>
       </c>
       <c r="H9" s="63">
-        <v>1.1</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>94</v>
       </c>
       <c r="B10" s="39"/>
       <c r="C10" s="39"/>
       <c r="D10" s="39"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="43"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="54" t="s">
         <v>95</v>
       </c>
       <c r="B11" s="69">
-        <v>1950530</v>
+        <v>2041931</v>
       </c>
       <c r="C11" s="69">
-        <v>1913879</v>
+        <v>1996872</v>
       </c>
       <c r="D11" s="69">
-        <v>1733455</v>
+        <v>1779283</v>
       </c>
       <c r="E11" s="72">
-        <v>1.92</v>
+        <v>2.26</v>
       </c>
       <c r="F11" s="72">
-        <v>12.52</v>
+        <v>14.76</v>
       </c>
       <c r="G11" s="72">
-        <v>3.18</v>
+        <v>3.26</v>
       </c>
       <c r="H11" s="75">
-        <v>2.96</v>
+        <v>3.02</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="66" t="s">
         <v>96</v>
       </c>
       <c r="B12" s="50"/>
       <c r="C12" s="50"/>
       <c r="D12" s="50"/>
       <c r="E12" s="51"/>
       <c r="F12" s="51"/>
       <c r="G12" s="51"/>
       <c r="H12" s="52"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="54" t="s">
         <v>97</v>
       </c>
       <c r="B13" s="69">
-        <v>2254581</v>
+        <v>2310315</v>
       </c>
       <c r="C13" s="69">
-        <v>2189055</v>
+        <v>2297963</v>
       </c>
       <c r="D13" s="69">
-        <v>2107984</v>
+        <v>2165822</v>
       </c>
       <c r="E13" s="72">
-        <v>2.99</v>
+        <v>0.54</v>
       </c>
       <c r="F13" s="72">
-        <v>6.95</v>
+        <v>6.67</v>
       </c>
       <c r="G13" s="72">
+        <v>3.69</v>
+      </c>
+      <c r="H13" s="75">
         <v>3.68</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.6</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="66" t="s">
         <v>98</v>
       </c>
       <c r="B14" s="50"/>
       <c r="C14" s="50"/>
       <c r="D14" s="50"/>
       <c r="E14" s="51"/>
       <c r="F14" s="51"/>
       <c r="G14" s="51"/>
       <c r="H14" s="52"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="54" t="s">
         <v>99</v>
       </c>
       <c r="B15" s="69">
-        <v>3378203</v>
+        <v>3458007</v>
       </c>
       <c r="C15" s="69">
-        <v>3329806</v>
+        <v>3428925</v>
       </c>
       <c r="D15" s="69">
-        <v>3167183</v>
+        <v>3196528</v>
       </c>
       <c r="E15" s="72">
-        <v>1.45</v>
+        <v>0.85</v>
       </c>
       <c r="F15" s="72">
-        <v>6.66</v>
+        <v>8.18</v>
       </c>
       <c r="G15" s="72">
-        <v>5.51</v>
+        <v>5.52</v>
       </c>
       <c r="H15" s="75">
-        <v>5.4</v>
+        <v>5.43</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="66" t="s">
         <v>100</v>
       </c>
       <c r="B16" s="50"/>
       <c r="C16" s="50"/>
       <c r="D16" s="50"/>
       <c r="E16" s="51"/>
       <c r="F16" s="51"/>
       <c r="G16" s="51"/>
       <c r="H16" s="52"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="54" t="s">
         <v>101</v>
       </c>
       <c r="B17" s="69">
-        <v>658474</v>
+        <v>650750</v>
       </c>
       <c r="C17" s="69">
-        <v>654121</v>
+        <v>648313</v>
       </c>
       <c r="D17" s="69">
-        <v>589350</v>
+        <v>592543</v>
       </c>
       <c r="E17" s="72">
-        <v>0.67</v>
+        <v>0.38</v>
       </c>
       <c r="F17" s="72">
-        <v>11.73</v>
+        <v>9.82</v>
       </c>
       <c r="G17" s="72">
-        <v>1.07</v>
+        <v>1.04</v>
       </c>
       <c r="H17" s="75">
         <v>1.01</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="66" t="s">
         <v>102</v>
       </c>
       <c r="B18" s="50"/>
       <c r="C18" s="50"/>
       <c r="D18" s="50"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="52"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="54" t="s">
         <v>103</v>
       </c>
       <c r="B19" s="69">
-        <v>799522</v>
+        <v>799692</v>
       </c>
       <c r="C19" s="69">
-        <v>761946</v>
+        <v>799858</v>
       </c>
       <c r="D19" s="69">
-        <v>756607</v>
+        <v>745076</v>
       </c>
       <c r="E19" s="72">
-        <v>4.93</v>
+        <v>-0.02</v>
       </c>
       <c r="F19" s="72">
-        <v>5.67</v>
+        <v>7.33</v>
       </c>
       <c r="G19" s="72">
-        <v>1.3</v>
+        <v>1.28</v>
       </c>
       <c r="H19" s="75">
-        <v>1.29</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="66" t="s">
         <v>104</v>
       </c>
       <c r="B20" s="50"/>
       <c r="C20" s="50"/>
       <c r="D20" s="50"/>
       <c r="E20" s="51"/>
       <c r="F20" s="51"/>
       <c r="G20" s="51"/>
       <c r="H20" s="52"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="54" t="s">
         <v>105</v>
       </c>
       <c r="B21" s="69">
-        <v>2466162</v>
+        <v>2506608</v>
       </c>
       <c r="C21" s="69">
-        <v>2444342</v>
+        <v>2508890</v>
       </c>
       <c r="D21" s="69">
-        <v>2316379</v>
+        <v>2313777</v>
       </c>
       <c r="E21" s="72">
-        <v>0.89</v>
+        <v>-0.09</v>
       </c>
       <c r="F21" s="72">
-        <v>6.47</v>
+        <v>8.33</v>
       </c>
       <c r="G21" s="72">
-        <v>4.02</v>
+        <v>4</v>
       </c>
       <c r="H21" s="75">
-        <v>3.95</v>
+        <v>3.93</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="66" t="s">
         <v>106</v>
       </c>
       <c r="B22" s="50"/>
       <c r="C22" s="50"/>
       <c r="D22" s="50"/>
       <c r="E22" s="51"/>
       <c r="F22" s="51"/>
       <c r="G22" s="51"/>
       <c r="H22" s="52"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="54" t="s">
         <v>107</v>
       </c>
       <c r="B23" s="69">
-        <v>328472</v>
+        <v>333056</v>
       </c>
       <c r="C23" s="69">
-        <v>326100</v>
+        <v>332392</v>
       </c>
       <c r="D23" s="69">
-        <v>306607</v>
+        <v>306915</v>
       </c>
       <c r="E23" s="72">
-        <v>0.73</v>
+        <v>0.2</v>
       </c>
       <c r="F23" s="72">
-        <v>7.13</v>
+        <v>8.52</v>
       </c>
       <c r="G23" s="72">
-        <v>0.54</v>
+        <v>0.53</v>
       </c>
       <c r="H23" s="75">
         <v>0.52</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="66" t="s">
         <v>108</v>
       </c>
       <c r="B24" s="50"/>
       <c r="C24" s="50"/>
       <c r="D24" s="50"/>
       <c r="E24" s="51"/>
       <c r="F24" s="51"/>
       <c r="G24" s="51"/>
       <c r="H24" s="52"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="54" t="s">
         <v>109</v>
       </c>
       <c r="B25" s="69">
-        <v>4595631</v>
+        <v>4727674</v>
       </c>
       <c r="C25" s="69">
-        <v>4556250</v>
+        <v>4702684</v>
       </c>
       <c r="D25" s="69">
-        <v>4409191</v>
+        <v>4439613</v>
       </c>
       <c r="E25" s="72">
-        <v>0.86</v>
+        <v>0.53</v>
       </c>
       <c r="F25" s="72">
-        <v>4.23</v>
+        <v>6.49</v>
       </c>
       <c r="G25" s="72">
-        <v>7.49</v>
+        <v>7.55</v>
       </c>
       <c r="H25" s="75">
-        <v>7.52</v>
+        <v>7.54</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="66" t="s">
         <v>110</v>
       </c>
       <c r="B26" s="50"/>
       <c r="C26" s="50"/>
       <c r="D26" s="50"/>
       <c r="E26" s="51"/>
       <c r="F26" s="51"/>
       <c r="G26" s="51"/>
       <c r="H26" s="52"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="54" t="s">
         <v>111</v>
       </c>
       <c r="B27" s="69">
-        <v>46948</v>
+        <v>52188</v>
       </c>
       <c r="C27" s="69">
-        <v>46936</v>
+        <v>50993</v>
       </c>
       <c r="D27" s="69">
-        <v>29429</v>
+        <v>31112</v>
       </c>
       <c r="E27" s="72">
-        <v>0.02</v>
+        <v>2.34</v>
       </c>
       <c r="F27" s="72">
-        <v>59.53</v>
+        <v>67.74</v>
       </c>
       <c r="G27" s="72">
         <v>0.08</v>
       </c>
       <c r="H27" s="75">
         <v>0.05</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="66" t="s">
         <v>112</v>
       </c>
       <c r="B28" s="50"/>
       <c r="C28" s="50"/>
       <c r="D28" s="50"/>
       <c r="E28" s="51"/>
       <c r="F28" s="51"/>
       <c r="G28" s="51"/>
       <c r="H28" s="52"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="54" t="s">
         <v>113</v>
       </c>
       <c r="B29" s="69">
-        <v>77316</v>
+        <v>81837</v>
       </c>
       <c r="C29" s="69">
-        <v>76834</v>
+        <v>79553</v>
       </c>
       <c r="D29" s="69">
-        <v>68049</v>
+        <v>66494</v>
       </c>
       <c r="E29" s="72">
-        <v>0.63</v>
+        <v>2.87</v>
       </c>
       <c r="F29" s="72">
-        <v>13.62</v>
+        <v>23.07</v>
       </c>
       <c r="G29" s="72">
         <v>0.13</v>
       </c>
       <c r="H29" s="75">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="66" t="s">
         <v>114</v>
       </c>
       <c r="B30" s="50"/>
       <c r="C30" s="50"/>
       <c r="D30" s="50"/>
       <c r="E30" s="51"/>
       <c r="F30" s="51"/>
       <c r="G30" s="51"/>
       <c r="H30" s="52"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="54" t="s">
         <v>115</v>
       </c>
       <c r="B31" s="69">
-        <v>41191</v>
+        <v>43254</v>
       </c>
       <c r="C31" s="69">
-        <v>39383</v>
+        <v>42826</v>
       </c>
       <c r="D31" s="69">
-        <v>28784</v>
+        <v>31472</v>
       </c>
       <c r="E31" s="72">
-        <v>4.59</v>
+        <v>1</v>
       </c>
       <c r="F31" s="72">
-        <v>43.11</v>
+        <v>37.44</v>
       </c>
       <c r="G31" s="72">
         <v>0.07</v>
       </c>
       <c r="H31" s="75">
         <v>0.05</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="66" t="s">
         <v>116</v>
       </c>
       <c r="B32" s="50"/>
       <c r="C32" s="50"/>
       <c r="D32" s="50"/>
       <c r="E32" s="51"/>
       <c r="F32" s="51"/>
       <c r="G32" s="51"/>
       <c r="H32" s="52"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="55" t="s">
         <v>117</v>
       </c>
       <c r="B33" s="70">
-        <v>1853161</v>
+        <v>1842818</v>
       </c>
       <c r="C33" s="70">
-        <v>1794625</v>
+        <v>1899520</v>
       </c>
       <c r="D33" s="70">
-        <v>1468568</v>
+        <v>1413493</v>
       </c>
       <c r="E33" s="73">
-        <v>3.26</v>
+        <v>-2.99</v>
       </c>
       <c r="F33" s="73">
-        <v>26.19</v>
+        <v>30.37</v>
       </c>
       <c r="G33" s="73">
-        <v>3.02</v>
+        <v>2.94</v>
       </c>
       <c r="H33" s="76">
-        <v>2.51</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>118</v>
       </c>
       <c r="B34" s="50"/>
       <c r="C34" s="50"/>
       <c r="D34" s="50"/>
       <c r="E34" s="51"/>
       <c r="F34" s="51"/>
       <c r="G34" s="51"/>
       <c r="H34" s="52"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="55" t="s">
         <v>119</v>
       </c>
       <c r="B35" s="70">
-        <v>136037</v>
+        <v>133640</v>
       </c>
       <c r="C35" s="70">
-        <v>132861</v>
+        <v>139132</v>
       </c>
       <c r="D35" s="70">
-        <v>304647</v>
+        <v>250230</v>
       </c>
       <c r="E35" s="73">
-        <v>2.39</v>
+        <v>-3.95</v>
       </c>
       <c r="F35" s="73">
-        <v>-55.35</v>
+        <v>-46.59</v>
       </c>
       <c r="G35" s="73">
-        <v>0.22</v>
+        <v>0.21</v>
       </c>
       <c r="H35" s="76">
-        <v>0.52</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A36" s="87" t="s">
+      <c r="A36" s="85" t="s">
         <v>120</v>
       </c>
       <c r="B36" s="45"/>
       <c r="C36" s="45"/>
       <c r="D36" s="45"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="49"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="30" t="s">
         <v>38</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
     </row>
     <row r="38" spans="1:8" ht="13.5" customHeight="1">
       <c r="A38" s="31" t="s">
         <v>39</v>