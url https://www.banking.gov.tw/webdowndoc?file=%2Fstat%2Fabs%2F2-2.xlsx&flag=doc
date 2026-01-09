--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -136,51 +136,51 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
     <r>
       <t>全行　</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>All Branches</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> Sept. 2025</t>
+    <t xml:space="preserve"> Oct. 2025</t>
   </si>
   <si>
     <r>
       <t>說　　明：</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>#</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>係金融控股公司之子公司。</t>
     </r>
   </si>
   <si>
     <r>
       <t>2-2</t>
@@ -259,51 +259,51 @@
     </r>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve"> 2-2 Monthly Averages of Deposits at General Banks ( Cont.1)</t>
   </si>
   <si>
     <r>
       <t>2-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>　一般銀行存款月平均餘額（續一）</t>
     </r>
   </si>
   <si>
-    <t>民國114年 9月</t>
+    <t>民國114年10月</t>
   </si>
   <si>
     <t>資料來源：金融機構申報資料。</t>
   </si>
   <si>
     <r>
       <t>2-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>　一般銀行存款月平均餘額（續二完）</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> 2-2 Monthly Averages of Deposits at General Banks ( Cont.2 End )</t>
   </si>
   <si>
     <t>說　　明：本表自102年1月起包含大陸地區銀行在臺分行資料。</t>
   </si>
   <si>
     <t>Note: Beginning Jan. 2013, the data include "Local Branches of Mainland Chinese Banks".</t>
@@ -395,51 +395,51 @@
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -2158,449 +2158,449 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="13"/>
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="20" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="21" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="55" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="58">
+        <v>62752927</v>
+      </c>
+      <c r="C9" s="58">
         <v>62641262</v>
       </c>
-      <c r="C9" s="58">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="58">
-        <v>58854784</v>
+        <v>59157022</v>
       </c>
       <c r="E9" s="61">
-        <v>0.5</v>
+        <v>0.18</v>
       </c>
       <c r="F9" s="61">
-        <v>6.43</v>
+        <v>6.08</v>
       </c>
       <c r="G9" s="61">
         <v>100</v>
       </c>
       <c r="H9" s="64">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="67" t="s">
         <v>40</v>
       </c>
       <c r="B10" s="39"/>
       <c r="C10" s="39"/>
       <c r="D10" s="39"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="43"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="70">
+        <v>60753010</v>
+      </c>
+      <c r="C11" s="70">
         <v>60664804</v>
       </c>
-      <c r="C11" s="70">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="70">
-        <v>57191061</v>
+        <v>57495552</v>
       </c>
       <c r="E11" s="73">
-        <v>0.62</v>
+        <v>0.15</v>
       </c>
       <c r="F11" s="73">
-        <v>6.07</v>
+        <v>5.67</v>
       </c>
       <c r="G11" s="73">
-        <v>96.84</v>
+        <v>96.81</v>
       </c>
       <c r="H11" s="76">
-        <v>97.17</v>
+        <v>97.19</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="67" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="50"/>
       <c r="C12" s="50"/>
       <c r="D12" s="50"/>
       <c r="E12" s="51"/>
       <c r="F12" s="51"/>
       <c r="G12" s="51"/>
       <c r="H12" s="52"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="54" t="s">
         <v>43</v>
       </c>
       <c r="B13" s="69">
+        <v>5200928</v>
+      </c>
+      <c r="C13" s="69">
         <v>5219809</v>
       </c>
-      <c r="C13" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="69">
-        <v>4988341</v>
+        <v>4991765</v>
       </c>
       <c r="E13" s="72">
-        <v>-0.35</v>
+        <v>-0.36</v>
       </c>
       <c r="F13" s="72">
-        <v>4.64</v>
+        <v>4.19</v>
       </c>
       <c r="G13" s="72">
-        <v>8.33</v>
+        <v>8.29</v>
       </c>
       <c r="H13" s="75">
-        <v>8.48</v>
+        <v>8.44</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="66" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="50"/>
       <c r="C14" s="50"/>
       <c r="D14" s="50"/>
       <c r="E14" s="51"/>
       <c r="F14" s="51"/>
       <c r="G14" s="51"/>
       <c r="H14" s="52"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="54" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="69">
+        <v>2744604</v>
+      </c>
+      <c r="C15" s="69">
         <v>2702623</v>
       </c>
-      <c r="C15" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="69">
-        <v>2673798</v>
+        <v>2695232</v>
       </c>
       <c r="E15" s="72">
-        <v>0.37</v>
+        <v>1.55</v>
       </c>
       <c r="F15" s="72">
-        <v>1.08</v>
+        <v>1.83</v>
       </c>
       <c r="G15" s="72">
-        <v>4.31</v>
+        <v>4.37</v>
       </c>
       <c r="H15" s="75">
-        <v>4.54</v>
+        <v>4.56</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="66" t="s">
         <v>46</v>
       </c>
       <c r="B16" s="50"/>
       <c r="C16" s="50"/>
       <c r="D16" s="50"/>
       <c r="E16" s="51"/>
       <c r="F16" s="51"/>
       <c r="G16" s="51"/>
       <c r="H16" s="52"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="54" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="69">
+        <v>4190273</v>
+      </c>
+      <c r="C17" s="69">
         <v>4206168</v>
       </c>
-      <c r="C17" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="69">
-        <v>3953197</v>
+        <v>4012148</v>
       </c>
       <c r="E17" s="72">
-        <v>-0.43</v>
+        <v>-0.38</v>
       </c>
       <c r="F17" s="72">
-        <v>6.4</v>
+        <v>4.44</v>
       </c>
       <c r="G17" s="72">
-        <v>6.71</v>
+        <v>6.68</v>
       </c>
       <c r="H17" s="75">
-        <v>6.72</v>
+        <v>6.78</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="66" t="s">
         <v>48</v>
       </c>
       <c r="B18" s="50"/>
       <c r="C18" s="50"/>
       <c r="D18" s="50"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="52"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="54" t="s">
         <v>49</v>
       </c>
       <c r="B19" s="69">
+        <v>3830338</v>
+      </c>
+      <c r="C19" s="69">
         <v>3857906</v>
       </c>
-      <c r="C19" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="69">
-        <v>3672683</v>
+        <v>3655385</v>
       </c>
       <c r="E19" s="72">
-        <v>0.37</v>
+        <v>-0.71</v>
       </c>
       <c r="F19" s="72">
-        <v>5.04</v>
+        <v>4.79</v>
       </c>
       <c r="G19" s="72">
-        <v>6.16</v>
+        <v>6.1</v>
       </c>
       <c r="H19" s="75">
-        <v>6.24</v>
+        <v>6.18</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="66" t="s">
         <v>50</v>
       </c>
       <c r="B20" s="50"/>
       <c r="C20" s="50"/>
       <c r="D20" s="50"/>
       <c r="E20" s="51"/>
       <c r="F20" s="51"/>
       <c r="G20" s="51"/>
       <c r="H20" s="52"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="54" t="s">
         <v>51</v>
       </c>
       <c r="B21" s="69">
+        <v>3346701</v>
+      </c>
+      <c r="C21" s="69">
         <v>3333515</v>
       </c>
-      <c r="C21" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="69">
-        <v>3351585</v>
+        <v>3355583</v>
       </c>
       <c r="E21" s="72">
-        <v>0.54</v>
+        <v>0.4</v>
       </c>
       <c r="F21" s="72">
-        <v>-0.54</v>
+        <v>-0.26</v>
       </c>
       <c r="G21" s="72">
-        <v>5.32</v>
+        <v>5.33</v>
       </c>
       <c r="H21" s="75">
-        <v>5.69</v>
+        <v>5.67</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="66" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="50"/>
       <c r="C22" s="50"/>
       <c r="D22" s="50"/>
       <c r="E22" s="51"/>
       <c r="F22" s="51"/>
       <c r="G22" s="51"/>
       <c r="H22" s="52"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="54" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="69">
+        <v>2631002</v>
+      </c>
+      <c r="C23" s="69">
         <v>2638402</v>
       </c>
-      <c r="C23" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="69">
-        <v>2662254</v>
+        <v>2623864</v>
       </c>
       <c r="E23" s="72">
-        <v>1.35</v>
+        <v>-0.28</v>
       </c>
       <c r="F23" s="72">
-        <v>-0.9</v>
+        <v>0.27</v>
       </c>
       <c r="G23" s="72">
-        <v>4.21</v>
+        <v>4.19</v>
       </c>
       <c r="H23" s="75">
-        <v>4.52</v>
+        <v>4.44</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="66" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="50"/>
       <c r="C24" s="50"/>
       <c r="D24" s="50"/>
       <c r="E24" s="51"/>
       <c r="F24" s="51"/>
       <c r="G24" s="51"/>
       <c r="H24" s="52"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="54" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="69">
+        <v>1249758</v>
+      </c>
+      <c r="C25" s="69">
         <v>1276525</v>
       </c>
-      <c r="C25" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="69">
-        <v>1260845</v>
+        <v>1266508</v>
       </c>
       <c r="E25" s="72">
-        <v>0.49</v>
+        <v>-2.1</v>
       </c>
       <c r="F25" s="72">
-        <v>1.24</v>
+        <v>-1.32</v>
       </c>
       <c r="G25" s="72">
-        <v>2.04</v>
+        <v>1.99</v>
       </c>
       <c r="H25" s="75">
         <v>2.14</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="66" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="50"/>
       <c r="C26" s="50"/>
       <c r="D26" s="50"/>
       <c r="E26" s="51"/>
       <c r="F26" s="51"/>
       <c r="G26" s="51"/>
       <c r="H26" s="52"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="54" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="69">
+        <v>3574135</v>
+      </c>
+      <c r="C27" s="69">
         <v>3580725</v>
       </c>
-      <c r="C27" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="69">
-        <v>3351582</v>
+        <v>3388550</v>
       </c>
       <c r="E27" s="72">
-        <v>0</v>
+        <v>-0.18</v>
       </c>
       <c r="F27" s="72">
-        <v>6.84</v>
+        <v>5.48</v>
       </c>
       <c r="G27" s="72">
-        <v>5.72</v>
+        <v>5.7</v>
       </c>
       <c r="H27" s="75">
-        <v>5.69</v>
+        <v>5.73</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="66" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="50"/>
       <c r="C28" s="50"/>
       <c r="D28" s="50"/>
       <c r="E28" s="51"/>
       <c r="F28" s="51"/>
       <c r="G28" s="51"/>
       <c r="H28" s="52"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="54" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="69">
+        <v>4276961</v>
+      </c>
+      <c r="C29" s="69">
         <v>4253158</v>
       </c>
-      <c r="C29" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="69">
-        <v>3474781</v>
+        <v>3526316</v>
       </c>
       <c r="E29" s="72">
-        <v>3.09</v>
+        <v>0.56</v>
       </c>
       <c r="F29" s="72">
-        <v>22.4</v>
+        <v>21.29</v>
       </c>
       <c r="G29" s="72">
-        <v>6.79</v>
+        <v>6.82</v>
       </c>
       <c r="H29" s="75">
-        <v>5.9</v>
+        <v>5.96</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="66" t="s">
         <v>60</v>
       </c>
       <c r="B30" s="50"/>
       <c r="C30" s="50"/>
       <c r="D30" s="50"/>
       <c r="E30" s="51"/>
       <c r="F30" s="51"/>
       <c r="G30" s="51"/>
       <c r="H30" s="52"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="54" t="s">
         <v>61</v>
       </c>
       <c r="B31" s="78">
         <v>0</v>
       </c>
       <c r="C31" s="78">
         <v>0</v>
       </c>
       <c r="D31" s="78">
@@ -2614,107 +2614,107 @@
       </c>
       <c r="G31" s="80">
         <v>0</v>
       </c>
       <c r="H31" s="82">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="66" t="s">
         <v>62</v>
       </c>
       <c r="B32" s="50"/>
       <c r="C32" s="50"/>
       <c r="D32" s="50"/>
       <c r="E32" s="51"/>
       <c r="F32" s="51"/>
       <c r="G32" s="51"/>
       <c r="H32" s="52"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="54" t="s">
         <v>63</v>
       </c>
       <c r="B33" s="69">
+        <v>302078</v>
+      </c>
+      <c r="C33" s="69">
         <v>301431</v>
       </c>
-      <c r="C33" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="69">
-        <v>286834</v>
+        <v>283187</v>
       </c>
       <c r="E33" s="72">
-        <v>-0.02</v>
+        <v>0.21</v>
       </c>
       <c r="F33" s="72">
-        <v>5.09</v>
+        <v>6.67</v>
       </c>
       <c r="G33" s="72">
         <v>0.48</v>
       </c>
       <c r="H33" s="75">
-        <v>0.49</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="66" t="s">
         <v>64</v>
       </c>
       <c r="B34" s="50"/>
       <c r="C34" s="50"/>
       <c r="D34" s="50"/>
       <c r="E34" s="51"/>
       <c r="F34" s="51"/>
       <c r="G34" s="51"/>
       <c r="H34" s="52"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="54" t="s">
         <v>65</v>
       </c>
       <c r="B35" s="69">
+        <v>3133585</v>
+      </c>
+      <c r="C35" s="69">
         <v>3125323</v>
       </c>
-      <c r="C35" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="69">
-        <v>3043768</v>
+        <v>3029999</v>
       </c>
       <c r="E35" s="72">
-        <v>1.29</v>
+        <v>0.26</v>
       </c>
       <c r="F35" s="72">
-        <v>2.68</v>
+        <v>3.42</v>
       </c>
       <c r="G35" s="72">
         <v>4.99</v>
       </c>
       <c r="H35" s="75">
-        <v>5.17</v>
+        <v>5.12</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="84" t="s">
         <v>66</v>
       </c>
       <c r="B36" s="45"/>
       <c r="C36" s="45"/>
       <c r="D36" s="45"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="49"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
@@ -3033,55 +3033,55 @@
       <c r="C2" s="35"/>
       <c r="D2" s="35"/>
       <c r="E2" s="35"/>
       <c r="F2" s="35"/>
       <c r="G2" s="35"/>
       <c r="H2" s="35"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="18"/>
       <c r="C4" s="29"/>
       <c r="D4" s="29" t="str">
         <f>'2-2'!D4</f>
-        <v>民國114年 9月</v>
+        <v>民國114年10月</v>
       </c>
       <c r="E4" s="24" t="str">
         <f>'2-2'!E4</f>
-        <v> Sept. 2025</v>
+        <v> Oct. 2025</v>
       </c>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="33" t="s">
@@ -3136,557 +3136,557 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="13"/>
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="20" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="21" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="57">
+        <v>382421</v>
+      </c>
+      <c r="C9" s="57">
         <v>366264</v>
       </c>
-      <c r="C9" s="57">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="57">
-        <v>405661</v>
+        <v>411636</v>
       </c>
       <c r="E9" s="60">
-        <v>2.36</v>
+        <v>4.41</v>
       </c>
       <c r="F9" s="60">
-        <v>-9.71</v>
+        <v>-7.1</v>
       </c>
       <c r="G9" s="60">
-        <v>0.58</v>
+        <v>0.61</v>
       </c>
       <c r="H9" s="63">
-        <v>0.69</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>67</v>
       </c>
       <c r="B10" s="39"/>
       <c r="C10" s="39"/>
       <c r="D10" s="39"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="43"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="54" t="s">
         <v>68</v>
       </c>
       <c r="B11" s="69">
+        <v>295921</v>
+      </c>
+      <c r="C11" s="69">
         <v>290685</v>
       </c>
-      <c r="C11" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="69">
-        <v>306121</v>
+        <v>308304</v>
       </c>
       <c r="E11" s="72">
-        <v>-0.55</v>
+        <v>1.8</v>
       </c>
       <c r="F11" s="72">
-        <v>-5.04</v>
+        <v>-4.02</v>
       </c>
       <c r="G11" s="72">
-        <v>0.46</v>
+        <v>0.47</v>
       </c>
       <c r="H11" s="75">
         <v>0.52</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="66" t="s">
         <v>69</v>
       </c>
       <c r="B12" s="50"/>
       <c r="C12" s="50"/>
       <c r="D12" s="50"/>
       <c r="E12" s="51"/>
       <c r="F12" s="51"/>
       <c r="G12" s="51"/>
       <c r="H12" s="52"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="54" t="s">
         <v>70</v>
       </c>
       <c r="B13" s="69">
+        <v>1988522</v>
+      </c>
+      <c r="C13" s="69">
         <v>1971593</v>
       </c>
-      <c r="C13" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="69">
-        <v>1894537</v>
+        <v>1892264</v>
       </c>
       <c r="E13" s="72">
-        <v>1.12</v>
+        <v>0.86</v>
       </c>
       <c r="F13" s="72">
-        <v>4.07</v>
+        <v>5.09</v>
       </c>
       <c r="G13" s="72">
-        <v>3.15</v>
+        <v>3.17</v>
       </c>
       <c r="H13" s="75">
-        <v>3.22</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="66" t="s">
         <v>71</v>
       </c>
       <c r="B14" s="50"/>
       <c r="C14" s="50"/>
       <c r="D14" s="50"/>
       <c r="E14" s="51"/>
       <c r="F14" s="51"/>
       <c r="G14" s="51"/>
       <c r="H14" s="52"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="54" t="s">
         <v>72</v>
       </c>
       <c r="B15" s="69">
+        <v>622526</v>
+      </c>
+      <c r="C15" s="69">
         <v>624051</v>
       </c>
-      <c r="C15" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="69">
-        <v>611410</v>
+        <v>639911</v>
       </c>
       <c r="E15" s="72">
-        <v>-0.09</v>
+        <v>-0.24</v>
       </c>
       <c r="F15" s="72">
-        <v>2.07</v>
+        <v>-2.72</v>
       </c>
       <c r="G15" s="72">
-        <v>1</v>
+        <v>0.99</v>
       </c>
       <c r="H15" s="75">
-        <v>1.04</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="66" t="s">
         <v>73</v>
       </c>
       <c r="B16" s="50"/>
       <c r="C16" s="50"/>
       <c r="D16" s="50"/>
       <c r="E16" s="51"/>
       <c r="F16" s="51"/>
       <c r="G16" s="51"/>
       <c r="H16" s="52"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="54" t="s">
         <v>74</v>
       </c>
       <c r="B17" s="69">
+        <v>839540</v>
+      </c>
+      <c r="C17" s="69">
         <v>845014</v>
       </c>
-      <c r="C17" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="69">
-        <v>775091</v>
+        <v>786470</v>
       </c>
       <c r="E17" s="72">
-        <v>-0.52</v>
+        <v>-0.65</v>
       </c>
       <c r="F17" s="72">
-        <v>9.02</v>
+        <v>6.75</v>
       </c>
       <c r="G17" s="72">
-        <v>1.35</v>
+        <v>1.34</v>
       </c>
       <c r="H17" s="75">
-        <v>1.32</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="66" t="s">
         <v>75</v>
       </c>
       <c r="B18" s="50"/>
       <c r="C18" s="50"/>
       <c r="D18" s="50"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="52"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="54" t="s">
         <v>76</v>
       </c>
       <c r="B19" s="69">
+        <v>283072</v>
+      </c>
+      <c r="C19" s="69">
         <v>284338</v>
       </c>
-      <c r="C19" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="69">
-        <v>294165</v>
+        <v>298051</v>
       </c>
       <c r="E19" s="72">
-        <v>-0.52</v>
+        <v>-0.45</v>
       </c>
       <c r="F19" s="72">
-        <v>-3.34</v>
+        <v>-5.03</v>
       </c>
       <c r="G19" s="72">
         <v>0.45</v>
       </c>
       <c r="H19" s="75">
         <v>0.5</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="66" t="s">
         <v>77</v>
       </c>
       <c r="B20" s="50"/>
       <c r="C20" s="50"/>
       <c r="D20" s="50"/>
       <c r="E20" s="51"/>
       <c r="F20" s="51"/>
       <c r="G20" s="51"/>
       <c r="H20" s="52"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="54" t="s">
         <v>78</v>
       </c>
       <c r="B21" s="69">
+        <v>579833</v>
+      </c>
+      <c r="C21" s="69">
         <v>570076</v>
       </c>
-      <c r="C21" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="69">
-        <v>537356</v>
+        <v>540483</v>
       </c>
       <c r="E21" s="72">
-        <v>-1.64</v>
+        <v>1.71</v>
       </c>
       <c r="F21" s="72">
-        <v>6.09</v>
+        <v>7.28</v>
       </c>
       <c r="G21" s="72">
-        <v>0.91</v>
+        <v>0.92</v>
       </c>
       <c r="H21" s="75">
         <v>0.91</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="66" t="s">
         <v>79</v>
       </c>
       <c r="B22" s="50"/>
       <c r="C22" s="50"/>
       <c r="D22" s="50"/>
       <c r="E22" s="51"/>
       <c r="F22" s="51"/>
       <c r="G22" s="51"/>
       <c r="H22" s="52"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="54" t="s">
         <v>80</v>
       </c>
       <c r="B23" s="69">
+        <v>82343</v>
+      </c>
+      <c r="C23" s="69">
         <v>82014</v>
       </c>
-      <c r="C23" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="69">
-        <v>77220</v>
+        <v>77371</v>
       </c>
       <c r="E23" s="72">
-        <v>0.13</v>
+        <v>0.4</v>
       </c>
       <c r="F23" s="72">
-        <v>6.21</v>
+        <v>6.43</v>
       </c>
       <c r="G23" s="72">
         <v>0.13</v>
       </c>
       <c r="H23" s="75">
         <v>0.13</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="66" t="s">
         <v>81</v>
       </c>
       <c r="B24" s="50"/>
       <c r="C24" s="50"/>
       <c r="D24" s="50"/>
       <c r="E24" s="51"/>
       <c r="F24" s="51"/>
       <c r="G24" s="51"/>
       <c r="H24" s="52"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="54" t="s">
         <v>82</v>
       </c>
       <c r="B25" s="69">
+        <v>235295</v>
+      </c>
+      <c r="C25" s="69">
         <v>231326</v>
       </c>
-      <c r="C25" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="69">
-        <v>210975</v>
+        <v>209460</v>
       </c>
       <c r="E25" s="72">
-        <v>1.34</v>
+        <v>1.72</v>
       </c>
       <c r="F25" s="72">
-        <v>9.65</v>
+        <v>12.33</v>
       </c>
       <c r="G25" s="72">
         <v>0.37</v>
       </c>
       <c r="H25" s="75">
-        <v>0.36</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="66" t="s">
         <v>83</v>
       </c>
       <c r="B26" s="50"/>
       <c r="C26" s="50"/>
       <c r="D26" s="50"/>
       <c r="E26" s="51"/>
       <c r="F26" s="51"/>
       <c r="G26" s="51"/>
       <c r="H26" s="52"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="54" t="s">
         <v>84</v>
       </c>
       <c r="B27" s="69">
+        <v>1182082</v>
+      </c>
+      <c r="C27" s="69">
         <v>1185299</v>
       </c>
-      <c r="C27" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="69">
-        <v>1103493</v>
+        <v>1117019</v>
       </c>
       <c r="E27" s="72">
-        <v>0.79</v>
+        <v>-0.27</v>
       </c>
       <c r="F27" s="72">
-        <v>7.41</v>
+        <v>5.82</v>
       </c>
       <c r="G27" s="72">
+        <v>1.88</v>
+      </c>
+      <c r="H27" s="75">
         <v>1.89</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.87</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="66" t="s">
         <v>85</v>
       </c>
       <c r="B28" s="50"/>
       <c r="C28" s="50"/>
       <c r="D28" s="50"/>
       <c r="E28" s="51"/>
       <c r="F28" s="51"/>
       <c r="G28" s="51"/>
       <c r="H28" s="52"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="54" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="69">
+        <v>700614</v>
+      </c>
+      <c r="C29" s="69">
         <v>696924</v>
       </c>
-      <c r="C29" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="69">
-        <v>659949</v>
+        <v>666459</v>
       </c>
       <c r="E29" s="72">
-        <v>0.15</v>
+        <v>0.53</v>
       </c>
       <c r="F29" s="72">
-        <v>5.6</v>
+        <v>5.12</v>
       </c>
       <c r="G29" s="72">
-        <v>1.11</v>
+        <v>1.12</v>
       </c>
       <c r="H29" s="75">
-        <v>1.12</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="66" t="s">
         <v>87</v>
       </c>
       <c r="B30" s="50"/>
       <c r="C30" s="50"/>
       <c r="D30" s="50"/>
       <c r="E30" s="51"/>
       <c r="F30" s="51"/>
       <c r="G30" s="51"/>
       <c r="H30" s="52"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="54" t="s">
         <v>88</v>
       </c>
       <c r="B31" s="69">
+        <v>290862</v>
+      </c>
+      <c r="C31" s="69">
         <v>293845</v>
       </c>
-      <c r="C31" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="69">
-        <v>290771</v>
+        <v>289019</v>
       </c>
       <c r="E31" s="72">
-        <v>0.03</v>
+        <v>-1.02</v>
       </c>
       <c r="F31" s="72">
-        <v>1.06</v>
+        <v>0.64</v>
       </c>
       <c r="G31" s="72">
-        <v>0.47</v>
+        <v>0.46</v>
       </c>
       <c r="H31" s="75">
         <v>0.49</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="66" t="s">
         <v>89</v>
       </c>
       <c r="B32" s="50"/>
       <c r="C32" s="50"/>
       <c r="D32" s="50"/>
       <c r="E32" s="51"/>
       <c r="F32" s="51"/>
       <c r="G32" s="51"/>
       <c r="H32" s="52"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="54" t="s">
         <v>90</v>
       </c>
       <c r="B33" s="69">
+        <v>192700</v>
+      </c>
+      <c r="C33" s="69">
         <v>192461</v>
       </c>
-      <c r="C33" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="69">
-        <v>181816</v>
+        <v>180184</v>
       </c>
       <c r="E33" s="72">
-        <v>1.14</v>
+        <v>0.12</v>
       </c>
       <c r="F33" s="72">
-        <v>5.86</v>
+        <v>6.95</v>
       </c>
       <c r="G33" s="72">
         <v>0.31</v>
       </c>
       <c r="H33" s="75">
-        <v>0.31</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="66" t="s">
         <v>91</v>
       </c>
       <c r="B34" s="50"/>
       <c r="C34" s="50"/>
       <c r="D34" s="50"/>
       <c r="E34" s="51"/>
       <c r="F34" s="51"/>
       <c r="G34" s="51"/>
       <c r="H34" s="52"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="54" t="s">
         <v>92</v>
       </c>
       <c r="B35" s="69">
+        <v>828821</v>
+      </c>
+      <c r="C35" s="69">
         <v>829756</v>
       </c>
-      <c r="C35" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="69">
-        <v>783426</v>
+        <v>789181</v>
       </c>
       <c r="E35" s="72">
-        <v>0.69</v>
+        <v>-0.11</v>
       </c>
       <c r="F35" s="72">
-        <v>5.91</v>
+        <v>5.02</v>
       </c>
       <c r="G35" s="72">
         <v>1.32</v>
       </c>
       <c r="H35" s="75">
         <v>1.33</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="84" t="s">
         <v>93</v>
       </c>
       <c r="B36" s="45"/>
       <c r="C36" s="45"/>
       <c r="D36" s="45"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="49"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="19" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="2"/>
@@ -3971,55 +3971,55 @@
       <c r="C2" s="35"/>
       <c r="D2" s="35"/>
       <c r="E2" s="35"/>
       <c r="F2" s="35"/>
       <c r="G2" s="35"/>
       <c r="H2" s="35"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="18"/>
       <c r="C4" s="29"/>
       <c r="D4" s="29" t="str">
         <f>'2-2'!D4</f>
-        <v>民國114年 9月</v>
+        <v>民國114年10月</v>
       </c>
       <c r="E4" s="24" t="str">
         <f>'2-2'!E4</f>
-        <v> Sept. 2025</v>
+        <v> Oct. 2025</v>
       </c>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="33" t="s">
@@ -4074,563 +4074,563 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="13"/>
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="20" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="21" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="57">
+        <v>677222</v>
+      </c>
+      <c r="C9" s="57">
         <v>700257</v>
       </c>
-      <c r="C9" s="57">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="57">
-        <v>670765</v>
+        <v>672378</v>
       </c>
       <c r="E9" s="60">
-        <v>1.26</v>
+        <v>-3.29</v>
       </c>
       <c r="F9" s="60">
-        <v>4.4</v>
+        <v>0.72</v>
       </c>
       <c r="G9" s="60">
-        <v>1.12</v>
+        <v>1.08</v>
       </c>
       <c r="H9" s="63">
         <v>1.14</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>94</v>
       </c>
       <c r="B10" s="39"/>
       <c r="C10" s="39"/>
       <c r="D10" s="39"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="43"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="54" t="s">
         <v>95</v>
       </c>
       <c r="B11" s="69">
+        <v>2049737</v>
+      </c>
+      <c r="C11" s="69">
         <v>2041931</v>
       </c>
-      <c r="C11" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="69">
-        <v>1779283</v>
+        <v>1826015</v>
       </c>
       <c r="E11" s="72">
-        <v>2.26</v>
+        <v>0.38</v>
       </c>
       <c r="F11" s="72">
-        <v>14.76</v>
+        <v>12.25</v>
       </c>
       <c r="G11" s="72">
-        <v>3.26</v>
+        <v>3.27</v>
       </c>
       <c r="H11" s="75">
-        <v>3.02</v>
+        <v>3.09</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="66" t="s">
         <v>96</v>
       </c>
       <c r="B12" s="50"/>
       <c r="C12" s="50"/>
       <c r="D12" s="50"/>
       <c r="E12" s="51"/>
       <c r="F12" s="51"/>
       <c r="G12" s="51"/>
       <c r="H12" s="52"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="54" t="s">
         <v>97</v>
       </c>
       <c r="B13" s="69">
+        <v>2328484</v>
+      </c>
+      <c r="C13" s="69">
         <v>2310315</v>
       </c>
-      <c r="C13" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="69">
-        <v>2165822</v>
+        <v>2163347</v>
       </c>
       <c r="E13" s="72">
-        <v>0.54</v>
+        <v>0.79</v>
       </c>
       <c r="F13" s="72">
-        <v>6.67</v>
+        <v>7.63</v>
       </c>
       <c r="G13" s="72">
-        <v>3.69</v>
+        <v>3.71</v>
       </c>
       <c r="H13" s="75">
-        <v>3.68</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="66" t="s">
         <v>98</v>
       </c>
       <c r="B14" s="50"/>
       <c r="C14" s="50"/>
       <c r="D14" s="50"/>
       <c r="E14" s="51"/>
       <c r="F14" s="51"/>
       <c r="G14" s="51"/>
       <c r="H14" s="52"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="54" t="s">
         <v>99</v>
       </c>
       <c r="B15" s="69">
+        <v>3493927</v>
+      </c>
+      <c r="C15" s="69">
         <v>3458007</v>
       </c>
-      <c r="C15" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="69">
-        <v>3196528</v>
+        <v>3204712</v>
       </c>
       <c r="E15" s="72">
-        <v>0.85</v>
+        <v>1.04</v>
       </c>
       <c r="F15" s="72">
-        <v>8.18</v>
+        <v>9.02</v>
       </c>
       <c r="G15" s="72">
-        <v>5.52</v>
+        <v>5.57</v>
       </c>
       <c r="H15" s="75">
-        <v>5.43</v>
+        <v>5.42</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="66" t="s">
         <v>100</v>
       </c>
       <c r="B16" s="50"/>
       <c r="C16" s="50"/>
       <c r="D16" s="50"/>
       <c r="E16" s="51"/>
       <c r="F16" s="51"/>
       <c r="G16" s="51"/>
       <c r="H16" s="52"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="54" t="s">
         <v>101</v>
       </c>
       <c r="B17" s="69">
+        <v>664464</v>
+      </c>
+      <c r="C17" s="69">
         <v>650750</v>
       </c>
-      <c r="C17" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="69">
-        <v>592543</v>
+        <v>643694</v>
       </c>
       <c r="E17" s="72">
-        <v>0.38</v>
+        <v>2.11</v>
       </c>
       <c r="F17" s="72">
-        <v>9.82</v>
+        <v>3.23</v>
       </c>
       <c r="G17" s="72">
-        <v>1.04</v>
+        <v>1.06</v>
       </c>
       <c r="H17" s="75">
-        <v>1.01</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="66" t="s">
         <v>102</v>
       </c>
       <c r="B18" s="50"/>
       <c r="C18" s="50"/>
       <c r="D18" s="50"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="52"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="54" t="s">
         <v>103</v>
       </c>
       <c r="B19" s="69">
+        <v>820479</v>
+      </c>
+      <c r="C19" s="69">
         <v>799692</v>
       </c>
-      <c r="C19" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="69">
-        <v>745076</v>
+        <v>768198</v>
       </c>
       <c r="E19" s="72">
-        <v>-0.02</v>
+        <v>2.6</v>
       </c>
       <c r="F19" s="72">
-        <v>7.33</v>
+        <v>6.81</v>
       </c>
       <c r="G19" s="72">
-        <v>1.28</v>
+        <v>1.31</v>
       </c>
       <c r="H19" s="75">
-        <v>1.27</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="66" t="s">
         <v>104</v>
       </c>
       <c r="B20" s="50"/>
       <c r="C20" s="50"/>
       <c r="D20" s="50"/>
       <c r="E20" s="51"/>
       <c r="F20" s="51"/>
       <c r="G20" s="51"/>
       <c r="H20" s="52"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="54" t="s">
         <v>105</v>
       </c>
       <c r="B21" s="69">
+        <v>2513875</v>
+      </c>
+      <c r="C21" s="69">
         <v>2506608</v>
       </c>
-      <c r="C21" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="69">
-        <v>2313777</v>
+        <v>2339286</v>
       </c>
       <c r="E21" s="72">
-        <v>-0.09</v>
+        <v>0.29</v>
       </c>
       <c r="F21" s="72">
-        <v>8.33</v>
+        <v>7.46</v>
       </c>
       <c r="G21" s="72">
-        <v>4</v>
+        <v>4.01</v>
       </c>
       <c r="H21" s="75">
-        <v>3.93</v>
+        <v>3.95</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="66" t="s">
         <v>106</v>
       </c>
       <c r="B22" s="50"/>
       <c r="C22" s="50"/>
       <c r="D22" s="50"/>
       <c r="E22" s="51"/>
       <c r="F22" s="51"/>
       <c r="G22" s="51"/>
       <c r="H22" s="52"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="54" t="s">
         <v>107</v>
       </c>
       <c r="B23" s="69">
+        <v>340209</v>
+      </c>
+      <c r="C23" s="69">
         <v>333056</v>
       </c>
-      <c r="C23" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="69">
-        <v>306915</v>
+        <v>311112</v>
       </c>
       <c r="E23" s="72">
-        <v>0.2</v>
+        <v>2.15</v>
       </c>
       <c r="F23" s="72">
-        <v>8.52</v>
+        <v>9.35</v>
       </c>
       <c r="G23" s="72">
+        <v>0.54</v>
+      </c>
+      <c r="H23" s="75">
         <v>0.53</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.52</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="66" t="s">
         <v>108</v>
       </c>
       <c r="B24" s="50"/>
       <c r="C24" s="50"/>
       <c r="D24" s="50"/>
       <c r="E24" s="51"/>
       <c r="F24" s="51"/>
       <c r="G24" s="51"/>
       <c r="H24" s="52"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="54" t="s">
         <v>109</v>
       </c>
       <c r="B25" s="69">
+        <v>4698783</v>
+      </c>
+      <c r="C25" s="69">
         <v>4727674</v>
       </c>
-      <c r="C25" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="69">
-        <v>4439613</v>
+        <v>4399708</v>
       </c>
       <c r="E25" s="72">
-        <v>0.53</v>
+        <v>-0.61</v>
       </c>
       <c r="F25" s="72">
-        <v>6.49</v>
+        <v>6.8</v>
       </c>
       <c r="G25" s="72">
-        <v>7.55</v>
+        <v>7.49</v>
       </c>
       <c r="H25" s="75">
-        <v>7.54</v>
+        <v>7.44</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="66" t="s">
         <v>110</v>
       </c>
       <c r="B26" s="50"/>
       <c r="C26" s="50"/>
       <c r="D26" s="50"/>
       <c r="E26" s="51"/>
       <c r="F26" s="51"/>
       <c r="G26" s="51"/>
       <c r="H26" s="52"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="54" t="s">
         <v>111</v>
       </c>
       <c r="B27" s="69">
+        <v>54370</v>
+      </c>
+      <c r="C27" s="69">
         <v>52188</v>
       </c>
-      <c r="C27" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="69">
-        <v>31112</v>
+        <v>32788</v>
       </c>
       <c r="E27" s="72">
-        <v>2.34</v>
+        <v>4.18</v>
       </c>
       <c r="F27" s="72">
-        <v>67.74</v>
+        <v>65.82</v>
       </c>
       <c r="G27" s="72">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
       <c r="H27" s="75">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="66" t="s">
         <v>112</v>
       </c>
       <c r="B28" s="50"/>
       <c r="C28" s="50"/>
       <c r="D28" s="50"/>
       <c r="E28" s="51"/>
       <c r="F28" s="51"/>
       <c r="G28" s="51"/>
       <c r="H28" s="52"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="54" t="s">
         <v>113</v>
       </c>
       <c r="B29" s="69">
+        <v>84154</v>
+      </c>
+      <c r="C29" s="69">
         <v>81837</v>
       </c>
-      <c r="C29" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="69">
-        <v>66494</v>
+        <v>66301</v>
       </c>
       <c r="E29" s="72">
-        <v>2.87</v>
+        <v>2.83</v>
       </c>
       <c r="F29" s="72">
-        <v>23.07</v>
+        <v>26.93</v>
       </c>
       <c r="G29" s="72">
         <v>0.13</v>
       </c>
       <c r="H29" s="75">
         <v>0.11</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="66" t="s">
         <v>114</v>
       </c>
       <c r="B30" s="50"/>
       <c r="C30" s="50"/>
       <c r="D30" s="50"/>
       <c r="E30" s="51"/>
       <c r="F30" s="51"/>
       <c r="G30" s="51"/>
       <c r="H30" s="52"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="54" t="s">
         <v>115</v>
       </c>
       <c r="B31" s="69">
+        <v>42392</v>
+      </c>
+      <c r="C31" s="69">
         <v>43254</v>
       </c>
-      <c r="C31" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="69">
-        <v>31472</v>
+        <v>33663</v>
       </c>
       <c r="E31" s="72">
-        <v>1</v>
+        <v>-1.99</v>
       </c>
       <c r="F31" s="72">
-        <v>37.44</v>
+        <v>25.93</v>
       </c>
       <c r="G31" s="72">
         <v>0.07</v>
       </c>
       <c r="H31" s="75">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="66" t="s">
         <v>116</v>
       </c>
       <c r="B32" s="50"/>
       <c r="C32" s="50"/>
       <c r="D32" s="50"/>
       <c r="E32" s="51"/>
       <c r="F32" s="51"/>
       <c r="G32" s="51"/>
       <c r="H32" s="52"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="55" t="s">
         <v>117</v>
       </c>
       <c r="B33" s="70">
+        <v>1864431</v>
+      </c>
+      <c r="C33" s="70">
         <v>1842818</v>
       </c>
-      <c r="C33" s="70">
-[...1 lines deleted...]
-      </c>
       <c r="D33" s="70">
-        <v>1413493</v>
+        <v>1436503</v>
       </c>
       <c r="E33" s="73">
-        <v>-2.99</v>
+        <v>1.17</v>
       </c>
       <c r="F33" s="73">
-        <v>30.37</v>
+        <v>29.79</v>
       </c>
       <c r="G33" s="73">
-        <v>2.94</v>
+        <v>2.97</v>
       </c>
       <c r="H33" s="76">
-        <v>2.4</v>
+        <v>2.43</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>118</v>
       </c>
       <c r="B34" s="50"/>
       <c r="C34" s="50"/>
       <c r="D34" s="50"/>
       <c r="E34" s="51"/>
       <c r="F34" s="51"/>
       <c r="G34" s="51"/>
       <c r="H34" s="52"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="55" t="s">
         <v>119</v>
       </c>
       <c r="B35" s="70">
+        <v>135486</v>
+      </c>
+      <c r="C35" s="70">
         <v>133640</v>
       </c>
-      <c r="C35" s="70">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="70">
-        <v>250230</v>
+        <v>224967</v>
       </c>
       <c r="E35" s="73">
-        <v>-3.95</v>
+        <v>1.38</v>
       </c>
       <c r="F35" s="73">
-        <v>-46.59</v>
+        <v>-39.78</v>
       </c>
       <c r="G35" s="73">
-        <v>0.21</v>
+        <v>0.22</v>
       </c>
       <c r="H35" s="76">
-        <v>0.43</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="85" t="s">
         <v>120</v>
       </c>
       <c r="B36" s="45"/>
       <c r="C36" s="45"/>
       <c r="D36" s="45"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="49"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="30" t="s">
         <v>38</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>