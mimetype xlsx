--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -136,51 +136,51 @@
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>﹪</t>
     </r>
   </si>
   <si>
     <r>
       <t>全行　</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>All Branches</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> Oct. 2025</t>
+    <t xml:space="preserve"> Dec. 2025</t>
   </si>
   <si>
     <r>
       <t>說　　明：</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>#</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>係金融控股公司之子公司。</t>
     </r>
   </si>
   <si>
     <r>
       <t>2-2</t>
@@ -259,51 +259,51 @@
     </r>
   </si>
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>遠東國際商業銀行</t>
   </si>
   <si>
     <t xml:space="preserve"> 2-2 Monthly Averages of Deposits at General Banks ( Cont.1)</t>
   </si>
   <si>
     <r>
       <t>2-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>　一般銀行存款月平均餘額（續一）</t>
     </r>
   </si>
   <si>
-    <t>民國114年10月</t>
+    <t>民國114年12月</t>
   </si>
   <si>
     <t>資料來源：金融機構申報資料。</t>
   </si>
   <si>
     <r>
       <t>2-2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>　一般銀行存款月平均餘額（續二完）</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve"> 2-2 Monthly Averages of Deposits at General Banks ( Cont.2 End )</t>
   </si>
   <si>
     <t>說　　明：本表自102年1月起包含大陸地區銀行在臺分行資料。</t>
   </si>
   <si>
     <t>Note: Beginning Jan. 2013, the data include "Local Branches of Mainland Chinese Banks".</t>
@@ -2158,449 +2158,449 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="13"/>
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="20" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="21" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="55" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="58">
-        <v>62752927</v>
+        <v>63490133</v>
       </c>
       <c r="C9" s="58">
-        <v>62641262</v>
+        <v>63121143</v>
       </c>
       <c r="D9" s="58">
-        <v>59157022</v>
+        <v>59735887</v>
       </c>
       <c r="E9" s="61">
-        <v>0.18</v>
+        <v>0.58</v>
       </c>
       <c r="F9" s="61">
-        <v>6.08</v>
+        <v>6.28</v>
       </c>
       <c r="G9" s="61">
         <v>100</v>
       </c>
       <c r="H9" s="64">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="67" t="s">
         <v>40</v>
       </c>
       <c r="B10" s="39"/>
       <c r="C10" s="39"/>
       <c r="D10" s="39"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="43"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="55" t="s">
         <v>41</v>
       </c>
       <c r="B11" s="70">
-        <v>60753010</v>
+        <v>61503703</v>
       </c>
       <c r="C11" s="70">
-        <v>60664804</v>
+        <v>61028759</v>
       </c>
       <c r="D11" s="70">
-        <v>57495552</v>
+        <v>58126261</v>
       </c>
       <c r="E11" s="73">
-        <v>0.15</v>
+        <v>0.78</v>
       </c>
       <c r="F11" s="73">
-        <v>5.67</v>
+        <v>5.81</v>
       </c>
       <c r="G11" s="73">
-        <v>96.81</v>
+        <v>96.87</v>
       </c>
       <c r="H11" s="76">
-        <v>97.19</v>
+        <v>97.31</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="67" t="s">
         <v>42</v>
       </c>
       <c r="B12" s="50"/>
       <c r="C12" s="50"/>
       <c r="D12" s="50"/>
       <c r="E12" s="51"/>
       <c r="F12" s="51"/>
       <c r="G12" s="51"/>
       <c r="H12" s="52"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="54" t="s">
         <v>43</v>
       </c>
       <c r="B13" s="69">
-        <v>5200928</v>
+        <v>5226058</v>
       </c>
       <c r="C13" s="69">
-        <v>5219809</v>
+        <v>5197589</v>
       </c>
       <c r="D13" s="69">
-        <v>4991765</v>
+        <v>5052501</v>
       </c>
       <c r="E13" s="72">
-        <v>-0.36</v>
+        <v>0.55</v>
       </c>
       <c r="F13" s="72">
-        <v>4.19</v>
+        <v>3.44</v>
       </c>
       <c r="G13" s="72">
-        <v>8.29</v>
+        <v>8.23</v>
       </c>
       <c r="H13" s="75">
-        <v>8.44</v>
+        <v>8.46</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="66" t="s">
         <v>44</v>
       </c>
       <c r="B14" s="50"/>
       <c r="C14" s="50"/>
       <c r="D14" s="50"/>
       <c r="E14" s="51"/>
       <c r="F14" s="51"/>
       <c r="G14" s="51"/>
       <c r="H14" s="52"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="54" t="s">
         <v>45</v>
       </c>
       <c r="B15" s="69">
-        <v>2744604</v>
+        <v>2763628</v>
       </c>
       <c r="C15" s="69">
-        <v>2702623</v>
+        <v>2753446</v>
       </c>
       <c r="D15" s="69">
-        <v>2695232</v>
+        <v>2717657</v>
       </c>
       <c r="E15" s="72">
-        <v>1.55</v>
+        <v>0.37</v>
       </c>
       <c r="F15" s="72">
-        <v>1.83</v>
+        <v>1.69</v>
       </c>
       <c r="G15" s="72">
-        <v>4.37</v>
+        <v>4.35</v>
       </c>
       <c r="H15" s="75">
-        <v>4.56</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="66" t="s">
         <v>46</v>
       </c>
       <c r="B16" s="50"/>
       <c r="C16" s="50"/>
       <c r="D16" s="50"/>
       <c r="E16" s="51"/>
       <c r="F16" s="51"/>
       <c r="G16" s="51"/>
       <c r="H16" s="52"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="54" t="s">
         <v>47</v>
       </c>
       <c r="B17" s="69">
-        <v>4190273</v>
+        <v>4192974</v>
       </c>
       <c r="C17" s="69">
-        <v>4206168</v>
+        <v>4202197</v>
       </c>
       <c r="D17" s="69">
-        <v>4012148</v>
+        <v>4064095</v>
       </c>
       <c r="E17" s="72">
-        <v>-0.38</v>
+        <v>-0.22</v>
       </c>
       <c r="F17" s="72">
-        <v>4.44</v>
+        <v>3.17</v>
       </c>
       <c r="G17" s="72">
-        <v>6.68</v>
+        <v>6.6</v>
       </c>
       <c r="H17" s="75">
-        <v>6.78</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="66" t="s">
         <v>48</v>
       </c>
       <c r="B18" s="50"/>
       <c r="C18" s="50"/>
       <c r="D18" s="50"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="52"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="54" t="s">
         <v>49</v>
       </c>
       <c r="B19" s="69">
-        <v>3830338</v>
+        <v>3907680</v>
       </c>
       <c r="C19" s="69">
-        <v>3857906</v>
+        <v>3858131</v>
       </c>
       <c r="D19" s="69">
-        <v>3655385</v>
+        <v>3676228</v>
       </c>
       <c r="E19" s="72">
-        <v>-0.71</v>
+        <v>1.28</v>
       </c>
       <c r="F19" s="72">
-        <v>4.79</v>
+        <v>6.3</v>
       </c>
       <c r="G19" s="72">
-        <v>6.1</v>
+        <v>6.15</v>
       </c>
       <c r="H19" s="75">
-        <v>6.18</v>
+        <v>6.15</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="66" t="s">
         <v>50</v>
       </c>
       <c r="B20" s="50"/>
       <c r="C20" s="50"/>
       <c r="D20" s="50"/>
       <c r="E20" s="51"/>
       <c r="F20" s="51"/>
       <c r="G20" s="51"/>
       <c r="H20" s="52"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="54" t="s">
         <v>51</v>
       </c>
       <c r="B21" s="69">
-        <v>3346701</v>
+        <v>3362953</v>
       </c>
       <c r="C21" s="69">
-        <v>3333515</v>
+        <v>3344367</v>
       </c>
       <c r="D21" s="69">
-        <v>3355583</v>
+        <v>3317055</v>
       </c>
       <c r="E21" s="72">
-        <v>0.4</v>
+        <v>0.56</v>
       </c>
       <c r="F21" s="72">
-        <v>-0.26</v>
+        <v>1.38</v>
       </c>
       <c r="G21" s="72">
-        <v>5.33</v>
+        <v>5.3</v>
       </c>
       <c r="H21" s="75">
-        <v>5.67</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="66" t="s">
         <v>52</v>
       </c>
       <c r="B22" s="50"/>
       <c r="C22" s="50"/>
       <c r="D22" s="50"/>
       <c r="E22" s="51"/>
       <c r="F22" s="51"/>
       <c r="G22" s="51"/>
       <c r="H22" s="52"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="54" t="s">
         <v>53</v>
       </c>
       <c r="B23" s="69">
-        <v>2631002</v>
+        <v>2648398</v>
       </c>
       <c r="C23" s="69">
-        <v>2638402</v>
+        <v>2628141</v>
       </c>
       <c r="D23" s="69">
-        <v>2623864</v>
+        <v>2587200</v>
       </c>
       <c r="E23" s="72">
-        <v>-0.28</v>
+        <v>0.77</v>
       </c>
       <c r="F23" s="72">
-        <v>0.27</v>
+        <v>2.37</v>
       </c>
       <c r="G23" s="72">
-        <v>4.19</v>
+        <v>4.17</v>
       </c>
       <c r="H23" s="75">
-        <v>4.44</v>
+        <v>4.33</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="66" t="s">
         <v>54</v>
       </c>
       <c r="B24" s="50"/>
       <c r="C24" s="50"/>
       <c r="D24" s="50"/>
       <c r="E24" s="51"/>
       <c r="F24" s="51"/>
       <c r="G24" s="51"/>
       <c r="H24" s="52"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="54" t="s">
         <v>55</v>
       </c>
       <c r="B25" s="69">
-        <v>1249758</v>
+        <v>1264680</v>
       </c>
       <c r="C25" s="69">
-        <v>1276525</v>
+        <v>1262303</v>
       </c>
       <c r="D25" s="69">
-        <v>1266508</v>
+        <v>1274792</v>
       </c>
       <c r="E25" s="72">
-        <v>-2.1</v>
+        <v>0.19</v>
       </c>
       <c r="F25" s="72">
-        <v>-1.32</v>
+        <v>-0.79</v>
       </c>
       <c r="G25" s="72">
         <v>1.99</v>
       </c>
       <c r="H25" s="75">
-        <v>2.14</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="66" t="s">
         <v>56</v>
       </c>
       <c r="B26" s="50"/>
       <c r="C26" s="50"/>
       <c r="D26" s="50"/>
       <c r="E26" s="51"/>
       <c r="F26" s="51"/>
       <c r="G26" s="51"/>
       <c r="H26" s="52"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="54" t="s">
         <v>57</v>
       </c>
       <c r="B27" s="69">
-        <v>3574135</v>
+        <v>3672899</v>
       </c>
       <c r="C27" s="69">
-        <v>3580725</v>
+        <v>3638081</v>
       </c>
       <c r="D27" s="69">
-        <v>3388550</v>
+        <v>3428709</v>
       </c>
       <c r="E27" s="72">
-        <v>-0.18</v>
+        <v>0.96</v>
       </c>
       <c r="F27" s="72">
-        <v>5.48</v>
+        <v>7.12</v>
       </c>
       <c r="G27" s="72">
-        <v>5.7</v>
+        <v>5.78</v>
       </c>
       <c r="H27" s="75">
-        <v>5.73</v>
+        <v>5.74</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="66" t="s">
         <v>58</v>
       </c>
       <c r="B28" s="50"/>
       <c r="C28" s="50"/>
       <c r="D28" s="50"/>
       <c r="E28" s="51"/>
       <c r="F28" s="51"/>
       <c r="G28" s="51"/>
       <c r="H28" s="52"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="54" t="s">
         <v>59</v>
       </c>
       <c r="B29" s="69">
-        <v>4276961</v>
+        <v>4324447</v>
       </c>
       <c r="C29" s="69">
-        <v>4253158</v>
+        <v>4320710</v>
       </c>
       <c r="D29" s="69">
-        <v>3526316</v>
+        <v>3706745</v>
       </c>
       <c r="E29" s="72">
-        <v>0.56</v>
+        <v>0.09</v>
       </c>
       <c r="F29" s="72">
-        <v>21.29</v>
+        <v>16.66</v>
       </c>
       <c r="G29" s="72">
-        <v>6.82</v>
+        <v>6.81</v>
       </c>
       <c r="H29" s="75">
-        <v>5.96</v>
+        <v>6.21</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="66" t="s">
         <v>60</v>
       </c>
       <c r="B30" s="50"/>
       <c r="C30" s="50"/>
       <c r="D30" s="50"/>
       <c r="E30" s="51"/>
       <c r="F30" s="51"/>
       <c r="G30" s="51"/>
       <c r="H30" s="52"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="54" t="s">
         <v>61</v>
       </c>
       <c r="B31" s="78">
         <v>0</v>
       </c>
       <c r="C31" s="78">
         <v>0</v>
       </c>
       <c r="D31" s="78">
@@ -2614,107 +2614,107 @@
       </c>
       <c r="G31" s="80">
         <v>0</v>
       </c>
       <c r="H31" s="82">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="66" t="s">
         <v>62</v>
       </c>
       <c r="B32" s="50"/>
       <c r="C32" s="50"/>
       <c r="D32" s="50"/>
       <c r="E32" s="51"/>
       <c r="F32" s="51"/>
       <c r="G32" s="51"/>
       <c r="H32" s="52"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="54" t="s">
         <v>63</v>
       </c>
       <c r="B33" s="69">
-        <v>302078</v>
+        <v>303618</v>
       </c>
       <c r="C33" s="69">
-        <v>301431</v>
+        <v>301465</v>
       </c>
       <c r="D33" s="69">
-        <v>283187</v>
+        <v>291538</v>
       </c>
       <c r="E33" s="72">
-        <v>0.21</v>
+        <v>0.71</v>
       </c>
       <c r="F33" s="72">
-        <v>6.67</v>
+        <v>4.14</v>
       </c>
       <c r="G33" s="72">
         <v>0.48</v>
       </c>
       <c r="H33" s="75">
-        <v>0.48</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="66" t="s">
         <v>64</v>
       </c>
       <c r="B34" s="50"/>
       <c r="C34" s="50"/>
       <c r="D34" s="50"/>
       <c r="E34" s="51"/>
       <c r="F34" s="51"/>
       <c r="G34" s="51"/>
       <c r="H34" s="52"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="54" t="s">
         <v>65</v>
       </c>
       <c r="B35" s="69">
-        <v>3133585</v>
+        <v>3281549</v>
       </c>
       <c r="C35" s="69">
-        <v>3125323</v>
+        <v>3226582</v>
       </c>
       <c r="D35" s="69">
-        <v>3029999</v>
+        <v>3161354</v>
       </c>
       <c r="E35" s="72">
-        <v>0.26</v>
+        <v>1.7</v>
       </c>
       <c r="F35" s="72">
-        <v>3.42</v>
+        <v>3.8</v>
       </c>
       <c r="G35" s="72">
-        <v>4.99</v>
+        <v>5.17</v>
       </c>
       <c r="H35" s="75">
-        <v>5.12</v>
+        <v>5.29</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="84" t="s">
         <v>66</v>
       </c>
       <c r="B36" s="45"/>
       <c r="C36" s="45"/>
       <c r="D36" s="45"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="49"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
@@ -3033,55 +3033,55 @@
       <c r="C2" s="35"/>
       <c r="D2" s="35"/>
       <c r="E2" s="35"/>
       <c r="F2" s="35"/>
       <c r="G2" s="35"/>
       <c r="H2" s="35"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="18"/>
       <c r="C4" s="29"/>
       <c r="D4" s="29" t="str">
         <f>'2-2'!D4</f>
-        <v>民國114年10月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="E4" s="24" t="str">
         <f>'2-2'!E4</f>
-        <v> Oct. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="33" t="s">
@@ -3136,563 +3136,563 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="13"/>
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="20" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="21" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>30</v>
       </c>
       <c r="B9" s="57">
-        <v>382421</v>
+        <v>399335</v>
       </c>
       <c r="C9" s="57">
-        <v>366264</v>
+        <v>379709</v>
       </c>
       <c r="D9" s="57">
-        <v>411636</v>
+        <v>393847</v>
       </c>
       <c r="E9" s="60">
-        <v>4.41</v>
+        <v>5.17</v>
       </c>
       <c r="F9" s="60">
-        <v>-7.1</v>
+        <v>1.39</v>
       </c>
       <c r="G9" s="60">
-        <v>0.61</v>
+        <v>0.63</v>
       </c>
       <c r="H9" s="63">
-        <v>0.7</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>67</v>
       </c>
       <c r="B10" s="39"/>
       <c r="C10" s="39"/>
       <c r="D10" s="39"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="43"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="54" t="s">
         <v>68</v>
       </c>
       <c r="B11" s="69">
-        <v>295921</v>
+        <v>302853</v>
       </c>
       <c r="C11" s="69">
-        <v>290685</v>
+        <v>301354</v>
       </c>
       <c r="D11" s="69">
-        <v>308304</v>
+        <v>305973</v>
       </c>
       <c r="E11" s="72">
-        <v>1.8</v>
+        <v>0.5</v>
       </c>
       <c r="F11" s="72">
-        <v>-4.02</v>
+        <v>-1.02</v>
       </c>
       <c r="G11" s="72">
-        <v>0.47</v>
+        <v>0.48</v>
       </c>
       <c r="H11" s="75">
-        <v>0.52</v>
+        <v>0.51</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="66" t="s">
         <v>69</v>
       </c>
       <c r="B12" s="50"/>
       <c r="C12" s="50"/>
       <c r="D12" s="50"/>
       <c r="E12" s="51"/>
       <c r="F12" s="51"/>
       <c r="G12" s="51"/>
       <c r="H12" s="52"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="54" t="s">
         <v>70</v>
       </c>
       <c r="B13" s="69">
-        <v>1988522</v>
+        <v>2043195</v>
       </c>
       <c r="C13" s="69">
-        <v>1971593</v>
+        <v>2012992</v>
       </c>
       <c r="D13" s="69">
-        <v>1892264</v>
+        <v>1887337</v>
       </c>
       <c r="E13" s="72">
-        <v>0.86</v>
+        <v>1.5</v>
       </c>
       <c r="F13" s="72">
-        <v>5.09</v>
+        <v>8.26</v>
       </c>
       <c r="G13" s="72">
-        <v>3.17</v>
+        <v>3.22</v>
       </c>
       <c r="H13" s="75">
-        <v>3.2</v>
+        <v>3.16</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="66" t="s">
         <v>71</v>
       </c>
       <c r="B14" s="50"/>
       <c r="C14" s="50"/>
       <c r="D14" s="50"/>
       <c r="E14" s="51"/>
       <c r="F14" s="51"/>
       <c r="G14" s="51"/>
       <c r="H14" s="52"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="54" t="s">
         <v>72</v>
       </c>
       <c r="B15" s="69">
-        <v>622526</v>
+        <v>608792</v>
       </c>
       <c r="C15" s="69">
-        <v>624051</v>
+        <v>622282</v>
       </c>
       <c r="D15" s="69">
-        <v>639911</v>
+        <v>632682</v>
       </c>
       <c r="E15" s="72">
-        <v>-0.24</v>
+        <v>-2.17</v>
       </c>
       <c r="F15" s="72">
-        <v>-2.72</v>
+        <v>-3.78</v>
       </c>
       <c r="G15" s="72">
-        <v>0.99</v>
+        <v>0.96</v>
       </c>
       <c r="H15" s="75">
-        <v>1.08</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="66" t="s">
         <v>73</v>
       </c>
       <c r="B16" s="50"/>
       <c r="C16" s="50"/>
       <c r="D16" s="50"/>
       <c r="E16" s="51"/>
       <c r="F16" s="51"/>
       <c r="G16" s="51"/>
       <c r="H16" s="52"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="54" t="s">
         <v>74</v>
       </c>
       <c r="B17" s="69">
-        <v>839540</v>
+        <v>831879</v>
       </c>
       <c r="C17" s="69">
-        <v>845014</v>
+        <v>828446</v>
       </c>
       <c r="D17" s="69">
-        <v>786470</v>
+        <v>796407</v>
       </c>
       <c r="E17" s="72">
-        <v>-0.65</v>
+        <v>0.41</v>
       </c>
       <c r="F17" s="72">
-        <v>6.75</v>
+        <v>4.45</v>
       </c>
       <c r="G17" s="72">
-        <v>1.34</v>
+        <v>1.31</v>
       </c>
       <c r="H17" s="75">
         <v>1.33</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="66" t="s">
         <v>75</v>
       </c>
       <c r="B18" s="50"/>
       <c r="C18" s="50"/>
       <c r="D18" s="50"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="52"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="54" t="s">
         <v>76</v>
       </c>
       <c r="B19" s="69">
-        <v>283072</v>
+        <v>285859</v>
       </c>
       <c r="C19" s="69">
-        <v>284338</v>
+        <v>284332</v>
       </c>
       <c r="D19" s="69">
-        <v>298051</v>
+        <v>297009</v>
       </c>
       <c r="E19" s="72">
-        <v>-0.45</v>
+        <v>0.54</v>
       </c>
       <c r="F19" s="72">
-        <v>-5.03</v>
+        <v>-3.75</v>
       </c>
       <c r="G19" s="72">
         <v>0.45</v>
       </c>
       <c r="H19" s="75">
         <v>0.5</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="66" t="s">
         <v>77</v>
       </c>
       <c r="B20" s="50"/>
       <c r="C20" s="50"/>
       <c r="D20" s="50"/>
       <c r="E20" s="51"/>
       <c r="F20" s="51"/>
       <c r="G20" s="51"/>
       <c r="H20" s="52"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="54" t="s">
         <v>78</v>
       </c>
       <c r="B21" s="69">
-        <v>579833</v>
+        <v>597999</v>
       </c>
       <c r="C21" s="69">
-        <v>570076</v>
+        <v>587206</v>
       </c>
       <c r="D21" s="69">
-        <v>540483</v>
+        <v>567041</v>
       </c>
       <c r="E21" s="72">
-        <v>1.71</v>
+        <v>1.84</v>
       </c>
       <c r="F21" s="72">
-        <v>7.28</v>
+        <v>5.46</v>
       </c>
       <c r="G21" s="72">
-        <v>0.92</v>
+        <v>0.94</v>
       </c>
       <c r="H21" s="75">
-        <v>0.91</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="66" t="s">
         <v>79</v>
       </c>
       <c r="B22" s="50"/>
       <c r="C22" s="50"/>
       <c r="D22" s="50"/>
       <c r="E22" s="51"/>
       <c r="F22" s="51"/>
       <c r="G22" s="51"/>
       <c r="H22" s="52"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="54" t="s">
         <v>80</v>
       </c>
       <c r="B23" s="69">
-        <v>82343</v>
+        <v>81872</v>
       </c>
       <c r="C23" s="69">
-        <v>82014</v>
+        <v>82359</v>
       </c>
       <c r="D23" s="69">
-        <v>77371</v>
+        <v>79608</v>
       </c>
       <c r="E23" s="72">
-        <v>0.4</v>
+        <v>-0.59</v>
       </c>
       <c r="F23" s="72">
-        <v>6.43</v>
+        <v>2.84</v>
       </c>
       <c r="G23" s="72">
         <v>0.13</v>
       </c>
       <c r="H23" s="75">
         <v>0.13</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="66" t="s">
         <v>81</v>
       </c>
       <c r="B24" s="50"/>
       <c r="C24" s="50"/>
       <c r="D24" s="50"/>
       <c r="E24" s="51"/>
       <c r="F24" s="51"/>
       <c r="G24" s="51"/>
       <c r="H24" s="52"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="54" t="s">
         <v>82</v>
       </c>
       <c r="B25" s="69">
-        <v>235295</v>
+        <v>237277</v>
       </c>
       <c r="C25" s="69">
-        <v>231326</v>
+        <v>235856</v>
       </c>
       <c r="D25" s="69">
-        <v>209460</v>
+        <v>210205</v>
       </c>
       <c r="E25" s="72">
-        <v>1.72</v>
+        <v>0.6</v>
       </c>
       <c r="F25" s="72">
-        <v>12.33</v>
+        <v>12.88</v>
       </c>
       <c r="G25" s="72">
         <v>0.37</v>
       </c>
       <c r="H25" s="75">
         <v>0.35</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="66" t="s">
         <v>83</v>
       </c>
       <c r="B26" s="50"/>
       <c r="C26" s="50"/>
       <c r="D26" s="50"/>
       <c r="E26" s="51"/>
       <c r="F26" s="51"/>
       <c r="G26" s="51"/>
       <c r="H26" s="52"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="54" t="s">
         <v>84</v>
       </c>
       <c r="B27" s="69">
-        <v>1182082</v>
+        <v>1172068</v>
       </c>
       <c r="C27" s="69">
-        <v>1185299</v>
+        <v>1174689</v>
       </c>
       <c r="D27" s="69">
-        <v>1117019</v>
+        <v>1125883</v>
       </c>
       <c r="E27" s="72">
-        <v>-0.27</v>
+        <v>-0.22</v>
       </c>
       <c r="F27" s="72">
-        <v>5.82</v>
+        <v>4.1</v>
       </c>
       <c r="G27" s="72">
+        <v>1.85</v>
+      </c>
+      <c r="H27" s="75">
         <v>1.88</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.89</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="66" t="s">
         <v>85</v>
       </c>
       <c r="B28" s="50"/>
       <c r="C28" s="50"/>
       <c r="D28" s="50"/>
       <c r="E28" s="51"/>
       <c r="F28" s="51"/>
       <c r="G28" s="51"/>
       <c r="H28" s="52"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="54" t="s">
         <v>86</v>
       </c>
       <c r="B29" s="69">
-        <v>700614</v>
+        <v>715914</v>
       </c>
       <c r="C29" s="69">
-        <v>696924</v>
+        <v>707131</v>
       </c>
       <c r="D29" s="69">
-        <v>666459</v>
+        <v>675735</v>
       </c>
       <c r="E29" s="72">
-        <v>0.53</v>
+        <v>1.24</v>
       </c>
       <c r="F29" s="72">
-        <v>5.12</v>
+        <v>5.95</v>
       </c>
       <c r="G29" s="72">
-        <v>1.12</v>
+        <v>1.13</v>
       </c>
       <c r="H29" s="75">
         <v>1.13</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="66" t="s">
         <v>87</v>
       </c>
       <c r="B30" s="50"/>
       <c r="C30" s="50"/>
       <c r="D30" s="50"/>
       <c r="E30" s="51"/>
       <c r="F30" s="51"/>
       <c r="G30" s="51"/>
       <c r="H30" s="52"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="54" t="s">
         <v>88</v>
       </c>
       <c r="B31" s="69">
-        <v>290862</v>
+        <v>294345</v>
       </c>
       <c r="C31" s="69">
-        <v>293845</v>
+        <v>292357</v>
       </c>
       <c r="D31" s="69">
-        <v>289019</v>
+        <v>293829</v>
       </c>
       <c r="E31" s="72">
-        <v>-1.02</v>
+        <v>0.68</v>
       </c>
       <c r="F31" s="72">
-        <v>0.64</v>
+        <v>0.18</v>
       </c>
       <c r="G31" s="72">
         <v>0.46</v>
       </c>
       <c r="H31" s="75">
         <v>0.49</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="66" t="s">
         <v>89</v>
       </c>
       <c r="B32" s="50"/>
       <c r="C32" s="50"/>
       <c r="D32" s="50"/>
       <c r="E32" s="51"/>
       <c r="F32" s="51"/>
       <c r="G32" s="51"/>
       <c r="H32" s="52"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="54" t="s">
         <v>90</v>
       </c>
       <c r="B33" s="69">
-        <v>192700</v>
+        <v>196964</v>
       </c>
       <c r="C33" s="69">
-        <v>192461</v>
+        <v>194248</v>
       </c>
       <c r="D33" s="69">
-        <v>180184</v>
+        <v>181473</v>
       </c>
       <c r="E33" s="72">
-        <v>0.12</v>
+        <v>1.4</v>
       </c>
       <c r="F33" s="72">
-        <v>6.95</v>
+        <v>8.54</v>
       </c>
       <c r="G33" s="72">
         <v>0.31</v>
       </c>
       <c r="H33" s="75">
         <v>0.3</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="66" t="s">
         <v>91</v>
       </c>
       <c r="B34" s="50"/>
       <c r="C34" s="50"/>
       <c r="D34" s="50"/>
       <c r="E34" s="51"/>
       <c r="F34" s="51"/>
       <c r="G34" s="51"/>
       <c r="H34" s="52"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="54" t="s">
         <v>92</v>
       </c>
       <c r="B35" s="69">
-        <v>828821</v>
+        <v>826906</v>
       </c>
       <c r="C35" s="69">
-        <v>829756</v>
+        <v>829250</v>
       </c>
       <c r="D35" s="69">
-        <v>789181</v>
+        <v>799985</v>
       </c>
       <c r="E35" s="72">
-        <v>-0.11</v>
+        <v>-0.28</v>
       </c>
       <c r="F35" s="72">
-        <v>5.02</v>
+        <v>3.37</v>
       </c>
       <c r="G35" s="72">
-        <v>1.32</v>
+        <v>1.3</v>
       </c>
       <c r="H35" s="75">
-        <v>1.33</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="84" t="s">
         <v>93</v>
       </c>
       <c r="B36" s="45"/>
       <c r="C36" s="45"/>
       <c r="D36" s="45"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="49"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="19" t="s">
         <v>28</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>
@@ -3971,55 +3971,55 @@
       <c r="C2" s="35"/>
       <c r="D2" s="35"/>
       <c r="E2" s="35"/>
       <c r="F2" s="35"/>
       <c r="G2" s="35"/>
       <c r="H2" s="35"/>
     </row>
     <row r="3" spans="1:8" ht="18.6" customHeight="1">
       <c r="A3" s="37" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="37"/>
       <c r="C3" s="37"/>
       <c r="D3" s="37"/>
       <c r="E3" s="37"/>
       <c r="F3" s="37"/>
       <c r="G3" s="37"/>
       <c r="H3" s="37"/>
     </row>
     <row r="4" spans="1:8" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="4"/>
       <c r="B4" s="18"/>
       <c r="C4" s="29"/>
       <c r="D4" s="29" t="str">
         <f>'2-2'!D4</f>
-        <v>民國114年10月</v>
+        <v>民國114年12月</v>
       </c>
       <c r="E4" s="24" t="str">
         <f>'2-2'!E4</f>
-        <v> Oct. 2025</v>
+        <v> Dec. 2025</v>
       </c>
       <c r="F4" s="4"/>
       <c r="G4" s="4"/>
       <c r="H4" s="16" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5" spans="1:8" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="7" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>1</v>
       </c>
       <c r="G5" s="33" t="s">
@@ -4074,563 +4074,563 @@
       </c>
     </row>
     <row r="8" spans="1:8" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="13"/>
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
       <c r="D8" s="20" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="21" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="21" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:8" ht="12.6" customHeight="1">
       <c r="A9" s="54" t="s">
         <v>31</v>
       </c>
       <c r="B9" s="57">
-        <v>677222</v>
+        <v>669991</v>
       </c>
       <c r="C9" s="57">
-        <v>700257</v>
+        <v>667729</v>
       </c>
       <c r="D9" s="57">
-        <v>672378</v>
+        <v>656388</v>
       </c>
       <c r="E9" s="60">
-        <v>-3.29</v>
+        <v>0.34</v>
       </c>
       <c r="F9" s="60">
-        <v>0.72</v>
+        <v>2.07</v>
       </c>
       <c r="G9" s="60">
-        <v>1.08</v>
+        <v>1.06</v>
       </c>
       <c r="H9" s="63">
-        <v>1.14</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="10" spans="1:8" ht="11.1" customHeight="1">
       <c r="A10" s="66" t="s">
         <v>94</v>
       </c>
       <c r="B10" s="39"/>
       <c r="C10" s="39"/>
       <c r="D10" s="39"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="43"/>
     </row>
     <row r="11" spans="1:8" ht="12.6" customHeight="1">
       <c r="A11" s="54" t="s">
         <v>95</v>
       </c>
       <c r="B11" s="69">
-        <v>2049737</v>
+        <v>2064000</v>
       </c>
       <c r="C11" s="69">
-        <v>2041931</v>
+        <v>2032414</v>
       </c>
       <c r="D11" s="69">
-        <v>1826015</v>
+        <v>1809672</v>
       </c>
       <c r="E11" s="72">
-        <v>0.38</v>
+        <v>1.55</v>
       </c>
       <c r="F11" s="72">
-        <v>12.25</v>
+        <v>14.05</v>
       </c>
       <c r="G11" s="72">
-        <v>3.27</v>
+        <v>3.25</v>
       </c>
       <c r="H11" s="75">
-        <v>3.09</v>
+        <v>3.03</v>
       </c>
     </row>
     <row r="12" spans="1:8" ht="11.1" customHeight="1">
       <c r="A12" s="66" t="s">
         <v>96</v>
       </c>
       <c r="B12" s="50"/>
       <c r="C12" s="50"/>
       <c r="D12" s="50"/>
       <c r="E12" s="51"/>
       <c r="F12" s="51"/>
       <c r="G12" s="51"/>
       <c r="H12" s="52"/>
     </row>
     <row r="13" spans="1:8" ht="12.6" customHeight="1">
       <c r="A13" s="54" t="s">
         <v>97</v>
       </c>
       <c r="B13" s="69">
-        <v>2328484</v>
+        <v>2325096</v>
       </c>
       <c r="C13" s="69">
-        <v>2310315</v>
+        <v>2305557</v>
       </c>
       <c r="D13" s="69">
-        <v>2163347</v>
+        <v>2214630</v>
       </c>
       <c r="E13" s="72">
-        <v>0.79</v>
+        <v>0.85</v>
       </c>
       <c r="F13" s="72">
-        <v>7.63</v>
+        <v>4.99</v>
       </c>
       <c r="G13" s="72">
+        <v>3.66</v>
+      </c>
+      <c r="H13" s="75">
         <v>3.71</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.66</v>
       </c>
     </row>
     <row r="14" spans="1:8" ht="11.1" customHeight="1">
       <c r="A14" s="66" t="s">
         <v>98</v>
       </c>
       <c r="B14" s="50"/>
       <c r="C14" s="50"/>
       <c r="D14" s="50"/>
       <c r="E14" s="51"/>
       <c r="F14" s="51"/>
       <c r="G14" s="51"/>
       <c r="H14" s="52"/>
     </row>
     <row r="15" spans="1:8" ht="12.6" customHeight="1">
       <c r="A15" s="54" t="s">
         <v>99</v>
       </c>
       <c r="B15" s="69">
-        <v>3493927</v>
+        <v>3625171</v>
       </c>
       <c r="C15" s="69">
-        <v>3458007</v>
+        <v>3542713</v>
       </c>
       <c r="D15" s="69">
-        <v>3204712</v>
+        <v>3254107</v>
       </c>
       <c r="E15" s="72">
-        <v>1.04</v>
+        <v>2.33</v>
       </c>
       <c r="F15" s="72">
-        <v>9.02</v>
+        <v>11.4</v>
       </c>
       <c r="G15" s="72">
-        <v>5.57</v>
+        <v>5.71</v>
       </c>
       <c r="H15" s="75">
-        <v>5.42</v>
+        <v>5.45</v>
       </c>
     </row>
     <row r="16" spans="1:8" ht="11.1" customHeight="1">
       <c r="A16" s="66" t="s">
         <v>100</v>
       </c>
       <c r="B16" s="50"/>
       <c r="C16" s="50"/>
       <c r="D16" s="50"/>
       <c r="E16" s="51"/>
       <c r="F16" s="51"/>
       <c r="G16" s="51"/>
       <c r="H16" s="52"/>
     </row>
     <row r="17" spans="1:8" ht="12.6" customHeight="1">
       <c r="A17" s="54" t="s">
         <v>101</v>
       </c>
       <c r="B17" s="69">
-        <v>664464</v>
+        <v>669356</v>
       </c>
       <c r="C17" s="69">
-        <v>650750</v>
+        <v>667189</v>
       </c>
       <c r="D17" s="69">
-        <v>643694</v>
+        <v>632625</v>
       </c>
       <c r="E17" s="72">
-        <v>2.11</v>
+        <v>0.32</v>
       </c>
       <c r="F17" s="72">
-        <v>3.23</v>
+        <v>5.81</v>
       </c>
       <c r="G17" s="72">
+        <v>1.05</v>
+      </c>
+      <c r="H17" s="75">
         <v>1.06</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.09</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="11.1" customHeight="1">
       <c r="A18" s="66" t="s">
         <v>102</v>
       </c>
       <c r="B18" s="50"/>
       <c r="C18" s="50"/>
       <c r="D18" s="50"/>
       <c r="E18" s="51"/>
       <c r="F18" s="51"/>
       <c r="G18" s="51"/>
       <c r="H18" s="52"/>
     </row>
     <row r="19" spans="1:8" ht="12.6" customHeight="1">
       <c r="A19" s="54" t="s">
         <v>103</v>
       </c>
       <c r="B19" s="69">
-        <v>820479</v>
+        <v>862271</v>
       </c>
       <c r="C19" s="69">
-        <v>799692</v>
+        <v>827877</v>
       </c>
       <c r="D19" s="69">
-        <v>768198</v>
+        <v>756730</v>
       </c>
       <c r="E19" s="72">
-        <v>2.6</v>
+        <v>4.15</v>
       </c>
       <c r="F19" s="72">
-        <v>6.81</v>
+        <v>13.95</v>
       </c>
       <c r="G19" s="72">
-        <v>1.31</v>
+        <v>1.36</v>
       </c>
       <c r="H19" s="75">
-        <v>1.3</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="20" spans="1:8" ht="11.1" customHeight="1">
       <c r="A20" s="66" t="s">
         <v>104</v>
       </c>
       <c r="B20" s="50"/>
       <c r="C20" s="50"/>
       <c r="D20" s="50"/>
       <c r="E20" s="51"/>
       <c r="F20" s="51"/>
       <c r="G20" s="51"/>
       <c r="H20" s="52"/>
     </row>
     <row r="21" spans="1:8" ht="12.6" customHeight="1">
       <c r="A21" s="54" t="s">
         <v>105</v>
       </c>
       <c r="B21" s="69">
-        <v>2513875</v>
+        <v>2497439</v>
       </c>
       <c r="C21" s="69">
-        <v>2506608</v>
+        <v>2511101</v>
       </c>
       <c r="D21" s="69">
-        <v>2339286</v>
+        <v>2369787</v>
       </c>
       <c r="E21" s="72">
-        <v>0.29</v>
+        <v>-0.54</v>
       </c>
       <c r="F21" s="72">
-        <v>7.46</v>
+        <v>5.39</v>
       </c>
       <c r="G21" s="72">
-        <v>4.01</v>
+        <v>3.93</v>
       </c>
       <c r="H21" s="75">
-        <v>3.95</v>
+        <v>3.97</v>
       </c>
     </row>
     <row r="22" spans="1:8" ht="11.1" customHeight="1">
       <c r="A22" s="66" t="s">
         <v>106</v>
       </c>
       <c r="B22" s="50"/>
       <c r="C22" s="50"/>
       <c r="D22" s="50"/>
       <c r="E22" s="51"/>
       <c r="F22" s="51"/>
       <c r="G22" s="51"/>
       <c r="H22" s="52"/>
     </row>
     <row r="23" spans="1:8" ht="12.6" customHeight="1">
       <c r="A23" s="54" t="s">
         <v>107</v>
       </c>
       <c r="B23" s="69">
-        <v>340209</v>
+        <v>338695</v>
       </c>
       <c r="C23" s="69">
-        <v>333056</v>
+        <v>342566</v>
       </c>
       <c r="D23" s="69">
-        <v>311112</v>
+        <v>315764</v>
       </c>
       <c r="E23" s="72">
-        <v>2.15</v>
+        <v>-1.13</v>
       </c>
       <c r="F23" s="72">
-        <v>9.35</v>
+        <v>7.26</v>
       </c>
       <c r="G23" s="72">
-        <v>0.54</v>
+        <v>0.53</v>
       </c>
       <c r="H23" s="75">
         <v>0.53</v>
       </c>
     </row>
     <row r="24" spans="1:8" ht="11.1" customHeight="1">
       <c r="A24" s="66" t="s">
         <v>108</v>
       </c>
       <c r="B24" s="50"/>
       <c r="C24" s="50"/>
       <c r="D24" s="50"/>
       <c r="E24" s="51"/>
       <c r="F24" s="51"/>
       <c r="G24" s="51"/>
       <c r="H24" s="52"/>
     </row>
     <row r="25" spans="1:8" ht="12.6" customHeight="1">
       <c r="A25" s="54" t="s">
         <v>109</v>
       </c>
       <c r="B25" s="69">
-        <v>4698783</v>
+        <v>4723791</v>
       </c>
       <c r="C25" s="69">
-        <v>4727674</v>
+        <v>4685162</v>
       </c>
       <c r="D25" s="69">
-        <v>4399708</v>
+        <v>4450449</v>
       </c>
       <c r="E25" s="72">
-        <v>-0.61</v>
+        <v>0.82</v>
       </c>
       <c r="F25" s="72">
-        <v>6.8</v>
+        <v>6.14</v>
       </c>
       <c r="G25" s="72">
-        <v>7.49</v>
+        <v>7.44</v>
       </c>
       <c r="H25" s="75">
-        <v>7.44</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="26" spans="1:8" ht="11.1" customHeight="1">
       <c r="A26" s="66" t="s">
         <v>110</v>
       </c>
       <c r="B26" s="50"/>
       <c r="C26" s="50"/>
       <c r="D26" s="50"/>
       <c r="E26" s="51"/>
       <c r="F26" s="51"/>
       <c r="G26" s="51"/>
       <c r="H26" s="52"/>
     </row>
     <row r="27" spans="1:8" ht="12.6" customHeight="1">
       <c r="A27" s="54" t="s">
         <v>111</v>
       </c>
       <c r="B27" s="69">
-        <v>54370</v>
+        <v>56609</v>
       </c>
       <c r="C27" s="69">
-        <v>52188</v>
+        <v>55209</v>
       </c>
       <c r="D27" s="69">
-        <v>32788</v>
+        <v>37634</v>
       </c>
       <c r="E27" s="72">
-        <v>4.18</v>
+        <v>2.54</v>
       </c>
       <c r="F27" s="72">
-        <v>65.82</v>
+        <v>50.42</v>
       </c>
       <c r="G27" s="72">
         <v>0.09</v>
       </c>
       <c r="H27" s="75">
         <v>0.06</v>
       </c>
     </row>
     <row r="28" spans="1:8" ht="11.1" customHeight="1">
       <c r="A28" s="66" t="s">
         <v>112</v>
       </c>
       <c r="B28" s="50"/>
       <c r="C28" s="50"/>
       <c r="D28" s="50"/>
       <c r="E28" s="51"/>
       <c r="F28" s="51"/>
       <c r="G28" s="51"/>
       <c r="H28" s="52"/>
     </row>
     <row r="29" spans="1:8" ht="12.6" customHeight="1">
       <c r="A29" s="54" t="s">
         <v>113</v>
       </c>
       <c r="B29" s="69">
-        <v>84154</v>
+        <v>86810</v>
       </c>
       <c r="C29" s="69">
-        <v>81837</v>
+        <v>85296</v>
       </c>
       <c r="D29" s="69">
-        <v>66301</v>
+        <v>68194</v>
       </c>
       <c r="E29" s="72">
-        <v>2.83</v>
+        <v>1.78</v>
       </c>
       <c r="F29" s="72">
-        <v>26.93</v>
+        <v>27.3</v>
       </c>
       <c r="G29" s="72">
-        <v>0.13</v>
+        <v>0.14</v>
       </c>
       <c r="H29" s="75">
         <v>0.11</v>
       </c>
     </row>
     <row r="30" spans="1:8" ht="11.1" customHeight="1">
       <c r="A30" s="66" t="s">
         <v>114</v>
       </c>
       <c r="B30" s="50"/>
       <c r="C30" s="50"/>
       <c r="D30" s="50"/>
       <c r="E30" s="51"/>
       <c r="F30" s="51"/>
       <c r="G30" s="51"/>
       <c r="H30" s="52"/>
     </row>
     <row r="31" spans="1:8" ht="12.6" customHeight="1">
       <c r="A31" s="54" t="s">
         <v>115</v>
       </c>
       <c r="B31" s="69">
-        <v>42392</v>
+        <v>40334</v>
       </c>
       <c r="C31" s="69">
-        <v>43254</v>
+        <v>40725</v>
       </c>
       <c r="D31" s="69">
-        <v>33663</v>
+        <v>35393</v>
       </c>
       <c r="E31" s="72">
-        <v>-1.99</v>
+        <v>-0.96</v>
       </c>
       <c r="F31" s="72">
-        <v>25.93</v>
+        <v>13.96</v>
       </c>
       <c r="G31" s="72">
-        <v>0.07</v>
+        <v>0.06</v>
       </c>
       <c r="H31" s="75">
         <v>0.06</v>
       </c>
     </row>
     <row r="32" spans="1:8" ht="11.1" customHeight="1">
       <c r="A32" s="66" t="s">
         <v>116</v>
       </c>
       <c r="B32" s="50"/>
       <c r="C32" s="50"/>
       <c r="D32" s="50"/>
       <c r="E32" s="51"/>
       <c r="F32" s="51"/>
       <c r="G32" s="51"/>
       <c r="H32" s="52"/>
     </row>
     <row r="33" spans="1:8" ht="12.6" customHeight="1">
       <c r="A33" s="55" t="s">
         <v>117</v>
       </c>
       <c r="B33" s="70">
-        <v>1864431</v>
+        <v>1856893</v>
       </c>
       <c r="C33" s="70">
-        <v>1842818</v>
+        <v>1961668</v>
       </c>
       <c r="D33" s="70">
-        <v>1436503</v>
+        <v>1420764</v>
       </c>
       <c r="E33" s="73">
-        <v>1.17</v>
+        <v>-5.34</v>
       </c>
       <c r="F33" s="73">
-        <v>29.79</v>
+        <v>30.7</v>
       </c>
       <c r="G33" s="73">
-        <v>2.97</v>
+        <v>2.92</v>
       </c>
       <c r="H33" s="76">
-        <v>2.43</v>
+        <v>2.38</v>
       </c>
     </row>
     <row r="34" spans="1:8" ht="11.1" customHeight="1">
       <c r="A34" s="67" t="s">
         <v>118</v>
       </c>
       <c r="B34" s="50"/>
       <c r="C34" s="50"/>
       <c r="D34" s="50"/>
       <c r="E34" s="51"/>
       <c r="F34" s="51"/>
       <c r="G34" s="51"/>
       <c r="H34" s="52"/>
     </row>
     <row r="35" spans="1:8" ht="12.6" customHeight="1">
       <c r="A35" s="55" t="s">
         <v>119</v>
       </c>
       <c r="B35" s="70">
-        <v>135486</v>
+        <v>129537</v>
       </c>
       <c r="C35" s="70">
-        <v>133640</v>
+        <v>130716</v>
       </c>
       <c r="D35" s="70">
-        <v>224967</v>
+        <v>188862</v>
       </c>
       <c r="E35" s="73">
-        <v>1.38</v>
+        <v>-0.9</v>
       </c>
       <c r="F35" s="73">
-        <v>-39.78</v>
+        <v>-31.41</v>
       </c>
       <c r="G35" s="73">
-        <v>0.22</v>
+        <v>0.2</v>
       </c>
       <c r="H35" s="76">
-        <v>0.38</v>
+        <v>0.32</v>
       </c>
     </row>
     <row r="36" spans="1:8" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="85" t="s">
         <v>120</v>
       </c>
       <c r="B36" s="45"/>
       <c r="C36" s="45"/>
       <c r="D36" s="45"/>
       <c r="E36" s="47"/>
       <c r="F36" s="47"/>
       <c r="G36" s="47"/>
       <c r="H36" s="49"/>
     </row>
     <row r="37" spans="1:8" ht="13.5" customHeight="1">
       <c r="A37" s="30" t="s">
         <v>38</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="2"/>
       <c r="D37" s="2"/>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
       <c r="H37" s="2"/>