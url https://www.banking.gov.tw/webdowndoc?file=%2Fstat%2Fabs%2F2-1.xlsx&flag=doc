--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -216,51 +216,51 @@
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>OBU</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">） </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Local Branches of Foreign Banks (Include OBU)</t>
     </r>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <t>日商瑞穗銀行</t>
   </si>
   <si>
     <t>2-1 Deposits at General Banks and Credit Cooperatives</t>
   </si>
   <si>
     <r>
       <t>2-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社存款月底餘額</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
@@ -275,51 +275,51 @@
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>續一</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>2-1 Deposits at General Banks and Credit Cooperatives(Cont.1)</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>元大商業銀行　　　　#</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <r>
       <t>2-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社存款月底餘額</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>(</t>
     </r>
     <r>
       <rPr>
@@ -1244,69 +1244,70 @@
     <t>Hualien 2nd Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖縣第一信用合作社</t>
   </si>
   <si>
     <t>Penghu First Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖第二信用合作社</t>
   </si>
   <si>
     <t>Limited Liability Penghu Second Credit Society</t>
   </si>
   <si>
     <t>金門縣信用合作社</t>
   </si>
   <si>
     <t>Kinmen Credit Cooperative</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-  <numFmts count="18">
+  <numFmts count="19">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="###,###,###,##0"/>
     <numFmt numFmtId="178" formatCode="###,###,###,##0;-###,###,###,##0;&quot;－&quot;"/>
     <numFmt numFmtId="179" formatCode="#,##0.00;-#,##0.00;&quot;－&quot;"/>
-    <numFmt numFmtId="180" formatCode="###,##0.00"/>
-    <numFmt numFmtId="181" formatCode="###,##0.00;-###,##0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="180" formatCode="-###0.00"/>
+    <numFmt numFmtId="181" formatCode="###,##0.00"/>
+    <numFmt numFmtId="182" formatCode="###,##0.00;-###,##0.00;&quot;－&quot;"/>
   </numFmts>
   <fonts count="44">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
@@ -2547,81 +2548,87 @@
     </xf>
     <xf xxid="160" numFmtId="4" fontId="6" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="161" numFmtId="4" fontId="39" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="162" numFmtId="4" fontId="6" fillId="2" borderId="23" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="163" numFmtId="4" fontId="39" fillId="2" borderId="23" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="164" numFmtId="0" fontId="41" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="165" numFmtId="0" fontId="42" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="166" numFmtId="178" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="167" numFmtId="178" fontId="39" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="168" numFmtId="178" fontId="40" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="168" numFmtId="180" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="169" numFmtId="0" fontId="37" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="169" numFmtId="180" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="170" numFmtId="178" fontId="40" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="171" numFmtId="0" fontId="37" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="170" numFmtId="180" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="172" numFmtId="181" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="171" numFmtId="180" fontId="39" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="173" numFmtId="181" fontId="39" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="172" numFmtId="0" fontId="37" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="174" numFmtId="0" fontId="37" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="175" numFmtId="181" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="176" numFmtId="181" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="177" numFmtId="180" fontId="6" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="177" numFmtId="182" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="178" numFmtId="180" fontId="39" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="178" numFmtId="182" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="179" numFmtId="181" fontId="6" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="180" numFmtId="181" fontId="39" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
@@ -2805,450 +2812,450 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="12"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>24110404</v>
+        <v>24262111</v>
       </c>
       <c r="C9" s="68">
-        <v>20219963</v>
+        <v>20225572</v>
       </c>
       <c r="D9" s="68">
-        <v>14374231</v>
+        <v>14918145</v>
       </c>
       <c r="E9" s="68">
-        <v>1101917</v>
+        <v>1238515</v>
       </c>
       <c r="F9" s="68">
-        <v>59806516</v>
+        <v>60644343</v>
       </c>
       <c r="G9" s="68">
-        <v>58901723</v>
+        <v>60409225</v>
       </c>
       <c r="H9" s="71">
-        <v>1.54</v>
+        <v>0.39</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="80">
-        <v>1665649</v>
+        <v>1650238</v>
       </c>
       <c r="C11" s="80">
-        <v>1996093</v>
+        <v>1945810</v>
       </c>
       <c r="D11" s="80">
-        <v>1081821</v>
+        <v>1105691</v>
       </c>
       <c r="E11" s="80">
-        <v>452523</v>
+        <v>554239</v>
       </c>
       <c r="F11" s="80">
-        <v>5196086</v>
+        <v>5255977</v>
       </c>
       <c r="G11" s="80">
-        <v>5198655</v>
+        <v>5207905</v>
       </c>
       <c r="H11" s="82">
-        <v>-0.05</v>
+        <v>0.92</v>
       </c>
       <c r="I11" s="84">
-        <v>8.69</v>
+        <v>8.67</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>67</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>68</v>
       </c>
       <c r="B13" s="80">
-        <v>1047495</v>
+        <v>1044503</v>
       </c>
       <c r="C13" s="80">
-        <v>1132659</v>
+        <v>1189380</v>
       </c>
       <c r="D13" s="80">
-        <v>253930</v>
+        <v>255808</v>
       </c>
       <c r="E13" s="80">
-        <v>236274</v>
+        <v>255882</v>
       </c>
       <c r="F13" s="80">
-        <v>2670359</v>
+        <v>2745573</v>
       </c>
       <c r="G13" s="80">
-        <v>2643534</v>
+        <v>2709667</v>
       </c>
       <c r="H13" s="82">
-        <v>1.01</v>
+        <v>1.33</v>
       </c>
       <c r="I13" s="84">
-        <v>4.46</v>
+        <v>4.53</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>70</v>
       </c>
       <c r="B15" s="80">
-        <v>1934866</v>
+        <v>1943685</v>
       </c>
       <c r="C15" s="80">
-        <v>1439572</v>
+        <v>1406481</v>
       </c>
       <c r="D15" s="80">
-        <v>676681</v>
+        <v>688432</v>
       </c>
       <c r="E15" s="80">
-        <v>139427</v>
+        <v>132483</v>
       </c>
       <c r="F15" s="80">
-        <v>4190546</v>
+        <v>4171082</v>
       </c>
       <c r="G15" s="80">
-        <v>4108047</v>
+        <v>4200520</v>
       </c>
       <c r="H15" s="82">
-        <v>2.01</v>
+        <v>-0.7</v>
       </c>
       <c r="I15" s="84">
-        <v>7.01</v>
+        <v>6.88</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>71</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>72</v>
       </c>
       <c r="B17" s="80">
-        <v>1714927</v>
+        <v>1715406</v>
       </c>
       <c r="C17" s="80">
-        <v>994021</v>
+        <v>1019802</v>
       </c>
       <c r="D17" s="80">
-        <v>1028980</v>
+        <v>1061527</v>
       </c>
       <c r="E17" s="80">
-        <v>24219</v>
+        <v>26940</v>
       </c>
       <c r="F17" s="80">
-        <v>3762147</v>
+        <v>3823675</v>
       </c>
       <c r="G17" s="80">
-        <v>3722969</v>
+        <v>3872995</v>
       </c>
       <c r="H17" s="82">
-        <v>1.05</v>
+        <v>-1.27</v>
       </c>
       <c r="I17" s="84">
-        <v>6.29</v>
+        <v>6.31</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>73</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>74</v>
       </c>
       <c r="B19" s="80">
-        <v>1648146</v>
+        <v>1659712</v>
       </c>
       <c r="C19" s="80">
-        <v>960016</v>
+        <v>912385</v>
       </c>
       <c r="D19" s="80">
-        <v>666069</v>
+        <v>760153</v>
       </c>
       <c r="E19" s="80">
-        <v>28944</v>
+        <v>32279</v>
       </c>
       <c r="F19" s="80">
-        <v>3303175</v>
+        <v>3364529</v>
       </c>
       <c r="G19" s="80">
-        <v>3261909</v>
+        <v>3294854</v>
       </c>
       <c r="H19" s="82">
-        <v>1.27</v>
+        <v>2.11</v>
       </c>
       <c r="I19" s="84">
-        <v>5.52</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>75</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>76</v>
       </c>
       <c r="B21" s="80">
-        <v>1174231</v>
+        <v>1192579</v>
       </c>
       <c r="C21" s="80">
-        <v>841505</v>
+        <v>879801</v>
       </c>
       <c r="D21" s="80">
-        <v>563056</v>
+        <v>569256</v>
       </c>
       <c r="E21" s="80">
-        <v>5274</v>
+        <v>5679</v>
       </c>
       <c r="F21" s="80">
-        <v>2584065</v>
+        <v>2647315</v>
       </c>
       <c r="G21" s="80">
-        <v>2584994</v>
+        <v>2629114</v>
       </c>
       <c r="H21" s="82">
-        <v>-0.04</v>
+        <v>0.69</v>
       </c>
       <c r="I21" s="84">
-        <v>4.32</v>
+        <v>4.37</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>77</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>78</v>
       </c>
       <c r="B23" s="80">
-        <v>377211</v>
+        <v>382541</v>
       </c>
       <c r="C23" s="80">
-        <v>593234</v>
+        <v>571564</v>
       </c>
       <c r="D23" s="80">
-        <v>296918</v>
+        <v>304830</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
-        <v>1267363</v>
+        <v>1258935</v>
       </c>
       <c r="G23" s="80">
-        <v>1259591</v>
+        <v>1277963</v>
       </c>
       <c r="H23" s="82">
-        <v>0.62</v>
+        <v>-1.49</v>
       </c>
       <c r="I23" s="84">
-        <v>2.12</v>
+        <v>2.08</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>79</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="80">
-        <v>1345570</v>
+        <v>1364989</v>
       </c>
       <c r="C25" s="80">
-        <v>923295</v>
+        <v>878099</v>
       </c>
       <c r="D25" s="80">
-        <v>1251366</v>
+        <v>1251619</v>
       </c>
       <c r="E25" s="80">
-        <v>58271</v>
+        <v>63595</v>
       </c>
       <c r="F25" s="80">
-        <v>3578502</v>
+        <v>3558301</v>
       </c>
       <c r="G25" s="80">
-        <v>3497011</v>
+        <v>3595610</v>
       </c>
       <c r="H25" s="82">
-        <v>2.33</v>
+        <v>-1.04</v>
       </c>
       <c r="I25" s="84">
-        <v>5.98</v>
+        <v>5.87</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="80">
-        <v>2059397</v>
+        <v>2074326</v>
       </c>
       <c r="C27" s="80">
-        <v>1214819</v>
+        <v>1352839</v>
       </c>
       <c r="D27" s="80">
-        <v>794472</v>
+        <v>805886</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>4068688</v>
+        <v>4233052</v>
       </c>
       <c r="G27" s="80">
-        <v>3965212</v>
+        <v>4172652</v>
       </c>
       <c r="H27" s="82">
-        <v>2.61</v>
+        <v>1.45</v>
       </c>
       <c r="I27" s="84">
-        <v>6.8</v>
+        <v>6.98</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="88">
         <v>0</v>
       </c>
       <c r="C29" s="88">
         <v>0</v>
       </c>
@@ -3267,156 +3274,156 @@
       <c r="H29" s="90">
         <v>0</v>
       </c>
       <c r="I29" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>85</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>86</v>
       </c>
       <c r="B31" s="80">
-        <v>119574</v>
+        <v>121867</v>
       </c>
       <c r="C31" s="80">
-        <v>114537</v>
+        <v>110765</v>
       </c>
       <c r="D31" s="80">
-        <v>38297</v>
+        <v>38542</v>
       </c>
       <c r="E31" s="80">
-        <v>29606</v>
+        <v>31031</v>
       </c>
       <c r="F31" s="80">
-        <v>302014</v>
+        <v>302205</v>
       </c>
       <c r="G31" s="80">
-        <v>302911</v>
+        <v>299111</v>
       </c>
       <c r="H31" s="82">
-        <v>-0.3</v>
+        <v>1.03</v>
       </c>
       <c r="I31" s="84">
         <v>0.5</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>87</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>88</v>
       </c>
       <c r="B33" s="80">
-        <v>1034263</v>
+        <v>1017315</v>
       </c>
       <c r="C33" s="80">
-        <v>854393</v>
+        <v>845827</v>
       </c>
       <c r="D33" s="80">
-        <v>1138554</v>
+        <v>1233132</v>
       </c>
       <c r="E33" s="80">
-        <v>12443</v>
+        <v>13186</v>
       </c>
       <c r="F33" s="80">
-        <v>3039653</v>
+        <v>3109460</v>
       </c>
       <c r="G33" s="80">
-        <v>2939015</v>
+        <v>3083458</v>
       </c>
       <c r="H33" s="82">
-        <v>3.42</v>
+        <v>0.84</v>
       </c>
       <c r="I33" s="84">
-        <v>5.08</v>
+        <v>5.13</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>89</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>90</v>
       </c>
       <c r="B35" s="94">
-        <v>152373</v>
+        <v>134308</v>
       </c>
       <c r="C35" s="94">
-        <v>10406</v>
+        <v>6399</v>
       </c>
       <c r="D35" s="94">
-        <v>172108</v>
+        <v>219930</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
-        <v>334887</v>
+        <v>360637</v>
       </c>
       <c r="G35" s="94">
-        <v>347160</v>
+        <v>349175</v>
       </c>
       <c r="H35" s="98">
-        <v>-3.54</v>
+        <v>3.28</v>
       </c>
       <c r="I35" s="100">
-        <v>0.56</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>91</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="58" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="58"/>
       <c r="C37" s="58"/>
       <c r="D37" s="58"/>
       <c r="E37" s="58"/>
       <c r="F37" s="58"/>
       <c r="G37" s="58"/>
@@ -3653,56 +3660,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="51" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="48" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="48"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="50"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -3762,618 +3769,618 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="12"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="64" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="67">
-        <v>40672</v>
+        <v>43498</v>
       </c>
       <c r="C9" s="67">
-        <v>141561</v>
+        <v>136670</v>
       </c>
       <c r="D9" s="67">
-        <v>108718</v>
+        <v>107727</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
-        <v>290952</v>
+        <v>287895</v>
       </c>
       <c r="G9" s="67">
-        <v>291040</v>
+        <v>291738</v>
       </c>
       <c r="H9" s="70">
-        <v>-0.03</v>
+        <v>-1.32</v>
       </c>
       <c r="I9" s="73">
-        <v>0.49</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>92</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>93</v>
       </c>
       <c r="B11" s="80">
-        <v>885385</v>
+        <v>905481</v>
       </c>
       <c r="C11" s="80">
-        <v>668932</v>
+        <v>672944</v>
       </c>
       <c r="D11" s="80">
-        <v>355613</v>
+        <v>382482</v>
       </c>
       <c r="E11" s="80">
-        <v>14611</v>
+        <v>24382</v>
       </c>
       <c r="F11" s="80">
-        <v>1924541</v>
+        <v>1985288</v>
       </c>
       <c r="G11" s="80">
-        <v>1907823</v>
+        <v>1931617</v>
       </c>
       <c r="H11" s="82">
-        <v>0.88</v>
+        <v>2.78</v>
       </c>
       <c r="I11" s="84">
-        <v>3.22</v>
+        <v>3.27</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>94</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>95</v>
       </c>
       <c r="B13" s="80">
-        <v>254760</v>
+        <v>247078</v>
       </c>
       <c r="C13" s="80">
-        <v>66928</v>
+        <v>58760</v>
       </c>
       <c r="D13" s="80">
-        <v>310082</v>
+        <v>314162</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>631770</v>
+        <v>620000</v>
       </c>
       <c r="G13" s="80">
-        <v>629689</v>
+        <v>615112</v>
       </c>
       <c r="H13" s="82">
-        <v>0.33</v>
+        <v>0.79</v>
       </c>
       <c r="I13" s="84">
-        <v>1.06</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>96</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="80">
-        <v>360408</v>
+        <v>361275</v>
       </c>
       <c r="C15" s="80">
-        <v>379714</v>
+        <v>373326</v>
       </c>
       <c r="D15" s="80">
-        <v>105264</v>
+        <v>105657</v>
       </c>
       <c r="E15" s="80">
-        <v>996</v>
+        <v>1053</v>
       </c>
       <c r="F15" s="80">
-        <v>846381</v>
+        <v>841311</v>
       </c>
       <c r="G15" s="80">
-        <v>847947</v>
+        <v>852800</v>
       </c>
       <c r="H15" s="82">
-        <v>-0.18</v>
+        <v>-1.35</v>
       </c>
       <c r="I15" s="84">
-        <v>1.42</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>99</v>
       </c>
       <c r="B17" s="80">
-        <v>150279</v>
+        <v>151493</v>
       </c>
       <c r="C17" s="80">
-        <v>107809</v>
+        <v>103559</v>
       </c>
       <c r="D17" s="80">
-        <v>26870</v>
+        <v>27310</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>284957</v>
+        <v>282361</v>
       </c>
       <c r="G17" s="80">
-        <v>281949</v>
+        <v>287409</v>
       </c>
       <c r="H17" s="82">
-        <v>1.07</v>
+        <v>-1.76</v>
       </c>
       <c r="I17" s="84">
-        <v>0.48</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>100</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>101</v>
       </c>
       <c r="B19" s="80">
-        <v>221794</v>
+        <v>200700</v>
       </c>
       <c r="C19" s="80">
-        <v>117306</v>
+        <v>114640</v>
       </c>
       <c r="D19" s="80">
-        <v>242304</v>
+        <v>250641</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
-        <v>581404</v>
+        <v>565981</v>
       </c>
       <c r="G19" s="80">
-        <v>553784</v>
+        <v>573503</v>
       </c>
       <c r="H19" s="82">
-        <v>4.99</v>
+        <v>-1.31</v>
       </c>
       <c r="I19" s="84">
-        <v>0.97</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>102</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>103</v>
       </c>
       <c r="B21" s="80">
-        <v>28126</v>
+        <v>29058</v>
       </c>
       <c r="C21" s="80">
-        <v>48968</v>
+        <v>49206</v>
       </c>
       <c r="D21" s="80">
-        <v>3401</v>
+        <v>3646</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>80495</v>
+        <v>81910</v>
       </c>
       <c r="G21" s="80">
-        <v>78895</v>
+        <v>81633</v>
       </c>
       <c r="H21" s="82">
-        <v>2.03</v>
+        <v>0.34</v>
       </c>
       <c r="I21" s="84">
-        <v>0.13</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>104</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>105</v>
       </c>
       <c r="B23" s="80">
-        <v>71196</v>
+        <v>71992</v>
       </c>
       <c r="C23" s="80">
-        <v>149856</v>
+        <v>155079</v>
       </c>
       <c r="D23" s="80">
-        <v>6773</v>
+        <v>7635</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
-        <v>227825</v>
+        <v>234707</v>
       </c>
       <c r="G23" s="80">
-        <v>226056</v>
+        <v>229855</v>
       </c>
       <c r="H23" s="82">
-        <v>0.78</v>
+        <v>2.11</v>
       </c>
       <c r="I23" s="84">
-        <v>0.38</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>106</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>107</v>
       </c>
       <c r="B25" s="80">
-        <v>414390</v>
+        <v>423775</v>
       </c>
       <c r="C25" s="80">
-        <v>580660</v>
+        <v>575449</v>
       </c>
       <c r="D25" s="80">
-        <v>175141</v>
+        <v>182944</v>
       </c>
       <c r="E25" s="80">
-        <v>603</v>
+        <v>602</v>
       </c>
       <c r="F25" s="80">
-        <v>1170794</v>
+        <v>1182770</v>
       </c>
       <c r="G25" s="80">
-        <v>1147447</v>
+        <v>1176389</v>
       </c>
       <c r="H25" s="82">
-        <v>2.03</v>
+        <v>0.54</v>
       </c>
       <c r="I25" s="84">
-        <v>1.96</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>108</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>109</v>
       </c>
       <c r="B27" s="80">
-        <v>189606</v>
+        <v>191929</v>
       </c>
       <c r="C27" s="80">
-        <v>436985</v>
+        <v>436414</v>
       </c>
       <c r="D27" s="80">
-        <v>67499</v>
+        <v>73312</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>694090</v>
+        <v>701655</v>
       </c>
       <c r="G27" s="80">
-        <v>690082</v>
+        <v>701186</v>
       </c>
       <c r="H27" s="82">
-        <v>0.58</v>
+        <v>0.07</v>
       </c>
       <c r="I27" s="84">
         <v>1.16</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>110</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="80">
-        <v>116955</v>
+        <v>113995</v>
       </c>
       <c r="C29" s="80">
-        <v>142690</v>
+        <v>145569</v>
       </c>
       <c r="D29" s="80">
-        <v>32467</v>
+        <v>33845</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
-        <v>292112</v>
+        <v>293409</v>
       </c>
       <c r="G29" s="80">
-        <v>289427</v>
+        <v>296006</v>
       </c>
       <c r="H29" s="82">
-        <v>0.93</v>
+        <v>-0.88</v>
       </c>
       <c r="I29" s="84">
-        <v>0.49</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>112</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>113</v>
       </c>
       <c r="B31" s="80">
-        <v>81564</v>
+        <v>80900</v>
       </c>
       <c r="C31" s="80">
-        <v>103032</v>
+        <v>106889</v>
       </c>
       <c r="D31" s="80">
-        <v>4459</v>
+        <v>4560</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
-        <v>189055</v>
+        <v>192348</v>
       </c>
       <c r="G31" s="80">
-        <v>188251</v>
+        <v>192265</v>
       </c>
       <c r="H31" s="82">
-        <v>0.43</v>
+        <v>0.04</v>
       </c>
       <c r="I31" s="84">
         <v>0.32</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>114</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>115</v>
       </c>
       <c r="B33" s="80">
-        <v>366564</v>
+        <v>370819</v>
       </c>
       <c r="C33" s="80">
-        <v>356034</v>
+        <v>358911</v>
       </c>
       <c r="D33" s="80">
-        <v>97404</v>
+        <v>99670</v>
       </c>
       <c r="E33" s="88">
         <v>0</v>
       </c>
       <c r="F33" s="80">
-        <v>820002</v>
+        <v>829399</v>
       </c>
       <c r="G33" s="80">
-        <v>816088</v>
+        <v>826062</v>
       </c>
       <c r="H33" s="82">
-        <v>0.48</v>
+        <v>0.4</v>
       </c>
       <c r="I33" s="84">
         <v>1.37</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>116</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>117</v>
       </c>
       <c r="B35" s="94">
-        <v>180699</v>
+        <v>185028</v>
       </c>
       <c r="C35" s="94">
-        <v>379806</v>
+        <v>371925</v>
       </c>
       <c r="D35" s="94">
-        <v>121905</v>
+        <v>123469</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
-        <v>682411</v>
+        <v>680422</v>
       </c>
       <c r="G35" s="94">
-        <v>680590</v>
+        <v>695391</v>
       </c>
       <c r="H35" s="98">
-        <v>0.27</v>
+        <v>-2.15</v>
       </c>
       <c r="I35" s="100">
-        <v>1.14</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>118</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="29" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
@@ -4607,56 +4614,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="51" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="48" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="48"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="50"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -4716,489 +4723,489 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="12"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="64" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="67">
-        <v>880072</v>
+        <v>938683</v>
       </c>
       <c r="C9" s="67">
-        <v>862935</v>
+        <v>860743</v>
       </c>
       <c r="D9" s="67">
-        <v>233892</v>
+        <v>262425</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
-        <v>1976899</v>
+        <v>2061850</v>
       </c>
       <c r="G9" s="67">
-        <v>1936246</v>
+        <v>2019453</v>
       </c>
       <c r="H9" s="70">
         <v>2.1</v>
       </c>
       <c r="I9" s="73">
-        <v>3.31</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>119</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>120</v>
       </c>
       <c r="B11" s="80">
-        <v>910900</v>
+        <v>940760</v>
       </c>
       <c r="C11" s="80">
-        <v>645806</v>
+        <v>633216</v>
       </c>
       <c r="D11" s="80">
-        <v>732841</v>
+        <v>725890</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>2289547</v>
+        <v>2299866</v>
       </c>
       <c r="G11" s="80">
-        <v>2200620</v>
+        <v>2301926</v>
       </c>
       <c r="H11" s="82">
-        <v>4.04</v>
+        <v>-0.09</v>
       </c>
       <c r="I11" s="84">
-        <v>3.83</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>121</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>122</v>
       </c>
       <c r="B13" s="80">
-        <v>1274362</v>
+        <v>1295227</v>
       </c>
       <c r="C13" s="80">
-        <v>1009987</v>
+        <v>1038347</v>
       </c>
       <c r="D13" s="80">
-        <v>1084310</v>
+        <v>1124210</v>
       </c>
       <c r="E13" s="80">
-        <v>16776</v>
+        <v>17077</v>
       </c>
       <c r="F13" s="80">
-        <v>3385434</v>
+        <v>3474860</v>
       </c>
       <c r="G13" s="80">
-        <v>3392366</v>
+        <v>3451937</v>
       </c>
       <c r="H13" s="82">
-        <v>-0.2</v>
+        <v>0.66</v>
       </c>
       <c r="I13" s="84">
-        <v>5.66</v>
+        <v>5.73</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>123</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>124</v>
       </c>
       <c r="B15" s="80">
-        <v>211775</v>
+        <v>210483</v>
       </c>
       <c r="C15" s="80">
-        <v>266861</v>
+        <v>270045</v>
       </c>
       <c r="D15" s="80">
-        <v>178318</v>
+        <v>178816</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>656954</v>
+        <v>659344</v>
       </c>
       <c r="G15" s="80">
-        <v>665541</v>
+        <v>658912</v>
       </c>
       <c r="H15" s="82">
-        <v>-1.29</v>
+        <v>0.07</v>
       </c>
       <c r="I15" s="84">
-        <v>1.1</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>125</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>126</v>
       </c>
       <c r="B17" s="80">
-        <v>142975</v>
+        <v>146504</v>
       </c>
       <c r="C17" s="80">
-        <v>358496</v>
+        <v>363937</v>
       </c>
       <c r="D17" s="80">
-        <v>298662</v>
+        <v>301144</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>800133</v>
+        <v>811584</v>
       </c>
       <c r="G17" s="80">
-        <v>772836</v>
+        <v>791047</v>
       </c>
       <c r="H17" s="82">
-        <v>3.53</v>
+        <v>2.6</v>
       </c>
       <c r="I17" s="84">
         <v>1.34</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>127</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>128</v>
       </c>
       <c r="B19" s="80">
-        <v>990723</v>
+        <v>994393</v>
       </c>
       <c r="C19" s="80">
-        <v>750104</v>
+        <v>736504</v>
       </c>
       <c r="D19" s="80">
-        <v>744371</v>
+        <v>758563</v>
       </c>
       <c r="E19" s="80">
-        <v>21676</v>
+        <v>13882</v>
       </c>
       <c r="F19" s="80">
-        <v>2506874</v>
+        <v>2503343</v>
       </c>
       <c r="G19" s="80">
-        <v>2418200</v>
+        <v>2523204</v>
       </c>
       <c r="H19" s="82">
-        <v>3.67</v>
+        <v>-0.79</v>
       </c>
       <c r="I19" s="84">
-        <v>4.19</v>
+        <v>4.13</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>129</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>130</v>
       </c>
       <c r="B21" s="80">
-        <v>71111</v>
+        <v>69771</v>
       </c>
       <c r="C21" s="80">
-        <v>210534</v>
+        <v>211121</v>
       </c>
       <c r="D21" s="80">
-        <v>49224</v>
+        <v>52548</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>330869</v>
+        <v>333441</v>
       </c>
       <c r="G21" s="80">
-        <v>328934</v>
+        <v>333693</v>
       </c>
       <c r="H21" s="82">
-        <v>0.59</v>
+        <v>-0.08</v>
       </c>
       <c r="I21" s="84">
         <v>0.55</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="80">
-        <v>1921680</v>
+        <v>1911051</v>
       </c>
       <c r="C23" s="80">
-        <v>1263125</v>
+        <v>1233805</v>
       </c>
       <c r="D23" s="80">
-        <v>1430124</v>
+        <v>1499704</v>
       </c>
       <c r="E23" s="80">
-        <v>60274</v>
+        <v>66204</v>
       </c>
       <c r="F23" s="80">
-        <v>4675204</v>
+        <v>4710764</v>
       </c>
       <c r="G23" s="80">
-        <v>4564070</v>
-[...2 lines deleted...]
-        <v>2.43</v>
+        <v>4710881</v>
+      </c>
+      <c r="H23" s="106">
+        <v>0</v>
       </c>
       <c r="I23" s="84">
-        <v>7.82</v>
+        <v>7.77</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>133</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>134</v>
       </c>
       <c r="B25" s="80">
-        <v>28396</v>
+        <v>31695</v>
       </c>
       <c r="C25" s="80">
-        <v>20448</v>
+        <v>20339</v>
       </c>
       <c r="D25" s="80">
-        <v>909</v>
+        <v>1257</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
-        <v>49753</v>
+        <v>53291</v>
       </c>
       <c r="G25" s="80">
-        <v>46194</v>
+        <v>51060</v>
       </c>
       <c r="H25" s="82">
-        <v>7.7</v>
+        <v>4.37</v>
       </c>
       <c r="I25" s="84">
-        <v>0.08</v>
+        <v>0.09</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>135</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>136</v>
       </c>
       <c r="B27" s="80">
-        <v>28601</v>
+        <v>30483</v>
       </c>
       <c r="C27" s="80">
-        <v>48127</v>
+        <v>50217</v>
       </c>
       <c r="D27" s="80">
-        <v>1429</v>
+        <v>1723</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>78157</v>
+        <v>82422</v>
       </c>
       <c r="G27" s="80">
-        <v>76402</v>
+        <v>80018</v>
       </c>
       <c r="H27" s="82">
-        <v>2.3</v>
+        <v>3.01</v>
       </c>
       <c r="I27" s="84">
-        <v>0.13</v>
+        <v>0.14</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>137</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>138</v>
       </c>
       <c r="B29" s="80">
-        <v>13710</v>
+        <v>14569</v>
       </c>
       <c r="C29" s="80">
-        <v>28707</v>
+        <v>28808</v>
       </c>
       <c r="D29" s="88">
         <v>0</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
-        <v>42417</v>
+        <v>43377</v>
       </c>
       <c r="G29" s="80">
-        <v>40236</v>
+        <v>43105</v>
       </c>
       <c r="H29" s="82">
-        <v>5.42</v>
+        <v>0.63</v>
       </c>
       <c r="I29" s="84">
         <v>0.07</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>139</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="26"/>
       <c r="B31" s="42"/>
       <c r="C31" s="42"/>
       <c r="D31" s="42"/>
       <c r="E31" s="42"/>
       <c r="F31" s="42"/>
@@ -5495,56 +5502,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -5604,324 +5611,324 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>245989</v>
+        <v>200086</v>
       </c>
       <c r="C9" s="68">
-        <v>210675</v>
+        <v>201214</v>
       </c>
       <c r="D9" s="68">
-        <v>1392500</v>
-[...1 lines deleted...]
-      <c r="E9" s="105">
+        <v>1310582</v>
+      </c>
+      <c r="E9" s="107">
         <v>0</v>
       </c>
       <c r="F9" s="68">
-        <v>1849164</v>
+        <v>1711882</v>
       </c>
       <c r="G9" s="68">
-        <v>1684695</v>
+        <v>1843597</v>
       </c>
       <c r="H9" s="71">
-        <v>9.76</v>
+        <v>-7.14</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="80">
-        <v>47614</v>
+        <v>41948</v>
       </c>
       <c r="C11" s="80">
-        <v>48064</v>
+        <v>51796</v>
       </c>
       <c r="D11" s="80">
-        <v>303317</v>
+        <v>285646</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>398995</v>
+        <v>379390</v>
       </c>
       <c r="G11" s="80">
-        <v>387938</v>
+        <v>400920</v>
       </c>
       <c r="H11" s="82">
-        <v>2.85</v>
+        <v>-5.37</v>
       </c>
       <c r="I11" s="84">
-        <v>21.58</v>
+        <v>22.16</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>140</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>141</v>
       </c>
       <c r="B13" s="80">
-        <v>25352</v>
+        <v>24543</v>
       </c>
       <c r="C13" s="80">
-        <v>7626</v>
+        <v>7022</v>
       </c>
       <c r="D13" s="80">
-        <v>66462</v>
+        <v>20699</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>99440</v>
+        <v>52263</v>
       </c>
       <c r="G13" s="80">
-        <v>59505</v>
+        <v>101888</v>
       </c>
       <c r="H13" s="82">
-        <v>67.11</v>
+        <v>-48.71</v>
       </c>
       <c r="I13" s="84">
-        <v>5.38</v>
+        <v>3.05</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>142</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>143</v>
       </c>
       <c r="B15" s="80">
-        <v>2127</v>
+        <v>2496</v>
       </c>
       <c r="C15" s="80">
-        <v>4351</v>
+        <v>4440</v>
       </c>
       <c r="D15" s="80">
-        <v>1650</v>
+        <v>1539</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>8129</v>
+        <v>8475</v>
       </c>
       <c r="G15" s="80">
-        <v>8476</v>
+        <v>8030</v>
       </c>
       <c r="H15" s="82">
-        <v>-4.1</v>
+        <v>5.54</v>
       </c>
       <c r="I15" s="84">
-        <v>0.44</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>144</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>145</v>
       </c>
       <c r="B17" s="80">
-        <v>216</v>
+        <v>146</v>
       </c>
       <c r="C17" s="80">
         <v>3</v>
       </c>
       <c r="D17" s="80">
         <v>22</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>240</v>
+        <v>171</v>
       </c>
       <c r="G17" s="80">
-        <v>721</v>
+        <v>178</v>
       </c>
       <c r="H17" s="82">
-        <v>-66.65</v>
+        <v>-3.88</v>
       </c>
       <c r="I17" s="84">
         <v>0.01</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>146</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>147</v>
       </c>
       <c r="B19" s="80">
         <v>7</v>
       </c>
       <c r="C19" s="88">
         <v>0</v>
       </c>
       <c r="D19" s="80">
         <v>0</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
         <v>7</v>
       </c>
       <c r="G19" s="80">
         <v>7</v>
       </c>
-      <c r="H19" s="82">
+      <c r="H19" s="106">
         <v>0</v>
       </c>
       <c r="I19" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>148</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>149</v>
       </c>
       <c r="B21" s="80">
-        <v>399</v>
+        <v>295</v>
       </c>
       <c r="C21" s="80">
-        <v>2458</v>
+        <v>1863</v>
       </c>
       <c r="D21" s="80">
-        <v>840</v>
+        <v>751</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>3697</v>
+        <v>2908</v>
       </c>
       <c r="G21" s="80">
-        <v>3157</v>
+        <v>3619</v>
       </c>
       <c r="H21" s="82">
-        <v>17.09</v>
+        <v>-19.63</v>
       </c>
       <c r="I21" s="84">
-        <v>0.2</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>150</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>151</v>
       </c>
       <c r="B23" s="88">
         <v>0</v>
       </c>
       <c r="C23" s="88">
         <v>0</v>
       </c>
@@ -5943,279 +5950,279 @@
       <c r="I23" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>152</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>153</v>
       </c>
       <c r="B25" s="88">
         <v>0</v>
       </c>
       <c r="C25" s="80">
-        <v>1256</v>
+        <v>1456</v>
       </c>
       <c r="D25" s="80">
-        <v>562</v>
+        <v>575</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
-        <v>1818</v>
+        <v>2031</v>
       </c>
       <c r="G25" s="80">
-        <v>1824</v>
+        <v>2034</v>
       </c>
       <c r="H25" s="82">
-        <v>-0.35</v>
+        <v>-0.16</v>
       </c>
       <c r="I25" s="84">
-        <v>0.1</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>154</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="80">
-        <v>40523</v>
+        <v>26210</v>
       </c>
       <c r="C27" s="80">
-        <v>289</v>
+        <v>316</v>
       </c>
       <c r="D27" s="80">
-        <v>134240</v>
+        <v>134829</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>175052</v>
+        <v>161355</v>
       </c>
       <c r="G27" s="80">
-        <v>161014</v>
+        <v>173099</v>
       </c>
       <c r="H27" s="82">
-        <v>8.72</v>
+        <v>-6.78</v>
       </c>
       <c r="I27" s="84">
-        <v>9.47</v>
+        <v>9.43</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>156</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>157</v>
       </c>
       <c r="B29" s="80">
-        <v>1121</v>
+        <v>1281</v>
       </c>
       <c r="C29" s="80">
-        <v>14204</v>
+        <v>12171</v>
       </c>
       <c r="D29" s="80">
-        <v>713</v>
+        <v>757</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
-        <v>16038</v>
+        <v>14209</v>
       </c>
       <c r="G29" s="80">
-        <v>14342</v>
+        <v>15879</v>
       </c>
       <c r="H29" s="82">
-        <v>11.82</v>
+        <v>-10.52</v>
       </c>
       <c r="I29" s="84">
-        <v>0.87</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>158</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>159</v>
       </c>
       <c r="B31" s="80">
-        <v>21719</v>
+        <v>24245</v>
       </c>
       <c r="C31" s="88">
         <v>0</v>
       </c>
       <c r="D31" s="80">
-        <v>37979</v>
+        <v>35617</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
-        <v>59698</v>
+        <v>59862</v>
       </c>
       <c r="G31" s="80">
-        <v>58088</v>
+        <v>57389</v>
       </c>
       <c r="H31" s="82">
-        <v>2.77</v>
+        <v>4.31</v>
       </c>
       <c r="I31" s="84">
-        <v>3.23</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>160</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>161</v>
       </c>
       <c r="B33" s="88">
         <v>0</v>
       </c>
       <c r="C33" s="80">
-        <v>45332</v>
+        <v>42101</v>
       </c>
       <c r="D33" s="88">
         <v>0</v>
       </c>
       <c r="E33" s="88">
         <v>0</v>
       </c>
       <c r="F33" s="80">
-        <v>45332</v>
+        <v>42101</v>
       </c>
       <c r="G33" s="80">
-        <v>44848</v>
+        <v>44020</v>
       </c>
       <c r="H33" s="82">
-        <v>1.08</v>
+        <v>-4.36</v>
       </c>
       <c r="I33" s="84">
-        <v>2.45</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>162</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>163</v>
       </c>
       <c r="B35" s="94">
-        <v>33159</v>
+        <v>17254</v>
       </c>
       <c r="C35" s="94">
-        <v>4088</v>
+        <v>4571</v>
       </c>
       <c r="D35" s="94">
-        <v>63199</v>
+        <v>60269</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
-        <v>100446</v>
+        <v>82094</v>
       </c>
       <c r="G35" s="94">
-        <v>78564</v>
+        <v>84852</v>
       </c>
       <c r="H35" s="98">
-        <v>27.85</v>
+        <v>-3.25</v>
       </c>
       <c r="I35" s="100">
-        <v>5.43</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>164</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
@@ -6390,56 +6397,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -6495,619 +6502,619 @@
       </c>
       <c r="I7" s="13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A9" s="106" t="s">
+      <c r="A9" s="108" t="s">
         <v>39</v>
       </c>
       <c r="B9" s="104">
         <v>0</v>
       </c>
       <c r="C9" s="104">
         <v>0</v>
       </c>
       <c r="D9" s="67">
-        <v>902</v>
+        <v>510</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
-        <v>902</v>
+        <v>510</v>
       </c>
       <c r="G9" s="67">
-        <v>642</v>
-[...2 lines deleted...]
-        <v>40.48</v>
+        <v>976</v>
+      </c>
+      <c r="H9" s="110">
+        <v>-47.72</v>
       </c>
       <c r="I9" s="73">
-        <v>0.05</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>165</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A11" s="109" t="s">
+      <c r="A11" s="111" t="s">
         <v>166</v>
       </c>
       <c r="B11" s="80">
         <v>16</v>
       </c>
       <c r="C11" s="80">
-        <v>7801</v>
+        <v>4601</v>
       </c>
       <c r="D11" s="80">
-        <v>1776</v>
+        <v>2385</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>9593</v>
+        <v>7002</v>
       </c>
       <c r="G11" s="80">
-        <v>10753</v>
-[...2 lines deleted...]
-        <v>-10.79</v>
+        <v>7676</v>
+      </c>
+      <c r="H11" s="113">
+        <v>-8.78</v>
       </c>
       <c r="I11" s="84">
-        <v>0.52</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>167</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A13" s="109" t="s">
+      <c r="A13" s="111" t="s">
         <v>168</v>
       </c>
       <c r="B13" s="80">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C13" s="88">
         <v>0</v>
       </c>
       <c r="D13" s="80">
-        <v>124504</v>
+        <v>96399</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>124584</v>
+        <v>96476</v>
       </c>
       <c r="G13" s="80">
-        <v>72434</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>121243</v>
+      </c>
+      <c r="H13" s="113">
+        <v>-20.43</v>
       </c>
       <c r="I13" s="84">
-        <v>6.74</v>
+        <v>5.64</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>169</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A15" s="109" t="s">
+      <c r="A15" s="111" t="s">
         <v>170</v>
       </c>
       <c r="B15" s="80">
-        <v>16690</v>
+        <v>7166</v>
       </c>
       <c r="C15" s="80">
-        <v>12683</v>
+        <v>12814</v>
       </c>
       <c r="D15" s="80">
-        <v>87701</v>
+        <v>89070</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>117074</v>
+        <v>109050</v>
       </c>
       <c r="G15" s="80">
-        <v>106105</v>
-[...2 lines deleted...]
-        <v>10.34</v>
+        <v>109833</v>
+      </c>
+      <c r="H15" s="113">
+        <v>-0.71</v>
       </c>
       <c r="I15" s="84">
-        <v>6.33</v>
+        <v>6.37</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>171</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A17" s="109" t="s">
+      <c r="A17" s="111" t="s">
         <v>172</v>
       </c>
       <c r="B17" s="80">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="C17" s="80">
-        <v>1670</v>
+        <v>1770</v>
       </c>
       <c r="D17" s="80">
-        <v>97421</v>
+        <v>111189</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>99125</v>
+        <v>112991</v>
       </c>
       <c r="G17" s="80">
-        <v>89318</v>
-[...2 lines deleted...]
-        <v>10.98</v>
+        <v>106212</v>
+      </c>
+      <c r="H17" s="113">
+        <v>6.38</v>
       </c>
       <c r="I17" s="84">
-        <v>5.36</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>173</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A19" s="109" t="s">
+      <c r="A19" s="111" t="s">
         <v>174</v>
       </c>
       <c r="B19" s="88">
         <v>0</v>
       </c>
       <c r="C19" s="88">
         <v>0</v>
       </c>
       <c r="D19" s="88">
         <v>0</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="88">
         <v>0</v>
       </c>
       <c r="G19" s="88">
         <v>0</v>
       </c>
-      <c r="H19" s="113">
+      <c r="H19" s="115">
         <v>0</v>
       </c>
       <c r="I19" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>175</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A21" s="109" t="s">
+      <c r="A21" s="111" t="s">
         <v>176</v>
       </c>
       <c r="B21" s="80">
-        <v>33403</v>
+        <v>30573</v>
       </c>
       <c r="C21" s="80">
-        <v>21892</v>
+        <v>19267</v>
       </c>
       <c r="D21" s="80">
-        <v>128448</v>
+        <v>131279</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>183742</v>
+        <v>181119</v>
       </c>
       <c r="G21" s="80">
-        <v>143364</v>
-[...2 lines deleted...]
-        <v>28.16</v>
+        <v>192236</v>
+      </c>
+      <c r="H21" s="113">
+        <v>-5.78</v>
       </c>
       <c r="I21" s="84">
-        <v>9.94</v>
+        <v>10.58</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>177</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A23" s="109" t="s">
+      <c r="A23" s="111" t="s">
         <v>178</v>
       </c>
       <c r="B23" s="80">
-        <v>18889</v>
+        <v>20753</v>
       </c>
       <c r="C23" s="80">
-        <v>35126</v>
+        <v>33540</v>
       </c>
       <c r="D23" s="80">
-        <v>273659</v>
+        <v>295607</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
-        <v>327674</v>
+        <v>349900</v>
       </c>
       <c r="G23" s="80">
-        <v>372542</v>
-[...2 lines deleted...]
-        <v>-12.04</v>
+        <v>349211</v>
+      </c>
+      <c r="H23" s="113">
+        <v>0.2</v>
       </c>
       <c r="I23" s="84">
-        <v>17.72</v>
+        <v>20.44</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>179</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A25" s="109" t="s">
+      <c r="A25" s="111" t="s">
         <v>180</v>
       </c>
       <c r="B25" s="88">
         <v>0</v>
       </c>
       <c r="C25" s="88">
         <v>0</v>
       </c>
       <c r="D25" s="88">
         <v>0</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="88">
         <v>0</v>
       </c>
       <c r="G25" s="88">
         <v>0</v>
       </c>
-      <c r="H25" s="113">
+      <c r="H25" s="115">
         <v>0</v>
       </c>
       <c r="I25" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>181</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A27" s="109" t="s">
+      <c r="A27" s="111" t="s">
         <v>182</v>
       </c>
       <c r="B27" s="88">
         <v>0</v>
       </c>
       <c r="C27" s="88">
         <v>0</v>
       </c>
       <c r="D27" s="88">
         <v>0</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="88">
         <v>0</v>
       </c>
       <c r="G27" s="88">
         <v>0</v>
       </c>
-      <c r="H27" s="113">
+      <c r="H27" s="115">
         <v>0</v>
       </c>
       <c r="I27" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>183</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A29" s="109" t="s">
+      <c r="A29" s="111" t="s">
         <v>184</v>
       </c>
       <c r="B29" s="80">
         <v>1</v>
       </c>
-      <c r="C29" s="80">
-        <v>300</v>
+      <c r="C29" s="88">
+        <v>0</v>
       </c>
       <c r="D29" s="80">
-        <v>6056</v>
+        <v>980</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
-        <v>6357</v>
+        <v>980</v>
       </c>
       <c r="G29" s="80">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>1638.16</v>
+        <v>7414</v>
+      </c>
+      <c r="H29" s="113">
+        <v>-86.78</v>
       </c>
       <c r="I29" s="84">
-        <v>0.34</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>185</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A31" s="109" t="s">
+      <c r="A31" s="111" t="s">
         <v>186</v>
       </c>
       <c r="B31" s="80">
-        <v>4391</v>
+        <v>2534</v>
       </c>
       <c r="C31" s="80">
-        <v>1555</v>
+        <v>1365</v>
       </c>
       <c r="D31" s="80">
-        <v>62687</v>
+        <v>42104</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
-        <v>68633</v>
+        <v>46003</v>
       </c>
       <c r="G31" s="80">
-        <v>67753</v>
-[...2 lines deleted...]
-        <v>1.3</v>
+        <v>54182</v>
+      </c>
+      <c r="H31" s="113">
+        <v>-15.1</v>
       </c>
       <c r="I31" s="84">
-        <v>3.71</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>187</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A33" s="109" t="s">
+      <c r="A33" s="111" t="s">
         <v>188</v>
       </c>
       <c r="B33" s="88">
         <v>0</v>
       </c>
       <c r="C33" s="88">
         <v>0</v>
       </c>
       <c r="D33" s="88">
         <v>0</v>
       </c>
       <c r="E33" s="88">
         <v>0</v>
       </c>
       <c r="F33" s="88">
         <v>0</v>
       </c>
       <c r="G33" s="88">
         <v>0</v>
       </c>
-      <c r="H33" s="113">
+      <c r="H33" s="115">
         <v>0</v>
       </c>
       <c r="I33" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>189</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A35" s="109" t="s">
+      <c r="A35" s="111" t="s">
         <v>190</v>
       </c>
       <c r="B35" s="94">
-        <v>96</v>
+        <v>109</v>
       </c>
       <c r="C35" s="94">
-        <v>764</v>
+        <v>777</v>
       </c>
       <c r="D35" s="94">
-        <v>46</v>
+        <v>11</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
-        <v>907</v>
+        <v>897</v>
       </c>
       <c r="G35" s="94">
-        <v>960</v>
-[...2 lines deleted...]
-        <v>-5.53</v>
+        <v>884</v>
+      </c>
+      <c r="H35" s="117">
+        <v>1.49</v>
       </c>
       <c r="I35" s="100">
         <v>0.05</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>191</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="29" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
@@ -7285,56 +7292,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -7390,76 +7397,76 @@
       </c>
       <c r="I7" s="13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A9" s="106" t="s">
+      <c r="A9" s="108" t="s">
         <v>62</v>
       </c>
       <c r="B9" s="67">
-        <v>152</v>
+        <v>401</v>
       </c>
       <c r="C9" s="67">
-        <v>1215</v>
+        <v>1343</v>
       </c>
       <c r="D9" s="67">
-        <v>314</v>
+        <v>343</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
-        <v>1681</v>
+        <v>2088</v>
       </c>
       <c r="G9" s="67">
-        <v>1972</v>
-[...2 lines deleted...]
-        <v>-14.76</v>
+        <v>1813</v>
+      </c>
+      <c r="H9" s="110">
+        <v>15.15</v>
       </c>
       <c r="I9" s="73">
-        <v>0.09</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>192</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="32"/>
       <c r="B11" s="42"/>
       <c r="C11" s="42"/>
       <c r="D11" s="42"/>
       <c r="E11" s="42"/>
       <c r="F11" s="42"/>
       <c r="G11" s="42"/>
       <c r="H11" s="56"/>
       <c r="I11" s="57"/>
@@ -7918,56 +7925,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -8027,198 +8034,198 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>1618</v>
+        <v>1898</v>
       </c>
       <c r="C9" s="68">
-        <v>121667</v>
+        <v>114733</v>
       </c>
       <c r="D9" s="68">
-        <v>20761</v>
-[...1 lines deleted...]
-      <c r="E9" s="105">
+        <v>25147</v>
+      </c>
+      <c r="E9" s="107">
         <v>0</v>
       </c>
       <c r="F9" s="68">
-        <v>144046</v>
+        <v>141778</v>
       </c>
       <c r="G9" s="68">
-        <v>143892</v>
+        <v>142790</v>
       </c>
       <c r="H9" s="71">
-        <v>0.11</v>
+        <v>-0.71</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="80">
-        <v>586</v>
+        <v>561</v>
       </c>
       <c r="C11" s="80">
-        <v>62927</v>
+        <v>51908</v>
       </c>
       <c r="D11" s="80">
-        <v>8883</v>
+        <v>8765</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>72396</v>
+        <v>61234</v>
       </c>
       <c r="G11" s="80">
-        <v>85655</v>
+        <v>64520</v>
       </c>
       <c r="H11" s="82">
-        <v>-15.48</v>
+        <v>-5.09</v>
       </c>
       <c r="I11" s="84">
-        <v>50.26</v>
+        <v>43.19</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>193</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>194</v>
       </c>
       <c r="B13" s="80">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C13" s="80">
-        <v>8057</v>
+        <v>9978</v>
       </c>
       <c r="D13" s="80">
-        <v>9355</v>
+        <v>13408</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>17462</v>
+        <v>23439</v>
       </c>
       <c r="G13" s="80">
-        <v>11199</v>
+        <v>22142</v>
       </c>
       <c r="H13" s="82">
-        <v>55.91</v>
+        <v>5.86</v>
       </c>
       <c r="I13" s="84">
-        <v>12.12</v>
+        <v>16.53</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>195</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>196</v>
       </c>
       <c r="B15" s="80">
-        <v>983</v>
+        <v>1284</v>
       </c>
       <c r="C15" s="80">
-        <v>50683</v>
+        <v>52847</v>
       </c>
       <c r="D15" s="80">
-        <v>2523</v>
+        <v>2974</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>54189</v>
+        <v>57104</v>
       </c>
       <c r="G15" s="80">
-        <v>47037</v>
+        <v>56128</v>
       </c>
       <c r="H15" s="82">
-        <v>15.2</v>
+        <v>1.74</v>
       </c>
       <c r="I15" s="84">
-        <v>37.62</v>
+        <v>40.28</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>197</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="26"/>
       <c r="B17" s="42"/>
       <c r="C17" s="42"/>
       <c r="D17" s="42"/>
       <c r="E17" s="42"/>
       <c r="F17" s="42"/>
       <c r="G17" s="42"/>
       <c r="H17" s="56"/>
       <c r="I17" s="57"/>
@@ -8618,56 +8625,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -8727,618 +8734,618 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>378806</v>
+        <v>381965</v>
       </c>
       <c r="C9" s="68">
-        <v>527040</v>
-[...4 lines deleted...]
-      <c r="E9" s="105">
+        <v>528996</v>
+      </c>
+      <c r="D9" s="107">
+        <v>0</v>
+      </c>
+      <c r="E9" s="107">
         <v>0</v>
       </c>
       <c r="F9" s="68">
-        <v>905846</v>
+        <v>910961</v>
       </c>
       <c r="G9" s="68">
-        <v>901302</v>
+        <v>910655</v>
       </c>
       <c r="H9" s="71">
-        <v>0.5</v>
+        <v>0.03</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>45</v>
       </c>
       <c r="B11" s="80">
-        <v>10841</v>
+        <v>11135</v>
       </c>
       <c r="C11" s="80">
-        <v>15250</v>
+        <v>15333</v>
       </c>
       <c r="D11" s="88">
         <v>0</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>26092</v>
+        <v>26468</v>
       </c>
       <c r="G11" s="80">
-        <v>25867</v>
+        <v>26293</v>
       </c>
       <c r="H11" s="82">
-        <v>0.87</v>
+        <v>0.66</v>
       </c>
       <c r="I11" s="84">
-        <v>2.88</v>
+        <v>2.91</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>198</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>199</v>
       </c>
       <c r="B13" s="80">
-        <v>15893</v>
+        <v>15809</v>
       </c>
       <c r="C13" s="80">
-        <v>19602</v>
+        <v>19688</v>
       </c>
       <c r="D13" s="88">
         <v>0</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>35495</v>
+        <v>35496</v>
       </c>
       <c r="G13" s="80">
-        <v>35444</v>
+        <v>35503</v>
       </c>
       <c r="H13" s="82">
-        <v>0.15</v>
+        <v>-0.02</v>
       </c>
       <c r="I13" s="84">
-        <v>3.92</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>200</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>201</v>
       </c>
       <c r="B15" s="80">
-        <v>20011</v>
+        <v>20555</v>
       </c>
       <c r="C15" s="80">
-        <v>18665</v>
+        <v>18630</v>
       </c>
       <c r="D15" s="88">
         <v>0</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>38675</v>
+        <v>39185</v>
       </c>
       <c r="G15" s="80">
-        <v>38034</v>
+        <v>39137</v>
       </c>
       <c r="H15" s="82">
-        <v>1.69</v>
+        <v>0.12</v>
       </c>
       <c r="I15" s="84">
-        <v>4.27</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>202</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>203</v>
       </c>
       <c r="B17" s="80">
-        <v>43192</v>
+        <v>43776</v>
       </c>
       <c r="C17" s="80">
-        <v>65446</v>
+        <v>66024</v>
       </c>
       <c r="D17" s="88">
         <v>0</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>108638</v>
+        <v>109800</v>
       </c>
       <c r="G17" s="80">
-        <v>106889</v>
+        <v>109195</v>
       </c>
       <c r="H17" s="82">
-        <v>1.64</v>
+        <v>0.55</v>
       </c>
       <c r="I17" s="84">
-        <v>11.99</v>
+        <v>12.05</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>204</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>205</v>
       </c>
       <c r="B19" s="80">
-        <v>11182</v>
+        <v>11476</v>
       </c>
       <c r="C19" s="80">
-        <v>14211</v>
+        <v>14410</v>
       </c>
       <c r="D19" s="88">
         <v>0</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
-        <v>25393</v>
+        <v>25887</v>
       </c>
       <c r="G19" s="80">
-        <v>25252</v>
+        <v>25656</v>
       </c>
       <c r="H19" s="82">
-        <v>0.56</v>
+        <v>0.9</v>
       </c>
       <c r="I19" s="84">
-        <v>2.8</v>
+        <v>2.84</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>206</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>207</v>
       </c>
       <c r="B21" s="80">
-        <v>5323</v>
+        <v>5526</v>
       </c>
       <c r="C21" s="80">
-        <v>10085</v>
+        <v>9987</v>
       </c>
       <c r="D21" s="88">
         <v>0</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>15407</v>
+        <v>15513</v>
       </c>
       <c r="G21" s="80">
-        <v>15316</v>
+        <v>15482</v>
       </c>
       <c r="H21" s="82">
-        <v>0.6</v>
+        <v>0.2</v>
       </c>
       <c r="I21" s="84">
         <v>1.7</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>208</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>209</v>
       </c>
       <c r="B23" s="80">
-        <v>10658</v>
+        <v>10460</v>
       </c>
       <c r="C23" s="80">
-        <v>10671</v>
+        <v>10732</v>
       </c>
       <c r="D23" s="88">
         <v>0</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
-        <v>21328</v>
+        <v>21192</v>
       </c>
       <c r="G23" s="80">
-        <v>20882</v>
+        <v>21430</v>
       </c>
       <c r="H23" s="82">
-        <v>2.14</v>
+        <v>-1.11</v>
       </c>
       <c r="I23" s="84">
-        <v>2.35</v>
+        <v>2.33</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>210</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>211</v>
       </c>
       <c r="B25" s="80">
-        <v>35090</v>
+        <v>36303</v>
       </c>
       <c r="C25" s="80">
-        <v>47744</v>
+        <v>46996</v>
       </c>
       <c r="D25" s="88">
         <v>0</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
-        <v>82833</v>
+        <v>83299</v>
       </c>
       <c r="G25" s="80">
-        <v>82133</v>
+        <v>83995</v>
       </c>
       <c r="H25" s="82">
-        <v>0.85</v>
+        <v>-0.83</v>
       </c>
       <c r="I25" s="84">
         <v>9.14</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>212</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>213</v>
       </c>
       <c r="B27" s="80">
-        <v>14350</v>
+        <v>14307</v>
       </c>
       <c r="C27" s="80">
-        <v>24128</v>
+        <v>24221</v>
       </c>
       <c r="D27" s="88">
         <v>0</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>38478</v>
+        <v>38528</v>
       </c>
       <c r="G27" s="80">
-        <v>38358</v>
+        <v>38416</v>
       </c>
       <c r="H27" s="82">
-        <v>0.31</v>
+        <v>0.29</v>
       </c>
       <c r="I27" s="84">
-        <v>4.25</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>214</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>215</v>
       </c>
       <c r="B29" s="80">
-        <v>42950</v>
+        <v>42997</v>
       </c>
       <c r="C29" s="80">
-        <v>68874</v>
+        <v>69611</v>
       </c>
       <c r="D29" s="88">
         <v>0</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
-        <v>111824</v>
+        <v>112608</v>
       </c>
       <c r="G29" s="80">
-        <v>112032</v>
+        <v>112964</v>
       </c>
       <c r="H29" s="82">
-        <v>-0.19</v>
+        <v>-0.32</v>
       </c>
       <c r="I29" s="84">
-        <v>12.34</v>
+        <v>12.36</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>216</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>217</v>
       </c>
       <c r="B31" s="80">
-        <v>10016</v>
+        <v>9972</v>
       </c>
       <c r="C31" s="80">
-        <v>9548</v>
+        <v>9583</v>
       </c>
       <c r="D31" s="88">
         <v>0</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
-        <v>19564</v>
+        <v>19556</v>
       </c>
       <c r="G31" s="80">
-        <v>19472</v>
+        <v>19555</v>
       </c>
       <c r="H31" s="82">
-        <v>0.47</v>
+        <v>0</v>
       </c>
       <c r="I31" s="84">
-        <v>2.16</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>218</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>219</v>
       </c>
       <c r="B33" s="80">
-        <v>7014</v>
+        <v>7230</v>
       </c>
       <c r="C33" s="80">
-        <v>9880</v>
+        <v>9953</v>
       </c>
       <c r="D33" s="88">
         <v>0</v>
       </c>
       <c r="E33" s="88">
         <v>0</v>
       </c>
       <c r="F33" s="80">
-        <v>16893</v>
+        <v>17183</v>
       </c>
       <c r="G33" s="80">
-        <v>16803</v>
+        <v>17092</v>
       </c>
       <c r="H33" s="82">
-        <v>0.54</v>
+        <v>0.53</v>
       </c>
       <c r="I33" s="84">
-        <v>1.86</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>220</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>221</v>
       </c>
       <c r="B35" s="94">
-        <v>18041</v>
+        <v>17992</v>
       </c>
       <c r="C35" s="94">
-        <v>20837</v>
+        <v>20850</v>
       </c>
       <c r="D35" s="96">
         <v>0</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
-        <v>38878</v>
+        <v>38842</v>
       </c>
       <c r="G35" s="94">
-        <v>38782</v>
+        <v>38829</v>
       </c>
       <c r="H35" s="98">
-        <v>0.25</v>
+        <v>0.03</v>
       </c>
       <c r="I35" s="100">
-        <v>4.29</v>
+        <v>4.26</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>222</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
@@ -9568,56 +9575,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年 9月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of July 2025</v>
+        <v> End of Sept. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -9677,447 +9684,447 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="64" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="67">
-        <v>9279</v>
+        <v>9327</v>
       </c>
       <c r="C9" s="67">
-        <v>8409</v>
+        <v>8495</v>
       </c>
       <c r="D9" s="104">
         <v>0</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
-        <v>17687</v>
+        <v>17822</v>
       </c>
       <c r="G9" s="67">
-        <v>17646</v>
+        <v>17833</v>
       </c>
       <c r="H9" s="70">
-        <v>0.24</v>
+        <v>-0.06</v>
       </c>
       <c r="I9" s="73">
-        <v>1.95</v>
+        <v>1.96</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>223</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>224</v>
       </c>
       <c r="B11" s="80">
-        <v>15080</v>
+        <v>14992</v>
       </c>
       <c r="C11" s="80">
-        <v>14694</v>
+        <v>14783</v>
       </c>
       <c r="D11" s="88">
         <v>0</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>29775</v>
+        <v>29774</v>
       </c>
       <c r="G11" s="80">
-        <v>29749</v>
+        <v>29766</v>
       </c>
       <c r="H11" s="82">
-        <v>0.08</v>
+        <v>0.03</v>
       </c>
       <c r="I11" s="84">
-        <v>3.29</v>
+        <v>3.27</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>225</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>226</v>
       </c>
       <c r="B13" s="80">
-        <v>5794</v>
+        <v>5821</v>
       </c>
       <c r="C13" s="80">
-        <v>8800</v>
+        <v>8859</v>
       </c>
       <c r="D13" s="88">
         <v>0</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>14595</v>
+        <v>14680</v>
       </c>
       <c r="G13" s="80">
-        <v>14457</v>
+        <v>14651</v>
       </c>
       <c r="H13" s="82">
-        <v>0.96</v>
+        <v>0.2</v>
       </c>
       <c r="I13" s="84">
         <v>1.61</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>227</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>228</v>
       </c>
       <c r="B15" s="80">
-        <v>11032</v>
+        <v>10890</v>
       </c>
       <c r="C15" s="80">
-        <v>15854</v>
+        <v>16115</v>
       </c>
       <c r="D15" s="88">
         <v>0</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>26886</v>
+        <v>27005</v>
       </c>
       <c r="G15" s="80">
-        <v>26821</v>
+        <v>26971</v>
       </c>
       <c r="H15" s="82">
-        <v>0.25</v>
+        <v>0.13</v>
       </c>
       <c r="I15" s="84">
-        <v>2.97</v>
+        <v>2.96</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>229</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>230</v>
       </c>
       <c r="B17" s="80">
-        <v>31030</v>
+        <v>31091</v>
       </c>
       <c r="C17" s="80">
-        <v>59509</v>
+        <v>59948</v>
       </c>
       <c r="D17" s="88">
         <v>0</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>90539</v>
+        <v>91039</v>
       </c>
       <c r="G17" s="80">
-        <v>91198</v>
+        <v>90630</v>
       </c>
       <c r="H17" s="82">
-        <v>-0.72</v>
+        <v>0.45</v>
       </c>
       <c r="I17" s="84">
         <v>9.99</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>231</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>232</v>
       </c>
       <c r="B19" s="80">
-        <v>13745</v>
+        <v>13927</v>
       </c>
       <c r="C19" s="80">
-        <v>23063</v>
+        <v>23130</v>
       </c>
       <c r="D19" s="88">
         <v>0</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
-        <v>36807</v>
+        <v>37057</v>
       </c>
       <c r="G19" s="80">
-        <v>36838</v>
+        <v>37064</v>
       </c>
       <c r="H19" s="82">
-        <v>-0.08</v>
+        <v>-0.02</v>
       </c>
       <c r="I19" s="84">
-        <v>4.06</v>
+        <v>4.07</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>233</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>234</v>
       </c>
       <c r="B21" s="80">
-        <v>37530</v>
+        <v>37742</v>
       </c>
       <c r="C21" s="80">
-        <v>50614</v>
+        <v>50373</v>
       </c>
       <c r="D21" s="88">
         <v>0</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>88144</v>
+        <v>88114</v>
       </c>
       <c r="G21" s="80">
-        <v>87797</v>
+        <v>88341</v>
       </c>
       <c r="H21" s="82">
-        <v>0.4</v>
+        <v>-0.26</v>
       </c>
       <c r="I21" s="84">
-        <v>9.73</v>
+        <v>9.67</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>235</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>236</v>
       </c>
       <c r="B23" s="80">
-        <v>3106</v>
+        <v>2860</v>
       </c>
       <c r="C23" s="80">
-        <v>2858</v>
+        <v>2908</v>
       </c>
       <c r="D23" s="88">
         <v>0</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
-        <v>5964</v>
+        <v>5768</v>
       </c>
       <c r="G23" s="80">
-        <v>5646</v>
+        <v>5795</v>
       </c>
       <c r="H23" s="82">
-        <v>5.62</v>
+        <v>-0.47</v>
       </c>
       <c r="I23" s="84">
-        <v>0.66</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>237</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>238</v>
       </c>
       <c r="B25" s="80">
-        <v>5127</v>
+        <v>5235</v>
       </c>
       <c r="C25" s="80">
-        <v>5032</v>
+        <v>5104</v>
       </c>
       <c r="D25" s="88">
         <v>0</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
-        <v>10159</v>
+        <v>10339</v>
       </c>
       <c r="G25" s="80">
-        <v>10093</v>
+        <v>10262</v>
       </c>
       <c r="H25" s="82">
-        <v>0.66</v>
+        <v>0.75</v>
       </c>
       <c r="I25" s="84">
-        <v>1.12</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>239</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>240</v>
       </c>
       <c r="B27" s="80">
-        <v>2523</v>
+        <v>2543</v>
       </c>
       <c r="C27" s="80">
-        <v>3268</v>
+        <v>3265</v>
       </c>
       <c r="D27" s="88">
         <v>0</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>5791</v>
+        <v>5808</v>
       </c>
       <c r="G27" s="80">
-        <v>5794</v>
+        <v>5796</v>
       </c>
       <c r="H27" s="82">
-        <v>-0.06</v>
+        <v>0.22</v>
       </c>
       <c r="I27" s="84">
         <v>0.64</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>241</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="26"/>
       <c r="B29" s="42"/>
       <c r="C29" s="42"/>
       <c r="D29" s="42"/>
       <c r="E29" s="42"/>
       <c r="F29" s="42"/>