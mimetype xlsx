--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -216,51 +216,51 @@
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>OBU</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">） </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Local Branches of Foreign Banks (Include OBU)</t>
     </r>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t>日商瑞穗銀行</t>
   </si>
   <si>
     <t>2-1 Deposits at General Banks and Credit Cooperatives</t>
   </si>
   <si>
     <r>
       <t>2-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社存款月底餘額</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
@@ -275,51 +275,51 @@
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>續一</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>2-1 Deposits at General Banks and Credit Cooperatives(Cont.1)</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>元大商業銀行　　　　#</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <r>
       <t>2-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社存款月底餘額</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>(</t>
     </r>
     <r>
       <rPr>
@@ -811,51 +811,51 @@
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -1244,70 +1244,69 @@
     <t>Hualien 2nd Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖縣第一信用合作社</t>
   </si>
   <si>
     <t>Penghu First Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖第二信用合作社</t>
   </si>
   <si>
     <t>Limited Liability Penghu Second Credit Society</t>
   </si>
   <si>
     <t>金門縣信用合作社</t>
   </si>
   <si>
     <t>Kinmen Credit Cooperative</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
-  <numFmts count="19">
+  <numFmts count="18">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="###,###,###,##0"/>
     <numFmt numFmtId="178" formatCode="###,###,###,##0;-###,###,###,##0;&quot;－&quot;"/>
     <numFmt numFmtId="179" formatCode="#,##0.00;-#,##0.00;&quot;－&quot;"/>
-    <numFmt numFmtId="180" formatCode="-###0.00"/>
-[...1 lines deleted...]
-    <numFmt numFmtId="182" formatCode="###,##0.00;-###,##0.00;&quot;－&quot;"/>
+    <numFmt numFmtId="180" formatCode="###,##0.00"/>
+    <numFmt numFmtId="181" formatCode="###,##0.00;-###,##0.00;&quot;－&quot;"/>
   </numFmts>
   <fonts count="44">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="標楷體"/>
       <charset val="136"/>
       <color indexed="8"/>
     </font>
@@ -2548,87 +2547,81 @@
     </xf>
     <xf xxid="160" numFmtId="4" fontId="6" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="161" numFmtId="4" fontId="39" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="162" numFmtId="4" fontId="6" fillId="2" borderId="23" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="163" numFmtId="4" fontId="39" fillId="2" borderId="23" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="164" numFmtId="0" fontId="41" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="165" numFmtId="0" fontId="42" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="166" numFmtId="178" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="167" numFmtId="178" fontId="39" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="168" numFmtId="180" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="168" numFmtId="178" fontId="40" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="169" numFmtId="180" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="169" numFmtId="0" fontId="37" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf xxid="170" numFmtId="180" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="170" numFmtId="178" fontId="40" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="171" numFmtId="180" fontId="39" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="171" numFmtId="0" fontId="37" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="172" numFmtId="0" fontId="37" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="172" numFmtId="181" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="173" numFmtId="180" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="173" numFmtId="181" fontId="39" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="174" numFmtId="180" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="175" numFmtId="181" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="176" numFmtId="181" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="177" numFmtId="182" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="177" numFmtId="180" fontId="6" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="178" numFmtId="182" fontId="39" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf xxid="180" numFmtId="181" fontId="39" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="178" numFmtId="180" fontId="39" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
@@ -2812,450 +2805,450 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="12"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>24262111</v>
+        <v>24202119</v>
       </c>
       <c r="C9" s="68">
-        <v>20225572</v>
+        <v>20352399</v>
       </c>
       <c r="D9" s="68">
-        <v>14918145</v>
+        <v>15113945</v>
       </c>
       <c r="E9" s="68">
-        <v>1238515</v>
+        <v>1126170</v>
       </c>
       <c r="F9" s="68">
+        <v>60794633</v>
+      </c>
+      <c r="G9" s="68">
         <v>60644343</v>
       </c>
-      <c r="G9" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="71">
-        <v>0.39</v>
+        <v>0.25</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="80">
-        <v>1650238</v>
+        <v>1625744</v>
       </c>
       <c r="C11" s="80">
-        <v>1945810</v>
+        <v>1943536</v>
       </c>
       <c r="D11" s="80">
-        <v>1105691</v>
+        <v>1151707</v>
       </c>
       <c r="E11" s="80">
-        <v>554239</v>
+        <v>439261</v>
       </c>
       <c r="F11" s="80">
+        <v>5160248</v>
+      </c>
+      <c r="G11" s="80">
         <v>5255977</v>
       </c>
-      <c r="G11" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="82">
-        <v>0.92</v>
+        <v>-1.82</v>
       </c>
       <c r="I11" s="84">
-        <v>8.67</v>
+        <v>8.49</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>67</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>68</v>
       </c>
       <c r="B13" s="80">
-        <v>1044503</v>
+        <v>1048621</v>
       </c>
       <c r="C13" s="80">
-        <v>1189380</v>
+        <v>1184173</v>
       </c>
       <c r="D13" s="80">
-        <v>255808</v>
+        <v>269105</v>
       </c>
       <c r="E13" s="80">
-        <v>255882</v>
+        <v>253876</v>
       </c>
       <c r="F13" s="80">
+        <v>2755776</v>
+      </c>
+      <c r="G13" s="80">
         <v>2745573</v>
       </c>
-      <c r="G13" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="82">
-        <v>1.33</v>
+        <v>0.37</v>
       </c>
       <c r="I13" s="84">
         <v>4.53</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>70</v>
       </c>
       <c r="B15" s="80">
-        <v>1943685</v>
+        <v>1935662</v>
       </c>
       <c r="C15" s="80">
-        <v>1406481</v>
+        <v>1407026</v>
       </c>
       <c r="D15" s="80">
-        <v>688432</v>
+        <v>687913</v>
       </c>
       <c r="E15" s="80">
-        <v>132483</v>
+        <v>147630</v>
       </c>
       <c r="F15" s="80">
+        <v>4178231</v>
+      </c>
+      <c r="G15" s="80">
         <v>4171082</v>
       </c>
-      <c r="G15" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="82">
-        <v>-0.7</v>
+        <v>0.17</v>
       </c>
       <c r="I15" s="84">
-        <v>6.88</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>71</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>72</v>
       </c>
       <c r="B17" s="80">
-        <v>1715406</v>
+        <v>1710480</v>
       </c>
       <c r="C17" s="80">
-        <v>1019802</v>
+        <v>1029411</v>
       </c>
       <c r="D17" s="80">
-        <v>1061527</v>
+        <v>1071486</v>
       </c>
       <c r="E17" s="80">
-        <v>26940</v>
+        <v>25591</v>
       </c>
       <c r="F17" s="80">
+        <v>3836969</v>
+      </c>
+      <c r="G17" s="80">
         <v>3823675</v>
       </c>
-      <c r="G17" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="82">
-        <v>-1.27</v>
+        <v>0.35</v>
       </c>
       <c r="I17" s="84">
         <v>6.31</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>73</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>74</v>
       </c>
       <c r="B19" s="80">
-        <v>1659712</v>
+        <v>1667683</v>
       </c>
       <c r="C19" s="80">
-        <v>912385</v>
+        <v>899611</v>
       </c>
       <c r="D19" s="80">
-        <v>760153</v>
+        <v>759647</v>
       </c>
       <c r="E19" s="80">
-        <v>32279</v>
+        <v>31096</v>
       </c>
       <c r="F19" s="80">
+        <v>3358038</v>
+      </c>
+      <c r="G19" s="80">
         <v>3364529</v>
       </c>
-      <c r="G19" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="82">
-        <v>2.11</v>
+        <v>-0.19</v>
       </c>
       <c r="I19" s="84">
-        <v>5.55</v>
+        <v>5.52</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>75</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>76</v>
       </c>
       <c r="B21" s="80">
-        <v>1192579</v>
+        <v>1193854</v>
       </c>
       <c r="C21" s="80">
-        <v>879801</v>
+        <v>854567</v>
       </c>
       <c r="D21" s="80">
-        <v>569256</v>
+        <v>570333</v>
       </c>
       <c r="E21" s="80">
-        <v>5679</v>
+        <v>5388</v>
       </c>
       <c r="F21" s="80">
+        <v>2624141</v>
+      </c>
+      <c r="G21" s="80">
         <v>2647315</v>
       </c>
-      <c r="G21" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="82">
-        <v>0.69</v>
+        <v>-0.88</v>
       </c>
       <c r="I21" s="84">
-        <v>4.37</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>77</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>78</v>
       </c>
       <c r="B23" s="80">
-        <v>382541</v>
+        <v>377185</v>
       </c>
       <c r="C23" s="80">
-        <v>571564</v>
+        <v>576395</v>
       </c>
       <c r="D23" s="80">
-        <v>304830</v>
+        <v>309619</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
+        <v>1263199</v>
+      </c>
+      <c r="G23" s="80">
         <v>1258935</v>
       </c>
-      <c r="G23" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="82">
-        <v>-1.49</v>
+        <v>0.34</v>
       </c>
       <c r="I23" s="84">
         <v>2.08</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>79</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="80">
-        <v>1364989</v>
+        <v>1355657</v>
       </c>
       <c r="C25" s="80">
-        <v>878099</v>
+        <v>899095</v>
       </c>
       <c r="D25" s="80">
-        <v>1251619</v>
+        <v>1304775</v>
       </c>
       <c r="E25" s="80">
-        <v>63595</v>
+        <v>64991</v>
       </c>
       <c r="F25" s="80">
+        <v>3624517</v>
+      </c>
+      <c r="G25" s="80">
         <v>3558301</v>
       </c>
-      <c r="G25" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="82">
-        <v>-1.04</v>
+        <v>1.86</v>
       </c>
       <c r="I25" s="84">
-        <v>5.87</v>
+        <v>5.96</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="80">
-        <v>2074326</v>
+        <v>2089800</v>
       </c>
       <c r="C27" s="80">
-        <v>1352839</v>
+        <v>1374386</v>
       </c>
       <c r="D27" s="80">
-        <v>805886</v>
+        <v>817217</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
+        <v>4281403</v>
+      </c>
+      <c r="G27" s="80">
         <v>4233052</v>
       </c>
-      <c r="G27" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="82">
-        <v>1.45</v>
+        <v>1.14</v>
       </c>
       <c r="I27" s="84">
-        <v>6.98</v>
+        <v>7.04</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="88">
         <v>0</v>
       </c>
       <c r="C29" s="88">
         <v>0</v>
       </c>
@@ -3274,156 +3267,156 @@
       <c r="H29" s="90">
         <v>0</v>
       </c>
       <c r="I29" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>85</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>86</v>
       </c>
       <c r="B31" s="80">
-        <v>121867</v>
+        <v>123760</v>
       </c>
       <c r="C31" s="80">
-        <v>110765</v>
+        <v>113344</v>
       </c>
       <c r="D31" s="80">
-        <v>38542</v>
+        <v>38341</v>
       </c>
       <c r="E31" s="80">
-        <v>31031</v>
+        <v>23909</v>
       </c>
       <c r="F31" s="80">
+        <v>299354</v>
+      </c>
+      <c r="G31" s="80">
         <v>302205</v>
       </c>
-      <c r="G31" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="82">
-        <v>1.03</v>
+        <v>-0.94</v>
       </c>
       <c r="I31" s="84">
-        <v>0.5</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>87</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>88</v>
       </c>
       <c r="B33" s="80">
-        <v>1017315</v>
+        <v>1015218</v>
       </c>
       <c r="C33" s="80">
-        <v>845827</v>
+        <v>910868</v>
       </c>
       <c r="D33" s="80">
-        <v>1233132</v>
+        <v>1240858</v>
       </c>
       <c r="E33" s="80">
-        <v>13186</v>
+        <v>12696</v>
       </c>
       <c r="F33" s="80">
+        <v>3179639</v>
+      </c>
+      <c r="G33" s="80">
         <v>3109460</v>
       </c>
-      <c r="G33" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H33" s="82">
-        <v>0.84</v>
+        <v>2.26</v>
       </c>
       <c r="I33" s="84">
-        <v>5.13</v>
+        <v>5.23</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>89</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>90</v>
       </c>
       <c r="B35" s="94">
-        <v>134308</v>
+        <v>134856</v>
       </c>
       <c r="C35" s="94">
-        <v>6399</v>
+        <v>9732</v>
       </c>
       <c r="D35" s="94">
-        <v>219930</v>
+        <v>197079</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
+        <v>341667</v>
+      </c>
+      <c r="G35" s="94">
         <v>360637</v>
       </c>
-      <c r="G35" s="94">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="98">
-        <v>3.28</v>
+        <v>-5.26</v>
       </c>
       <c r="I35" s="100">
-        <v>0.59</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>91</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="58" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="58"/>
       <c r="C37" s="58"/>
       <c r="D37" s="58"/>
       <c r="E37" s="58"/>
       <c r="F37" s="58"/>
       <c r="G37" s="58"/>
@@ -3660,56 +3653,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="51" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="48" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="48"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="50"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -3769,618 +3762,618 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="12"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="64" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="67">
-        <v>43498</v>
+        <v>44403</v>
       </c>
       <c r="C9" s="67">
-        <v>136670</v>
+        <v>142217</v>
       </c>
       <c r="D9" s="67">
-        <v>107727</v>
+        <v>110388</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
+        <v>297008</v>
+      </c>
+      <c r="G9" s="67">
         <v>287895</v>
       </c>
-      <c r="G9" s="67">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="70">
-        <v>-1.32</v>
+        <v>3.17</v>
       </c>
       <c r="I9" s="73">
-        <v>0.47</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>92</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>93</v>
       </c>
       <c r="B11" s="80">
-        <v>905481</v>
+        <v>904591</v>
       </c>
       <c r="C11" s="80">
-        <v>672944</v>
+        <v>680985</v>
       </c>
       <c r="D11" s="80">
-        <v>382482</v>
+        <v>383252</v>
       </c>
       <c r="E11" s="80">
-        <v>24382</v>
+        <v>23884</v>
       </c>
       <c r="F11" s="80">
+        <v>1992712</v>
+      </c>
+      <c r="G11" s="80">
         <v>1985288</v>
       </c>
-      <c r="G11" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="82">
-        <v>2.78</v>
+        <v>0.37</v>
       </c>
       <c r="I11" s="84">
-        <v>3.27</v>
+        <v>3.28</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>94</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>95</v>
       </c>
       <c r="B13" s="80">
-        <v>247078</v>
+        <v>247824</v>
       </c>
       <c r="C13" s="80">
-        <v>58760</v>
+        <v>54826</v>
       </c>
       <c r="D13" s="80">
-        <v>314162</v>
+        <v>321962</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
+        <v>624612</v>
+      </c>
+      <c r="G13" s="80">
         <v>620000</v>
       </c>
-      <c r="G13" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="82">
-        <v>0.79</v>
+        <v>0.74</v>
       </c>
       <c r="I13" s="84">
-        <v>1.02</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>96</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="80">
-        <v>361275</v>
+        <v>362508</v>
       </c>
       <c r="C15" s="80">
-        <v>373326</v>
+        <v>365552</v>
       </c>
       <c r="D15" s="80">
-        <v>105657</v>
+        <v>107207</v>
       </c>
       <c r="E15" s="80">
-        <v>1053</v>
+        <v>1085</v>
       </c>
       <c r="F15" s="80">
+        <v>836351</v>
+      </c>
+      <c r="G15" s="80">
         <v>841311</v>
       </c>
-      <c r="G15" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="82">
-        <v>-1.35</v>
+        <v>-0.59</v>
       </c>
       <c r="I15" s="84">
-        <v>1.39</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>99</v>
       </c>
       <c r="B17" s="80">
-        <v>151493</v>
+        <v>151929</v>
       </c>
       <c r="C17" s="80">
-        <v>103559</v>
+        <v>105559</v>
       </c>
       <c r="D17" s="80">
-        <v>27310</v>
+        <v>27028</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
+        <v>284515</v>
+      </c>
+      <c r="G17" s="80">
         <v>282361</v>
       </c>
-      <c r="G17" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="82">
-        <v>-1.76</v>
+        <v>0.76</v>
       </c>
       <c r="I17" s="84">
         <v>0.47</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>100</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>101</v>
       </c>
       <c r="B19" s="80">
-        <v>200700</v>
+        <v>209050</v>
       </c>
       <c r="C19" s="80">
-        <v>114640</v>
+        <v>115112</v>
       </c>
       <c r="D19" s="80">
-        <v>250641</v>
+        <v>254811</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
+        <v>578972</v>
+      </c>
+      <c r="G19" s="80">
         <v>565981</v>
       </c>
-      <c r="G19" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="82">
-        <v>-1.31</v>
+        <v>2.3</v>
       </c>
       <c r="I19" s="84">
-        <v>0.93</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>102</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>103</v>
       </c>
       <c r="B21" s="80">
-        <v>29058</v>
+        <v>29075</v>
       </c>
       <c r="C21" s="80">
-        <v>49206</v>
+        <v>49571</v>
       </c>
       <c r="D21" s="80">
-        <v>3646</v>
+        <v>3701</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
+        <v>82347</v>
+      </c>
+      <c r="G21" s="80">
         <v>81910</v>
       </c>
-      <c r="G21" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="82">
-        <v>0.34</v>
+        <v>0.53</v>
       </c>
       <c r="I21" s="84">
         <v>0.14</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>104</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>105</v>
       </c>
       <c r="B23" s="80">
-        <v>71992</v>
+        <v>71106</v>
       </c>
       <c r="C23" s="80">
-        <v>155079</v>
+        <v>157743</v>
       </c>
       <c r="D23" s="80">
-        <v>7635</v>
+        <v>7788</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
+        <v>236637</v>
+      </c>
+      <c r="G23" s="80">
         <v>234707</v>
       </c>
-      <c r="G23" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="82">
-        <v>2.11</v>
+        <v>0.82</v>
       </c>
       <c r="I23" s="84">
         <v>0.39</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>106</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>107</v>
       </c>
       <c r="B25" s="80">
-        <v>423775</v>
+        <v>424200</v>
       </c>
       <c r="C25" s="80">
-        <v>575449</v>
+        <v>572944</v>
       </c>
       <c r="D25" s="80">
-        <v>182944</v>
+        <v>181198</v>
       </c>
       <c r="E25" s="80">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="F25" s="80">
+        <v>1178938</v>
+      </c>
+      <c r="G25" s="80">
         <v>1182770</v>
       </c>
-      <c r="G25" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="82">
-        <v>0.54</v>
+        <v>-0.32</v>
       </c>
       <c r="I25" s="84">
-        <v>1.95</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>108</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>109</v>
       </c>
       <c r="B27" s="80">
-        <v>191929</v>
+        <v>190279</v>
       </c>
       <c r="C27" s="80">
-        <v>436414</v>
+        <v>439614</v>
       </c>
       <c r="D27" s="80">
-        <v>73312</v>
+        <v>75211</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
+        <v>705105</v>
+      </c>
+      <c r="G27" s="80">
         <v>701655</v>
       </c>
-      <c r="G27" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="82">
-        <v>0.07</v>
+        <v>0.49</v>
       </c>
       <c r="I27" s="84">
         <v>1.16</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>110</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="80">
-        <v>113995</v>
+        <v>112746</v>
       </c>
       <c r="C29" s="80">
-        <v>145569</v>
+        <v>146053</v>
       </c>
       <c r="D29" s="80">
-        <v>33845</v>
+        <v>34622</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
+        <v>293421</v>
+      </c>
+      <c r="G29" s="80">
         <v>293409</v>
       </c>
-      <c r="G29" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="82">
-        <v>-0.88</v>
+        <v>0</v>
       </c>
       <c r="I29" s="84">
         <v>0.48</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>112</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>113</v>
       </c>
       <c r="B31" s="80">
-        <v>80900</v>
+        <v>82846</v>
       </c>
       <c r="C31" s="80">
-        <v>106889</v>
+        <v>106897</v>
       </c>
       <c r="D31" s="80">
-        <v>4560</v>
+        <v>4453</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
+        <v>194196</v>
+      </c>
+      <c r="G31" s="80">
         <v>192348</v>
       </c>
-      <c r="G31" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="82">
-        <v>0.04</v>
+        <v>0.96</v>
       </c>
       <c r="I31" s="84">
         <v>0.32</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>114</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>115</v>
       </c>
       <c r="B33" s="80">
-        <v>370819</v>
+        <v>369582</v>
       </c>
       <c r="C33" s="80">
-        <v>358911</v>
+        <v>355794</v>
       </c>
       <c r="D33" s="80">
-        <v>99670</v>
+        <v>100311</v>
       </c>
       <c r="E33" s="88">
         <v>0</v>
       </c>
       <c r="F33" s="80">
+        <v>825686</v>
+      </c>
+      <c r="G33" s="80">
         <v>829399</v>
       </c>
-      <c r="G33" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H33" s="82">
-        <v>0.4</v>
+        <v>-0.45</v>
       </c>
       <c r="I33" s="84">
-        <v>1.37</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>116</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>117</v>
       </c>
       <c r="B35" s="94">
-        <v>185028</v>
+        <v>183613</v>
       </c>
       <c r="C35" s="94">
-        <v>371925</v>
+        <v>365558</v>
       </c>
       <c r="D35" s="94">
-        <v>123469</v>
+        <v>126314</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
+        <v>675485</v>
+      </c>
+      <c r="G35" s="94">
         <v>680422</v>
       </c>
-      <c r="G35" s="94">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="98">
-        <v>-2.15</v>
+        <v>-0.73</v>
       </c>
       <c r="I35" s="100">
-        <v>1.12</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>118</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="29" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
@@ -4614,56 +4607,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="51" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="48" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="48"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="50"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -4723,489 +4716,489 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="12"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="64" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="67">
-        <v>938683</v>
+        <v>941600</v>
       </c>
       <c r="C9" s="67">
-        <v>860743</v>
+        <v>858354</v>
       </c>
       <c r="D9" s="67">
-        <v>262425</v>
+        <v>253029</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
+        <v>2052983</v>
+      </c>
+      <c r="G9" s="67">
         <v>2061850</v>
       </c>
-      <c r="G9" s="67">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="70">
-        <v>2.1</v>
+        <v>-0.43</v>
       </c>
       <c r="I9" s="73">
-        <v>3.4</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>119</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>120</v>
       </c>
       <c r="B11" s="80">
-        <v>940760</v>
+        <v>940101</v>
       </c>
       <c r="C11" s="80">
-        <v>633216</v>
+        <v>646963</v>
       </c>
       <c r="D11" s="80">
-        <v>725890</v>
+        <v>719116</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
+        <v>2306180</v>
+      </c>
+      <c r="G11" s="80">
         <v>2299866</v>
       </c>
-      <c r="G11" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="82">
-        <v>-0.09</v>
+        <v>0.27</v>
       </c>
       <c r="I11" s="84">
         <v>3.79</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>121</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>122</v>
       </c>
       <c r="B13" s="80">
-        <v>1295227</v>
+        <v>1275237</v>
       </c>
       <c r="C13" s="80">
-        <v>1038347</v>
+        <v>1062092</v>
       </c>
       <c r="D13" s="80">
-        <v>1124210</v>
+        <v>1175251</v>
       </c>
       <c r="E13" s="80">
-        <v>17077</v>
+        <v>16507</v>
       </c>
       <c r="F13" s="80">
+        <v>3529087</v>
+      </c>
+      <c r="G13" s="80">
         <v>3474860</v>
       </c>
-      <c r="G13" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="82">
-        <v>0.66</v>
+        <v>1.56</v>
       </c>
       <c r="I13" s="84">
-        <v>5.73</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>123</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>124</v>
       </c>
       <c r="B15" s="80">
-        <v>210483</v>
+        <v>206875</v>
       </c>
       <c r="C15" s="80">
-        <v>270045</v>
+        <v>280665</v>
       </c>
       <c r="D15" s="80">
-        <v>178816</v>
+        <v>184055</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
+        <v>671596</v>
+      </c>
+      <c r="G15" s="80">
         <v>659344</v>
       </c>
-      <c r="G15" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="82">
-        <v>0.07</v>
+        <v>1.86</v>
       </c>
       <c r="I15" s="84">
-        <v>1.09</v>
+        <v>1.1</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>125</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>126</v>
       </c>
       <c r="B17" s="80">
-        <v>146504</v>
+        <v>149140</v>
       </c>
       <c r="C17" s="80">
-        <v>363937</v>
+        <v>364617</v>
       </c>
       <c r="D17" s="80">
-        <v>301144</v>
+        <v>315246</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
+        <v>829003</v>
+      </c>
+      <c r="G17" s="80">
         <v>811584</v>
       </c>
-      <c r="G17" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="82">
-        <v>2.6</v>
+        <v>2.15</v>
       </c>
       <c r="I17" s="84">
-        <v>1.34</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>127</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>128</v>
       </c>
       <c r="B19" s="80">
-        <v>994393</v>
+        <v>989061</v>
       </c>
       <c r="C19" s="80">
-        <v>736504</v>
+        <v>736140</v>
       </c>
       <c r="D19" s="80">
-        <v>758563</v>
+        <v>768005</v>
       </c>
       <c r="E19" s="80">
-        <v>13882</v>
+        <v>14193</v>
       </c>
       <c r="F19" s="80">
+        <v>2507399</v>
+      </c>
+      <c r="G19" s="80">
         <v>2503343</v>
       </c>
-      <c r="G19" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="82">
-        <v>-0.79</v>
+        <v>0.16</v>
       </c>
       <c r="I19" s="84">
-        <v>4.13</v>
+        <v>4.12</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>129</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>130</v>
       </c>
       <c r="B21" s="80">
-        <v>69771</v>
+        <v>71394</v>
       </c>
       <c r="C21" s="80">
-        <v>211121</v>
+        <v>218550</v>
       </c>
       <c r="D21" s="80">
-        <v>52548</v>
+        <v>52190</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
+        <v>342134</v>
+      </c>
+      <c r="G21" s="80">
         <v>333441</v>
       </c>
-      <c r="G21" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="82">
-        <v>-0.08</v>
+        <v>2.61</v>
       </c>
       <c r="I21" s="84">
-        <v>0.55</v>
+        <v>0.56</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="80">
-        <v>1911051</v>
+        <v>1888123</v>
       </c>
       <c r="C23" s="80">
-        <v>1233805</v>
+        <v>1225955</v>
       </c>
       <c r="D23" s="80">
-        <v>1499704</v>
+        <v>1486760</v>
       </c>
       <c r="E23" s="80">
-        <v>66204</v>
+        <v>65466</v>
       </c>
       <c r="F23" s="80">
+        <v>4666305</v>
+      </c>
+      <c r="G23" s="80">
         <v>4710764</v>
       </c>
-      <c r="G23" s="80">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="H23" s="82">
+        <v>-0.94</v>
       </c>
       <c r="I23" s="84">
-        <v>7.77</v>
+        <v>7.68</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>133</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>134</v>
       </c>
       <c r="B25" s="80">
-        <v>31695</v>
+        <v>32405</v>
       </c>
       <c r="C25" s="80">
-        <v>20339</v>
+        <v>20274</v>
       </c>
       <c r="D25" s="80">
-        <v>1257</v>
+        <v>2227</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
+        <v>54906</v>
+      </c>
+      <c r="G25" s="80">
         <v>53291</v>
       </c>
-      <c r="G25" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="82">
-        <v>4.37</v>
+        <v>3.03</v>
       </c>
       <c r="I25" s="84">
         <v>0.09</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>135</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>136</v>
       </c>
       <c r="B27" s="80">
-        <v>30483</v>
+        <v>30949</v>
       </c>
       <c r="C27" s="80">
-        <v>50217</v>
+        <v>51284</v>
       </c>
       <c r="D27" s="80">
-        <v>1723</v>
+        <v>1740</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
+        <v>83974</v>
+      </c>
+      <c r="G27" s="80">
         <v>82422</v>
       </c>
-      <c r="G27" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="82">
-        <v>3.01</v>
+        <v>1.88</v>
       </c>
       <c r="I27" s="84">
         <v>0.14</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>137</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>138</v>
       </c>
       <c r="B29" s="80">
-        <v>14569</v>
+        <v>14961</v>
       </c>
       <c r="C29" s="80">
-        <v>28808</v>
+        <v>26935</v>
       </c>
       <c r="D29" s="88">
         <v>0</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
+        <v>41896</v>
+      </c>
+      <c r="G29" s="80">
         <v>43377</v>
       </c>
-      <c r="G29" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="82">
-        <v>0.63</v>
+        <v>-3.42</v>
       </c>
       <c r="I29" s="84">
         <v>0.07</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>139</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="26"/>
       <c r="B31" s="42"/>
       <c r="C31" s="42"/>
       <c r="D31" s="42"/>
       <c r="E31" s="42"/>
       <c r="F31" s="42"/>
@@ -5502,56 +5495,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -5611,324 +5604,324 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>200086</v>
+        <v>204939</v>
       </c>
       <c r="C9" s="68">
-        <v>201214</v>
+        <v>215847</v>
       </c>
       <c r="D9" s="68">
-        <v>1310582</v>
-[...1 lines deleted...]
-      <c r="E9" s="107">
+        <v>1462454</v>
+      </c>
+      <c r="E9" s="105">
         <v>0</v>
       </c>
       <c r="F9" s="68">
+        <v>1883239</v>
+      </c>
+      <c r="G9" s="68">
         <v>1711882</v>
       </c>
-      <c r="G9" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="71">
-        <v>-7.14</v>
+        <v>10.01</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="80">
-        <v>41948</v>
+        <v>44382</v>
       </c>
       <c r="C11" s="80">
-        <v>51796</v>
+        <v>52831</v>
       </c>
       <c r="D11" s="80">
-        <v>285646</v>
+        <v>247616</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
+        <v>344829</v>
+      </c>
+      <c r="G11" s="80">
         <v>379390</v>
       </c>
-      <c r="G11" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="82">
-        <v>-5.37</v>
+        <v>-9.11</v>
       </c>
       <c r="I11" s="84">
-        <v>22.16</v>
+        <v>18.31</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>140</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>141</v>
       </c>
       <c r="B13" s="80">
-        <v>24543</v>
+        <v>24522</v>
       </c>
       <c r="C13" s="80">
-        <v>7022</v>
+        <v>7252</v>
       </c>
       <c r="D13" s="80">
-        <v>20699</v>
+        <v>137434</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
+        <v>169208</v>
+      </c>
+      <c r="G13" s="80">
         <v>52263</v>
       </c>
-      <c r="G13" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="82">
-        <v>-48.71</v>
+        <v>223.76</v>
       </c>
       <c r="I13" s="84">
-        <v>3.05</v>
+        <v>8.98</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>142</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>143</v>
       </c>
       <c r="B15" s="80">
-        <v>2496</v>
+        <v>2276</v>
       </c>
       <c r="C15" s="80">
-        <v>4440</v>
+        <v>4437</v>
       </c>
       <c r="D15" s="80">
-        <v>1539</v>
+        <v>1688</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
+        <v>8400</v>
+      </c>
+      <c r="G15" s="80">
         <v>8475</v>
       </c>
-      <c r="G15" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="82">
-        <v>5.54</v>
+        <v>-0.89</v>
       </c>
       <c r="I15" s="84">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>144</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>145</v>
       </c>
       <c r="B17" s="80">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="C17" s="80">
         <v>3</v>
       </c>
       <c r="D17" s="80">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
+        <v>159</v>
+      </c>
+      <c r="G17" s="80">
         <v>171</v>
       </c>
-      <c r="G17" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="82">
-        <v>-3.88</v>
+        <v>-6.74</v>
       </c>
       <c r="I17" s="84">
         <v>0.01</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>146</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>147</v>
       </c>
       <c r="B19" s="80">
         <v>7</v>
       </c>
       <c r="C19" s="88">
         <v>0</v>
       </c>
       <c r="D19" s="80">
         <v>0</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
         <v>7</v>
       </c>
       <c r="G19" s="80">
         <v>7</v>
       </c>
-      <c r="H19" s="106">
-        <v>0</v>
+      <c r="H19" s="82">
+        <v>0.01</v>
       </c>
       <c r="I19" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>148</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>149</v>
       </c>
       <c r="B21" s="80">
-        <v>295</v>
+        <v>371</v>
       </c>
       <c r="C21" s="80">
-        <v>1863</v>
+        <v>2426</v>
       </c>
       <c r="D21" s="80">
-        <v>751</v>
+        <v>907</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
+        <v>3704</v>
+      </c>
+      <c r="G21" s="80">
         <v>2908</v>
       </c>
-      <c r="G21" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="82">
-        <v>-19.63</v>
+        <v>27.34</v>
       </c>
       <c r="I21" s="84">
-        <v>0.17</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>150</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>151</v>
       </c>
       <c r="B23" s="88">
         <v>0</v>
       </c>
       <c r="C23" s="88">
         <v>0</v>
       </c>
@@ -5953,276 +5946,276 @@
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>152</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>153</v>
       </c>
       <c r="B25" s="88">
         <v>0</v>
       </c>
       <c r="C25" s="80">
         <v>1456</v>
       </c>
       <c r="D25" s="80">
-        <v>575</v>
+        <v>556</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
+        <v>2012</v>
+      </c>
+      <c r="G25" s="80">
         <v>2031</v>
       </c>
-      <c r="G25" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="82">
-        <v>-0.16</v>
+        <v>-0.94</v>
       </c>
       <c r="I25" s="84">
-        <v>0.12</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>154</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="80">
-        <v>26210</v>
+        <v>24733</v>
       </c>
       <c r="C27" s="80">
-        <v>316</v>
+        <v>284</v>
       </c>
       <c r="D27" s="80">
-        <v>134829</v>
+        <v>102574</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
+        <v>127591</v>
+      </c>
+      <c r="G27" s="80">
         <v>161355</v>
       </c>
-      <c r="G27" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="82">
-        <v>-6.78</v>
+        <v>-20.93</v>
       </c>
       <c r="I27" s="84">
-        <v>9.43</v>
+        <v>6.78</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>156</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>157</v>
       </c>
       <c r="B29" s="80">
-        <v>1281</v>
+        <v>1575</v>
       </c>
       <c r="C29" s="80">
-        <v>12171</v>
+        <v>14347</v>
       </c>
       <c r="D29" s="80">
-        <v>757</v>
+        <v>814</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
+        <v>16736</v>
+      </c>
+      <c r="G29" s="80">
         <v>14209</v>
       </c>
-      <c r="G29" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="82">
-        <v>-10.52</v>
+        <v>17.79</v>
       </c>
       <c r="I29" s="84">
-        <v>0.83</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>158</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>159</v>
       </c>
       <c r="B31" s="80">
-        <v>24245</v>
+        <v>25617</v>
       </c>
       <c r="C31" s="88">
         <v>0</v>
       </c>
       <c r="D31" s="80">
-        <v>35617</v>
+        <v>38557</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
+        <v>64173</v>
+      </c>
+      <c r="G31" s="80">
         <v>59862</v>
       </c>
-      <c r="G31" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="82">
-        <v>4.31</v>
+        <v>7.2</v>
       </c>
       <c r="I31" s="84">
-        <v>3.5</v>
+        <v>3.41</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>160</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>161</v>
       </c>
       <c r="B33" s="88">
         <v>0</v>
       </c>
       <c r="C33" s="80">
+        <v>43034</v>
+      </c>
+      <c r="D33" s="88">
+        <v>0</v>
+      </c>
+      <c r="E33" s="88">
+        <v>0</v>
+      </c>
+      <c r="F33" s="80">
+        <v>43034</v>
+      </c>
+      <c r="G33" s="80">
         <v>42101</v>
       </c>
-      <c r="D33" s="88">
-[...10 lines deleted...]
-      </c>
       <c r="H33" s="82">
-        <v>-4.36</v>
+        <v>2.22</v>
       </c>
       <c r="I33" s="84">
-        <v>2.46</v>
+        <v>2.29</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>162</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>163</v>
       </c>
       <c r="B35" s="94">
-        <v>17254</v>
+        <v>18379</v>
       </c>
       <c r="C35" s="94">
-        <v>4571</v>
+        <v>5399</v>
       </c>
       <c r="D35" s="94">
-        <v>60269</v>
+        <v>60844</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
+        <v>84622</v>
+      </c>
+      <c r="G35" s="94">
         <v>82094</v>
       </c>
-      <c r="G35" s="94">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="98">
-        <v>-3.25</v>
+        <v>3.08</v>
       </c>
       <c r="I35" s="100">
-        <v>4.8</v>
+        <v>4.49</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>164</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
@@ -6397,56 +6390,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -6502,619 +6495,619 @@
       </c>
       <c r="I7" s="13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A9" s="108" t="s">
+      <c r="A9" s="106" t="s">
         <v>39</v>
       </c>
       <c r="B9" s="104">
         <v>0</v>
       </c>
       <c r="C9" s="104">
         <v>0</v>
       </c>
       <c r="D9" s="67">
+        <v>45</v>
+      </c>
+      <c r="E9" s="104">
+        <v>0</v>
+      </c>
+      <c r="F9" s="67">
+        <v>45</v>
+      </c>
+      <c r="G9" s="67">
         <v>510</v>
       </c>
-      <c r="E9" s="104">
-[...9 lines deleted...]
-        <v>-47.72</v>
+      <c r="H9" s="108">
+        <v>-91.16</v>
       </c>
       <c r="I9" s="73">
-        <v>0.03</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>165</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A11" s="111" t="s">
+      <c r="A11" s="109" t="s">
         <v>166</v>
       </c>
       <c r="B11" s="80">
         <v>16</v>
       </c>
       <c r="C11" s="80">
-        <v>4601</v>
+        <v>2001</v>
       </c>
       <c r="D11" s="80">
-        <v>2385</v>
+        <v>3301</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
+        <v>5319</v>
+      </c>
+      <c r="G11" s="80">
         <v>7002</v>
       </c>
-      <c r="G11" s="80">
-[...3 lines deleted...]
-        <v>-8.78</v>
+      <c r="H11" s="111">
+        <v>-24.04</v>
       </c>
       <c r="I11" s="84">
-        <v>0.41</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>167</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A13" s="111" t="s">
+      <c r="A13" s="109" t="s">
         <v>168</v>
       </c>
       <c r="B13" s="80">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="C13" s="88">
         <v>0</v>
       </c>
       <c r="D13" s="80">
-        <v>96399</v>
+        <v>106746</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
+        <v>106829</v>
+      </c>
+      <c r="G13" s="80">
         <v>96476</v>
       </c>
-      <c r="G13" s="80">
-[...3 lines deleted...]
-        <v>-20.43</v>
+      <c r="H13" s="111">
+        <v>10.73</v>
       </c>
       <c r="I13" s="84">
-        <v>5.64</v>
+        <v>5.67</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>169</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A15" s="111" t="s">
+      <c r="A15" s="109" t="s">
         <v>170</v>
       </c>
       <c r="B15" s="80">
-        <v>7166</v>
+        <v>7024</v>
       </c>
       <c r="C15" s="80">
-        <v>12814</v>
+        <v>12798</v>
       </c>
       <c r="D15" s="80">
-        <v>89070</v>
+        <v>95159</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
+        <v>114981</v>
+      </c>
+      <c r="G15" s="80">
         <v>109050</v>
       </c>
-      <c r="G15" s="80">
-[...3 lines deleted...]
-        <v>-0.71</v>
+      <c r="H15" s="111">
+        <v>5.44</v>
       </c>
       <c r="I15" s="84">
-        <v>6.37</v>
+        <v>6.11</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>171</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A17" s="111" t="s">
+      <c r="A17" s="109" t="s">
         <v>172</v>
       </c>
       <c r="B17" s="80">
         <v>32</v>
       </c>
       <c r="C17" s="80">
         <v>1770</v>
       </c>
       <c r="D17" s="80">
-        <v>111189</v>
+        <v>106331</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
+        <v>108133</v>
+      </c>
+      <c r="G17" s="80">
         <v>112991</v>
       </c>
-      <c r="G17" s="80">
-[...3 lines deleted...]
-        <v>6.38</v>
+      <c r="H17" s="111">
+        <v>-4.3</v>
       </c>
       <c r="I17" s="84">
-        <v>6.6</v>
+        <v>5.74</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>173</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A19" s="111" t="s">
+      <c r="A19" s="109" t="s">
         <v>174</v>
       </c>
       <c r="B19" s="88">
         <v>0</v>
       </c>
       <c r="C19" s="88">
         <v>0</v>
       </c>
       <c r="D19" s="88">
         <v>0</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="88">
         <v>0</v>
       </c>
       <c r="G19" s="88">
         <v>0</v>
       </c>
-      <c r="H19" s="115">
+      <c r="H19" s="113">
         <v>0</v>
       </c>
       <c r="I19" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>175</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A21" s="111" t="s">
+      <c r="A21" s="109" t="s">
         <v>176</v>
       </c>
       <c r="B21" s="80">
-        <v>30573</v>
+        <v>34379</v>
       </c>
       <c r="C21" s="80">
-        <v>19267</v>
+        <v>19749</v>
       </c>
       <c r="D21" s="80">
-        <v>131279</v>
+        <v>141045</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
+        <v>195173</v>
+      </c>
+      <c r="G21" s="80">
         <v>181119</v>
       </c>
-      <c r="G21" s="80">
-[...3 lines deleted...]
-        <v>-5.78</v>
+      <c r="H21" s="111">
+        <v>7.76</v>
       </c>
       <c r="I21" s="84">
-        <v>10.58</v>
+        <v>10.36</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>177</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A23" s="111" t="s">
+      <c r="A23" s="109" t="s">
         <v>178</v>
       </c>
       <c r="B23" s="80">
-        <v>20753</v>
+        <v>18738</v>
       </c>
       <c r="C23" s="80">
-        <v>33540</v>
+        <v>43987</v>
       </c>
       <c r="D23" s="80">
-        <v>295607</v>
+        <v>348216</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
+        <v>410942</v>
+      </c>
+      <c r="G23" s="80">
         <v>349900</v>
       </c>
-      <c r="G23" s="80">
-[...3 lines deleted...]
-        <v>0.2</v>
+      <c r="H23" s="111">
+        <v>17.45</v>
       </c>
       <c r="I23" s="84">
-        <v>20.44</v>
+        <v>21.82</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>179</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A25" s="111" t="s">
+      <c r="A25" s="109" t="s">
         <v>180</v>
       </c>
       <c r="B25" s="88">
         <v>0</v>
       </c>
       <c r="C25" s="88">
         <v>0</v>
       </c>
       <c r="D25" s="88">
         <v>0</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="88">
         <v>0</v>
       </c>
       <c r="G25" s="88">
         <v>0</v>
       </c>
-      <c r="H25" s="115">
+      <c r="H25" s="113">
         <v>0</v>
       </c>
       <c r="I25" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>181</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A27" s="111" t="s">
+      <c r="A27" s="109" t="s">
         <v>182</v>
       </c>
       <c r="B27" s="88">
         <v>0</v>
       </c>
       <c r="C27" s="88">
         <v>0</v>
       </c>
       <c r="D27" s="88">
         <v>0</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="88">
         <v>0</v>
       </c>
       <c r="G27" s="88">
         <v>0</v>
       </c>
-      <c r="H27" s="115">
+      <c r="H27" s="113">
         <v>0</v>
       </c>
       <c r="I27" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>183</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A29" s="111" t="s">
+      <c r="A29" s="109" t="s">
         <v>184</v>
       </c>
       <c r="B29" s="80">
         <v>1</v>
       </c>
       <c r="C29" s="88">
         <v>0</v>
       </c>
       <c r="D29" s="80">
+        <v>11022</v>
+      </c>
+      <c r="E29" s="88">
+        <v>0</v>
+      </c>
+      <c r="F29" s="80">
+        <v>11022</v>
+      </c>
+      <c r="G29" s="80">
         <v>980</v>
       </c>
-      <c r="E29" s="88">
-[...9 lines deleted...]
-        <v>-86.78</v>
+      <c r="H29" s="111">
+        <v>1024.19</v>
       </c>
       <c r="I29" s="84">
-        <v>0.06</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>185</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A31" s="111" t="s">
+      <c r="A31" s="109" t="s">
         <v>186</v>
       </c>
       <c r="B31" s="80">
-        <v>2534</v>
+        <v>2245</v>
       </c>
       <c r="C31" s="80">
-        <v>1365</v>
+        <v>2055</v>
       </c>
       <c r="D31" s="80">
-        <v>42104</v>
+        <v>59229</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
+        <v>63529</v>
+      </c>
+      <c r="G31" s="80">
         <v>46003</v>
       </c>
-      <c r="G31" s="80">
-[...3 lines deleted...]
-        <v>-15.1</v>
+      <c r="H31" s="111">
+        <v>38.1</v>
       </c>
       <c r="I31" s="84">
-        <v>2.69</v>
+        <v>3.37</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>187</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A33" s="111" t="s">
+      <c r="A33" s="109" t="s">
         <v>188</v>
       </c>
       <c r="B33" s="88">
         <v>0</v>
       </c>
       <c r="C33" s="88">
         <v>0</v>
       </c>
       <c r="D33" s="88">
         <v>0</v>
       </c>
       <c r="E33" s="88">
         <v>0</v>
       </c>
       <c r="F33" s="88">
         <v>0</v>
       </c>
       <c r="G33" s="88">
         <v>0</v>
       </c>
-      <c r="H33" s="115">
+      <c r="H33" s="113">
         <v>0</v>
       </c>
       <c r="I33" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>189</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A35" s="111" t="s">
+      <c r="A35" s="109" t="s">
         <v>190</v>
       </c>
       <c r="B35" s="94">
-        <v>109</v>
+        <v>68</v>
       </c>
       <c r="C35" s="94">
-        <v>777</v>
+        <v>776</v>
       </c>
       <c r="D35" s="94">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
+        <v>864</v>
+      </c>
+      <c r="G35" s="94">
         <v>897</v>
       </c>
-      <c r="G35" s="94">
-[...3 lines deleted...]
-        <v>1.49</v>
+      <c r="H35" s="115">
+        <v>-3.66</v>
       </c>
       <c r="I35" s="100">
         <v>0.05</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>191</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="29" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
@@ -7292,56 +7285,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -7397,76 +7390,76 @@
       </c>
       <c r="I7" s="13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
-      <c r="A9" s="108" t="s">
+      <c r="A9" s="106" t="s">
         <v>62</v>
       </c>
       <c r="B9" s="67">
-        <v>401</v>
+        <v>358</v>
       </c>
       <c r="C9" s="67">
-        <v>1343</v>
+        <v>1243</v>
       </c>
       <c r="D9" s="67">
-        <v>343</v>
+        <v>325</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
+        <v>1926</v>
+      </c>
+      <c r="G9" s="67">
         <v>2088</v>
       </c>
-      <c r="G9" s="67">
-[...3 lines deleted...]
-        <v>15.15</v>
+      <c r="H9" s="108">
+        <v>-7.74</v>
       </c>
       <c r="I9" s="73">
-        <v>0.12</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>192</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="32"/>
       <c r="B11" s="42"/>
       <c r="C11" s="42"/>
       <c r="D11" s="42"/>
       <c r="E11" s="42"/>
       <c r="F11" s="42"/>
       <c r="G11" s="42"/>
       <c r="H11" s="56"/>
       <c r="I11" s="57"/>
@@ -7925,56 +7918,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -8034,198 +8027,198 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>1898</v>
+        <v>1786</v>
       </c>
       <c r="C9" s="68">
-        <v>114733</v>
+        <v>116353</v>
       </c>
       <c r="D9" s="68">
-        <v>25147</v>
-[...1 lines deleted...]
-      <c r="E9" s="107">
+        <v>28926</v>
+      </c>
+      <c r="E9" s="105">
         <v>0</v>
       </c>
       <c r="F9" s="68">
+        <v>147066</v>
+      </c>
+      <c r="G9" s="68">
         <v>141778</v>
       </c>
-      <c r="G9" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="71">
-        <v>-0.71</v>
+        <v>3.73</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="80">
-        <v>561</v>
+        <v>458</v>
       </c>
       <c r="C11" s="80">
-        <v>51908</v>
+        <v>56333</v>
       </c>
       <c r="D11" s="80">
-        <v>8765</v>
+        <v>6898</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
+        <v>63689</v>
+      </c>
+      <c r="G11" s="80">
         <v>61234</v>
       </c>
-      <c r="G11" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="82">
-        <v>-5.09</v>
+        <v>4.01</v>
       </c>
       <c r="I11" s="84">
-        <v>43.19</v>
+        <v>43.31</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>193</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>194</v>
       </c>
       <c r="B13" s="80">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C13" s="80">
-        <v>9978</v>
+        <v>7997</v>
       </c>
       <c r="D13" s="80">
-        <v>13408</v>
+        <v>18529</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
+        <v>26578</v>
+      </c>
+      <c r="G13" s="80">
         <v>23439</v>
       </c>
-      <c r="G13" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="82">
-        <v>5.86</v>
+        <v>13.39</v>
       </c>
       <c r="I13" s="84">
-        <v>16.53</v>
+        <v>18.07</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>195</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>196</v>
       </c>
       <c r="B15" s="80">
-        <v>1284</v>
+        <v>1277</v>
       </c>
       <c r="C15" s="80">
-        <v>52847</v>
+        <v>52023</v>
       </c>
       <c r="D15" s="80">
-        <v>2974</v>
+        <v>3499</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
+        <v>56799</v>
+      </c>
+      <c r="G15" s="80">
         <v>57104</v>
       </c>
-      <c r="G15" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="82">
-        <v>1.74</v>
+        <v>-0.54</v>
       </c>
       <c r="I15" s="84">
-        <v>40.28</v>
+        <v>38.62</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>197</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="26"/>
       <c r="B17" s="42"/>
       <c r="C17" s="42"/>
       <c r="D17" s="42"/>
       <c r="E17" s="42"/>
       <c r="F17" s="42"/>
       <c r="G17" s="42"/>
       <c r="H17" s="56"/>
       <c r="I17" s="57"/>
@@ -8625,56 +8618,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -8734,618 +8727,618 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>381965</v>
+        <v>382225</v>
       </c>
       <c r="C9" s="68">
-        <v>528996</v>
-[...4 lines deleted...]
-      <c r="E9" s="107">
+        <v>531649</v>
+      </c>
+      <c r="D9" s="105">
+        <v>0</v>
+      </c>
+      <c r="E9" s="105">
         <v>0</v>
       </c>
       <c r="F9" s="68">
+        <v>913874</v>
+      </c>
+      <c r="G9" s="68">
         <v>910961</v>
       </c>
-      <c r="G9" s="68">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="71">
-        <v>0.03</v>
+        <v>0.32</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>45</v>
       </c>
       <c r="B11" s="80">
-        <v>11135</v>
+        <v>11021</v>
       </c>
       <c r="C11" s="80">
-        <v>15333</v>
+        <v>15319</v>
       </c>
       <c r="D11" s="88">
         <v>0</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
+        <v>26340</v>
+      </c>
+      <c r="G11" s="80">
         <v>26468</v>
       </c>
-      <c r="G11" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="82">
-        <v>0.66</v>
+        <v>-0.48</v>
       </c>
       <c r="I11" s="84">
-        <v>2.91</v>
+        <v>2.88</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>198</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>199</v>
       </c>
       <c r="B13" s="80">
-        <v>15809</v>
+        <v>15765</v>
       </c>
       <c r="C13" s="80">
-        <v>19688</v>
+        <v>19710</v>
       </c>
       <c r="D13" s="88">
         <v>0</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
+        <v>35475</v>
+      </c>
+      <c r="G13" s="80">
         <v>35496</v>
       </c>
-      <c r="G13" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="82">
-        <v>-0.02</v>
+        <v>-0.06</v>
       </c>
       <c r="I13" s="84">
-        <v>3.9</v>
+        <v>3.88</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>200</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>201</v>
       </c>
       <c r="B15" s="80">
-        <v>20555</v>
+        <v>20579</v>
       </c>
       <c r="C15" s="80">
-        <v>18630</v>
+        <v>18660</v>
       </c>
       <c r="D15" s="88">
         <v>0</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
+        <v>39239</v>
+      </c>
+      <c r="G15" s="80">
         <v>39185</v>
       </c>
-      <c r="G15" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="82">
-        <v>0.12</v>
+        <v>0.14</v>
       </c>
       <c r="I15" s="84">
-        <v>4.3</v>
+        <v>4.29</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>202</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>203</v>
       </c>
       <c r="B17" s="80">
-        <v>43776</v>
+        <v>43867</v>
       </c>
       <c r="C17" s="80">
-        <v>66024</v>
+        <v>66622</v>
       </c>
       <c r="D17" s="88">
         <v>0</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
+        <v>110490</v>
+      </c>
+      <c r="G17" s="80">
         <v>109800</v>
       </c>
-      <c r="G17" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="82">
-        <v>0.55</v>
+        <v>0.63</v>
       </c>
       <c r="I17" s="84">
-        <v>12.05</v>
+        <v>12.09</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>204</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>205</v>
       </c>
       <c r="B19" s="80">
-        <v>11476</v>
+        <v>11517</v>
       </c>
       <c r="C19" s="80">
-        <v>14410</v>
+        <v>14507</v>
       </c>
       <c r="D19" s="88">
         <v>0</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
+        <v>26024</v>
+      </c>
+      <c r="G19" s="80">
         <v>25887</v>
       </c>
-      <c r="G19" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="82">
-        <v>0.9</v>
+        <v>0.53</v>
       </c>
       <c r="I19" s="84">
-        <v>2.84</v>
+        <v>2.85</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>206</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>207</v>
       </c>
       <c r="B21" s="80">
-        <v>5526</v>
+        <v>5636</v>
       </c>
       <c r="C21" s="80">
-        <v>9987</v>
+        <v>10194</v>
       </c>
       <c r="D21" s="88">
         <v>0</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
+        <v>15830</v>
+      </c>
+      <c r="G21" s="80">
         <v>15513</v>
       </c>
-      <c r="G21" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="82">
-        <v>0.2</v>
+        <v>2.04</v>
       </c>
       <c r="I21" s="84">
-        <v>1.7</v>
+        <v>1.73</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>208</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>209</v>
       </c>
       <c r="B23" s="80">
-        <v>10460</v>
+        <v>10499</v>
       </c>
       <c r="C23" s="80">
-        <v>10732</v>
+        <v>10736</v>
       </c>
       <c r="D23" s="88">
         <v>0</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
+        <v>21235</v>
+      </c>
+      <c r="G23" s="80">
         <v>21192</v>
       </c>
-      <c r="G23" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="82">
-        <v>-1.11</v>
+        <v>0.2</v>
       </c>
       <c r="I23" s="84">
-        <v>2.33</v>
+        <v>2.32</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>210</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>211</v>
       </c>
       <c r="B25" s="80">
-        <v>36303</v>
+        <v>35830</v>
       </c>
       <c r="C25" s="80">
-        <v>46996</v>
+        <v>47269</v>
       </c>
       <c r="D25" s="88">
         <v>0</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
+        <v>83099</v>
+      </c>
+      <c r="G25" s="80">
         <v>83299</v>
       </c>
-      <c r="G25" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="82">
-        <v>-0.83</v>
+        <v>-0.24</v>
       </c>
       <c r="I25" s="84">
-        <v>9.14</v>
+        <v>9.09</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>212</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>213</v>
       </c>
       <c r="B27" s="80">
-        <v>14307</v>
+        <v>14282</v>
       </c>
       <c r="C27" s="80">
-        <v>24221</v>
+        <v>24230</v>
       </c>
       <c r="D27" s="88">
         <v>0</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
+        <v>38513</v>
+      </c>
+      <c r="G27" s="80">
         <v>38528</v>
       </c>
-      <c r="G27" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="82">
-        <v>0.29</v>
+        <v>-0.04</v>
       </c>
       <c r="I27" s="84">
-        <v>4.23</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>214</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>215</v>
       </c>
       <c r="B29" s="80">
-        <v>42997</v>
+        <v>43343</v>
       </c>
       <c r="C29" s="80">
-        <v>69611</v>
+        <v>69525</v>
       </c>
       <c r="D29" s="88">
         <v>0</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
+        <v>112868</v>
+      </c>
+      <c r="G29" s="80">
         <v>112608</v>
       </c>
-      <c r="G29" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H29" s="82">
-        <v>-0.32</v>
+        <v>0.23</v>
       </c>
       <c r="I29" s="84">
-        <v>12.36</v>
+        <v>12.35</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>216</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>217</v>
       </c>
       <c r="B31" s="80">
-        <v>9972</v>
+        <v>9856</v>
       </c>
       <c r="C31" s="80">
-        <v>9583</v>
+        <v>9851</v>
       </c>
       <c r="D31" s="88">
         <v>0</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
+        <v>19707</v>
+      </c>
+      <c r="G31" s="80">
         <v>19556</v>
       </c>
-      <c r="G31" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H31" s="82">
-        <v>0</v>
+        <v>0.77</v>
       </c>
       <c r="I31" s="84">
-        <v>2.15</v>
+        <v>2.16</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>218</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>219</v>
       </c>
       <c r="B33" s="80">
-        <v>7230</v>
+        <v>7212</v>
       </c>
       <c r="C33" s="80">
-        <v>9953</v>
+        <v>10001</v>
       </c>
       <c r="D33" s="88">
         <v>0</v>
       </c>
       <c r="E33" s="88">
         <v>0</v>
       </c>
       <c r="F33" s="80">
+        <v>17213</v>
+      </c>
+      <c r="G33" s="80">
         <v>17183</v>
       </c>
-      <c r="G33" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H33" s="82">
-        <v>0.53</v>
+        <v>0.18</v>
       </c>
       <c r="I33" s="84">
-        <v>1.89</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>220</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>221</v>
       </c>
       <c r="B35" s="94">
-        <v>17992</v>
+        <v>18188</v>
       </c>
       <c r="C35" s="94">
-        <v>20850</v>
+        <v>21067</v>
       </c>
       <c r="D35" s="96">
         <v>0</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
+        <v>39255</v>
+      </c>
+      <c r="G35" s="94">
         <v>38842</v>
       </c>
-      <c r="G35" s="94">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="98">
-        <v>0.03</v>
+        <v>1.06</v>
       </c>
       <c r="I35" s="100">
-        <v>4.26</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>222</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
@@ -9575,56 +9568,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年 9月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Sept. 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -9684,447 +9677,447 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="64" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="67">
-        <v>9327</v>
+        <v>9189</v>
       </c>
       <c r="C9" s="67">
-        <v>8495</v>
+        <v>8515</v>
       </c>
       <c r="D9" s="104">
         <v>0</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
+        <v>17704</v>
+      </c>
+      <c r="G9" s="67">
         <v>17822</v>
       </c>
-      <c r="G9" s="67">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="70">
-        <v>-0.06</v>
+        <v>-0.66</v>
       </c>
       <c r="I9" s="73">
-        <v>1.96</v>
+        <v>1.94</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>223</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>224</v>
       </c>
       <c r="B11" s="80">
-        <v>14992</v>
+        <v>14925</v>
       </c>
       <c r="C11" s="80">
-        <v>14783</v>
+        <v>14822</v>
       </c>
       <c r="D11" s="88">
         <v>0</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
+        <v>29747</v>
+      </c>
+      <c r="G11" s="80">
         <v>29774</v>
       </c>
-      <c r="G11" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="82">
-        <v>0.03</v>
+        <v>-0.09</v>
       </c>
       <c r="I11" s="84">
-        <v>3.27</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>225</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>226</v>
       </c>
       <c r="B13" s="80">
-        <v>5821</v>
+        <v>5990</v>
       </c>
       <c r="C13" s="80">
-        <v>8859</v>
+        <v>9382</v>
       </c>
       <c r="D13" s="88">
         <v>0</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
+        <v>15372</v>
+      </c>
+      <c r="G13" s="80">
         <v>14680</v>
       </c>
-      <c r="G13" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="82">
-        <v>0.2</v>
+        <v>4.71</v>
       </c>
       <c r="I13" s="84">
-        <v>1.61</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>227</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>228</v>
       </c>
       <c r="B15" s="80">
-        <v>10890</v>
+        <v>10817</v>
       </c>
       <c r="C15" s="80">
-        <v>16115</v>
+        <v>16183</v>
       </c>
       <c r="D15" s="88">
         <v>0</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
+        <v>27001</v>
+      </c>
+      <c r="G15" s="80">
         <v>27005</v>
       </c>
-      <c r="G15" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="82">
-        <v>0.13</v>
+        <v>-0.02</v>
       </c>
       <c r="I15" s="84">
-        <v>2.96</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>229</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>230</v>
       </c>
       <c r="B17" s="80">
-        <v>31091</v>
+        <v>31596</v>
       </c>
       <c r="C17" s="80">
-        <v>59948</v>
+        <v>60514</v>
       </c>
       <c r="D17" s="88">
         <v>0</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
+        <v>92111</v>
+      </c>
+      <c r="G17" s="80">
         <v>91039</v>
       </c>
-      <c r="G17" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="82">
-        <v>0.45</v>
+        <v>1.18</v>
       </c>
       <c r="I17" s="84">
-        <v>9.99</v>
+        <v>10.08</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>231</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>232</v>
       </c>
       <c r="B19" s="80">
-        <v>13927</v>
+        <v>13871</v>
       </c>
       <c r="C19" s="80">
-        <v>23130</v>
+        <v>23027</v>
       </c>
       <c r="D19" s="88">
         <v>0</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
+        <v>36899</v>
+      </c>
+      <c r="G19" s="80">
         <v>37057</v>
       </c>
-      <c r="G19" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="82">
-        <v>-0.02</v>
+        <v>-0.43</v>
       </c>
       <c r="I19" s="84">
-        <v>4.07</v>
+        <v>4.04</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>233</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>234</v>
       </c>
       <c r="B21" s="80">
-        <v>37742</v>
+        <v>37680</v>
       </c>
       <c r="C21" s="80">
-        <v>50373</v>
+        <v>50214</v>
       </c>
       <c r="D21" s="88">
         <v>0</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
+        <v>87894</v>
+      </c>
+      <c r="G21" s="80">
         <v>88114</v>
       </c>
-      <c r="G21" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="82">
-        <v>-0.26</v>
+        <v>-0.25</v>
       </c>
       <c r="I21" s="84">
-        <v>9.67</v>
+        <v>9.62</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>235</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>236</v>
       </c>
       <c r="B23" s="80">
-        <v>2860</v>
+        <v>2876</v>
       </c>
       <c r="C23" s="80">
-        <v>2908</v>
+        <v>2910</v>
       </c>
       <c r="D23" s="88">
         <v>0</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
+        <v>5786</v>
+      </c>
+      <c r="G23" s="80">
         <v>5768</v>
       </c>
-      <c r="G23" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="82">
-        <v>-0.47</v>
+        <v>0.31</v>
       </c>
       <c r="I23" s="84">
         <v>0.63</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>237</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>238</v>
       </c>
       <c r="B25" s="80">
-        <v>5235</v>
+        <v>5147</v>
       </c>
       <c r="C25" s="80">
-        <v>5104</v>
+        <v>5109</v>
       </c>
       <c r="D25" s="88">
         <v>0</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
+        <v>10256</v>
+      </c>
+      <c r="G25" s="80">
         <v>10339</v>
       </c>
-      <c r="G25" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="82">
-        <v>0.75</v>
+        <v>-0.81</v>
       </c>
       <c r="I25" s="84">
-        <v>1.14</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>239</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>240</v>
       </c>
       <c r="B27" s="80">
-        <v>2543</v>
+        <v>2539</v>
       </c>
       <c r="C27" s="80">
-        <v>3265</v>
+        <v>3280</v>
       </c>
       <c r="D27" s="88">
         <v>0</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
+        <v>5819</v>
+      </c>
+      <c r="G27" s="80">
         <v>5808</v>
       </c>
-      <c r="G27" s="80">
-[...1 lines deleted...]
-      </c>
       <c r="H27" s="82">
-        <v>0.22</v>
+        <v>0.17</v>
       </c>
       <c r="I27" s="84">
         <v>0.64</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>241</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="26"/>
       <c r="B29" s="42"/>
       <c r="C29" s="42"/>
       <c r="D29" s="42"/>
       <c r="E29" s="42"/>
       <c r="F29" s="42"/>