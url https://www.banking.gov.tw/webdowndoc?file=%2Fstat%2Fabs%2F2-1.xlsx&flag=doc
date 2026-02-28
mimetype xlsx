--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -216,51 +216,51 @@
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>OBU</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t xml:space="preserve">） </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Local Branches of Foreign Banks (Include OBU)</t>
     </r>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>日商瑞穗銀行</t>
   </si>
   <si>
     <t>2-1 Deposits at General Banks and Credit Cooperatives</t>
   </si>
   <si>
     <r>
       <t>2-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社存款月底餘額</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
@@ -275,51 +275,51 @@
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>續一</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>)</t>
     </r>
   </si>
   <si>
     <t>2-1 Deposits at General Banks and Credit Cooperatives(Cont.1)</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>元大商業銀行　　　　#</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <r>
       <t>2-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>　一般銀行及信用合作社存款月底餘額</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>(</t>
     </r>
     <r>
       <rPr>
@@ -2805,450 +2805,450 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="12"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>24202119</v>
+        <v>24595932</v>
       </c>
       <c r="C9" s="68">
-        <v>20352399</v>
+        <v>20704645</v>
       </c>
       <c r="D9" s="68">
-        <v>15113945</v>
+        <v>15386625</v>
       </c>
       <c r="E9" s="68">
-        <v>1126170</v>
+        <v>1117145</v>
       </c>
       <c r="F9" s="68">
-        <v>60794633</v>
+        <v>61804348</v>
       </c>
       <c r="G9" s="68">
-        <v>60644343</v>
+        <v>61081240</v>
       </c>
       <c r="H9" s="71">
-        <v>0.25</v>
+        <v>1.18</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="80">
-        <v>1625744</v>
+        <v>1651120</v>
       </c>
       <c r="C11" s="80">
-        <v>1943536</v>
+        <v>1934625</v>
       </c>
       <c r="D11" s="80">
-        <v>1151707</v>
+        <v>1175861</v>
       </c>
       <c r="E11" s="80">
-        <v>439261</v>
+        <v>429148</v>
       </c>
       <c r="F11" s="80">
-        <v>5160248</v>
+        <v>5190754</v>
       </c>
       <c r="G11" s="80">
-        <v>5255977</v>
+        <v>5198151</v>
       </c>
       <c r="H11" s="82">
-        <v>-1.82</v>
+        <v>-0.14</v>
       </c>
       <c r="I11" s="84">
-        <v>8.49</v>
+        <v>8.4</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>67</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>68</v>
       </c>
       <c r="B13" s="80">
-        <v>1048621</v>
+        <v>1067567</v>
       </c>
       <c r="C13" s="80">
-        <v>1184173</v>
+        <v>1193222</v>
       </c>
       <c r="D13" s="80">
-        <v>269105</v>
+        <v>279431</v>
       </c>
       <c r="E13" s="80">
-        <v>253876</v>
+        <v>245773</v>
       </c>
       <c r="F13" s="80">
-        <v>2755776</v>
+        <v>2785992</v>
       </c>
       <c r="G13" s="80">
-        <v>2745573</v>
+        <v>2759959</v>
       </c>
       <c r="H13" s="82">
-        <v>0.37</v>
+        <v>0.94</v>
       </c>
       <c r="I13" s="84">
-        <v>4.53</v>
+        <v>4.51</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>69</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>70</v>
       </c>
       <c r="B15" s="80">
-        <v>1935662</v>
+        <v>1970050</v>
       </c>
       <c r="C15" s="80">
-        <v>1407026</v>
+        <v>1343380</v>
       </c>
       <c r="D15" s="80">
-        <v>687913</v>
+        <v>743663</v>
       </c>
       <c r="E15" s="80">
-        <v>147630</v>
+        <v>145246</v>
       </c>
       <c r="F15" s="80">
-        <v>4178231</v>
+        <v>4202339</v>
       </c>
       <c r="G15" s="80">
-        <v>4171082</v>
+        <v>4189060</v>
       </c>
       <c r="H15" s="82">
-        <v>0.17</v>
+        <v>0.32</v>
       </c>
       <c r="I15" s="84">
-        <v>6.87</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>71</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>72</v>
       </c>
       <c r="B17" s="80">
-        <v>1710480</v>
+        <v>1763386</v>
       </c>
       <c r="C17" s="80">
-        <v>1029411</v>
+        <v>1047069</v>
       </c>
       <c r="D17" s="80">
-        <v>1071486</v>
+        <v>1100060</v>
       </c>
       <c r="E17" s="80">
-        <v>25591</v>
+        <v>27243</v>
       </c>
       <c r="F17" s="80">
-        <v>3836969</v>
+        <v>3937758</v>
       </c>
       <c r="G17" s="80">
-        <v>3823675</v>
+        <v>3874391</v>
       </c>
       <c r="H17" s="82">
-        <v>0.35</v>
+        <v>1.64</v>
       </c>
       <c r="I17" s="84">
-        <v>6.31</v>
+        <v>6.37</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>73</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>74</v>
       </c>
       <c r="B19" s="80">
-        <v>1667683</v>
+        <v>1706327</v>
       </c>
       <c r="C19" s="80">
-        <v>899611</v>
+        <v>935656</v>
       </c>
       <c r="D19" s="80">
-        <v>759647</v>
+        <v>742132</v>
       </c>
       <c r="E19" s="80">
-        <v>31096</v>
+        <v>33226</v>
       </c>
       <c r="F19" s="80">
-        <v>3358038</v>
+        <v>3417341</v>
       </c>
       <c r="G19" s="80">
-        <v>3364529</v>
+        <v>3308003</v>
       </c>
       <c r="H19" s="82">
-        <v>-0.19</v>
+        <v>3.31</v>
       </c>
       <c r="I19" s="84">
-        <v>5.52</v>
+        <v>5.53</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>75</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>76</v>
       </c>
       <c r="B21" s="80">
-        <v>1193854</v>
+        <v>1226357</v>
       </c>
       <c r="C21" s="80">
-        <v>854567</v>
+        <v>884484</v>
       </c>
       <c r="D21" s="80">
-        <v>570333</v>
+        <v>561091</v>
       </c>
       <c r="E21" s="80">
-        <v>5388</v>
+        <v>5575</v>
       </c>
       <c r="F21" s="80">
-        <v>2624141</v>
+        <v>2677506</v>
       </c>
       <c r="G21" s="80">
-        <v>2647315</v>
+        <v>2639056</v>
       </c>
       <c r="H21" s="82">
-        <v>-0.88</v>
+        <v>1.46</v>
       </c>
       <c r="I21" s="84">
-        <v>4.32</v>
+        <v>4.33</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>77</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>78</v>
       </c>
       <c r="B23" s="80">
-        <v>377185</v>
+        <v>385706</v>
       </c>
       <c r="C23" s="80">
-        <v>576395</v>
+        <v>560229</v>
       </c>
       <c r="D23" s="80">
-        <v>309619</v>
+        <v>317699</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
-        <v>1263199</v>
+        <v>1263635</v>
       </c>
       <c r="G23" s="80">
-        <v>1258935</v>
+        <v>1267970</v>
       </c>
       <c r="H23" s="82">
-        <v>0.34</v>
+        <v>-0.34</v>
       </c>
       <c r="I23" s="84">
-        <v>2.08</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>79</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="80">
-        <v>1355657</v>
+        <v>1391544</v>
       </c>
       <c r="C25" s="80">
-        <v>899095</v>
+        <v>930021</v>
       </c>
       <c r="D25" s="80">
-        <v>1304775</v>
+        <v>1302092</v>
       </c>
       <c r="E25" s="80">
-        <v>64991</v>
+        <v>70516</v>
       </c>
       <c r="F25" s="80">
-        <v>3624517</v>
+        <v>3694172</v>
       </c>
       <c r="G25" s="80">
-        <v>3558301</v>
+        <v>3682504</v>
       </c>
       <c r="H25" s="82">
-        <v>1.86</v>
+        <v>0.32</v>
       </c>
       <c r="I25" s="84">
-        <v>5.96</v>
+        <v>5.98</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="80">
-        <v>2089800</v>
+        <v>2073967</v>
       </c>
       <c r="C27" s="80">
-        <v>1374386</v>
+        <v>1375170</v>
       </c>
       <c r="D27" s="80">
-        <v>817217</v>
+        <v>850536</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>4281403</v>
+        <v>4299673</v>
       </c>
       <c r="G27" s="80">
-        <v>4233052</v>
+        <v>4286928</v>
       </c>
       <c r="H27" s="82">
-        <v>1.14</v>
+        <v>0.3</v>
       </c>
       <c r="I27" s="84">
-        <v>7.04</v>
+        <v>6.96</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>83</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>84</v>
       </c>
       <c r="B29" s="88">
         <v>0</v>
       </c>
       <c r="C29" s="88">
         <v>0</v>
       </c>
@@ -3267,156 +3267,156 @@
       <c r="H29" s="90">
         <v>0</v>
       </c>
       <c r="I29" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>85</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>86</v>
       </c>
       <c r="B31" s="80">
-        <v>123760</v>
+        <v>125051</v>
       </c>
       <c r="C31" s="80">
-        <v>113344</v>
+        <v>111154</v>
       </c>
       <c r="D31" s="80">
-        <v>38341</v>
+        <v>36720</v>
       </c>
       <c r="E31" s="80">
-        <v>23909</v>
+        <v>22976</v>
       </c>
       <c r="F31" s="80">
-        <v>299354</v>
+        <v>295902</v>
       </c>
       <c r="G31" s="80">
-        <v>302205</v>
+        <v>302676</v>
       </c>
       <c r="H31" s="82">
-        <v>-0.94</v>
+        <v>-2.24</v>
       </c>
       <c r="I31" s="84">
-        <v>0.49</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>87</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>88</v>
       </c>
       <c r="B33" s="80">
-        <v>1015218</v>
+        <v>1054920</v>
       </c>
       <c r="C33" s="80">
-        <v>910868</v>
+        <v>946419</v>
       </c>
       <c r="D33" s="80">
-        <v>1240858</v>
+        <v>1277493</v>
       </c>
       <c r="E33" s="80">
-        <v>12696</v>
+        <v>12822</v>
       </c>
       <c r="F33" s="80">
-        <v>3179639</v>
+        <v>3291654</v>
       </c>
       <c r="G33" s="80">
-        <v>3109460</v>
+        <v>3241545</v>
       </c>
       <c r="H33" s="82">
-        <v>2.26</v>
+        <v>1.55</v>
       </c>
       <c r="I33" s="84">
-        <v>5.23</v>
+        <v>5.33</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>89</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>90</v>
       </c>
       <c r="B35" s="94">
-        <v>134856</v>
+        <v>131275</v>
       </c>
       <c r="C35" s="94">
-        <v>9732</v>
+        <v>9645</v>
       </c>
       <c r="D35" s="94">
-        <v>197079</v>
+        <v>225730</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
-        <v>341667</v>
+        <v>366649</v>
       </c>
       <c r="G35" s="94">
-        <v>360637</v>
+        <v>370002</v>
       </c>
       <c r="H35" s="98">
-        <v>-5.26</v>
+        <v>-0.91</v>
       </c>
       <c r="I35" s="100">
-        <v>0.56</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>91</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="58" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="58"/>
       <c r="C37" s="58"/>
       <c r="D37" s="58"/>
       <c r="E37" s="58"/>
       <c r="F37" s="58"/>
       <c r="G37" s="58"/>
@@ -3653,56 +3653,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="51" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="48" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="48"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="50"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -3762,618 +3762,618 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="12"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="64" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="67">
-        <v>44403</v>
+        <v>44163</v>
       </c>
       <c r="C9" s="67">
-        <v>142217</v>
+        <v>142771</v>
       </c>
       <c r="D9" s="67">
-        <v>110388</v>
+        <v>115675</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
-        <v>297008</v>
+        <v>302609</v>
       </c>
       <c r="G9" s="67">
-        <v>287895</v>
+        <v>304722</v>
       </c>
       <c r="H9" s="70">
-        <v>3.17</v>
+        <v>-0.69</v>
       </c>
       <c r="I9" s="73">
         <v>0.49</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>92</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>93</v>
       </c>
       <c r="B11" s="80">
-        <v>904591</v>
+        <v>936577</v>
       </c>
       <c r="C11" s="80">
-        <v>680985</v>
+        <v>712675</v>
       </c>
       <c r="D11" s="80">
-        <v>383252</v>
+        <v>388232</v>
       </c>
       <c r="E11" s="80">
-        <v>23884</v>
+        <v>26169</v>
       </c>
       <c r="F11" s="80">
-        <v>1992712</v>
+        <v>2063654</v>
       </c>
       <c r="G11" s="80">
-        <v>1985288</v>
+        <v>2025212</v>
       </c>
       <c r="H11" s="82">
-        <v>0.37</v>
+        <v>1.9</v>
       </c>
       <c r="I11" s="84">
-        <v>3.28</v>
+        <v>3.34</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>94</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>95</v>
       </c>
       <c r="B13" s="80">
-        <v>247824</v>
+        <v>239494</v>
       </c>
       <c r="C13" s="80">
-        <v>54826</v>
+        <v>57429</v>
       </c>
       <c r="D13" s="80">
-        <v>321962</v>
+        <v>315852</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>624612</v>
+        <v>612775</v>
       </c>
       <c r="G13" s="80">
-        <v>620000</v>
+        <v>606180</v>
       </c>
       <c r="H13" s="82">
-        <v>0.74</v>
+        <v>1.09</v>
       </c>
       <c r="I13" s="84">
-        <v>1.03</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>96</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="80">
-        <v>362508</v>
+        <v>368075</v>
       </c>
       <c r="C15" s="80">
-        <v>365552</v>
+        <v>373227</v>
       </c>
       <c r="D15" s="80">
-        <v>107207</v>
+        <v>102888</v>
       </c>
       <c r="E15" s="80">
-        <v>1085</v>
+        <v>1026</v>
       </c>
       <c r="F15" s="80">
-        <v>836351</v>
+        <v>845216</v>
       </c>
       <c r="G15" s="80">
-        <v>841311</v>
+        <v>825750</v>
       </c>
       <c r="H15" s="82">
-        <v>-0.59</v>
+        <v>2.36</v>
       </c>
       <c r="I15" s="84">
-        <v>1.38</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>98</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>99</v>
       </c>
       <c r="B17" s="80">
-        <v>151929</v>
+        <v>157720</v>
       </c>
       <c r="C17" s="80">
-        <v>105559</v>
+        <v>106927</v>
       </c>
       <c r="D17" s="80">
-        <v>27028</v>
+        <v>26843</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>284515</v>
+        <v>291490</v>
       </c>
       <c r="G17" s="80">
-        <v>282361</v>
+        <v>283897</v>
       </c>
       <c r="H17" s="82">
-        <v>0.76</v>
+        <v>2.67</v>
       </c>
       <c r="I17" s="84">
         <v>0.47</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>100</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>101</v>
       </c>
       <c r="B19" s="80">
-        <v>209050</v>
+        <v>202120</v>
       </c>
       <c r="C19" s="80">
-        <v>115112</v>
+        <v>122753</v>
       </c>
       <c r="D19" s="80">
-        <v>254811</v>
+        <v>266182</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
-        <v>578972</v>
+        <v>591054</v>
       </c>
       <c r="G19" s="80">
-        <v>565981</v>
+        <v>584505</v>
       </c>
       <c r="H19" s="82">
-        <v>2.3</v>
+        <v>1.12</v>
       </c>
       <c r="I19" s="84">
-        <v>0.95</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>102</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>103</v>
       </c>
       <c r="B21" s="80">
-        <v>29075</v>
+        <v>28493</v>
       </c>
       <c r="C21" s="80">
-        <v>49571</v>
+        <v>49554</v>
       </c>
       <c r="D21" s="80">
-        <v>3701</v>
+        <v>4008</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>82347</v>
+        <v>82055</v>
       </c>
       <c r="G21" s="80">
-        <v>81910</v>
+        <v>81969</v>
       </c>
       <c r="H21" s="82">
-        <v>0.53</v>
+        <v>0.1</v>
       </c>
       <c r="I21" s="84">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>104</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>105</v>
       </c>
       <c r="B23" s="80">
-        <v>71106</v>
+        <v>69992</v>
       </c>
       <c r="C23" s="80">
-        <v>157743</v>
+        <v>159635</v>
       </c>
       <c r="D23" s="80">
-        <v>7788</v>
+        <v>7323</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
-        <v>236637</v>
+        <v>236950</v>
       </c>
       <c r="G23" s="80">
-        <v>234707</v>
+        <v>235908</v>
       </c>
       <c r="H23" s="82">
-        <v>0.82</v>
+        <v>0.44</v>
       </c>
       <c r="I23" s="84">
-        <v>0.39</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>106</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>107</v>
       </c>
       <c r="B25" s="80">
-        <v>424200</v>
+        <v>432116</v>
       </c>
       <c r="C25" s="80">
-        <v>572944</v>
+        <v>567989</v>
       </c>
       <c r="D25" s="80">
-        <v>181198</v>
+        <v>179631</v>
       </c>
       <c r="E25" s="80">
-        <v>596</v>
+        <v>673</v>
       </c>
       <c r="F25" s="80">
-        <v>1178938</v>
+        <v>1180409</v>
       </c>
       <c r="G25" s="80">
-        <v>1182770</v>
+        <v>1174258</v>
       </c>
       <c r="H25" s="82">
-        <v>-0.32</v>
+        <v>0.52</v>
       </c>
       <c r="I25" s="84">
-        <v>1.94</v>
+        <v>1.91</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>108</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>109</v>
       </c>
       <c r="B27" s="80">
-        <v>190279</v>
+        <v>195501</v>
       </c>
       <c r="C27" s="80">
-        <v>439614</v>
+        <v>449213</v>
       </c>
       <c r="D27" s="80">
-        <v>75211</v>
+        <v>77086</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>705105</v>
+        <v>721800</v>
       </c>
       <c r="G27" s="80">
-        <v>701655</v>
+        <v>713165</v>
       </c>
       <c r="H27" s="82">
-        <v>0.49</v>
+        <v>1.21</v>
       </c>
       <c r="I27" s="84">
-        <v>1.16</v>
+        <v>1.17</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>110</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>111</v>
       </c>
       <c r="B29" s="80">
-        <v>112746</v>
+        <v>111825</v>
       </c>
       <c r="C29" s="80">
-        <v>146053</v>
+        <v>150411</v>
       </c>
       <c r="D29" s="80">
-        <v>34622</v>
+        <v>34824</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
-        <v>293421</v>
+        <v>297060</v>
       </c>
       <c r="G29" s="80">
-        <v>293409</v>
+        <v>291652</v>
       </c>
       <c r="H29" s="82">
-        <v>0</v>
+        <v>1.85</v>
       </c>
       <c r="I29" s="84">
         <v>0.48</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>112</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>113</v>
       </c>
       <c r="B31" s="80">
-        <v>82846</v>
+        <v>84885</v>
       </c>
       <c r="C31" s="80">
-        <v>106897</v>
+        <v>109349</v>
       </c>
       <c r="D31" s="80">
-        <v>4453</v>
+        <v>4654</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
-        <v>194196</v>
+        <v>198888</v>
       </c>
       <c r="G31" s="80">
-        <v>192348</v>
+        <v>195546</v>
       </c>
       <c r="H31" s="82">
-        <v>0.96</v>
+        <v>1.71</v>
       </c>
       <c r="I31" s="84">
         <v>0.32</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>114</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>115</v>
       </c>
       <c r="B33" s="80">
-        <v>369582</v>
+        <v>371578</v>
       </c>
       <c r="C33" s="80">
-        <v>355794</v>
+        <v>357490</v>
       </c>
       <c r="D33" s="80">
-        <v>100311</v>
+        <v>100415</v>
       </c>
       <c r="E33" s="88">
         <v>0</v>
       </c>
       <c r="F33" s="80">
-        <v>825686</v>
+        <v>829482</v>
       </c>
       <c r="G33" s="80">
-        <v>829399</v>
+        <v>823987</v>
       </c>
       <c r="H33" s="82">
-        <v>-0.45</v>
+        <v>0.67</v>
       </c>
       <c r="I33" s="84">
-        <v>1.36</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>116</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>117</v>
       </c>
       <c r="B35" s="94">
-        <v>183613</v>
+        <v>184945</v>
       </c>
       <c r="C35" s="94">
-        <v>365558</v>
+        <v>362062</v>
       </c>
       <c r="D35" s="94">
-        <v>126314</v>
+        <v>129661</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
-        <v>675485</v>
+        <v>676668</v>
       </c>
       <c r="G35" s="94">
-        <v>680422</v>
+        <v>661938</v>
       </c>
       <c r="H35" s="98">
-        <v>-0.73</v>
+        <v>2.23</v>
       </c>
       <c r="I35" s="100">
-        <v>1.11</v>
+        <v>1.09</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>118</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="29" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
@@ -4607,56 +4607,56 @@
       <c r="D2" s="43"/>
       <c r="E2" s="43"/>
       <c r="F2" s="43"/>
       <c r="G2" s="43"/>
       <c r="H2" s="43"/>
       <c r="I2" s="43"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="51" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="51"/>
       <c r="C3" s="51"/>
       <c r="D3" s="51"/>
       <c r="E3" s="51"/>
       <c r="F3" s="51"/>
       <c r="G3" s="51"/>
       <c r="H3" s="51"/>
       <c r="I3" s="51"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="48" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="48"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="50"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -4716,489 +4716,489 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="12"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="64" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="67">
-        <v>941600</v>
+        <v>922392</v>
       </c>
       <c r="C9" s="67">
-        <v>858354</v>
+        <v>935814</v>
       </c>
       <c r="D9" s="67">
-        <v>253029</v>
+        <v>255908</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
-        <v>2052983</v>
+        <v>2114114</v>
       </c>
       <c r="G9" s="67">
-        <v>2061850</v>
+        <v>2025950</v>
       </c>
       <c r="H9" s="70">
-        <v>-0.43</v>
+        <v>4.35</v>
       </c>
       <c r="I9" s="73">
-        <v>3.38</v>
+        <v>3.42</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>119</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>120</v>
       </c>
       <c r="B11" s="80">
-        <v>940101</v>
+        <v>942642</v>
       </c>
       <c r="C11" s="80">
-        <v>646963</v>
+        <v>692168</v>
       </c>
       <c r="D11" s="80">
-        <v>719116</v>
+        <v>687798</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>2306180</v>
+        <v>2322608</v>
       </c>
       <c r="G11" s="80">
-        <v>2299866</v>
+        <v>2299635</v>
       </c>
       <c r="H11" s="82">
-        <v>0.27</v>
+        <v>1</v>
       </c>
       <c r="I11" s="84">
-        <v>3.79</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>121</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>122</v>
       </c>
       <c r="B13" s="80">
-        <v>1275237</v>
+        <v>1316665</v>
       </c>
       <c r="C13" s="80">
-        <v>1062092</v>
+        <v>1146559</v>
       </c>
       <c r="D13" s="80">
-        <v>1175251</v>
+        <v>1197752</v>
       </c>
       <c r="E13" s="80">
-        <v>16507</v>
+        <v>17427</v>
       </c>
       <c r="F13" s="80">
-        <v>3529087</v>
+        <v>3678404</v>
       </c>
       <c r="G13" s="80">
-        <v>3474860</v>
+        <v>3579512</v>
       </c>
       <c r="H13" s="82">
-        <v>1.56</v>
+        <v>2.76</v>
       </c>
       <c r="I13" s="84">
-        <v>5.8</v>
+        <v>5.95</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>123</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>124</v>
       </c>
       <c r="B15" s="80">
-        <v>206875</v>
+        <v>208178</v>
       </c>
       <c r="C15" s="80">
-        <v>280665</v>
+        <v>292733</v>
       </c>
       <c r="D15" s="80">
-        <v>184055</v>
+        <v>184973</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>671596</v>
+        <v>685884</v>
       </c>
       <c r="G15" s="80">
-        <v>659344</v>
+        <v>672187</v>
       </c>
       <c r="H15" s="82">
-        <v>1.86</v>
+        <v>2.04</v>
       </c>
       <c r="I15" s="84">
-        <v>1.1</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>125</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>126</v>
       </c>
       <c r="B17" s="80">
-        <v>149140</v>
+        <v>148024</v>
       </c>
       <c r="C17" s="80">
-        <v>364617</v>
+        <v>361911</v>
       </c>
       <c r="D17" s="80">
-        <v>315246</v>
+        <v>382085</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>829003</v>
+        <v>892019</v>
       </c>
       <c r="G17" s="80">
-        <v>811584</v>
+        <v>827832</v>
       </c>
       <c r="H17" s="82">
-        <v>2.15</v>
+        <v>7.75</v>
       </c>
       <c r="I17" s="84">
-        <v>1.36</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>127</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>128</v>
       </c>
       <c r="B19" s="80">
-        <v>989061</v>
+        <v>1007788</v>
       </c>
       <c r="C19" s="80">
-        <v>736140</v>
+        <v>716573</v>
       </c>
       <c r="D19" s="80">
-        <v>768005</v>
+        <v>746302</v>
       </c>
       <c r="E19" s="80">
-        <v>14193</v>
+        <v>14418</v>
       </c>
       <c r="F19" s="80">
-        <v>2507399</v>
+        <v>2485081</v>
       </c>
       <c r="G19" s="80">
-        <v>2503343</v>
+        <v>2505669</v>
       </c>
       <c r="H19" s="82">
-        <v>0.16</v>
+        <v>-0.82</v>
       </c>
       <c r="I19" s="84">
-        <v>4.12</v>
+        <v>4.02</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>129</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>130</v>
       </c>
       <c r="B21" s="80">
-        <v>71394</v>
+        <v>75034</v>
       </c>
       <c r="C21" s="80">
-        <v>218550</v>
+        <v>208770</v>
       </c>
       <c r="D21" s="80">
-        <v>52190</v>
+        <v>54034</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>342134</v>
+        <v>337838</v>
       </c>
       <c r="G21" s="80">
-        <v>333441</v>
+        <v>341943</v>
       </c>
       <c r="H21" s="82">
-        <v>2.61</v>
+        <v>-1.2</v>
       </c>
       <c r="I21" s="84">
-        <v>0.56</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>131</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="80">
-        <v>1888123</v>
+        <v>1920911</v>
       </c>
       <c r="C23" s="80">
-        <v>1225955</v>
+        <v>1257761</v>
       </c>
       <c r="D23" s="80">
-        <v>1486760</v>
+        <v>1507375</v>
       </c>
       <c r="E23" s="80">
-        <v>65466</v>
+        <v>64906</v>
       </c>
       <c r="F23" s="80">
-        <v>4666305</v>
+        <v>4750953</v>
       </c>
       <c r="G23" s="80">
-        <v>4710764</v>
+        <v>4717424</v>
       </c>
       <c r="H23" s="82">
-        <v>-0.94</v>
+        <v>0.71</v>
       </c>
       <c r="I23" s="84">
-        <v>7.68</v>
+        <v>7.69</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>133</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>134</v>
       </c>
       <c r="B25" s="80">
-        <v>32405</v>
+        <v>31610</v>
       </c>
       <c r="C25" s="80">
-        <v>20274</v>
+        <v>21674</v>
       </c>
       <c r="D25" s="80">
-        <v>2227</v>
+        <v>2960</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
-        <v>54906</v>
+        <v>56244</v>
       </c>
       <c r="G25" s="80">
-        <v>53291</v>
+        <v>55694</v>
       </c>
       <c r="H25" s="82">
-        <v>3.03</v>
+        <v>0.99</v>
       </c>
       <c r="I25" s="84">
         <v>0.09</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>135</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>136</v>
       </c>
       <c r="B27" s="80">
-        <v>30949</v>
+        <v>32659</v>
       </c>
       <c r="C27" s="80">
-        <v>51284</v>
+        <v>53102</v>
       </c>
       <c r="D27" s="80">
-        <v>1740</v>
+        <v>1662</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>83974</v>
+        <v>87423</v>
       </c>
       <c r="G27" s="80">
-        <v>82422</v>
+        <v>85420</v>
       </c>
       <c r="H27" s="82">
-        <v>1.88</v>
+        <v>2.34</v>
       </c>
       <c r="I27" s="84">
         <v>0.14</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>137</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>138</v>
       </c>
       <c r="B29" s="80">
-        <v>14961</v>
+        <v>15274</v>
       </c>
       <c r="C29" s="80">
-        <v>26935</v>
+        <v>25022</v>
       </c>
       <c r="D29" s="88">
         <v>0</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
-        <v>41896</v>
+        <v>40296</v>
       </c>
       <c r="G29" s="80">
-        <v>43377</v>
+        <v>41040</v>
       </c>
       <c r="H29" s="82">
-        <v>-3.42</v>
+        <v>-1.81</v>
       </c>
       <c r="I29" s="84">
         <v>0.07</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>139</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="26"/>
       <c r="B31" s="42"/>
       <c r="C31" s="42"/>
       <c r="D31" s="42"/>
       <c r="E31" s="42"/>
       <c r="F31" s="42"/>
@@ -5495,56 +5495,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -5604,324 +5604,324 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>204939</v>
+        <v>207391</v>
       </c>
       <c r="C9" s="68">
-        <v>215847</v>
+        <v>231383</v>
       </c>
       <c r="D9" s="68">
-        <v>1462454</v>
+        <v>1442900</v>
       </c>
       <c r="E9" s="105">
         <v>0</v>
       </c>
       <c r="F9" s="68">
-        <v>1883239</v>
+        <v>1881673</v>
       </c>
       <c r="G9" s="68">
-        <v>1711882</v>
+        <v>1883948</v>
       </c>
       <c r="H9" s="71">
-        <v>10.01</v>
+        <v>-0.12</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="80">
-        <v>44382</v>
+        <v>48834</v>
       </c>
       <c r="C11" s="80">
-        <v>52831</v>
+        <v>59544</v>
       </c>
       <c r="D11" s="80">
-        <v>247616</v>
+        <v>268985</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>344829</v>
+        <v>377363</v>
       </c>
       <c r="G11" s="80">
-        <v>379390</v>
+        <v>355645</v>
       </c>
       <c r="H11" s="82">
-        <v>-9.11</v>
+        <v>6.11</v>
       </c>
       <c r="I11" s="84">
-        <v>18.31</v>
+        <v>20.05</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>140</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>141</v>
       </c>
       <c r="B13" s="80">
-        <v>24522</v>
+        <v>22888</v>
       </c>
       <c r="C13" s="80">
-        <v>7252</v>
+        <v>6694</v>
       </c>
       <c r="D13" s="80">
-        <v>137434</v>
+        <v>46410</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>169208</v>
+        <v>75992</v>
       </c>
       <c r="G13" s="80">
-        <v>52263</v>
+        <v>116086</v>
       </c>
       <c r="H13" s="82">
-        <v>223.76</v>
+        <v>-34.54</v>
       </c>
       <c r="I13" s="84">
-        <v>8.98</v>
+        <v>4.04</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>142</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>143</v>
       </c>
       <c r="B15" s="80">
-        <v>2276</v>
+        <v>2315</v>
       </c>
       <c r="C15" s="80">
-        <v>4437</v>
+        <v>4382</v>
       </c>
       <c r="D15" s="80">
-        <v>1688</v>
+        <v>1719</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>8400</v>
+        <v>8416</v>
       </c>
       <c r="G15" s="80">
-        <v>8475</v>
+        <v>7969</v>
       </c>
       <c r="H15" s="82">
-        <v>-0.89</v>
+        <v>5.6</v>
       </c>
       <c r="I15" s="84">
         <v>0.45</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>144</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>145</v>
       </c>
       <c r="B17" s="80">
-        <v>134</v>
+        <v>499</v>
       </c>
       <c r="C17" s="80">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D17" s="80">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>159</v>
+        <v>529</v>
       </c>
       <c r="G17" s="80">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="H17" s="82">
-        <v>-6.74</v>
+        <v>212.07</v>
       </c>
       <c r="I17" s="84">
-        <v>0.01</v>
+        <v>0.03</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>146</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>147</v>
       </c>
       <c r="B19" s="80">
         <v>7</v>
       </c>
       <c r="C19" s="88">
         <v>0</v>
       </c>
       <c r="D19" s="80">
         <v>0</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
         <v>7</v>
       </c>
       <c r="G19" s="80">
         <v>7</v>
       </c>
       <c r="H19" s="82">
-        <v>0.01</v>
+        <v>0.05</v>
       </c>
       <c r="I19" s="84">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>148</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>149</v>
       </c>
       <c r="B21" s="80">
-        <v>371</v>
+        <v>254</v>
       </c>
       <c r="C21" s="80">
-        <v>2426</v>
+        <v>1758</v>
       </c>
       <c r="D21" s="80">
-        <v>907</v>
+        <v>819</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>3704</v>
+        <v>2831</v>
       </c>
       <c r="G21" s="80">
-        <v>2908</v>
+        <v>3023</v>
       </c>
       <c r="H21" s="82">
-        <v>27.34</v>
+        <v>-6.35</v>
       </c>
       <c r="I21" s="84">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>150</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>151</v>
       </c>
       <c r="B23" s="88">
         <v>0</v>
       </c>
       <c r="C23" s="88">
         <v>0</v>
       </c>
@@ -5943,279 +5943,279 @@
       <c r="I23" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>152</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>153</v>
       </c>
       <c r="B25" s="88">
         <v>0</v>
       </c>
       <c r="C25" s="80">
-        <v>1456</v>
+        <v>1556</v>
       </c>
       <c r="D25" s="80">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
-        <v>2012</v>
+        <v>2122</v>
       </c>
       <c r="G25" s="80">
-        <v>2031</v>
+        <v>2016</v>
       </c>
       <c r="H25" s="82">
-        <v>-0.94</v>
+        <v>5.25</v>
       </c>
       <c r="I25" s="84">
         <v>0.11</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>154</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>155</v>
       </c>
       <c r="B27" s="80">
-        <v>24733</v>
+        <v>19712</v>
       </c>
       <c r="C27" s="80">
-        <v>284</v>
+        <v>100</v>
       </c>
       <c r="D27" s="80">
-        <v>102574</v>
+        <v>101751</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>127591</v>
+        <v>121563</v>
       </c>
       <c r="G27" s="80">
-        <v>161355</v>
+        <v>138314</v>
       </c>
       <c r="H27" s="82">
-        <v>-20.93</v>
+        <v>-12.11</v>
       </c>
       <c r="I27" s="84">
-        <v>6.78</v>
+        <v>6.46</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>156</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>157</v>
       </c>
       <c r="B29" s="80">
-        <v>1575</v>
+        <v>2551</v>
       </c>
       <c r="C29" s="80">
-        <v>14347</v>
+        <v>11451</v>
       </c>
       <c r="D29" s="80">
-        <v>814</v>
+        <v>4025</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
-        <v>16736</v>
+        <v>18028</v>
       </c>
       <c r="G29" s="80">
-        <v>14209</v>
+        <v>15967</v>
       </c>
       <c r="H29" s="82">
-        <v>17.79</v>
+        <v>12.9</v>
       </c>
       <c r="I29" s="84">
-        <v>0.89</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>158</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>159</v>
       </c>
       <c r="B31" s="80">
-        <v>25617</v>
+        <v>29032</v>
       </c>
       <c r="C31" s="88">
         <v>0</v>
       </c>
       <c r="D31" s="80">
-        <v>38557</v>
+        <v>35759</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
-        <v>64173</v>
+        <v>64791</v>
       </c>
       <c r="G31" s="80">
-        <v>59862</v>
+        <v>66056</v>
       </c>
       <c r="H31" s="82">
-        <v>7.2</v>
+        <v>-1.91</v>
       </c>
       <c r="I31" s="84">
-        <v>3.41</v>
+        <v>3.44</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>160</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>161</v>
       </c>
       <c r="B33" s="88">
         <v>0</v>
       </c>
       <c r="C33" s="80">
-        <v>43034</v>
+        <v>42365</v>
       </c>
       <c r="D33" s="88">
         <v>0</v>
       </c>
       <c r="E33" s="88">
         <v>0</v>
       </c>
       <c r="F33" s="80">
-        <v>43034</v>
+        <v>42365</v>
       </c>
       <c r="G33" s="80">
-        <v>42101</v>
+        <v>43020</v>
       </c>
       <c r="H33" s="82">
-        <v>2.22</v>
+        <v>-1.52</v>
       </c>
       <c r="I33" s="84">
-        <v>2.29</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>162</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>163</v>
       </c>
       <c r="B35" s="94">
-        <v>18379</v>
+        <v>17456</v>
       </c>
       <c r="C35" s="94">
-        <v>5399</v>
+        <v>6307</v>
       </c>
       <c r="D35" s="94">
-        <v>60844</v>
+        <v>66954</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
-        <v>84622</v>
+        <v>90717</v>
       </c>
       <c r="G35" s="94">
-        <v>82094</v>
+        <v>84893</v>
       </c>
       <c r="H35" s="98">
-        <v>3.08</v>
+        <v>6.86</v>
       </c>
       <c r="I35" s="100">
-        <v>4.49</v>
+        <v>4.82</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>164</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
@@ -6390,56 +6390,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -6505,234 +6505,234 @@
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="106" t="s">
         <v>39</v>
       </c>
       <c r="B9" s="104">
         <v>0</v>
       </c>
       <c r="C9" s="104">
         <v>0</v>
       </c>
       <c r="D9" s="67">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="G9" s="67">
-        <v>510</v>
+        <v>336</v>
       </c>
       <c r="H9" s="108">
-        <v>-91.16</v>
+        <v>-75.15</v>
       </c>
       <c r="I9" s="73">
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>165</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="109" t="s">
         <v>166</v>
       </c>
       <c r="B11" s="80">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="C11" s="80">
         <v>2001</v>
       </c>
       <c r="D11" s="80">
-        <v>3301</v>
+        <v>2459</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>5319</v>
+        <v>4483</v>
       </c>
       <c r="G11" s="80">
-        <v>7002</v>
+        <v>4456</v>
       </c>
       <c r="H11" s="111">
-        <v>-24.04</v>
+        <v>0.6</v>
       </c>
       <c r="I11" s="84">
-        <v>0.28</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>167</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="109" t="s">
         <v>168</v>
       </c>
       <c r="B13" s="80">
-        <v>83</v>
+        <v>654</v>
       </c>
       <c r="C13" s="88">
         <v>0</v>
       </c>
       <c r="D13" s="80">
-        <v>106746</v>
+        <v>125975</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>106829</v>
+        <v>126629</v>
       </c>
       <c r="G13" s="80">
-        <v>96476</v>
+        <v>118481</v>
       </c>
       <c r="H13" s="111">
-        <v>10.73</v>
+        <v>6.88</v>
       </c>
       <c r="I13" s="84">
-        <v>5.67</v>
+        <v>6.73</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>169</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="109" t="s">
         <v>170</v>
       </c>
       <c r="B15" s="80">
-        <v>7024</v>
+        <v>7214</v>
       </c>
       <c r="C15" s="80">
-        <v>12798</v>
+        <v>16241</v>
       </c>
       <c r="D15" s="80">
-        <v>95159</v>
+        <v>106066</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>114981</v>
+        <v>129521</v>
       </c>
       <c r="G15" s="80">
-        <v>109050</v>
+        <v>120148</v>
       </c>
       <c r="H15" s="111">
-        <v>5.44</v>
+        <v>7.8</v>
       </c>
       <c r="I15" s="84">
-        <v>6.11</v>
+        <v>6.88</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>171</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="109" t="s">
         <v>172</v>
       </c>
       <c r="B17" s="80">
         <v>32</v>
       </c>
       <c r="C17" s="80">
-        <v>1770</v>
+        <v>1220</v>
       </c>
       <c r="D17" s="80">
-        <v>106331</v>
+        <v>121475</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>108133</v>
+        <v>122727</v>
       </c>
       <c r="G17" s="80">
-        <v>112991</v>
+        <v>104628</v>
       </c>
       <c r="H17" s="111">
-        <v>-4.3</v>
+        <v>17.3</v>
       </c>
       <c r="I17" s="84">
-        <v>5.74</v>
+        <v>6.52</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>173</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="109" t="s">
         <v>174</v>
       </c>
       <c r="B19" s="88">
         <v>0</v>
       </c>
       <c r="C19" s="88">
         <v>0</v>
       </c>
@@ -6751,114 +6751,114 @@
       <c r="H19" s="113">
         <v>0</v>
       </c>
       <c r="I19" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>175</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="109" t="s">
         <v>176</v>
       </c>
       <c r="B21" s="80">
-        <v>34379</v>
+        <v>32425</v>
       </c>
       <c r="C21" s="80">
-        <v>19749</v>
+        <v>14295</v>
       </c>
       <c r="D21" s="80">
-        <v>141045</v>
+        <v>128953</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>195173</v>
+        <v>175674</v>
       </c>
       <c r="G21" s="80">
-        <v>181119</v>
+        <v>176787</v>
       </c>
       <c r="H21" s="111">
-        <v>7.76</v>
+        <v>-0.63</v>
       </c>
       <c r="I21" s="84">
-        <v>10.36</v>
+        <v>9.34</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>177</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="109" t="s">
         <v>178</v>
       </c>
       <c r="B23" s="80">
-        <v>18738</v>
+        <v>20008</v>
       </c>
       <c r="C23" s="80">
-        <v>43987</v>
+        <v>58604</v>
       </c>
       <c r="D23" s="80">
-        <v>348216</v>
+        <v>342906</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
-        <v>410942</v>
+        <v>421517</v>
       </c>
       <c r="G23" s="80">
-        <v>349900</v>
+        <v>451402</v>
       </c>
       <c r="H23" s="111">
-        <v>17.45</v>
+        <v>-6.62</v>
       </c>
       <c r="I23" s="84">
-        <v>21.82</v>
+        <v>22.4</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>179</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="109" t="s">
         <v>180</v>
       </c>
       <c r="B25" s="88">
         <v>0</v>
       </c>
       <c r="C25" s="88">
         <v>0</v>
       </c>
@@ -6925,108 +6925,108 @@
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>183</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="109" t="s">
         <v>184</v>
       </c>
       <c r="B29" s="80">
         <v>1</v>
       </c>
       <c r="C29" s="88">
         <v>0</v>
       </c>
       <c r="D29" s="80">
-        <v>11022</v>
+        <v>6380</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
-        <v>11022</v>
+        <v>6381</v>
       </c>
       <c r="G29" s="80">
-        <v>980</v>
+        <v>6486</v>
       </c>
       <c r="H29" s="111">
-        <v>1024.19</v>
+        <v>-1.63</v>
       </c>
       <c r="I29" s="84">
-        <v>0.59</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>185</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="109" t="s">
         <v>186</v>
       </c>
       <c r="B31" s="80">
-        <v>2245</v>
+        <v>3074</v>
       </c>
       <c r="C31" s="80">
-        <v>2055</v>
+        <v>3025</v>
       </c>
       <c r="D31" s="80">
-        <v>59229</v>
+        <v>81490</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
-        <v>63529</v>
+        <v>87589</v>
       </c>
       <c r="G31" s="80">
-        <v>46003</v>
+        <v>64661</v>
       </c>
       <c r="H31" s="111">
-        <v>38.1</v>
+        <v>35.46</v>
       </c>
       <c r="I31" s="84">
-        <v>3.37</v>
+        <v>4.65</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>187</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="109" t="s">
         <v>188</v>
       </c>
       <c r="B33" s="88">
         <v>0</v>
       </c>
       <c r="C33" s="88">
         <v>0</v>
       </c>
@@ -7045,69 +7045,69 @@
       <c r="H33" s="113">
         <v>0</v>
       </c>
       <c r="I33" s="92">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>189</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="109" t="s">
         <v>190</v>
       </c>
       <c r="B35" s="94">
-        <v>68</v>
+        <v>250</v>
       </c>
       <c r="C35" s="94">
-        <v>776</v>
+        <v>697</v>
       </c>
       <c r="D35" s="94">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
-        <v>864</v>
+        <v>972</v>
       </c>
       <c r="G35" s="94">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="H35" s="115">
-        <v>-3.66</v>
+        <v>7.43</v>
       </c>
       <c r="I35" s="100">
         <v>0.05</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>191</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="29" t="s">
         <v>42</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
@@ -7285,56 +7285,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>26</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -7394,72 +7394,72 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="106" t="s">
         <v>62</v>
       </c>
       <c r="B9" s="67">
-        <v>358</v>
+        <v>163</v>
       </c>
       <c r="C9" s="67">
-        <v>1243</v>
+        <v>1140</v>
       </c>
       <c r="D9" s="67">
-        <v>325</v>
+        <v>71</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
-        <v>1926</v>
+        <v>1374</v>
       </c>
       <c r="G9" s="67">
-        <v>2088</v>
+        <v>2491</v>
       </c>
       <c r="H9" s="108">
-        <v>-7.74</v>
+        <v>-44.84</v>
       </c>
       <c r="I9" s="73">
-        <v>0.1</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>192</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="32"/>
       <c r="B11" s="42"/>
       <c r="C11" s="42"/>
       <c r="D11" s="42"/>
       <c r="E11" s="42"/>
       <c r="F11" s="42"/>
       <c r="G11" s="42"/>
       <c r="H11" s="56"/>
       <c r="I11" s="57"/>
@@ -7918,56 +7918,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>48</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -8027,198 +8027,198 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>1786</v>
+        <v>2104</v>
       </c>
       <c r="C9" s="68">
-        <v>116353</v>
+        <v>103095</v>
       </c>
       <c r="D9" s="68">
-        <v>28926</v>
+        <v>44452</v>
       </c>
       <c r="E9" s="105">
         <v>0</v>
       </c>
       <c r="F9" s="68">
-        <v>147066</v>
+        <v>149651</v>
       </c>
       <c r="G9" s="68">
-        <v>141778</v>
+        <v>127998</v>
       </c>
       <c r="H9" s="71">
-        <v>3.73</v>
+        <v>16.92</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>47</v>
       </c>
       <c r="B11" s="80">
-        <v>458</v>
+        <v>814</v>
       </c>
       <c r="C11" s="80">
-        <v>56333</v>
+        <v>54625</v>
       </c>
       <c r="D11" s="80">
-        <v>6898</v>
+        <v>10393</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>63689</v>
+        <v>65832</v>
       </c>
       <c r="G11" s="80">
-        <v>61234</v>
+        <v>59300</v>
       </c>
       <c r="H11" s="82">
-        <v>4.01</v>
+        <v>11.01</v>
       </c>
       <c r="I11" s="84">
-        <v>43.31</v>
+        <v>43.99</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>193</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>194</v>
       </c>
       <c r="B13" s="80">
-        <v>51</v>
+        <v>153</v>
       </c>
       <c r="C13" s="80">
-        <v>7997</v>
+        <v>9415</v>
       </c>
       <c r="D13" s="80">
-        <v>18529</v>
+        <v>31772</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>26578</v>
+        <v>41340</v>
       </c>
       <c r="G13" s="80">
-        <v>23439</v>
+        <v>18690</v>
       </c>
       <c r="H13" s="82">
-        <v>13.39</v>
+        <v>121.19</v>
       </c>
       <c r="I13" s="84">
-        <v>18.07</v>
+        <v>27.62</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>195</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>196</v>
       </c>
       <c r="B15" s="80">
-        <v>1277</v>
+        <v>1137</v>
       </c>
       <c r="C15" s="80">
-        <v>52023</v>
+        <v>39055</v>
       </c>
       <c r="D15" s="80">
-        <v>3499</v>
+        <v>2287</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>56799</v>
+        <v>42479</v>
       </c>
       <c r="G15" s="80">
-        <v>57104</v>
+        <v>50007</v>
       </c>
       <c r="H15" s="82">
-        <v>-0.54</v>
+        <v>-15.05</v>
       </c>
       <c r="I15" s="84">
-        <v>38.62</v>
+        <v>28.39</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>197</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="26"/>
       <c r="B17" s="42"/>
       <c r="C17" s="42"/>
       <c r="D17" s="42"/>
       <c r="E17" s="42"/>
       <c r="F17" s="42"/>
       <c r="G17" s="42"/>
       <c r="H17" s="56"/>
       <c r="I17" s="57"/>
@@ -8618,56 +8618,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -8727,618 +8727,618 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="65" t="s">
         <v>1</v>
       </c>
       <c r="B9" s="68">
-        <v>382225</v>
+        <v>385053</v>
       </c>
       <c r="C9" s="68">
-        <v>531649</v>
+        <v>533311</v>
       </c>
       <c r="D9" s="105">
         <v>0</v>
       </c>
       <c r="E9" s="105">
         <v>0</v>
       </c>
       <c r="F9" s="68">
-        <v>913874</v>
+        <v>918364</v>
       </c>
       <c r="G9" s="68">
-        <v>910961</v>
+        <v>911231</v>
       </c>
       <c r="H9" s="71">
-        <v>0.32</v>
+        <v>0.78</v>
       </c>
       <c r="I9" s="74">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="77" t="s">
         <v>65</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>45</v>
       </c>
       <c r="B11" s="80">
-        <v>11021</v>
+        <v>11951</v>
       </c>
       <c r="C11" s="80">
-        <v>15319</v>
+        <v>15251</v>
       </c>
       <c r="D11" s="88">
         <v>0</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>26340</v>
+        <v>27202</v>
       </c>
       <c r="G11" s="80">
-        <v>26468</v>
+        <v>26246</v>
       </c>
       <c r="H11" s="82">
-        <v>-0.48</v>
+        <v>3.64</v>
       </c>
       <c r="I11" s="84">
-        <v>2.88</v>
+        <v>2.96</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>198</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>199</v>
       </c>
       <c r="B13" s="80">
-        <v>15765</v>
+        <v>15924</v>
       </c>
       <c r="C13" s="80">
-        <v>19710</v>
+        <v>19846</v>
       </c>
       <c r="D13" s="88">
         <v>0</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>35475</v>
+        <v>35770</v>
       </c>
       <c r="G13" s="80">
-        <v>35496</v>
+        <v>35436</v>
       </c>
       <c r="H13" s="82">
-        <v>-0.06</v>
+        <v>0.94</v>
       </c>
       <c r="I13" s="84">
-        <v>3.88</v>
+        <v>3.89</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>200</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>201</v>
       </c>
       <c r="B15" s="80">
-        <v>20579</v>
+        <v>20284</v>
       </c>
       <c r="C15" s="80">
-        <v>18660</v>
+        <v>18710</v>
       </c>
       <c r="D15" s="88">
         <v>0</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>39239</v>
+        <v>38994</v>
       </c>
       <c r="G15" s="80">
-        <v>39185</v>
+        <v>38701</v>
       </c>
       <c r="H15" s="82">
-        <v>0.14</v>
+        <v>0.76</v>
       </c>
       <c r="I15" s="84">
-        <v>4.29</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>202</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>203</v>
       </c>
       <c r="B17" s="80">
-        <v>43867</v>
+        <v>44040</v>
       </c>
       <c r="C17" s="80">
-        <v>66622</v>
+        <v>66755</v>
       </c>
       <c r="D17" s="88">
         <v>0</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>110490</v>
+        <v>110795</v>
       </c>
       <c r="G17" s="80">
-        <v>109800</v>
+        <v>110132</v>
       </c>
       <c r="H17" s="82">
-        <v>0.63</v>
+        <v>0.6</v>
       </c>
       <c r="I17" s="84">
-        <v>12.09</v>
+        <v>12.06</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>204</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>205</v>
       </c>
       <c r="B19" s="80">
-        <v>11517</v>
+        <v>11395</v>
       </c>
       <c r="C19" s="80">
-        <v>14507</v>
+        <v>14728</v>
       </c>
       <c r="D19" s="88">
         <v>0</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
-        <v>26024</v>
+        <v>26123</v>
       </c>
       <c r="G19" s="80">
-        <v>25887</v>
+        <v>25789</v>
       </c>
       <c r="H19" s="82">
-        <v>0.53</v>
+        <v>1.3</v>
       </c>
       <c r="I19" s="84">
-        <v>2.85</v>
+        <v>2.84</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>206</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>207</v>
       </c>
       <c r="B21" s="80">
-        <v>5636</v>
+        <v>5706</v>
       </c>
       <c r="C21" s="80">
-        <v>10194</v>
+        <v>10389</v>
       </c>
       <c r="D21" s="88">
         <v>0</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>15830</v>
+        <v>16095</v>
       </c>
       <c r="G21" s="80">
-        <v>15513</v>
+        <v>15979</v>
       </c>
       <c r="H21" s="82">
-        <v>2.04</v>
+        <v>0.73</v>
       </c>
       <c r="I21" s="84">
-        <v>1.73</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>208</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>209</v>
       </c>
       <c r="B23" s="80">
-        <v>10499</v>
+        <v>10484</v>
       </c>
       <c r="C23" s="80">
-        <v>10736</v>
+        <v>10655</v>
       </c>
       <c r="D23" s="88">
         <v>0</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
-        <v>21235</v>
+        <v>21139</v>
       </c>
       <c r="G23" s="80">
-        <v>21192</v>
+        <v>21093</v>
       </c>
       <c r="H23" s="82">
-        <v>0.2</v>
+        <v>0.22</v>
       </c>
       <c r="I23" s="84">
-        <v>2.32</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>210</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>211</v>
       </c>
       <c r="B25" s="80">
-        <v>35830</v>
+        <v>36235</v>
       </c>
       <c r="C25" s="80">
-        <v>47269</v>
+        <v>47428</v>
       </c>
       <c r="D25" s="88">
         <v>0</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
-        <v>83099</v>
+        <v>83663</v>
       </c>
       <c r="G25" s="80">
-        <v>83299</v>
+        <v>82852</v>
       </c>
       <c r="H25" s="82">
-        <v>-0.24</v>
+        <v>0.98</v>
       </c>
       <c r="I25" s="84">
-        <v>9.09</v>
+        <v>9.11</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>212</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>213</v>
       </c>
       <c r="B27" s="80">
-        <v>14282</v>
+        <v>15013</v>
       </c>
       <c r="C27" s="80">
-        <v>24230</v>
+        <v>24294</v>
       </c>
       <c r="D27" s="88">
         <v>0</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>38513</v>
+        <v>39306</v>
       </c>
       <c r="G27" s="80">
-        <v>38528</v>
+        <v>38488</v>
       </c>
       <c r="H27" s="82">
-        <v>-0.04</v>
+        <v>2.13</v>
       </c>
       <c r="I27" s="84">
-        <v>4.21</v>
+        <v>4.28</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>214</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="78" t="s">
         <v>215</v>
       </c>
       <c r="B29" s="80">
-        <v>43343</v>
+        <v>42557</v>
       </c>
       <c r="C29" s="80">
-        <v>69525</v>
+        <v>69470</v>
       </c>
       <c r="D29" s="88">
         <v>0</v>
       </c>
       <c r="E29" s="88">
         <v>0</v>
       </c>
       <c r="F29" s="80">
-        <v>112868</v>
+        <v>112027</v>
       </c>
       <c r="G29" s="80">
-        <v>112608</v>
+        <v>111694</v>
       </c>
       <c r="H29" s="82">
-        <v>0.23</v>
+        <v>0.3</v>
       </c>
       <c r="I29" s="84">
-        <v>12.35</v>
+        <v>12.2</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="11.1" customHeight="1">
       <c r="A30" s="86" t="s">
         <v>216</v>
       </c>
       <c r="B30" s="42"/>
       <c r="C30" s="42"/>
       <c r="D30" s="42"/>
       <c r="E30" s="42"/>
       <c r="F30" s="42"/>
       <c r="G30" s="42"/>
       <c r="H30" s="56"/>
       <c r="I30" s="57"/>
     </row>
     <row r="31" spans="1:9" ht="12.6" customHeight="1">
       <c r="A31" s="78" t="s">
         <v>217</v>
       </c>
       <c r="B31" s="80">
-        <v>9856</v>
+        <v>9974</v>
       </c>
       <c r="C31" s="80">
-        <v>9851</v>
+        <v>9907</v>
       </c>
       <c r="D31" s="88">
         <v>0</v>
       </c>
       <c r="E31" s="88">
         <v>0</v>
       </c>
       <c r="F31" s="80">
-        <v>19707</v>
+        <v>19881</v>
       </c>
       <c r="G31" s="80">
-        <v>19556</v>
+        <v>19703</v>
       </c>
       <c r="H31" s="82">
-        <v>0.77</v>
+        <v>0.9</v>
       </c>
       <c r="I31" s="84">
         <v>2.16</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="11.1" customHeight="1">
       <c r="A32" s="86" t="s">
         <v>218</v>
       </c>
       <c r="B32" s="42"/>
       <c r="C32" s="42"/>
       <c r="D32" s="42"/>
       <c r="E32" s="42"/>
       <c r="F32" s="42"/>
       <c r="G32" s="42"/>
       <c r="H32" s="56"/>
       <c r="I32" s="57"/>
     </row>
     <row r="33" spans="1:9" ht="12.6" customHeight="1">
       <c r="A33" s="78" t="s">
         <v>219</v>
       </c>
       <c r="B33" s="80">
-        <v>7212</v>
+        <v>7440</v>
       </c>
       <c r="C33" s="80">
-        <v>10001</v>
+        <v>9872</v>
       </c>
       <c r="D33" s="88">
         <v>0</v>
       </c>
       <c r="E33" s="88">
         <v>0</v>
       </c>
       <c r="F33" s="80">
-        <v>17213</v>
+        <v>17312</v>
       </c>
       <c r="G33" s="80">
-        <v>17183</v>
+        <v>17271</v>
       </c>
       <c r="H33" s="82">
-        <v>0.18</v>
+        <v>0.24</v>
       </c>
       <c r="I33" s="84">
-        <v>1.88</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="11.1" customHeight="1">
       <c r="A34" s="86" t="s">
         <v>220</v>
       </c>
       <c r="B34" s="42"/>
       <c r="C34" s="42"/>
       <c r="D34" s="42"/>
       <c r="E34" s="42"/>
       <c r="F34" s="42"/>
       <c r="G34" s="42"/>
       <c r="H34" s="56"/>
       <c r="I34" s="57"/>
     </row>
     <row r="35" spans="1:9" ht="12.6" customHeight="1">
       <c r="A35" s="78" t="s">
         <v>221</v>
       </c>
       <c r="B35" s="94">
-        <v>18188</v>
+        <v>18235</v>
       </c>
       <c r="C35" s="94">
-        <v>21067</v>
+        <v>20958</v>
       </c>
       <c r="D35" s="96">
         <v>0</v>
       </c>
       <c r="E35" s="96">
         <v>0</v>
       </c>
       <c r="F35" s="94">
-        <v>39255</v>
+        <v>39193</v>
       </c>
       <c r="G35" s="94">
-        <v>38842</v>
+        <v>39170</v>
       </c>
       <c r="H35" s="98">
-        <v>1.06</v>
+        <v>0.06</v>
       </c>
       <c r="I35" s="100">
-        <v>4.3</v>
+        <v>4.27</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="102" t="s">
         <v>222</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="39"/>
       <c r="D36" s="39"/>
       <c r="E36" s="39"/>
       <c r="F36" s="39"/>
       <c r="G36" s="39"/>
       <c r="H36" s="35"/>
       <c r="I36" s="37"/>
     </row>
     <row r="37" spans="1:9" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>43</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
@@ -9568,56 +9568,56 @@
       <c r="D2" s="60"/>
       <c r="E2" s="60"/>
       <c r="F2" s="60"/>
       <c r="G2" s="60"/>
       <c r="H2" s="60"/>
       <c r="I2" s="60"/>
     </row>
     <row r="3" spans="1:9" ht="18.6" customHeight="1">
       <c r="A3" s="62" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="62"/>
       <c r="C3" s="62"/>
       <c r="D3" s="62"/>
       <c r="E3" s="62"/>
       <c r="F3" s="62"/>
       <c r="G3" s="62"/>
       <c r="H3" s="62"/>
       <c r="I3" s="62"/>
     </row>
     <row r="4" spans="1:9" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="5"/>
       <c r="B4" s="5"/>
       <c r="C4" s="61" t="str">
         <f>'2-1'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="61"/>
       <c r="E4" s="49" t="str">
         <f>'2-1'!E4:F4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="49"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:9" ht="17.1" customHeight="1">
       <c r="A5" s="6"/>
       <c r="B5" s="44" t="s">
         <v>17</v>
       </c>
       <c r="C5" s="45"/>
       <c r="D5" s="45"/>
       <c r="E5" s="45"/>
       <c r="F5" s="46"/>
       <c r="G5" s="23" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="47" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="24" t="s">
         <v>21</v>
@@ -9677,450 +9677,450 @@
     </row>
     <row r="8" spans="1:9" ht="12.95" customHeight="1" thickBot="1">
       <c r="A8" s="2"/>
       <c r="B8" s="12"/>
       <c r="C8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="20" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="20" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="20"/>
       <c r="G8" s="21"/>
       <c r="H8" s="22" t="s">
         <v>16</v>
       </c>
       <c r="I8" s="14"/>
     </row>
     <row r="9" spans="1:9" ht="12.6" customHeight="1">
       <c r="A9" s="64" t="s">
         <v>46</v>
       </c>
       <c r="B9" s="67">
-        <v>9189</v>
+        <v>9158</v>
       </c>
       <c r="C9" s="67">
-        <v>8515</v>
+        <v>8493</v>
       </c>
       <c r="D9" s="104">
         <v>0</v>
       </c>
       <c r="E9" s="104">
         <v>0</v>
       </c>
       <c r="F9" s="67">
-        <v>17704</v>
+        <v>17652</v>
       </c>
       <c r="G9" s="67">
-        <v>17822</v>
+        <v>17622</v>
       </c>
       <c r="H9" s="70">
-        <v>-0.66</v>
+        <v>0.17</v>
       </c>
       <c r="I9" s="73">
-        <v>1.94</v>
+        <v>1.92</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="11.1" customHeight="1">
       <c r="A10" s="76" t="s">
         <v>223</v>
       </c>
       <c r="B10" s="41"/>
       <c r="C10" s="41"/>
       <c r="D10" s="41"/>
       <c r="E10" s="41"/>
       <c r="F10" s="41"/>
       <c r="G10" s="41"/>
       <c r="H10" s="53"/>
       <c r="I10" s="55"/>
     </row>
     <row r="11" spans="1:9" ht="12.6" customHeight="1">
       <c r="A11" s="78" t="s">
         <v>224</v>
       </c>
       <c r="B11" s="80">
-        <v>14925</v>
+        <v>15135</v>
       </c>
       <c r="C11" s="80">
-        <v>14822</v>
+        <v>14871</v>
       </c>
       <c r="D11" s="88">
         <v>0</v>
       </c>
       <c r="E11" s="88">
         <v>0</v>
       </c>
       <c r="F11" s="80">
-        <v>29747</v>
+        <v>30006</v>
       </c>
       <c r="G11" s="80">
-        <v>29774</v>
+        <v>29722</v>
       </c>
       <c r="H11" s="82">
-        <v>-0.09</v>
+        <v>0.95</v>
       </c>
       <c r="I11" s="84">
-        <v>3.25</v>
+        <v>3.27</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="11.1" customHeight="1">
       <c r="A12" s="86" t="s">
         <v>225</v>
       </c>
       <c r="B12" s="42"/>
       <c r="C12" s="42"/>
       <c r="D12" s="42"/>
       <c r="E12" s="42"/>
       <c r="F12" s="42"/>
       <c r="G12" s="42"/>
       <c r="H12" s="56"/>
       <c r="I12" s="57"/>
     </row>
     <row r="13" spans="1:9" ht="12.6" customHeight="1">
       <c r="A13" s="78" t="s">
         <v>226</v>
       </c>
       <c r="B13" s="80">
-        <v>5990</v>
+        <v>5989</v>
       </c>
       <c r="C13" s="80">
-        <v>9382</v>
+        <v>9419</v>
       </c>
       <c r="D13" s="88">
         <v>0</v>
       </c>
       <c r="E13" s="88">
         <v>0</v>
       </c>
       <c r="F13" s="80">
-        <v>15372</v>
+        <v>15408</v>
       </c>
       <c r="G13" s="80">
-        <v>14680</v>
+        <v>15344</v>
       </c>
       <c r="H13" s="82">
-        <v>4.71</v>
+        <v>0.42</v>
       </c>
       <c r="I13" s="84">
         <v>1.68</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="11.1" customHeight="1">
       <c r="A14" s="86" t="s">
         <v>227</v>
       </c>
       <c r="B14" s="42"/>
       <c r="C14" s="42"/>
       <c r="D14" s="42"/>
       <c r="E14" s="42"/>
       <c r="F14" s="42"/>
       <c r="G14" s="42"/>
       <c r="H14" s="56"/>
       <c r="I14" s="57"/>
     </row>
     <row r="15" spans="1:9" ht="12.6" customHeight="1">
       <c r="A15" s="78" t="s">
         <v>228</v>
       </c>
       <c r="B15" s="80">
-        <v>10817</v>
+        <v>10552</v>
       </c>
       <c r="C15" s="80">
-        <v>16183</v>
+        <v>16093</v>
       </c>
       <c r="D15" s="88">
         <v>0</v>
       </c>
       <c r="E15" s="88">
         <v>0</v>
       </c>
       <c r="F15" s="80">
-        <v>27001</v>
+        <v>26644</v>
       </c>
       <c r="G15" s="80">
-        <v>27005</v>
+        <v>26969</v>
       </c>
       <c r="H15" s="82">
-        <v>-0.02</v>
+        <v>-1.2</v>
       </c>
       <c r="I15" s="84">
-        <v>2.95</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="11.1" customHeight="1">
       <c r="A16" s="86" t="s">
         <v>229</v>
       </c>
       <c r="B16" s="42"/>
       <c r="C16" s="42"/>
       <c r="D16" s="42"/>
       <c r="E16" s="42"/>
       <c r="F16" s="42"/>
       <c r="G16" s="42"/>
       <c r="H16" s="56"/>
       <c r="I16" s="57"/>
     </row>
     <row r="17" spans="1:9" ht="12.6" customHeight="1">
       <c r="A17" s="78" t="s">
         <v>230</v>
       </c>
       <c r="B17" s="80">
-        <v>31596</v>
+        <v>31655</v>
       </c>
       <c r="C17" s="80">
-        <v>60514</v>
+        <v>61572</v>
       </c>
       <c r="D17" s="88">
         <v>0</v>
       </c>
       <c r="E17" s="88">
         <v>0</v>
       </c>
       <c r="F17" s="80">
-        <v>92111</v>
+        <v>93226</v>
       </c>
       <c r="G17" s="80">
-        <v>91039</v>
+        <v>92685</v>
       </c>
       <c r="H17" s="82">
-        <v>1.18</v>
+        <v>0.58</v>
       </c>
       <c r="I17" s="84">
-        <v>10.08</v>
+        <v>10.15</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="11.1" customHeight="1">
       <c r="A18" s="86" t="s">
         <v>231</v>
       </c>
       <c r="B18" s="42"/>
       <c r="C18" s="42"/>
       <c r="D18" s="42"/>
       <c r="E18" s="42"/>
       <c r="F18" s="42"/>
       <c r="G18" s="42"/>
       <c r="H18" s="56"/>
       <c r="I18" s="57"/>
     </row>
     <row r="19" spans="1:9" ht="12.6" customHeight="1">
       <c r="A19" s="78" t="s">
         <v>232</v>
       </c>
       <c r="B19" s="80">
-        <v>13871</v>
+        <v>13918</v>
       </c>
       <c r="C19" s="80">
-        <v>23027</v>
+        <v>22659</v>
       </c>
       <c r="D19" s="88">
         <v>0</v>
       </c>
       <c r="E19" s="88">
         <v>0</v>
       </c>
       <c r="F19" s="80">
-        <v>36899</v>
+        <v>36577</v>
       </c>
       <c r="G19" s="80">
-        <v>37057</v>
+        <v>36488</v>
       </c>
       <c r="H19" s="82">
-        <v>-0.43</v>
+        <v>0.24</v>
       </c>
       <c r="I19" s="84">
-        <v>4.04</v>
+        <v>3.98</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="11.1" customHeight="1">
       <c r="A20" s="86" t="s">
         <v>233</v>
       </c>
       <c r="B20" s="42"/>
       <c r="C20" s="42"/>
       <c r="D20" s="42"/>
       <c r="E20" s="42"/>
       <c r="F20" s="42"/>
       <c r="G20" s="42"/>
       <c r="H20" s="56"/>
       <c r="I20" s="57"/>
     </row>
     <row r="21" spans="1:9" ht="12.6" customHeight="1">
       <c r="A21" s="78" t="s">
         <v>234</v>
       </c>
       <c r="B21" s="80">
-        <v>37680</v>
+        <v>38681</v>
       </c>
       <c r="C21" s="80">
-        <v>50214</v>
+        <v>50626</v>
       </c>
       <c r="D21" s="88">
         <v>0</v>
       </c>
       <c r="E21" s="88">
         <v>0</v>
       </c>
       <c r="F21" s="80">
-        <v>87894</v>
+        <v>89307</v>
       </c>
       <c r="G21" s="80">
-        <v>88114</v>
+        <v>88045</v>
       </c>
       <c r="H21" s="82">
-        <v>-0.25</v>
+        <v>1.43</v>
       </c>
       <c r="I21" s="84">
-        <v>9.62</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="11.1" customHeight="1">
       <c r="A22" s="86" t="s">
         <v>235</v>
       </c>
       <c r="B22" s="42"/>
       <c r="C22" s="42"/>
       <c r="D22" s="42"/>
       <c r="E22" s="42"/>
       <c r="F22" s="42"/>
       <c r="G22" s="42"/>
       <c r="H22" s="56"/>
       <c r="I22" s="57"/>
     </row>
     <row r="23" spans="1:9" ht="12.6" customHeight="1">
       <c r="A23" s="78" t="s">
         <v>236</v>
       </c>
       <c r="B23" s="80">
-        <v>2876</v>
+        <v>2931</v>
       </c>
       <c r="C23" s="80">
-        <v>2910</v>
+        <v>2926</v>
       </c>
       <c r="D23" s="88">
         <v>0</v>
       </c>
       <c r="E23" s="88">
         <v>0</v>
       </c>
       <c r="F23" s="80">
-        <v>5786</v>
+        <v>5857</v>
       </c>
       <c r="G23" s="80">
-        <v>5768</v>
+        <v>5785</v>
       </c>
       <c r="H23" s="82">
-        <v>0.31</v>
+        <v>1.25</v>
       </c>
       <c r="I23" s="84">
-        <v>0.63</v>
+        <v>0.64</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="11.1" customHeight="1">
       <c r="A24" s="86" t="s">
         <v>237</v>
       </c>
       <c r="B24" s="42"/>
       <c r="C24" s="42"/>
       <c r="D24" s="42"/>
       <c r="E24" s="42"/>
       <c r="F24" s="42"/>
       <c r="G24" s="42"/>
       <c r="H24" s="56"/>
       <c r="I24" s="57"/>
     </row>
     <row r="25" spans="1:9" ht="12.6" customHeight="1">
       <c r="A25" s="78" t="s">
         <v>238</v>
       </c>
       <c r="B25" s="80">
-        <v>5147</v>
+        <v>5120</v>
       </c>
       <c r="C25" s="80">
-        <v>5109</v>
+        <v>5117</v>
       </c>
       <c r="D25" s="88">
         <v>0</v>
       </c>
       <c r="E25" s="88">
         <v>0</v>
       </c>
       <c r="F25" s="80">
-        <v>10256</v>
+        <v>10237</v>
       </c>
       <c r="G25" s="80">
-        <v>10339</v>
+        <v>10147</v>
       </c>
       <c r="H25" s="82">
-        <v>-0.81</v>
+        <v>0.88</v>
       </c>
       <c r="I25" s="84">
-        <v>1.12</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="11.1" customHeight="1">
       <c r="A26" s="86" t="s">
         <v>239</v>
       </c>
       <c r="B26" s="42"/>
       <c r="C26" s="42"/>
       <c r="D26" s="42"/>
       <c r="E26" s="42"/>
       <c r="F26" s="42"/>
       <c r="G26" s="42"/>
       <c r="H26" s="56"/>
       <c r="I26" s="57"/>
     </row>
     <row r="27" spans="1:9" ht="12.6" customHeight="1">
       <c r="A27" s="78" t="s">
         <v>240</v>
       </c>
       <c r="B27" s="80">
-        <v>2539</v>
+        <v>2676</v>
       </c>
       <c r="C27" s="80">
-        <v>3280</v>
+        <v>3273</v>
       </c>
       <c r="D27" s="88">
         <v>0</v>
       </c>
       <c r="E27" s="88">
         <v>0</v>
       </c>
       <c r="F27" s="80">
-        <v>5819</v>
+        <v>5949</v>
       </c>
       <c r="G27" s="80">
-        <v>5808</v>
+        <v>5870</v>
       </c>
       <c r="H27" s="82">
-        <v>0.17</v>
+        <v>1.35</v>
       </c>
       <c r="I27" s="84">
-        <v>0.64</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="11.1" customHeight="1">
       <c r="A28" s="86" t="s">
         <v>241</v>
       </c>
       <c r="B28" s="42"/>
       <c r="C28" s="42"/>
       <c r="D28" s="42"/>
       <c r="E28" s="42"/>
       <c r="F28" s="42"/>
       <c r="G28" s="42"/>
       <c r="H28" s="56"/>
       <c r="I28" s="57"/>
     </row>
     <row r="29" spans="1:9" ht="12.6" customHeight="1">
       <c r="A29" s="26"/>
       <c r="B29" s="42"/>
       <c r="C29" s="42"/>
       <c r="D29" s="42"/>
       <c r="E29" s="42"/>
       <c r="F29" s="42"/>
       <c r="G29" s="42"/>
       <c r="H29" s="56"/>
       <c r="I29" s="57"/>