--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -157,87 +157,87 @@
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>　兩岸金融業務統計表</t>
     </r>
   </si>
   <si>
     <t>109年 2020</t>
   </si>
   <si>
     <t>110年 2021</t>
   </si>
   <si>
     <t>111年 2022</t>
   </si>
   <si>
     <t>112年 2023</t>
   </si>
   <si>
     <t>113年 2024</t>
   </si>
   <si>
+    <t>　　　　　  8月 Aug.</t>
+  </si>
+  <si>
+    <t>　　　　　  9月 Sept.</t>
+  </si>
+  <si>
+    <t>　　　　　 10月 Oct.</t>
+  </si>
+  <si>
+    <t>　　　　　 11月 Nov.</t>
+  </si>
+  <si>
+    <t>　　　　　 12月 Dec.</t>
+  </si>
+  <si>
+    <t>114年1-9月 2025 Jan.- Sept.</t>
+  </si>
+  <si>
+    <t>　　　　　  1月 Jan.</t>
+  </si>
+  <si>
+    <t>　　　　　  2月 Feb.</t>
+  </si>
+  <si>
+    <t>　　　　　  3月 Mar.</t>
+  </si>
+  <si>
+    <t>　　　　　  4月 Apr.</t>
+  </si>
+  <si>
+    <t>　　　　　  5月 May</t>
+  </si>
+  <si>
     <t>　　　　　  6月 June</t>
   </si>
   <si>
     <t>　　　　　  7月 July</t>
-  </si>
-[...31 lines deleted...]
-    <t>　　　　　  5月 May</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="9">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="##,##0.00"/>
   </numFmts>
   <fonts count="35">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
@@ -1456,298 +1456,298 @@
         <v>3411.75</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18.15" customHeight="1">
       <c r="A10" s="49" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="43">
         <v>116.76</v>
       </c>
       <c r="C10" s="43">
         <v>123.62</v>
       </c>
       <c r="D10" s="43">
         <v>4605.14</v>
       </c>
       <c r="E10" s="46">
         <v>3464.19</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18.15" customHeight="1">
       <c r="A11" s="39" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="42">
-        <v>10.41</v>
+        <v>10.08</v>
       </c>
       <c r="C11" s="42">
-        <v>12.8</v>
+        <v>7.99</v>
       </c>
       <c r="D11" s="42">
-        <v>377.9</v>
+        <v>312.94</v>
       </c>
       <c r="E11" s="45">
-        <v>294.58</v>
+        <v>267.73</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18.15" customHeight="1">
       <c r="A12" s="39" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="42">
-        <v>10.94</v>
+        <v>9.48</v>
       </c>
       <c r="C12" s="42">
-        <v>7.63</v>
+        <v>8.66</v>
       </c>
       <c r="D12" s="42">
-        <v>346.7</v>
+        <v>345.49</v>
       </c>
       <c r="E12" s="45">
-        <v>282.29</v>
+        <v>277.69</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18.15" customHeight="1">
       <c r="A13" s="39" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="42">
-        <v>10.08</v>
+        <v>8.75</v>
       </c>
       <c r="C13" s="42">
         <v>7.99</v>
       </c>
       <c r="D13" s="42">
-        <v>312.94</v>
+        <v>377.51</v>
       </c>
       <c r="E13" s="45">
-        <v>267.73</v>
+        <v>246.88</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18.15" customHeight="1">
       <c r="A14" s="39" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="42">
-        <v>9.48</v>
+        <v>8.74</v>
       </c>
       <c r="C14" s="42">
-        <v>8.66</v>
+        <v>16.92</v>
       </c>
       <c r="D14" s="42">
-        <v>345.49</v>
+        <v>395.94</v>
       </c>
       <c r="E14" s="45">
-        <v>277.69</v>
+        <v>303.17</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18.15" customHeight="1">
       <c r="A15" s="39" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="42">
-        <v>8.75</v>
+        <v>10.57</v>
       </c>
       <c r="C15" s="42">
-        <v>7.99</v>
+        <v>13.35</v>
       </c>
       <c r="D15" s="42">
-        <v>377.51</v>
+        <v>528.23</v>
       </c>
       <c r="E15" s="45">
-        <v>246.88</v>
+        <v>356.72</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18.15" customHeight="1">
-      <c r="A16" s="39" t="s">
+      <c r="A16" s="40" t="s">
         <v>30</v>
       </c>
-      <c r="B16" s="42">
-[...9 lines deleted...]
-        <v>303.17</v>
+      <c r="B16" s="43">
+        <v>76.99</v>
+      </c>
+      <c r="C16" s="43">
+        <v>86.99</v>
+      </c>
+      <c r="D16" s="43">
+        <v>3075.35</v>
+      </c>
+      <c r="E16" s="46">
+        <v>2434.12</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18.15" customHeight="1">
       <c r="A17" s="39" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="42">
-        <v>10.57</v>
+        <v>7.45</v>
       </c>
       <c r="C17" s="42">
-        <v>13.35</v>
+        <v>8.86</v>
       </c>
       <c r="D17" s="42">
-        <v>528.23</v>
+        <v>324.85</v>
       </c>
       <c r="E17" s="45">
-        <v>356.72</v>
+        <v>272.7</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18.15" customHeight="1">
-      <c r="A18" s="40" t="s">
+      <c r="A18" s="39" t="s">
         <v>32</v>
       </c>
-      <c r="B18" s="43">
-[...9 lines deleted...]
-        <v>1875.07</v>
+      <c r="B18" s="42">
+        <v>8.53</v>
+      </c>
+      <c r="C18" s="42">
+        <v>8.39</v>
+      </c>
+      <c r="D18" s="42">
+        <v>323.3</v>
+      </c>
+      <c r="E18" s="45">
+        <v>264.31</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18.15" customHeight="1">
       <c r="A19" s="39" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="42">
-        <v>7.45</v>
+        <v>9.84</v>
       </c>
       <c r="C19" s="42">
-        <v>8.86</v>
+        <v>10.8</v>
       </c>
       <c r="D19" s="42">
-        <v>324.85</v>
+        <v>376.4</v>
       </c>
       <c r="E19" s="45">
-        <v>272.7</v>
+        <v>282.96</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18.15" customHeight="1">
       <c r="A20" s="39" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="42">
-        <v>8.53</v>
+        <v>9.58</v>
       </c>
       <c r="C20" s="42">
-        <v>8.39</v>
+        <v>9.02</v>
       </c>
       <c r="D20" s="42">
-        <v>323.3</v>
+        <v>326.19</v>
       </c>
       <c r="E20" s="45">
-        <v>264.31</v>
+        <v>229.11</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18.15" customHeight="1">
       <c r="A21" s="39" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="42">
-        <v>9.84</v>
+        <v>8.45</v>
       </c>
       <c r="C21" s="42">
-        <v>10.8</v>
+        <v>9.19</v>
       </c>
       <c r="D21" s="42">
-        <v>376.4</v>
+        <v>299.57</v>
       </c>
       <c r="E21" s="45">
-        <v>282.96</v>
+        <v>269.38</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18.15" customHeight="1">
       <c r="A22" s="39" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="42">
-        <v>9.58</v>
+        <v>7.69</v>
       </c>
       <c r="C22" s="42">
-        <v>9.02</v>
+        <v>7.12</v>
       </c>
       <c r="D22" s="42">
-        <v>326.19</v>
+        <v>367.4</v>
       </c>
       <c r="E22" s="45">
-        <v>229.11</v>
+        <v>287.87</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18.15" customHeight="1">
       <c r="A23" s="39" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="42">
-        <v>8.45</v>
+        <v>8.61</v>
       </c>
       <c r="C23" s="42">
-        <v>9.19</v>
+        <v>9.08</v>
       </c>
       <c r="D23" s="42">
-        <v>299.57</v>
+        <v>333.42</v>
       </c>
       <c r="E23" s="45">
-        <v>269.38</v>
+        <v>268.74</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18.15" customHeight="1">
       <c r="A24" s="39" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="42">
-        <v>7.69</v>
+        <v>7.84</v>
       </c>
       <c r="C24" s="42">
-        <v>7.12</v>
+        <v>11.05</v>
       </c>
       <c r="D24" s="42">
-        <v>367.4</v>
+        <v>336.97</v>
       </c>
       <c r="E24" s="45">
-        <v>287.87</v>
+        <v>273.09</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18.15" customHeight="1" thickBot="1">
       <c r="A25" s="50" t="s">
         <v>26</v>
       </c>
       <c r="B25" s="52">
-        <v>8.61</v>
+        <v>9</v>
       </c>
       <c r="C25" s="52">
-        <v>9.08</v>
+        <v>13.48</v>
       </c>
       <c r="D25" s="52">
-        <v>333.42</v>
+        <v>387.25</v>
       </c>
       <c r="E25" s="54">
-        <v>268.74</v>
+        <v>285.96</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="13.05" customHeight="1">
       <c r="A26" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
     </row>
     <row r="27" spans="1:5" s="5" customFormat="1" ht="13.05" customHeight="1">
       <c r="A27" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
     </row>
     <row r="28" spans="1:5" s="5" customFormat="1" ht="13.05" customHeight="1">
       <c r="A28" s="4" t="s">
         <v>2</v>