--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -157,87 +157,87 @@
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>　兩岸金融業務統計表</t>
     </r>
   </si>
   <si>
     <t>109年 2020</t>
   </si>
   <si>
     <t>110年 2021</t>
   </si>
   <si>
     <t>111年 2022</t>
   </si>
   <si>
     <t>112年 2023</t>
   </si>
   <si>
     <t>113年 2024</t>
   </si>
   <si>
+    <t>　　　　　  9月 Sept.</t>
+  </si>
+  <si>
+    <t>　　　　　 10月 Oct.</t>
+  </si>
+  <si>
+    <t>　　　　　 11月 Nov.</t>
+  </si>
+  <si>
+    <t>　　　　　 12月 Dec.</t>
+  </si>
+  <si>
+    <t>114年1-10月 2025 Jan.- Oct.</t>
+  </si>
+  <si>
+    <t>　　　　　  1月 Jan.</t>
+  </si>
+  <si>
+    <t>　　　　　  2月 Feb.</t>
+  </si>
+  <si>
+    <t>　　　　　  3月 Mar.</t>
+  </si>
+  <si>
+    <t>　　　　　  4月 Apr.</t>
+  </si>
+  <si>
+    <t>　　　　　  5月 May</t>
+  </si>
+  <si>
+    <t>　　　　　  6月 June</t>
+  </si>
+  <si>
+    <t>　　　　　  7月 July</t>
+  </si>
+  <si>
     <t>　　　　　  8月 Aug.</t>
-  </si>
-[...34 lines deleted...]
-    <t>　　　　　  7月 July</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="9">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="##,##0.00"/>
   </numFmts>
   <fonts count="35">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
@@ -1456,298 +1456,298 @@
         <v>3411.75</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18.15" customHeight="1">
       <c r="A10" s="49" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="43">
         <v>116.76</v>
       </c>
       <c r="C10" s="43">
         <v>123.62</v>
       </c>
       <c r="D10" s="43">
         <v>4605.14</v>
       </c>
       <c r="E10" s="46">
         <v>3464.19</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18.15" customHeight="1">
       <c r="A11" s="39" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="42">
-        <v>10.08</v>
+        <v>9.48</v>
       </c>
       <c r="C11" s="42">
-        <v>7.99</v>
+        <v>8.66</v>
       </c>
       <c r="D11" s="42">
-        <v>312.94</v>
+        <v>345.49</v>
       </c>
       <c r="E11" s="45">
-        <v>267.73</v>
+        <v>277.69</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18.15" customHeight="1">
       <c r="A12" s="39" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="42">
-        <v>9.48</v>
+        <v>8.75</v>
       </c>
       <c r="C12" s="42">
-        <v>8.66</v>
+        <v>7.99</v>
       </c>
       <c r="D12" s="42">
-        <v>345.49</v>
+        <v>377.51</v>
       </c>
       <c r="E12" s="45">
-        <v>277.69</v>
+        <v>246.88</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18.15" customHeight="1">
       <c r="A13" s="39" t="s">
         <v>27</v>
       </c>
       <c r="B13" s="42">
-        <v>8.75</v>
+        <v>8.74</v>
       </c>
       <c r="C13" s="42">
-        <v>7.99</v>
+        <v>16.92</v>
       </c>
       <c r="D13" s="42">
-        <v>377.51</v>
+        <v>395.94</v>
       </c>
       <c r="E13" s="45">
-        <v>246.88</v>
+        <v>303.17</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18.15" customHeight="1">
       <c r="A14" s="39" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="42">
-        <v>8.74</v>
+        <v>10.57</v>
       </c>
       <c r="C14" s="42">
-        <v>16.92</v>
+        <v>13.35</v>
       </c>
       <c r="D14" s="42">
-        <v>395.94</v>
+        <v>528.23</v>
       </c>
       <c r="E14" s="45">
-        <v>303.17</v>
+        <v>356.72</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18.15" customHeight="1">
-      <c r="A15" s="39" t="s">
+      <c r="A15" s="40" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="42">
-[...9 lines deleted...]
-        <v>356.72</v>
+      <c r="B15" s="43">
+        <v>85.46</v>
+      </c>
+      <c r="C15" s="43">
+        <v>96.24</v>
+      </c>
+      <c r="D15" s="43">
+        <v>3410.99</v>
+      </c>
+      <c r="E15" s="46">
+        <v>2684.31</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18.15" customHeight="1">
-      <c r="A16" s="40" t="s">
+      <c r="A16" s="39" t="s">
         <v>30</v>
       </c>
-      <c r="B16" s="43">
-[...9 lines deleted...]
-        <v>2434.12</v>
+      <c r="B16" s="42">
+        <v>7.45</v>
+      </c>
+      <c r="C16" s="42">
+        <v>8.86</v>
+      </c>
+      <c r="D16" s="42">
+        <v>324.85</v>
+      </c>
+      <c r="E16" s="45">
+        <v>272.7</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18.15" customHeight="1">
       <c r="A17" s="39" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="42">
-        <v>7.45</v>
+        <v>8.53</v>
       </c>
       <c r="C17" s="42">
-        <v>8.86</v>
+        <v>8.39</v>
       </c>
       <c r="D17" s="42">
-        <v>324.85</v>
+        <v>323.3</v>
       </c>
       <c r="E17" s="45">
-        <v>272.7</v>
+        <v>264.31</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18.15" customHeight="1">
       <c r="A18" s="39" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="42">
-        <v>8.53</v>
+        <v>9.84</v>
       </c>
       <c r="C18" s="42">
-        <v>8.39</v>
+        <v>10.8</v>
       </c>
       <c r="D18" s="42">
-        <v>323.3</v>
+        <v>376.4</v>
       </c>
       <c r="E18" s="45">
-        <v>264.31</v>
+        <v>282.96</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18.15" customHeight="1">
       <c r="A19" s="39" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="42">
-        <v>9.84</v>
+        <v>9.58</v>
       </c>
       <c r="C19" s="42">
-        <v>10.8</v>
+        <v>9.02</v>
       </c>
       <c r="D19" s="42">
-        <v>376.4</v>
+        <v>326.19</v>
       </c>
       <c r="E19" s="45">
-        <v>282.96</v>
+        <v>229.11</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18.15" customHeight="1">
       <c r="A20" s="39" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="42">
-        <v>9.58</v>
+        <v>8.45</v>
       </c>
       <c r="C20" s="42">
-        <v>9.02</v>
+        <v>9.19</v>
       </c>
       <c r="D20" s="42">
-        <v>326.19</v>
+        <v>299.57</v>
       </c>
       <c r="E20" s="45">
-        <v>229.11</v>
+        <v>269.38</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18.15" customHeight="1">
       <c r="A21" s="39" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="42">
-        <v>8.45</v>
+        <v>7.69</v>
       </c>
       <c r="C21" s="42">
-        <v>9.19</v>
+        <v>7.12</v>
       </c>
       <c r="D21" s="42">
-        <v>299.57</v>
+        <v>367.4</v>
       </c>
       <c r="E21" s="45">
-        <v>269.38</v>
+        <v>287.87</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18.15" customHeight="1">
       <c r="A22" s="39" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="42">
-        <v>7.69</v>
+        <v>8.61</v>
       </c>
       <c r="C22" s="42">
-        <v>7.12</v>
+        <v>9.08</v>
       </c>
       <c r="D22" s="42">
-        <v>367.4</v>
+        <v>333.42</v>
       </c>
       <c r="E22" s="45">
-        <v>287.87</v>
+        <v>268.74</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18.15" customHeight="1">
       <c r="A23" s="39" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="42">
-        <v>8.61</v>
+        <v>7.84</v>
       </c>
       <c r="C23" s="42">
-        <v>9.08</v>
+        <v>11.05</v>
       </c>
       <c r="D23" s="42">
-        <v>333.42</v>
+        <v>336.97</v>
       </c>
       <c r="E23" s="45">
-        <v>268.74</v>
+        <v>273.09</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18.15" customHeight="1">
       <c r="A24" s="39" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="42">
-        <v>7.84</v>
+        <v>9</v>
       </c>
       <c r="C24" s="42">
-        <v>11.05</v>
+        <v>13.48</v>
       </c>
       <c r="D24" s="42">
-        <v>336.97</v>
+        <v>387.25</v>
       </c>
       <c r="E24" s="45">
-        <v>273.09</v>
+        <v>285.96</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18.15" customHeight="1" thickBot="1">
       <c r="A25" s="50" t="s">
         <v>26</v>
       </c>
       <c r="B25" s="52">
-        <v>9</v>
+        <v>8.47</v>
       </c>
       <c r="C25" s="52">
-        <v>13.48</v>
+        <v>9.25</v>
       </c>
       <c r="D25" s="52">
-        <v>387.25</v>
+        <v>335.64</v>
       </c>
       <c r="E25" s="54">
-        <v>285.96</v>
+        <v>250.19</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="13.05" customHeight="1">
       <c r="A26" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
     </row>
     <row r="27" spans="1:5" s="5" customFormat="1" ht="13.05" customHeight="1">
       <c r="A27" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
     </row>
     <row r="28" spans="1:5" s="5" customFormat="1" ht="13.05" customHeight="1">
       <c r="A28" s="4" t="s">
         <v>2</v>