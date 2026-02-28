--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -157,87 +157,87 @@
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>　兩岸金融業務統計表</t>
     </r>
   </si>
   <si>
     <t>109年 2020</t>
   </si>
   <si>
     <t>110年 2021</t>
   </si>
   <si>
     <t>111年 2022</t>
   </si>
   <si>
     <t>112年 2023</t>
   </si>
   <si>
     <t>113年 2024</t>
   </si>
   <si>
+    <t>　　　　　 11月 Nov.</t>
+  </si>
+  <si>
+    <t>　　　　　 12月 Dec.</t>
+  </si>
+  <si>
+    <t>114年 2025</t>
+  </si>
+  <si>
+    <t>　　　　　  1月 Jan.</t>
+  </si>
+  <si>
+    <t>　　　　　  2月 Feb.</t>
+  </si>
+  <si>
+    <t>　　　　　  3月 Mar.</t>
+  </si>
+  <si>
+    <t>　　　　　  4月 Apr.</t>
+  </si>
+  <si>
+    <t>　　　　　  5月 May</t>
+  </si>
+  <si>
+    <t>　　　　　  6月 June</t>
+  </si>
+  <si>
+    <t>　　　　　  7月 July</t>
+  </si>
+  <si>
+    <t>　　　　　  8月 Aug.</t>
+  </si>
+  <si>
     <t>　　　　　  9月 Sept.</t>
   </si>
   <si>
     <t>　　　　　 10月 Oct.</t>
-  </si>
-[...31 lines deleted...]
-    <t>　　　　　  8月 Aug.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="9">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="##,##0.00"/>
   </numFmts>
   <fonts count="35">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
@@ -1456,298 +1456,298 @@
         <v>3411.75</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="18.15" customHeight="1">
       <c r="A10" s="49" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="43">
         <v>116.76</v>
       </c>
       <c r="C10" s="43">
         <v>123.62</v>
       </c>
       <c r="D10" s="43">
         <v>4605.14</v>
       </c>
       <c r="E10" s="46">
         <v>3464.19</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="18.15" customHeight="1">
       <c r="A11" s="39" t="s">
         <v>25</v>
       </c>
       <c r="B11" s="42">
-        <v>9.48</v>
+        <v>8.74</v>
       </c>
       <c r="C11" s="42">
-        <v>8.66</v>
+        <v>16.92</v>
       </c>
       <c r="D11" s="42">
-        <v>345.49</v>
+        <v>395.94</v>
       </c>
       <c r="E11" s="45">
-        <v>277.69</v>
+        <v>303.17</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="18.15" customHeight="1">
       <c r="A12" s="39" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="42">
-        <v>8.75</v>
+        <v>10.57</v>
       </c>
       <c r="C12" s="42">
-        <v>7.99</v>
+        <v>13.35</v>
       </c>
       <c r="D12" s="42">
-        <v>377.51</v>
+        <v>528.23</v>
       </c>
       <c r="E12" s="45">
-        <v>246.88</v>
+        <v>356.72</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="18.15" customHeight="1">
-      <c r="A13" s="39" t="s">
+      <c r="A13" s="40" t="s">
         <v>27</v>
       </c>
-      <c r="B13" s="42">
-[...9 lines deleted...]
-        <v>303.17</v>
+      <c r="B13" s="43">
+        <v>104.21</v>
+      </c>
+      <c r="C13" s="43">
+        <v>117.76</v>
+      </c>
+      <c r="D13" s="43">
+        <v>4180.59</v>
+      </c>
+      <c r="E13" s="46">
+        <v>3282.58</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="18.15" customHeight="1">
       <c r="A14" s="39" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="42">
-        <v>10.57</v>
+        <v>7.45</v>
       </c>
       <c r="C14" s="42">
-        <v>13.35</v>
+        <v>8.86</v>
       </c>
       <c r="D14" s="42">
-        <v>528.23</v>
+        <v>324.85</v>
       </c>
       <c r="E14" s="45">
-        <v>356.72</v>
+        <v>272.7</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="18.15" customHeight="1">
-      <c r="A15" s="40" t="s">
+      <c r="A15" s="39" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="43">
-[...9 lines deleted...]
-        <v>2684.31</v>
+      <c r="B15" s="42">
+        <v>8.53</v>
+      </c>
+      <c r="C15" s="42">
+        <v>8.39</v>
+      </c>
+      <c r="D15" s="42">
+        <v>323.3</v>
+      </c>
+      <c r="E15" s="45">
+        <v>264.31</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="18.15" customHeight="1">
       <c r="A16" s="39" t="s">
         <v>30</v>
       </c>
       <c r="B16" s="42">
-        <v>7.45</v>
+        <v>9.84</v>
       </c>
       <c r="C16" s="42">
-        <v>8.86</v>
+        <v>10.8</v>
       </c>
       <c r="D16" s="42">
-        <v>324.85</v>
+        <v>376.4</v>
       </c>
       <c r="E16" s="45">
-        <v>272.7</v>
+        <v>282.96</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="18.15" customHeight="1">
       <c r="A17" s="39" t="s">
         <v>31</v>
       </c>
       <c r="B17" s="42">
-        <v>8.53</v>
+        <v>9.58</v>
       </c>
       <c r="C17" s="42">
-        <v>8.39</v>
+        <v>9.02</v>
       </c>
       <c r="D17" s="42">
-        <v>323.3</v>
+        <v>326.19</v>
       </c>
       <c r="E17" s="45">
-        <v>264.31</v>
+        <v>229.11</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="18.15" customHeight="1">
       <c r="A18" s="39" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="42">
-        <v>9.84</v>
+        <v>8.45</v>
       </c>
       <c r="C18" s="42">
-        <v>10.8</v>
+        <v>9.19</v>
       </c>
       <c r="D18" s="42">
-        <v>376.4</v>
+        <v>299.57</v>
       </c>
       <c r="E18" s="45">
-        <v>282.96</v>
+        <v>269.38</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="18.15" customHeight="1">
       <c r="A19" s="39" t="s">
         <v>33</v>
       </c>
       <c r="B19" s="42">
-        <v>9.58</v>
+        <v>7.69</v>
       </c>
       <c r="C19" s="42">
-        <v>9.02</v>
+        <v>7.12</v>
       </c>
       <c r="D19" s="42">
-        <v>326.19</v>
+        <v>367.4</v>
       </c>
       <c r="E19" s="45">
-        <v>229.11</v>
+        <v>287.87</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="18.15" customHeight="1">
       <c r="A20" s="39" t="s">
         <v>34</v>
       </c>
       <c r="B20" s="42">
-        <v>8.45</v>
+        <v>8.61</v>
       </c>
       <c r="C20" s="42">
-        <v>9.19</v>
+        <v>9.08</v>
       </c>
       <c r="D20" s="42">
-        <v>299.57</v>
+        <v>333.42</v>
       </c>
       <c r="E20" s="45">
-        <v>269.38</v>
+        <v>268.74</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="18.15" customHeight="1">
       <c r="A21" s="39" t="s">
         <v>35</v>
       </c>
       <c r="B21" s="42">
-        <v>7.69</v>
+        <v>7.84</v>
       </c>
       <c r="C21" s="42">
-        <v>7.12</v>
+        <v>11.05</v>
       </c>
       <c r="D21" s="42">
-        <v>367.4</v>
+        <v>336.97</v>
       </c>
       <c r="E21" s="45">
-        <v>287.87</v>
+        <v>273.09</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="18.15" customHeight="1">
       <c r="A22" s="39" t="s">
         <v>36</v>
       </c>
       <c r="B22" s="42">
-        <v>8.61</v>
+        <v>9</v>
       </c>
       <c r="C22" s="42">
-        <v>9.08</v>
+        <v>13.48</v>
       </c>
       <c r="D22" s="42">
-        <v>333.42</v>
+        <v>387.25</v>
       </c>
       <c r="E22" s="45">
-        <v>268.74</v>
+        <v>285.96</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="18.15" customHeight="1">
       <c r="A23" s="39" t="s">
         <v>37</v>
       </c>
       <c r="B23" s="42">
-        <v>7.84</v>
+        <v>8.47</v>
       </c>
       <c r="C23" s="42">
-        <v>11.05</v>
+        <v>9.25</v>
       </c>
       <c r="D23" s="42">
-        <v>336.97</v>
+        <v>335.64</v>
       </c>
       <c r="E23" s="45">
-        <v>273.09</v>
+        <v>250.19</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="18.15" customHeight="1">
       <c r="A24" s="39" t="s">
         <v>25</v>
       </c>
       <c r="B24" s="42">
-        <v>9</v>
+        <v>10.57</v>
       </c>
       <c r="C24" s="42">
-        <v>13.48</v>
+        <v>10.88</v>
       </c>
       <c r="D24" s="42">
-        <v>387.25</v>
+        <v>308.57</v>
       </c>
       <c r="E24" s="45">
-        <v>285.96</v>
+        <v>272.18</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="18.15" customHeight="1" thickBot="1">
       <c r="A25" s="50" t="s">
         <v>26</v>
       </c>
       <c r="B25" s="52">
-        <v>8.47</v>
+        <v>8.18</v>
       </c>
       <c r="C25" s="52">
-        <v>9.25</v>
+        <v>10.64</v>
       </c>
       <c r="D25" s="52">
-        <v>335.64</v>
+        <v>461.03</v>
       </c>
       <c r="E25" s="54">
-        <v>250.19</v>
+        <v>326.09</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="13.05" customHeight="1">
       <c r="A26" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B26" s="1"/>
       <c r="C26" s="6" t="s">
         <v>0</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
     </row>
     <row r="27" spans="1:5" s="5" customFormat="1" ht="13.05" customHeight="1">
       <c r="A27" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="4"/>
     </row>
     <row r="28" spans="1:5" s="5" customFormat="1" ht="13.05" customHeight="1">
       <c r="A28" s="4" t="s">
         <v>2</v>