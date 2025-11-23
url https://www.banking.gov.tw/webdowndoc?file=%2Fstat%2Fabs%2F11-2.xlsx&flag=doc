--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -14,51 +14,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="11-2" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="外部資料_1" localSheetId="0">'11-2'!$A$1:$D$43</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>華南金融控股公司</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年 9月底</t>
   </si>
   <si>
     <t xml:space="preserve">  11-2  Financial Performance Ratio of Financial Holding Company</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">金融控股公司名稱
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>by Company</t>
     </r>
   </si>
   <si>
     <r>
       <t>單位：</t>
     </r>
     <r>
       <rPr>
@@ -103,51 +103,51 @@
   <si>
     <t>資料來源：金控公司申報資料。</t>
   </si>
   <si>
     <r>
       <t>Source</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t xml:space="preserve">Provided by Financial Holding Company. </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Sept. 2025</t>
   </si>
   <si>
     <t>Hua Nan Financial Holdings Co., Ltd.</t>
   </si>
   <si>
     <t>富邦金融控股公司</t>
   </si>
   <si>
     <t>Fubon Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>凱基金融控股公司</t>
   </si>
   <si>
     <t>KGI Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>國泰金融控股公司</t>
   </si>
   <si>
     <t>Cathay Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>中國信託金融控股公司</t>
   </si>
@@ -1316,343 +1316,343 @@
       </c>
       <c r="C4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="27.95" customHeight="1" thickBot="1">
       <c r="A5" s="28"/>
       <c r="B5" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="12.6" customHeight="1">
       <c r="A6" s="32" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="34">
-        <v>30.06</v>
+        <v>21.32</v>
       </c>
       <c r="C6" s="34">
-        <v>23.11</v>
+        <v>17.57</v>
       </c>
       <c r="D6" s="36">
-        <v>120.21</v>
+        <v>119.45</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="11.1" customHeight="1">
       <c r="A7" s="38" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="19"/>
       <c r="C7" s="19"/>
       <c r="D7" s="21"/>
     </row>
     <row r="8" spans="1:4" ht="12.6" customHeight="1">
       <c r="A8" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="40">
-        <v>22.97</v>
+        <v>21.16</v>
       </c>
       <c r="C8" s="40">
-        <v>18.68</v>
+        <v>17.47</v>
       </c>
       <c r="D8" s="42">
-        <v>119.43</v>
+        <v>117.67</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="11.1" customHeight="1">
       <c r="A9" s="38" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="19"/>
       <c r="C9" s="19"/>
       <c r="D9" s="21"/>
     </row>
     <row r="10" spans="1:4" ht="12.6" customHeight="1">
       <c r="A10" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="40">
-        <v>24.12</v>
+        <v>22.02</v>
       </c>
       <c r="C10" s="40">
-        <v>19.43</v>
+        <v>18.04</v>
       </c>
       <c r="D10" s="42">
-        <v>120.9</v>
+        <v>118.97</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="11.1" customHeight="1">
       <c r="A11" s="38" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="19"/>
       <c r="C11" s="19"/>
       <c r="D11" s="21"/>
     </row>
     <row r="12" spans="1:4" ht="12.6" customHeight="1">
       <c r="A12" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="40">
-        <v>30.08</v>
+        <v>26.53</v>
       </c>
       <c r="C12" s="40">
-        <v>23.13</v>
+        <v>20.97</v>
       </c>
       <c r="D12" s="42">
-        <v>123.73</v>
+        <v>121.4</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="11.1" customHeight="1">
       <c r="A13" s="38" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="19"/>
       <c r="C13" s="19"/>
       <c r="D13" s="21"/>
     </row>
     <row r="14" spans="1:4" ht="12.6" customHeight="1">
       <c r="A14" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="40">
-        <v>33.48</v>
+        <v>25.84</v>
       </c>
       <c r="C14" s="40">
-        <v>25.08</v>
+        <v>20.53</v>
       </c>
       <c r="D14" s="42">
-        <v>125.41</v>
+        <v>123.52</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="11.1" customHeight="1">
       <c r="A15" s="38" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="19"/>
       <c r="C15" s="19"/>
       <c r="D15" s="21"/>
     </row>
     <row r="16" spans="1:4" ht="12.6" customHeight="1">
       <c r="A16" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="40">
-        <v>13.79</v>
+        <v>26.57</v>
       </c>
       <c r="C16" s="40">
-        <v>12.12</v>
+        <v>20.99</v>
       </c>
       <c r="D16" s="42">
-        <v>111.54</v>
+        <v>111.15</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="11.1" customHeight="1">
       <c r="A17" s="38" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="19"/>
       <c r="C17" s="19"/>
       <c r="D17" s="21"/>
     </row>
     <row r="18" spans="1:4" ht="12.6" customHeight="1">
       <c r="A18" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="40">
-        <v>17.73</v>
+        <v>16.28</v>
       </c>
       <c r="C18" s="40">
-        <v>15.06</v>
+        <v>14</v>
       </c>
       <c r="D18" s="42">
-        <v>116.02</v>
+        <v>115.57</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="11.1" customHeight="1">
       <c r="A19" s="38" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="19"/>
       <c r="C19" s="19"/>
       <c r="D19" s="21"/>
     </row>
     <row r="20" spans="1:4" ht="12.6" customHeight="1">
       <c r="A20" s="12" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="40">
-        <v>16.89</v>
+        <v>16.04</v>
       </c>
       <c r="C20" s="40">
-        <v>14.45</v>
+        <v>13.82</v>
       </c>
       <c r="D20" s="42">
-        <v>113.65</v>
+        <v>113.81</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="11.1" customHeight="1">
       <c r="A21" s="38" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="19"/>
       <c r="C21" s="19"/>
       <c r="D21" s="21"/>
     </row>
     <row r="22" spans="1:4" ht="12.6" customHeight="1">
       <c r="A22" s="12" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="40">
-        <v>27.28</v>
+        <v>22.03</v>
       </c>
       <c r="C22" s="40">
-        <v>21.43</v>
+        <v>18.05</v>
       </c>
       <c r="D22" s="42">
-        <v>118.1</v>
+        <v>116.32</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="11.1" customHeight="1">
       <c r="A23" s="38" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="19"/>
       <c r="C23" s="19"/>
       <c r="D23" s="21"/>
     </row>
     <row r="24" spans="1:4" ht="12.6" customHeight="1">
       <c r="A24" s="12" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="40">
-        <v>19.8</v>
+        <v>18.94</v>
       </c>
       <c r="C24" s="40">
-        <v>16.53</v>
+        <v>15.92</v>
       </c>
       <c r="D24" s="42">
-        <v>118.76</v>
+        <v>118.03</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="11.1" customHeight="1">
       <c r="A25" s="38" t="s">
         <v>33</v>
       </c>
       <c r="B25" s="19"/>
       <c r="C25" s="19"/>
       <c r="D25" s="21"/>
     </row>
     <row r="26" spans="1:4" ht="12.6" customHeight="1">
       <c r="A26" s="12" t="s">
         <v>34</v>
       </c>
       <c r="B26" s="40">
-        <v>18.29</v>
+        <v>16.08</v>
       </c>
       <c r="C26" s="40">
-        <v>15.46</v>
+        <v>13.85</v>
       </c>
       <c r="D26" s="42">
-        <v>114.99</v>
+        <v>114.39</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="11.1" customHeight="1">
       <c r="A27" s="38" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="19"/>
       <c r="C27" s="19"/>
       <c r="D27" s="21"/>
     </row>
     <row r="28" spans="1:4" ht="12.6" customHeight="1">
       <c r="A28" s="12" t="s">
         <v>36</v>
       </c>
       <c r="B28" s="40">
-        <v>18.67</v>
+        <v>18.26</v>
       </c>
       <c r="C28" s="40">
-        <v>15.73</v>
+        <v>15.44</v>
       </c>
       <c r="D28" s="42">
-        <v>118.11</v>
+        <v>117.69</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="11.1" customHeight="1">
       <c r="A29" s="38" t="s">
         <v>37</v>
       </c>
       <c r="B29" s="19"/>
       <c r="C29" s="19"/>
       <c r="D29" s="21"/>
     </row>
     <row r="30" spans="1:4" ht="12.6" customHeight="1">
       <c r="A30" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B30" s="40">
-        <v>8.11</v>
+        <v>7.84</v>
       </c>
       <c r="C30" s="40">
-        <v>7.5</v>
+        <v>7.27</v>
       </c>
       <c r="D30" s="42">
-        <v>107.58</v>
+        <v>107.36</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="11.1" customHeight="1">
       <c r="A31" s="38" t="s">
         <v>39</v>
       </c>
       <c r="B31" s="19"/>
       <c r="C31" s="19"/>
       <c r="D31" s="21"/>
     </row>
     <row r="32" spans="1:4" ht="12.6" customHeight="1">
       <c r="A32" s="12" t="s">
         <v>40</v>
       </c>
       <c r="B32" s="40">
-        <v>21.22</v>
+        <v>20.31</v>
       </c>
       <c r="C32" s="40">
-        <v>17.5</v>
+        <v>16.88</v>
       </c>
       <c r="D32" s="42">
-        <v>119.18</v>
+        <v>118.49</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="11.1" customHeight="1">
       <c r="A33" s="38" t="s">
         <v>41</v>
       </c>
       <c r="B33" s="19"/>
       <c r="C33" s="19"/>
       <c r="D33" s="21"/>
     </row>
     <row r="34" spans="1:4" ht="12.6" customHeight="1">
       <c r="A34" s="15"/>
       <c r="B34" s="18"/>
       <c r="C34" s="18"/>
       <c r="D34" s="20"/>
     </row>
     <row r="35" spans="1:4" ht="11.1" customHeight="1">
       <c r="A35" s="13"/>
       <c r="B35" s="19"/>
       <c r="C35" s="19"/>
       <c r="D35" s="21"/>
     </row>
     <row r="36" spans="1:4" ht="12.6" customHeight="1">
       <c r="A36" s="15"/>
       <c r="B36" s="22"/>