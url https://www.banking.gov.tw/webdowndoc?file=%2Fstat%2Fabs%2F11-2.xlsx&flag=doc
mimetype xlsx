--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -14,51 +14,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="11-2" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="外部資料_1" localSheetId="0">'11-2'!$A$1:$D$43</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>華南金融控股公司</t>
   </si>
   <si>
-    <t>民國114年 9月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t xml:space="preserve">  11-2  Financial Performance Ratio of Financial Holding Company</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">金融控股公司名稱
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>by Company</t>
     </r>
   </si>
   <si>
     <r>
       <t>單位：</t>
     </r>
     <r>
       <rPr>
@@ -103,51 +103,51 @@
   <si>
     <t>資料來源：金控公司申報資料。</t>
   </si>
   <si>
     <r>
       <t>Source</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t xml:space="preserve">Provided by Financial Holding Company. </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of Sept. 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <t>Hua Nan Financial Holdings Co., Ltd.</t>
   </si>
   <si>
     <t>富邦金融控股公司</t>
   </si>
   <si>
     <t>Fubon Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>凱基金融控股公司</t>
   </si>
   <si>
     <t>KGI Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>國泰金融控股公司</t>
   </si>
   <si>
     <t>Cathay Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>中國信託金融控股公司</t>
   </si>
@@ -1316,343 +1316,343 @@
       </c>
       <c r="C4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:4" ht="27.95" customHeight="1" thickBot="1">
       <c r="A5" s="28"/>
       <c r="B5" s="7" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="12.6" customHeight="1">
       <c r="A6" s="32" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="34">
-        <v>21.32</v>
+        <v>21.06</v>
       </c>
       <c r="C6" s="34">
-        <v>17.57</v>
+        <v>17.4</v>
       </c>
       <c r="D6" s="36">
-        <v>119.45</v>
+        <v>119.24</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="11.1" customHeight="1">
       <c r="A7" s="38" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="19"/>
       <c r="C7" s="19"/>
       <c r="D7" s="21"/>
     </row>
     <row r="8" spans="1:4" ht="12.6" customHeight="1">
       <c r="A8" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="40">
-        <v>21.16</v>
+        <v>20.21</v>
       </c>
       <c r="C8" s="40">
-        <v>17.47</v>
+        <v>16.81</v>
       </c>
       <c r="D8" s="42">
-        <v>117.67</v>
+        <v>116.72</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="11.1" customHeight="1">
       <c r="A9" s="38" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="19"/>
       <c r="C9" s="19"/>
       <c r="D9" s="21"/>
     </row>
     <row r="10" spans="1:4" ht="12.6" customHeight="1">
       <c r="A10" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="40">
-        <v>22.02</v>
+        <v>21.08</v>
       </c>
       <c r="C10" s="40">
-        <v>18.04</v>
+        <v>17.41</v>
       </c>
       <c r="D10" s="42">
-        <v>118.97</v>
+        <v>118.19</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="11.1" customHeight="1">
       <c r="A11" s="38" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="19"/>
       <c r="C11" s="19"/>
       <c r="D11" s="21"/>
     </row>
     <row r="12" spans="1:4" ht="12.6" customHeight="1">
       <c r="A12" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="40">
-        <v>26.53</v>
+        <v>25.24</v>
       </c>
       <c r="C12" s="40">
-        <v>20.97</v>
+        <v>20.16</v>
       </c>
       <c r="D12" s="42">
-        <v>121.4</v>
+        <v>120.39</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="11.1" customHeight="1">
       <c r="A13" s="38" t="s">
         <v>21</v>
       </c>
       <c r="B13" s="19"/>
       <c r="C13" s="19"/>
       <c r="D13" s="21"/>
     </row>
     <row r="14" spans="1:4" ht="12.6" customHeight="1">
       <c r="A14" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="40">
-        <v>25.84</v>
+        <v>25.02</v>
       </c>
       <c r="C14" s="40">
-        <v>20.53</v>
+        <v>20.01</v>
       </c>
       <c r="D14" s="42">
-        <v>123.52</v>
+        <v>122.78</v>
       </c>
     </row>
     <row r="15" spans="1:4" ht="11.1" customHeight="1">
       <c r="A15" s="38" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="19"/>
       <c r="C15" s="19"/>
       <c r="D15" s="21"/>
     </row>
     <row r="16" spans="1:4" ht="12.6" customHeight="1">
       <c r="A16" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B16" s="40">
-        <v>26.57</v>
+        <v>22.99</v>
       </c>
       <c r="C16" s="40">
-        <v>20.99</v>
+        <v>18.69</v>
       </c>
       <c r="D16" s="42">
-        <v>111.15</v>
+        <v>121.42</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="11.1" customHeight="1">
       <c r="A17" s="38" t="s">
         <v>25</v>
       </c>
       <c r="B17" s="19"/>
       <c r="C17" s="19"/>
       <c r="D17" s="21"/>
     </row>
     <row r="18" spans="1:4" ht="12.6" customHeight="1">
       <c r="A18" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B18" s="40">
-        <v>16.28</v>
+        <v>16.18</v>
       </c>
       <c r="C18" s="40">
-        <v>14</v>
+        <v>13.92</v>
       </c>
       <c r="D18" s="42">
-        <v>115.57</v>
+        <v>115.38</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="11.1" customHeight="1">
       <c r="A19" s="38" t="s">
         <v>27</v>
       </c>
       <c r="B19" s="19"/>
       <c r="C19" s="19"/>
       <c r="D19" s="21"/>
     </row>
     <row r="20" spans="1:4" ht="12.6" customHeight="1">
       <c r="A20" s="12" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="40">
-        <v>16.04</v>
+        <v>15.83</v>
       </c>
       <c r="C20" s="40">
-        <v>13.82</v>
+        <v>13.67</v>
       </c>
       <c r="D20" s="42">
-        <v>113.81</v>
+        <v>113.63</v>
       </c>
     </row>
     <row r="21" spans="1:4" ht="11.1" customHeight="1">
       <c r="A21" s="38" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="19"/>
       <c r="C21" s="19"/>
       <c r="D21" s="21"/>
     </row>
     <row r="22" spans="1:4" ht="12.6" customHeight="1">
       <c r="A22" s="12" t="s">
         <v>30</v>
       </c>
       <c r="B22" s="40">
-        <v>22.03</v>
+        <v>21.55</v>
       </c>
       <c r="C22" s="40">
-        <v>18.05</v>
+        <v>17.73</v>
       </c>
       <c r="D22" s="42">
-        <v>116.32</v>
+        <v>115.91</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="11.1" customHeight="1">
       <c r="A23" s="38" t="s">
         <v>31</v>
       </c>
       <c r="B23" s="19"/>
       <c r="C23" s="19"/>
       <c r="D23" s="21"/>
     </row>
     <row r="24" spans="1:4" ht="12.6" customHeight="1">
       <c r="A24" s="12" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="40">
-        <v>18.94</v>
+        <v>18.88</v>
       </c>
       <c r="C24" s="40">
-        <v>15.92</v>
+        <v>15.88</v>
       </c>
       <c r="D24" s="42">
-        <v>118.03</v>
+        <v>117.86</v>
       </c>
     </row>
     <row r="25" spans="1:4" ht="11.1" customHeight="1">
       <c r="A25" s="38" t="s">
         <v>33</v>
       </c>
       <c r="B25" s="19"/>
       <c r="C25" s="19"/>
       <c r="D25" s="21"/>
     </row>
     <row r="26" spans="1:4" ht="12.6" customHeight="1">
       <c r="A26" s="12" t="s">
         <v>34</v>
       </c>
       <c r="B26" s="40">
-        <v>16.08</v>
+        <v>15.86</v>
       </c>
       <c r="C26" s="40">
-        <v>13.85</v>
+        <v>13.69</v>
       </c>
       <c r="D26" s="42">
-        <v>114.39</v>
+        <v>114.5</v>
       </c>
     </row>
     <row r="27" spans="1:4" ht="11.1" customHeight="1">
       <c r="A27" s="38" t="s">
         <v>35</v>
       </c>
       <c r="B27" s="19"/>
       <c r="C27" s="19"/>
       <c r="D27" s="21"/>
     </row>
     <row r="28" spans="1:4" ht="12.6" customHeight="1">
       <c r="A28" s="12" t="s">
         <v>36</v>
       </c>
       <c r="B28" s="40">
-        <v>18.26</v>
+        <v>18.06</v>
       </c>
       <c r="C28" s="40">
-        <v>15.44</v>
+        <v>15.3</v>
       </c>
       <c r="D28" s="42">
-        <v>117.69</v>
+        <v>117.53</v>
       </c>
     </row>
     <row r="29" spans="1:4" ht="11.1" customHeight="1">
       <c r="A29" s="38" t="s">
         <v>37</v>
       </c>
       <c r="B29" s="19"/>
       <c r="C29" s="19"/>
       <c r="D29" s="21"/>
     </row>
     <row r="30" spans="1:4" ht="12.6" customHeight="1">
       <c r="A30" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B30" s="40">
-        <v>7.84</v>
+        <v>7.97</v>
       </c>
       <c r="C30" s="40">
-        <v>7.27</v>
+        <v>7.38</v>
       </c>
       <c r="D30" s="42">
-        <v>107.36</v>
+        <v>107.31</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="11.1" customHeight="1">
       <c r="A31" s="38" t="s">
         <v>39</v>
       </c>
       <c r="B31" s="19"/>
       <c r="C31" s="19"/>
       <c r="D31" s="21"/>
     </row>
     <row r="32" spans="1:4" ht="12.6" customHeight="1">
       <c r="A32" s="12" t="s">
         <v>40</v>
       </c>
       <c r="B32" s="40">
-        <v>20.31</v>
+        <v>19.91</v>
       </c>
       <c r="C32" s="40">
-        <v>16.88</v>
+        <v>16.6</v>
       </c>
       <c r="D32" s="42">
-        <v>118.49</v>
+        <v>118.13</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="11.1" customHeight="1">
       <c r="A33" s="38" t="s">
         <v>41</v>
       </c>
       <c r="B33" s="19"/>
       <c r="C33" s="19"/>
       <c r="D33" s="21"/>
     </row>
     <row r="34" spans="1:4" ht="12.6" customHeight="1">
       <c r="A34" s="15"/>
       <c r="B34" s="18"/>
       <c r="C34" s="18"/>
       <c r="D34" s="20"/>
     </row>
     <row r="35" spans="1:4" ht="11.1" customHeight="1">
       <c r="A35" s="13"/>
       <c r="B35" s="19"/>
       <c r="C35" s="19"/>
       <c r="D35" s="21"/>
     </row>
     <row r="36" spans="1:4" ht="12.6" customHeight="1">
       <c r="A36" s="15"/>
       <c r="B36" s="22"/>