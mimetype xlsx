--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -2,152 +2,149 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="11-2" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="外部資料_1" localSheetId="0">'11-2'!$A$1:$D$43</definedName>
+    <definedName name="外部資料_1" localSheetId="0">'11-2'!$A$1:$F$43</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
-[...4 lines deleted...]
-    <t>民國114年10月底</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+  <si>
+    <t>資料來源：各金融控股公司Web申報資料。</t>
   </si>
   <si>
     <t xml:space="preserve">  11-2  Financial Performance Ratio of Financial Holding Company</t>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">金融控股公司名稱
-</t>
+      <t>11-2</t>
     </r>
     <r>
       <rPr>
-        <sz val="9"/>
-[...2 lines deleted...]
-        <color indexed="8"/>
+        <sz val="18"/>
+        <rFont val="標楷體"/>
+        <charset val="136"/>
       </rPr>
-      <t>by Company</t>
+      <t>　金融控股公司財務及業務比率表</t>
     </r>
   </si>
   <si>
     <r>
       <t>單位：</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>% Unit:%</t>
     </r>
   </si>
   <si>
+    <t>金融控股公司名稱</t>
+  </si>
+  <si>
+    <t>by Company</t>
+  </si>
+  <si>
     <t>負債占淨值比率</t>
   </si>
   <si>
     <t>Liability/Equity</t>
   </si>
   <si>
     <t>負債占資產比率</t>
   </si>
   <si>
     <t>Liability/Asset</t>
   </si>
   <si>
     <t>雙重槓桿比率</t>
   </si>
   <si>
     <t>Double Leverage Ratio</t>
   </si>
   <si>
-    <r>
-[...12 lines deleted...]
-    <t>資料來源：金控公司申報資料。</t>
+    <t>淨值報酬率</t>
+  </si>
+  <si>
+    <t>Returns on Equity</t>
+  </si>
+  <si>
+    <t>資產報酬率</t>
+  </si>
+  <si>
+    <t>Returns on Asset</t>
   </si>
   <si>
     <r>
       <t>Source</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
-        <rFont val="細明體"/>
+        <rFont val="新細明體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t xml:space="preserve">Provided by Financial Holding Company. </t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t>華南金融控股公司</t>
   </si>
   <si>
     <t>Hua Nan Financial Holdings Co., Ltd.</t>
   </si>
   <si>
     <t>富邦金融控股公司</t>
   </si>
   <si>
     <t>Fubon Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>凱基金融控股公司</t>
   </si>
   <si>
     <t>KGI Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>國泰金融控股公司</t>
   </si>
   <si>
     <t>Cathay Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>中國信託金融控股公司</t>
   </si>
@@ -185,50 +182,56 @@
     <t>Mega Financial  Holding Co., Ltd.</t>
   </si>
   <si>
     <t>第一金融控股公司</t>
   </si>
   <si>
     <t>First Financial Holding Co. Ltd.</t>
   </si>
   <si>
     <t>國票金融控股公司</t>
   </si>
   <si>
     <t>Waterland Financial Holdings</t>
   </si>
   <si>
     <t>臺灣金融控股公司</t>
   </si>
   <si>
     <t>Taiwan Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>合作金庫金融控股公司</t>
   </si>
   <si>
     <t>Taiwan Cooperative Financial Holding Co., Ltd.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>民國114年12月底</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="12">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="###,###,##0.00"/>
   </numFmts>
   <fonts count="38">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
@@ -263,201 +266,205 @@
       <sz val="10"/>
       <name val="標楷體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <charset val="0"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Times New Roman"/>
       <charset val="0"/>
     </font>
     <font>
-      <sz val="9"/>
-[...4 lines deleted...]
-    <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <charset val="0"/>
       <color indexed="8"/>
     </font>
     <font>
+      <sz val="12"/>
+      <name val="Times New Roman"/>
+      <charset val="0"/>
+    </font>
+    <font>
+      <u val="single"/>
+      <sz val="12"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color indexed="12"/>
+    </font>
+    <font>
+      <u val="single"/>
+      <sz val="12"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color indexed="36"/>
+    </font>
+    <font>
       <sz val="9"/>
       <name val="Times New Roman"/>
       <charset val="0"/>
     </font>
     <font>
-      <sz val="9"/>
-[...3 lines deleted...]
-    <font>
       <sz val="12"/>
-      <name val="Times New Roman"/>
-[...2 lines deleted...]
-    <font>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color theme="1"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color theme="0"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color rgb="9C6500"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color theme="1"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color rgb="006100"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color rgb="FA7D00"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color rgb="FA7D00"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color rgb="7F7F7F"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <sz val="18"/>
       <name val="新細明體"/>
       <charset val="136"/>
       <color theme="3"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <name val="新細明體"/>
       <charset val="136"/>
       <color theme="3"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <name val="新細明體"/>
       <charset val="136"/>
       <color theme="3"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="新細明體"/>
       <charset val="136"/>
       <color theme="3"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="006100"/>
+      <color rgb="3F3F76"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color rgb="3F3F3F"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="新細明體"/>
+      <charset val="136"/>
+      <color theme="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
       <color rgb="9C0006"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
       <charset val="136"/>
-      <color rgb="9C6500"/>
-[...43 lines deleted...]
-      <charset val="136"/>
       <color rgb="FF0000"/>
-      <scheme val="minor"/>
-[...28 lines deleted...]
-      <color theme="1"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="標楷體"/>
       <charset val="0"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Times New Roman"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="標楷體"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
@@ -647,51 +654,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCC99"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="A5A5A5"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC7CE"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="23">
+  <borders count="27">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="7F7F7F"/>
       </left>
       <right style="thin">
         <color rgb="7F7F7F"/>
       </right>
@@ -763,1029 +770,1277 @@
       </right>
       <top style="thin">
         <color rgb="3F3F3F"/>
       </top>
       <bottom style="thin">
         <color rgb="3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color rgb="3F3F3F"/>
       </left>
       <right style="double">
         <color rgb="3F3F3F"/>
       </right>
       <top style="double">
         <color rgb="3F3F3F"/>
       </top>
       <bottom style="double">
         <color rgb="3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="medium">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="8"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top style="medium">
         <color indexed="8"/>
       </top>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="8"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="8"/>
       </top>
       <bottom/>
-      <diagonal/>
-[...11 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="8"/>
       </right>
-      <top/>
-[...9 lines deleted...]
-      </right>
       <top style="thin">
         <color indexed="8"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...33 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="8"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
-      <right/>
-[...3 lines deleted...]
-      <bottom/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="8"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="8"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="8"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="8"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right style="thin">
         <color indexed="8"/>
       </right>
-      <top style="medium">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right style="thin">
+        <color indexed="8"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="8"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="47">
+  <cellStyleXfs count="49">
     <xf xxid="0" numFmtId="0" fontId="0" fillId="2" borderId="0"/>
     <xf xxid="1" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="2" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="3" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="4" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="5" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="6" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="7" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="8" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="9" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="10" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="11" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="12" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="13" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
     <xf xxid="14" numFmtId="0" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0"/>
-    <xf xxid="15" numFmtId="0" fontId="32" fillId="3" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
-[...50 lines deleted...]
-    <xf xxid="32" numFmtId="0" fontId="31" fillId="20" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+    <xf xxid="15" numFmtId="0" fontId="16" fillId="3" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="16" numFmtId="0" fontId="16" fillId="4" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="17" numFmtId="0" fontId="16" fillId="5" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="18" numFmtId="0" fontId="16" fillId="6" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="19" numFmtId="0" fontId="16" fillId="7" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="20" numFmtId="0" fontId="16" fillId="8" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="21" numFmtId="0" fontId="16" fillId="9" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="22" numFmtId="0" fontId="16" fillId="10" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="23" numFmtId="0" fontId="16" fillId="11" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="24" numFmtId="0" fontId="16" fillId="12" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="25" numFmtId="0" fontId="16" fillId="13" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="26" numFmtId="0" fontId="16" fillId="14" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="27" numFmtId="0" fontId="17" fillId="15" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="28" numFmtId="0" fontId="17" fillId="16" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="29" numFmtId="0" fontId="17" fillId="17" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="30" numFmtId="0" fontId="17" fillId="18" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="31" numFmtId="0" fontId="17" fillId="19" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="32" numFmtId="0" fontId="17" fillId="20" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf xxid="33" numFmtId="171" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyFont="0" applyProtection="0"/>
     <xf xxid="34" numFmtId="168" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyFont="0" applyProtection="0"/>
-    <xf xxid="35" numFmtId="0" fontId="22" fillId="21" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
-[...68 lines deleted...]
-    <xf xxid="60" numFmtId="0" fontId="28" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+    <xf xxid="35" numFmtId="0" fontId="14" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf xxid="36" numFmtId="0" fontId="18" fillId="21" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="37" numFmtId="0" fontId="19" fillId="2" borderId="1" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="38" numFmtId="0" fontId="20" fillId="22" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="39" numFmtId="9" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyFont="0" applyProtection="0"/>
+    <xf xxid="40" numFmtId="0" fontId="21" fillId="23" borderId="2" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="41" numFmtId="170" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyFont="0" applyProtection="0"/>
+    <xf xxid="42" numFmtId="169" fontId="0" fillId="2" borderId="0" applyAlignment="0" applyFont="0" applyProtection="0"/>
+    <xf xxid="43" numFmtId="0" fontId="22" fillId="2" borderId="3" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="44" numFmtId="0" fontId="0" fillId="24" borderId="4" applyAlignment="0" applyFont="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="45" numFmtId="0" fontId="13" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="top"/>
+    </xf>
+    <xf xxid="46" numFmtId="0" fontId="23" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="47" numFmtId="0" fontId="17" fillId="25" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="48" numFmtId="0" fontId="17" fillId="26" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="49" numFmtId="0" fontId="17" fillId="27" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="50" numFmtId="0" fontId="17" fillId="28" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="51" numFmtId="0" fontId="17" fillId="29" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="52" numFmtId="0" fontId="17" fillId="30" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="53" numFmtId="0" fontId="24" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="54" numFmtId="0" fontId="25" fillId="2" borderId="5" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="55" numFmtId="0" fontId="26" fillId="2" borderId="6" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="56" numFmtId="0" fontId="27" fillId="2" borderId="7" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="57" numFmtId="0" fontId="27" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="58" numFmtId="0" fontId="28" fillId="31" borderId="2" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="59" numFmtId="0" fontId="29" fillId="23" borderId="8" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="60" numFmtId="0" fontId="30" fillId="32" borderId="9" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="61" numFmtId="0" fontId="31" fillId="33" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="62" numFmtId="0" fontId="32" fillId="2" borderId="0" applyAlignment="0" applyNumberFormat="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
   <cellXfs>
-    <xf xxid="61" numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf xxid="64" numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="63" numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
+    <xf xxid="64" numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
+    <xf xxid="65" numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
+    <xf xxid="66" numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf xxid="65" numFmtId="0" fontId="5" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="67" numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf xxid="68" numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="66" numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="69" numFmtId="0" fontId="11" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf xxid="67" numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="70" numFmtId="0" fontId="5" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf xxid="71" numFmtId="0" fontId="11" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf xxid="72" numFmtId="0" fontId="5" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf xxid="73" numFmtId="0" fontId="11" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf xxid="74" numFmtId="0" fontId="12" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf xxid="75" numFmtId="0" fontId="3" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf xxid="68" numFmtId="0" fontId="12" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...32 lines deleted...]
-    <xf xxid="79" numFmtId="4" fontId="7" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="76" numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1"/>
+    <xf xxid="77" numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf xxid="78" numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf xxid="79" numFmtId="0" fontId="9" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="80" numFmtId="4" fontId="7" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="80" numFmtId="4" fontId="7" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="81" numFmtId="4" fontId="7" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="81" numFmtId="4" fontId="7" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="82" numFmtId="0" fontId="6" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="83" numFmtId="4" fontId="7" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="82" numFmtId="4" fontId="7" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="84" numFmtId="4" fontId="7" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="83" numFmtId="0" fontId="2" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="85" numFmtId="0" fontId="6" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="86" numFmtId="4" fontId="7" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="84" numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="87" numFmtId="4" fontId="7" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="85" numFmtId="0" fontId="2" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="88" numFmtId="0" fontId="6" fillId="2" borderId="23" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="89" numFmtId="0" fontId="6" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="90" numFmtId="0" fontId="2" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="91" numFmtId="0" fontId="2" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="92" numFmtId="0" fontId="2" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="93" numFmtId="4" fontId="7" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="86" numFmtId="0" fontId="2" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="94" numFmtId="4" fontId="7" fillId="2" borderId="26" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="87" numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf xxid="90" numFmtId="4" fontId="7" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="95" numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
+    <xf xxid="96" numFmtId="0" fontId="33" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="97" numFmtId="175" fontId="7" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="91" numFmtId="4" fontId="7" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="98" numFmtId="175" fontId="34" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="92" numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0"/>
-[...3 lines deleted...]
-    <xf xxid="94" numFmtId="175" fontId="7" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="99" numFmtId="175" fontId="7" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="95" numFmtId="175" fontId="34" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="100" numFmtId="175" fontId="34" fillId="2" borderId="15" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="96" numFmtId="175" fontId="7" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="101" numFmtId="0" fontId="34" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="102" numFmtId="0" fontId="35" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="103" numFmtId="175" fontId="7" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="97" numFmtId="175" fontId="34" fillId="2" borderId="11" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="104" numFmtId="175" fontId="34" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="98" numFmtId="0" fontId="34" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf xxid="100" numFmtId="175" fontId="7" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="105" numFmtId="175" fontId="7" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="101" numFmtId="175" fontId="34" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="106" numFmtId="175" fontId="34" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="102" numFmtId="175" fontId="7" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf xxid="105" numFmtId="0" fontId="37" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="107" numFmtId="0" fontId="34" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="108" numFmtId="0" fontId="35" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="109" numFmtId="0" fontId="34" fillId="2" borderId="23" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="110" numFmtId="0" fontId="35" fillId="2" borderId="23" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="111" numFmtId="0" fontId="36" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf xxid="112" numFmtId="0" fontId="37" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
   </cellXfs>
-  <cellStyles count="47">
+  <cellStyles count="49">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
-    <cellStyle name="中等" xfId="35"/>
-[...24 lines deleted...]
-    <cellStyle name="警告文字" xfId="60"/>
+    <cellStyle name="Followed Hyperlink" xfId="35" builtinId="9"/>
+    <cellStyle name="中等" xfId="36"/>
+    <cellStyle name="合計" xfId="37"/>
+    <cellStyle name="好" xfId="38"/>
+    <cellStyle name="Percent" xfId="39" builtinId="5"/>
+    <cellStyle name="計算方式" xfId="40"/>
+    <cellStyle name="Currency" xfId="41" builtinId="4"/>
+    <cellStyle name="Currency [0]" xfId="42" builtinId="7"/>
+    <cellStyle name="連結的儲存格" xfId="43"/>
+    <cellStyle name="備註" xfId="44"/>
+    <cellStyle name="Hyperlink" xfId="45" builtinId="8"/>
+    <cellStyle name="說明文字" xfId="46"/>
+    <cellStyle name="輔色1" xfId="47"/>
+    <cellStyle name="輔色2" xfId="48"/>
+    <cellStyle name="輔色3" xfId="49"/>
+    <cellStyle name="輔色4" xfId="50"/>
+    <cellStyle name="輔色5" xfId="51"/>
+    <cellStyle name="輔色6" xfId="52"/>
+    <cellStyle name="標題" xfId="53"/>
+    <cellStyle name="標題 1" xfId="54"/>
+    <cellStyle name="標題 2" xfId="55"/>
+    <cellStyle name="標題 3" xfId="56"/>
+    <cellStyle name="標題 4" xfId="57"/>
+    <cellStyle name="輸入" xfId="58"/>
+    <cellStyle name="輸出" xfId="59"/>
+    <cellStyle name="檢查儲存格" xfId="60"/>
+    <cellStyle name="壞" xfId="61"/>
+    <cellStyle name="警告文字" xfId="62"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="" defaultPivotStyle=""/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr/>
-  <dimension ref="A1:D43"/>
+  <dimension ref="A1:F43"/>
   <sheetViews>
     <sheetView view="normal" workbookViewId="0">
       <selection pane="topLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr customHeight="1" defaultRowHeight="16.5" baseColWidth="0"/>
   <cols>
     <col min="1" max="1" width="33.625" customWidth="1"/>
-    <col min="2" max="4" width="32.625" customWidth="1"/>
+    <col min="2" max="6" width="19.625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="21" customHeight="1">
-      <c r="A1" s="26" t="s">
+    <row r="1" spans="1:6" ht="21" customHeight="1">
+      <c r="A1" s="14" t="s">
+        <v>2</v>
+      </c>
+      <c r="B1" s="14"/>
+      <c r="C1" s="14"/>
+      <c r="D1" s="14"/>
+      <c r="E1" s="14"/>
+      <c r="F1" s="14"/>
+    </row>
+    <row r="2" spans="1:6" ht="21" customHeight="1">
+      <c r="A2" s="14" t="s">
+        <v>1</v>
+      </c>
+      <c r="B2" s="15"/>
+      <c r="C2" s="15"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="15"/>
+      <c r="F2" s="15"/>
+    </row>
+    <row r="3" spans="1:6" ht="18.6" customHeight="1" thickBot="1">
+      <c r="A3" s="1"/>
+      <c r="B3" s="1"/>
+      <c r="C3" s="12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D3" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E3" s="1"/>
+      <c r="F3" s="4" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="32.1" customHeight="1">
+      <c r="A4" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E4" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="9" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="32.1" customHeight="1" thickBot="1">
+      <c r="A5" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B5" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="B1" s="26"/>
-[...50 lines deleted...]
-      <c r="A6" s="32" t="s">
+      <c r="E5" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="F5" s="10" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="12.6" customHeight="1">
+      <c r="A6" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="35">
+        <v>20.7</v>
+      </c>
+      <c r="C6" s="35">
+        <v>17.15</v>
+      </c>
+      <c r="D6" s="35">
+        <v>119.12</v>
+      </c>
+      <c r="E6" s="35">
+        <v>11.59</v>
+      </c>
+      <c r="F6" s="37">
+        <v>9.53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A7" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="20"/>
+      <c r="C7" s="20"/>
+      <c r="D7" s="20"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="21"/>
+    </row>
+    <row r="8" spans="1:6" ht="12.6" customHeight="1">
+      <c r="A8" s="22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="41">
+        <v>20.93</v>
+      </c>
+      <c r="C8" s="41">
+        <v>17.31</v>
+      </c>
+      <c r="D8" s="41">
+        <v>116.93</v>
+      </c>
+      <c r="E8" s="41">
+        <v>12.86</v>
+      </c>
+      <c r="F8" s="43">
+        <v>10.73</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A9" s="39" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" s="20"/>
+      <c r="C9" s="20"/>
+      <c r="D9" s="20"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="21"/>
+    </row>
+    <row r="10" spans="1:6" ht="12.6" customHeight="1">
+      <c r="A10" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="B10" s="41">
+        <v>21.75</v>
+      </c>
+      <c r="C10" s="41">
+        <v>17.87</v>
+      </c>
+      <c r="D10" s="41">
+        <v>118.01</v>
+      </c>
+      <c r="E10" s="41">
+        <v>9.64</v>
+      </c>
+      <c r="F10" s="43">
+        <v>7.91</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A11" s="39" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="20"/>
+      <c r="C11" s="20"/>
+      <c r="D11" s="20"/>
+      <c r="E11" s="20"/>
+      <c r="F11" s="21"/>
+    </row>
+    <row r="12" spans="1:6" ht="12.6" customHeight="1">
+      <c r="A12" s="22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B12" s="41">
+        <v>23.83</v>
+      </c>
+      <c r="C12" s="41">
+        <v>19.25</v>
+      </c>
+      <c r="D12" s="41">
+        <v>120.64</v>
+      </c>
+      <c r="E12" s="41">
+        <v>11.8</v>
+      </c>
+      <c r="F12" s="43">
+        <v>9.66</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A13" s="39" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" s="20"/>
+      <c r="C13" s="20"/>
+      <c r="D13" s="20"/>
+      <c r="E13" s="20"/>
+      <c r="F13" s="21"/>
+    </row>
+    <row r="14" spans="1:6" ht="12.6" customHeight="1">
+      <c r="A14" s="22" t="s">
+        <v>25</v>
+      </c>
+      <c r="B14" s="41">
+        <v>23.95</v>
+      </c>
+      <c r="C14" s="41">
+        <v>19.32</v>
+      </c>
+      <c r="D14" s="41">
+        <v>122.26</v>
+      </c>
+      <c r="E14" s="41">
+        <v>15.75</v>
+      </c>
+      <c r="F14" s="43">
+        <v>12.88</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A15" s="39" t="s">
+        <v>26</v>
+      </c>
+      <c r="B15" s="20"/>
+      <c r="C15" s="20"/>
+      <c r="D15" s="20"/>
+      <c r="E15" s="20"/>
+      <c r="F15" s="21"/>
+    </row>
+    <row r="16" spans="1:6" ht="12.6" customHeight="1">
+      <c r="A16" s="22" t="s">
+        <v>27</v>
+      </c>
+      <c r="B16" s="41">
+        <v>21.32</v>
+      </c>
+      <c r="C16" s="41">
+        <v>17.57</v>
+      </c>
+      <c r="D16" s="41">
+        <v>119.66</v>
+      </c>
+      <c r="E16" s="41">
+        <v>11.63</v>
+      </c>
+      <c r="F16" s="43">
+        <v>9.84</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A17" s="39" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" s="20"/>
+      <c r="C17" s="20"/>
+      <c r="D17" s="20"/>
+      <c r="E17" s="20"/>
+      <c r="F17" s="21"/>
+    </row>
+    <row r="18" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A18" s="25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B18" s="41">
+        <v>16.1</v>
+      </c>
+      <c r="C18" s="41">
+        <v>13.87</v>
+      </c>
+      <c r="D18" s="41">
+        <v>115.04</v>
+      </c>
+      <c r="E18" s="41">
+        <v>13.08</v>
+      </c>
+      <c r="F18" s="43">
+        <v>11.56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A19" s="45" t="s">
+        <v>30</v>
+      </c>
+      <c r="B19" s="20"/>
+      <c r="C19" s="20"/>
+      <c r="D19" s="20"/>
+      <c r="E19" s="20"/>
+      <c r="F19" s="21"/>
+    </row>
+    <row r="20" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A20" s="25" t="s">
+        <v>31</v>
+      </c>
+      <c r="B20" s="41">
+        <v>15.66</v>
+      </c>
+      <c r="C20" s="41">
+        <v>13.54</v>
+      </c>
+      <c r="D20" s="41">
+        <v>114.55</v>
+      </c>
+      <c r="E20" s="41">
+        <v>11.24</v>
+      </c>
+      <c r="F20" s="43">
+        <v>9.75</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A21" s="45" t="s">
+        <v>32</v>
+      </c>
+      <c r="B21" s="20"/>
+      <c r="C21" s="20"/>
+      <c r="D21" s="20"/>
+      <c r="E21" s="20"/>
+      <c r="F21" s="21"/>
+    </row>
+    <row r="22" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A22" s="25" t="s">
+        <v>33</v>
+      </c>
+      <c r="B22" s="41">
+        <v>21.8</v>
+      </c>
+      <c r="C22" s="41">
+        <v>17.9</v>
+      </c>
+      <c r="D22" s="41">
+        <v>116.1</v>
+      </c>
+      <c r="E22" s="41">
+        <v>10.38</v>
+      </c>
+      <c r="F22" s="43">
+        <v>8.51</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A23" s="45" t="s">
+        <v>34</v>
+      </c>
+      <c r="B23" s="20"/>
+      <c r="C23" s="20"/>
+      <c r="D23" s="20"/>
+      <c r="E23" s="20"/>
+      <c r="F23" s="21"/>
+    </row>
+    <row r="24" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A24" s="25" t="s">
+        <v>35</v>
+      </c>
+      <c r="B24" s="41">
+        <v>18.51</v>
+      </c>
+      <c r="C24" s="41">
+        <v>15.62</v>
+      </c>
+      <c r="D24" s="41">
+        <v>117.58</v>
+      </c>
+      <c r="E24" s="41">
+        <v>8.96</v>
+      </c>
+      <c r="F24" s="43">
+        <v>7.59</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A25" s="45" t="s">
+        <v>36</v>
+      </c>
+      <c r="B25" s="20"/>
+      <c r="C25" s="20"/>
+      <c r="D25" s="20"/>
+      <c r="E25" s="20"/>
+      <c r="F25" s="21"/>
+    </row>
+    <row r="26" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A26" s="25" t="s">
+        <v>37</v>
+      </c>
+      <c r="B26" s="41">
+        <v>16.08</v>
+      </c>
+      <c r="C26" s="41">
+        <v>13.85</v>
+      </c>
+      <c r="D26" s="41">
+        <v>114.33</v>
+      </c>
+      <c r="E26" s="41">
+        <v>9.71</v>
+      </c>
+      <c r="F26" s="43">
+        <v>8.46</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A27" s="45" t="s">
+        <v>38</v>
+      </c>
+      <c r="B27" s="20"/>
+      <c r="C27" s="20"/>
+      <c r="D27" s="20"/>
+      <c r="E27" s="20"/>
+      <c r="F27" s="21"/>
+    </row>
+    <row r="28" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A28" s="25" t="s">
+        <v>39</v>
+      </c>
+      <c r="B28" s="41">
+        <v>17.89</v>
+      </c>
+      <c r="C28" s="41">
+        <v>15.17</v>
+      </c>
+      <c r="D28" s="41">
+        <v>117.39</v>
+      </c>
+      <c r="E28" s="41">
+        <v>5.08</v>
+      </c>
+      <c r="F28" s="43">
+        <v>4.29</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A29" s="47" t="s">
+        <v>40</v>
+      </c>
+      <c r="B29" s="20"/>
+      <c r="C29" s="20"/>
+      <c r="D29" s="20"/>
+      <c r="E29" s="20"/>
+      <c r="F29" s="21"/>
+    </row>
+    <row r="30" spans="1:6" ht="12.6" customHeight="1">
+      <c r="A30" s="22" t="s">
+        <v>41</v>
+      </c>
+      <c r="B30" s="41">
+        <v>9.09</v>
+      </c>
+      <c r="C30" s="41">
+        <v>8.33</v>
+      </c>
+      <c r="D30" s="41">
+        <v>108.38</v>
+      </c>
+      <c r="E30" s="41">
+        <v>4.33</v>
+      </c>
+      <c r="F30" s="43">
+        <v>3.99</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A31" s="39" t="s">
+        <v>42</v>
+      </c>
+      <c r="B31" s="20"/>
+      <c r="C31" s="20"/>
+      <c r="D31" s="20"/>
+      <c r="E31" s="20"/>
+      <c r="F31" s="21"/>
+    </row>
+    <row r="32" spans="1:6" ht="12.6" customHeight="1">
+      <c r="A32" s="22" t="s">
+        <v>43</v>
+      </c>
+      <c r="B32" s="41">
+        <v>19.67</v>
+      </c>
+      <c r="C32" s="41">
+        <v>16.44</v>
+      </c>
+      <c r="D32" s="41">
+        <v>117.81</v>
+      </c>
+      <c r="E32" s="41">
+        <v>8.05</v>
+      </c>
+      <c r="F32" s="43">
+        <v>6.72</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A33" s="39" t="s">
+        <v>44</v>
+      </c>
+      <c r="B33" s="20"/>
+      <c r="C33" s="20"/>
+      <c r="D33" s="20"/>
+      <c r="E33" s="20"/>
+      <c r="F33" s="21"/>
+    </row>
+    <row r="34" spans="1:6" ht="12.6" customHeight="1">
+      <c r="A34" s="27"/>
+      <c r="B34" s="23"/>
+      <c r="C34" s="23"/>
+      <c r="D34" s="23"/>
+      <c r="E34" s="23"/>
+      <c r="F34" s="24"/>
+    </row>
+    <row r="35" spans="1:6" ht="11.1" customHeight="1">
+      <c r="A35" s="28"/>
+      <c r="B35" s="20"/>
+      <c r="C35" s="20"/>
+      <c r="D35" s="20"/>
+      <c r="E35" s="20"/>
+      <c r="F35" s="21"/>
+    </row>
+    <row r="36" spans="1:6" ht="12.6" customHeight="1">
+      <c r="A36" s="27"/>
+      <c r="B36" s="23"/>
+      <c r="C36" s="23"/>
+      <c r="D36" s="23"/>
+      <c r="E36" s="23"/>
+      <c r="F36" s="24"/>
+    </row>
+    <row r="37" spans="1:6" ht="11.1" customHeight="1" thickBot="1">
+      <c r="A37" s="29"/>
+      <c r="B37" s="30"/>
+      <c r="C37" s="30"/>
+      <c r="D37" s="30"/>
+      <c r="E37" s="30"/>
+      <c r="F37" s="31"/>
+    </row>
+    <row r="38" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A38" s="2" t="s">
         <v>0</v>
-      </c>
-[...330 lines deleted...]
-        <v>12</v>
       </c>
       <c r="B38" s="1"/>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
-    </row>
-[...2 lines deleted...]
-        <v>13</v>
+      <c r="E38" s="1"/>
+      <c r="F38" s="2"/>
+    </row>
+    <row r="39" spans="1:6" ht="13.5" customHeight="1">
+      <c r="A39" s="13" t="s">
+        <v>16</v>
       </c>
       <c r="B39" s="1"/>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
-    </row>
-    <row r="40" spans="1:4" ht="13.5" customHeight="1">
+      <c r="E39" s="1"/>
+      <c r="F39" s="2"/>
+    </row>
+    <row r="40" spans="1:6" ht="13.5" customHeight="1">
       <c r="A40" s="1"/>
       <c r="B40" s="1"/>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
-    </row>
-    <row r="41" spans="1:4" ht="13.5" customHeight="1">
+      <c r="E40" s="1"/>
+      <c r="F40" s="2"/>
+    </row>
+    <row r="41" spans="1:6" ht="13.5" customHeight="1">
       <c r="A41" s="1"/>
       <c r="B41" s="1"/>
       <c r="C41" s="1"/>
-      <c r="D41" s="3"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:4" ht="13.5" customHeight="1">
+      <c r="D41" s="1"/>
+      <c r="E41" s="1"/>
+      <c r="F41" s="3"/>
+    </row>
+    <row r="42" spans="1:6" ht="13.5" customHeight="1">
       <c r="A42" s="1"/>
       <c r="B42" s="1"/>
       <c r="C42" s="1"/>
       <c r="D42" s="1"/>
-    </row>
-    <row r="43" spans="1:4" ht="13.5" customHeight="1">
+      <c r="E42" s="1"/>
+      <c r="F42" s="2"/>
+    </row>
+    <row r="43" spans="1:6" ht="13.5" customHeight="1">
       <c r="A43" s="1"/>
       <c r="B43" s="1"/>
       <c r="C43" s="1"/>
       <c r="D43" s="1"/>
+      <c r="E43" s="1"/>
+      <c r="F43" s="2"/>
     </row>
   </sheetData>
-  <mergeCells count="51">
-[...2 lines deleted...]
-    <mergeCell ref="A2:D2"/>
+  <mergeCells count="82">
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="E8:E9"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
+    <mergeCell ref="B10:B11"/>
+    <mergeCell ref="C10:C11"/>
+    <mergeCell ref="F32:F33"/>
+    <mergeCell ref="B32:B33"/>
+    <mergeCell ref="C32:C33"/>
+    <mergeCell ref="D32:D33"/>
+    <mergeCell ref="E32:E33"/>
+    <mergeCell ref="B12:B13"/>
+    <mergeCell ref="C12:C13"/>
+    <mergeCell ref="B8:B9"/>
+    <mergeCell ref="C8:C9"/>
+    <mergeCell ref="F6:F7"/>
+    <mergeCell ref="F8:F9"/>
+    <mergeCell ref="F10:F11"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="D8:D9"/>
-    <mergeCell ref="C8:C9"/>
-[...2 lines deleted...]
-    <mergeCell ref="C10:C11"/>
+    <mergeCell ref="E6:E7"/>
+    <mergeCell ref="B16:B17"/>
+    <mergeCell ref="C16:C17"/>
     <mergeCell ref="D10:D11"/>
-    <mergeCell ref="B12:B13"/>
-[...1 lines deleted...]
-    <mergeCell ref="D12:D13"/>
+    <mergeCell ref="E10:E11"/>
+    <mergeCell ref="F12:F13"/>
     <mergeCell ref="B14:B15"/>
     <mergeCell ref="C14:C15"/>
     <mergeCell ref="D14:D15"/>
-    <mergeCell ref="B16:B17"/>
-[...1 lines deleted...]
-    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E14:E15"/>
+    <mergeCell ref="F14:F15"/>
+    <mergeCell ref="B20:B21"/>
+    <mergeCell ref="C20:C21"/>
+    <mergeCell ref="D12:D13"/>
+    <mergeCell ref="E12:E13"/>
+    <mergeCell ref="F16:F17"/>
     <mergeCell ref="B18:B19"/>
     <mergeCell ref="C18:C19"/>
     <mergeCell ref="D18:D19"/>
-    <mergeCell ref="B20:B21"/>
-[...1 lines deleted...]
-    <mergeCell ref="D20:D21"/>
+    <mergeCell ref="E18:E19"/>
+    <mergeCell ref="F18:F19"/>
+    <mergeCell ref="B24:B25"/>
+    <mergeCell ref="C24:C25"/>
+    <mergeCell ref="D16:D17"/>
+    <mergeCell ref="E16:E17"/>
+    <mergeCell ref="F20:F21"/>
     <mergeCell ref="B22:B23"/>
     <mergeCell ref="C22:C23"/>
     <mergeCell ref="D22:D23"/>
-    <mergeCell ref="B24:B25"/>
-[...1 lines deleted...]
-    <mergeCell ref="D24:D25"/>
+    <mergeCell ref="E22:E23"/>
+    <mergeCell ref="F22:F23"/>
+    <mergeCell ref="B28:B29"/>
+    <mergeCell ref="C28:C29"/>
+    <mergeCell ref="D20:D21"/>
+    <mergeCell ref="E20:E21"/>
+    <mergeCell ref="F24:F25"/>
     <mergeCell ref="B26:B27"/>
     <mergeCell ref="C26:C27"/>
     <mergeCell ref="D26:D27"/>
+    <mergeCell ref="E26:E27"/>
+    <mergeCell ref="F26:F27"/>
+    <mergeCell ref="B34:B35"/>
+    <mergeCell ref="C34:C35"/>
+    <mergeCell ref="D24:D25"/>
+    <mergeCell ref="E24:E25"/>
+    <mergeCell ref="F28:F29"/>
+    <mergeCell ref="B30:B31"/>
+    <mergeCell ref="C30:C31"/>
+    <mergeCell ref="D30:D31"/>
+    <mergeCell ref="E30:E31"/>
+    <mergeCell ref="F30:F31"/>
+    <mergeCell ref="D34:D35"/>
+    <mergeCell ref="E34:E35"/>
+    <mergeCell ref="D28:D29"/>
+    <mergeCell ref="E28:E29"/>
+    <mergeCell ref="F34:F35"/>
     <mergeCell ref="B36:B37"/>
     <mergeCell ref="C36:C37"/>
     <mergeCell ref="D36:D37"/>
-    <mergeCell ref="B28:B29"/>
-[...10 lines deleted...]
-    <mergeCell ref="D34:D35"/>
+    <mergeCell ref="E36:E37"/>
+    <mergeCell ref="F36:F37"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.74803149606299213" right="0.59055118110236227" top="0.39370078740157483" bottom="0.19685039370078741" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" firstPageNumber="177" orientation="landscape" useFirstPageNumber="1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;9 &amp;C&amp;"Times New Roman"&amp;9 - &amp;p -&amp;R&amp;9 </oddFooter>
+    <oddFooter>&amp;C&amp;"Times New Roman"&amp;9 - &amp;p -</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <Company>367010000D</Company>
   <Manager>行政院金融監督管理委員會銀行局</Manager>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <cp:category>I52</cp:category>
   <dc:creator>行政院金融監督管理委員會銀行局</dc:creator>
   <cp:keywords>金融統計</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:subject>金融控股公司財務及業務比率表</dc:subject>
   <cp:lastPrinted></cp:lastPrinted>
   <dc:title>金融業務統計輯要</dc:title>
 </cp:coreProperties>