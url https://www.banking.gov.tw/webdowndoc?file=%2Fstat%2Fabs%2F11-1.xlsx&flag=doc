--- v0 (2025-10-08)
+++ v1 (2026-01-09)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="11-1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="外部資料_1" localSheetId="0">'11-1'!$A$1:$F$42</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>華南金融控股公司</t>
   </si>
   <si>
     <t>11-1  Consolidated Financial Data of Financial Holding Company</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">金融控股公司名稱
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>by Company</t>
     </r>
   </si>
   <si>
     <t>說　　明：集團合格資本總額、集團資本適足率係採半年申報資料，其餘係按季申報資料。</t>
   </si>
   <si>
@@ -95,221 +95,218 @@
       <t>　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t xml:space="preserve"> 2.The number in the other columns are from quarterly reports.</t>
     </r>
   </si>
   <si>
     <r>
       <t>11-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>　金融控股公司合併報表財務資料</t>
     </r>
   </si>
   <si>
-    <t>114年 1 - 6月</t>
+    <t>114年9月</t>
   </si>
   <si>
     <t>114年6月</t>
   </si>
   <si>
-    <t>114年8月</t>
+    <t>114年11月</t>
   </si>
   <si>
     <r>
       <t>Source</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Provided by Financial Holding Company.</t>
     </r>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
-    <t>June2025</t>
+    <t>Sept.2025</t>
   </si>
   <si>
     <t>Hua Nan Financial Holdings Co., Ltd.</t>
   </si>
   <si>
     <t>富邦金融控股公司</t>
   </si>
   <si>
     <t>Fubon Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>凱基金融控股公司</t>
   </si>
   <si>
     <t>KGI Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>國泰金融控股公司</t>
   </si>
   <si>
     <t>Cathay Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>中國信託金融控股公司</t>
   </si>
   <si>
     <t>CTBC Financial Holding Company., Ltd</t>
   </si>
   <si>
     <t>永豐金融控股公司</t>
   </si>
   <si>
     <t>SinoPac Financial Holdings Company Limited</t>
   </si>
   <si>
     <t>玉山金融控股公司</t>
   </si>
   <si>
     <t>E. SUN Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>元大金融控股公司</t>
   </si>
   <si>
     <t>Yuanta Financial Holdings</t>
   </si>
   <si>
-    <t>台新金融控股公司</t>
-[...8 lines deleted...]
-    <t>Shin Kong Financial Holding Co.,Ltd.</t>
+    <t>台新新光金融控股公司</t>
+  </si>
+  <si>
+    <t>TS Financial Holding Co. Ltd</t>
   </si>
   <si>
     <t>兆豐金融控股公司</t>
   </si>
   <si>
     <t>Mega Financial  Holding Co., Ltd.</t>
   </si>
   <si>
     <t>第一金融控股公司</t>
   </si>
   <si>
     <t>First Financial Holding Co. Ltd.</t>
   </si>
   <si>
     <t>國票金融控股公司</t>
   </si>
   <si>
     <t>Waterland Financial Holdings</t>
   </si>
   <si>
     <t>臺灣金融控股公司</t>
   </si>
   <si>
     <t>Taiwan Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>合作金庫金融控股公司</t>
   </si>
   <si>
     <t>Taiwan Cooperative Financial Holding Co., Ltd.</t>
   </si>
   <si>
-    <t xml:space="preserve"> Jan. - June 2025</t>
+    <t xml:space="preserve"> Jan. - Sept. 2025</t>
+  </si>
+  <si>
+    <t>114年 1 - 9月</t>
   </si>
   <si>
     <t>集團合格資本總額
 (114年6月底)</t>
   </si>
   <si>
     <t>合併報表資產總額
-(114年6月底)</t>
+(114年9月底)</t>
   </si>
   <si>
     <t>合併報表權益總額
-(114年6月底)</t>
-[...2 lines deleted...]
-    <t>114年1-6月稅後淨利(損)歸屬於母公司業主</t>
+(114年9月底)</t>
+  </si>
+  <si>
+    <t>114年1-9月稅後淨利(損)歸屬於母公司業主</t>
   </si>
   <si>
     <t>集團資本適足率
 (114年6月底)</t>
   </si>
   <si>
     <t>Eligible Capital of
 the Group
 ( End of June 2025 )</t>
   </si>
   <si>
     <t>Total Assets from 
 Consolidated Balance Sheet
-( End of June2025 )</t>
+( End of Sept.2025 )</t>
   </si>
   <si>
     <t>Total Equities from 
 Consolidated Balance Sheet
-( End of June2025 )</t>
+( End of Sept.2025 )</t>
   </si>
   <si>
     <t>Net Income Available to 
 Owner of the Parent
-(  Jan. - June 2025 )</t>
+(  Jan. - Sept. 2025 )</t>
   </si>
   <si>
     <t>Capital Adequacy Ratio of 
 the Group 
 ( End of June 2025 )</t>
   </si>
   <si>
-    <t>資料來源：截至114年8月底金控公司申報資料。</t>
+    <t>資料來源：截至114年11月底金控公司申報資料。</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="13">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="###,###,###,##0"/>
     <numFmt numFmtId="176" formatCode="##0.00"/>
   </numFmts>
   <fonts count="39">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
@@ -1434,578 +1431,564 @@
       <c r="C1" s="22"/>
       <c r="D1" s="22"/>
       <c r="E1" s="22"/>
       <c r="F1" s="22"/>
     </row>
     <row r="2" spans="1:6" ht="21" customHeight="1">
       <c r="A2" s="22" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="22"/>
       <c r="C2" s="22"/>
       <c r="D2" s="22"/>
       <c r="E2" s="22"/>
       <c r="F2" s="22"/>
     </row>
     <row r="3" spans="1:13" ht="18.6" customHeight="1" thickBot="1">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
       <c r="E3" s="24" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="24"/>
       <c r="G3" s="56" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="H3" s="56" t="s">
-        <v>8</v>
+        <v>42</v>
       </c>
       <c r="I3" s="56" t="s">
         <v>9</v>
       </c>
       <c r="J3" s="55" t="s">
         <v>12</v>
       </c>
       <c r="K3" s="56" t="s">
         <v>10</v>
       </c>
       <c r="L3" s="8" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="55" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="26.1" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" s="21" t="s">
         <v>44</v>
       </c>
-      <c r="C4" s="21" t="s">
+      <c r="D4" s="21" t="s">
         <v>45</v>
       </c>
-      <c r="D4" s="21" t="s">
+      <c r="E4" s="21" t="s">
         <v>46</v>
       </c>
-      <c r="E4" s="21" t="s">
+      <c r="F4" s="7" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="36" customHeight="1" thickBot="1">
       <c r="A5" s="25"/>
       <c r="B5" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" s="12" t="s">
         <v>49</v>
       </c>
-      <c r="C5" s="12" t="s">
+      <c r="D5" s="12" t="s">
         <v>50</v>
       </c>
-      <c r="D5" s="12" t="s">
+      <c r="E5" s="12" t="s">
         <v>51</v>
       </c>
-      <c r="E5" s="12" t="s">
+      <c r="F5" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="12.6" customHeight="1">
       <c r="A6" s="40" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="42">
         <v>544840</v>
       </c>
       <c r="C6" s="54">
-        <v>4187423</v>
+        <v>4252207</v>
       </c>
       <c r="D6" s="42">
-        <v>215209</v>
+        <v>227829</v>
       </c>
       <c r="E6" s="42">
-        <v>11682</v>
+        <v>19910</v>
       </c>
       <c r="F6" s="51">
         <v>127.12</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="11.1" customHeight="1">
       <c r="A7" s="44" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="29"/>
       <c r="C7" s="27"/>
       <c r="D7" s="29"/>
       <c r="E7" s="29"/>
       <c r="F7" s="32"/>
     </row>
     <row r="8" spans="1:6" ht="12.6" customHeight="1">
       <c r="A8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="46">
         <v>2124740</v>
       </c>
       <c r="C8" s="46">
-        <v>11902222</v>
+        <v>12402118</v>
       </c>
       <c r="D8" s="46">
-        <v>830234</v>
+        <v>957608</v>
       </c>
       <c r="E8" s="46">
-        <v>51342</v>
+        <v>90915</v>
       </c>
       <c r="F8" s="53">
         <v>139.13</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="11.1" customHeight="1">
       <c r="A9" s="44" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="29"/>
       <c r="C9" s="29"/>
       <c r="D9" s="29"/>
       <c r="E9" s="29"/>
       <c r="F9" s="34"/>
     </row>
     <row r="10" spans="1:6" ht="12.6" customHeight="1">
       <c r="A10" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="46">
         <v>643044</v>
       </c>
       <c r="C10" s="46">
-        <v>3825515</v>
+        <v>3959516</v>
       </c>
       <c r="D10" s="46">
-        <v>266533</v>
+        <v>311428</v>
       </c>
       <c r="E10" s="46">
-        <v>5474</v>
+        <v>19050</v>
       </c>
       <c r="F10" s="53">
         <v>127.38</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="11.1" customHeight="1">
       <c r="A11" s="44" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="29"/>
       <c r="C11" s="29"/>
       <c r="D11" s="29"/>
       <c r="E11" s="29"/>
       <c r="F11" s="34"/>
     </row>
     <row r="12" spans="1:6" ht="12.6" customHeight="1">
       <c r="A12" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="46">
         <v>2049799</v>
       </c>
       <c r="C12" s="46">
-        <v>13818792</v>
+        <v>14272218</v>
       </c>
       <c r="D12" s="46">
-        <v>781380</v>
+        <v>907764</v>
       </c>
       <c r="E12" s="46">
-        <v>45850</v>
+        <v>74504</v>
       </c>
       <c r="F12" s="53">
         <v>120.22</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="11.1" customHeight="1">
       <c r="A13" s="48" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="29"/>
       <c r="C13" s="29"/>
       <c r="D13" s="29"/>
       <c r="E13" s="29"/>
       <c r="F13" s="34"/>
     </row>
     <row r="14" spans="1:6" ht="12.6" customHeight="1">
       <c r="A14" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="46">
         <v>1055575</v>
       </c>
       <c r="C14" s="46">
-        <v>8834115</v>
+        <v>9036238</v>
       </c>
       <c r="D14" s="46">
-        <v>469082</v>
+        <v>520493</v>
       </c>
       <c r="E14" s="46">
-        <v>35841</v>
+        <v>60759</v>
       </c>
       <c r="F14" s="53">
         <v>115.79</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="11.1" customHeight="1">
       <c r="A15" s="44" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="29"/>
       <c r="C15" s="29"/>
       <c r="D15" s="29"/>
       <c r="E15" s="29"/>
       <c r="F15" s="34"/>
     </row>
     <row r="16" spans="1:6" ht="12.6" customHeight="1">
       <c r="A16" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="46">
         <v>475161</v>
       </c>
       <c r="C16" s="46">
-        <v>3085169</v>
+        <v>3248782</v>
       </c>
       <c r="D16" s="46">
-        <v>207976</v>
+        <v>218755</v>
       </c>
       <c r="E16" s="46">
-        <v>12678</v>
+        <v>20544</v>
       </c>
       <c r="F16" s="53">
         <v>134.35</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="11.1" customHeight="1">
       <c r="A17" s="44" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="29"/>
       <c r="C17" s="29"/>
       <c r="D17" s="29"/>
       <c r="E17" s="29"/>
       <c r="F17" s="34"/>
     </row>
     <row r="18" spans="1:6" ht="12.6" customHeight="1">
       <c r="A18" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B18" s="46">
         <v>592253</v>
       </c>
       <c r="C18" s="46">
-        <v>4167005</v>
+        <v>4298356</v>
       </c>
       <c r="D18" s="46">
-        <v>248695</v>
+        <v>260520</v>
       </c>
       <c r="E18" s="46">
-        <v>16753</v>
+        <v>26202</v>
       </c>
       <c r="F18" s="53">
         <v>132.9</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="11.1" customHeight="1">
       <c r="A19" s="44" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="29"/>
       <c r="C19" s="29"/>
       <c r="D19" s="29"/>
       <c r="E19" s="29"/>
       <c r="F19" s="34"/>
     </row>
     <row r="20" spans="1:6" ht="12.6" customHeight="1">
       <c r="A20" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="46">
         <v>641078</v>
       </c>
       <c r="C20" s="46">
-        <v>3876649</v>
+        <v>4094916</v>
       </c>
       <c r="D20" s="46">
-        <v>330211</v>
+        <v>351590</v>
       </c>
       <c r="E20" s="46">
-        <v>16228</v>
+        <v>26695</v>
       </c>
       <c r="F20" s="53">
         <v>130.7</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="11.1" customHeight="1">
       <c r="A21" s="44" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="29"/>
       <c r="C21" s="29"/>
       <c r="D21" s="29"/>
       <c r="E21" s="29"/>
       <c r="F21" s="34"/>
     </row>
     <row r="22" spans="1:6" ht="12.6" customHeight="1">
       <c r="A22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="46">
         <v>505591</v>
       </c>
       <c r="C22" s="46">
-        <v>3394192</v>
+        <v>8682802</v>
       </c>
       <c r="D22" s="46">
-        <v>212479</v>
+        <v>469920</v>
       </c>
       <c r="E22" s="46">
-        <v>10223</v>
+        <v>22609</v>
       </c>
       <c r="F22" s="53">
         <v>132.74</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="11.1" customHeight="1">
       <c r="A23" s="44" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="29"/>
       <c r="C23" s="29"/>
       <c r="D23" s="29"/>
       <c r="E23" s="29"/>
       <c r="F23" s="34"/>
     </row>
     <row r="24" spans="1:6" ht="12.6" customHeight="1">
       <c r="A24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="46">
-        <v>629707</v>
+        <v>829247</v>
       </c>
       <c r="C24" s="46">
-        <v>5045338</v>
+        <v>4808143</v>
       </c>
       <c r="D24" s="46">
-        <v>239910</v>
+        <v>382716</v>
       </c>
       <c r="E24" s="46">
-        <v>-29573</v>
+        <v>28285</v>
       </c>
       <c r="F24" s="53">
-        <v>106.87</v>
+        <v>133.83</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="11.1" customHeight="1">
       <c r="A25" s="44" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="29"/>
       <c r="C25" s="29"/>
       <c r="D25" s="29"/>
       <c r="E25" s="29"/>
       <c r="F25" s="34"/>
     </row>
     <row r="26" spans="1:6" ht="12.6" customHeight="1">
       <c r="A26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="46">
-        <v>829247</v>
+        <v>636831</v>
       </c>
       <c r="C26" s="46">
-        <v>4575390</v>
+        <v>4919623</v>
       </c>
       <c r="D26" s="46">
-        <v>362015</v>
+        <v>282045</v>
       </c>
       <c r="E26" s="46">
-        <v>18191</v>
+        <v>21699</v>
       </c>
       <c r="F26" s="53">
-        <v>133.83</v>
+        <v>129.84</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="11.1" customHeight="1">
       <c r="A27" s="44" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="29"/>
       <c r="C27" s="29"/>
       <c r="D27" s="29"/>
       <c r="E27" s="29"/>
       <c r="F27" s="34"/>
     </row>
     <row r="28" spans="1:6" ht="12.6" customHeight="1">
       <c r="A28" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="46">
-        <v>636831</v>
+        <v>86894</v>
       </c>
       <c r="C28" s="46">
-        <v>4808110</v>
+        <v>429996</v>
       </c>
       <c r="D28" s="46">
-        <v>262707</v>
+        <v>52147</v>
       </c>
       <c r="E28" s="46">
-        <v>13946</v>
+        <v>1707</v>
       </c>
       <c r="F28" s="53">
-        <v>129.84</v>
+        <v>130.94</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="11.1" customHeight="1">
       <c r="A29" s="44" t="s">
         <v>36</v>
       </c>
       <c r="B29" s="29"/>
       <c r="C29" s="29"/>
       <c r="D29" s="29"/>
       <c r="E29" s="29"/>
       <c r="F29" s="34"/>
     </row>
     <row r="30" spans="1:6" ht="12.6" customHeight="1">
       <c r="A30" s="15" t="s">
         <v>37</v>
       </c>
       <c r="B30" s="46">
-        <v>86894</v>
+        <v>970812</v>
       </c>
       <c r="C30" s="46">
-        <v>406885</v>
+        <v>7410516</v>
       </c>
       <c r="D30" s="46">
-        <v>49960</v>
+        <v>522905</v>
       </c>
       <c r="E30" s="46">
-        <v>657</v>
+        <v>15631</v>
       </c>
       <c r="F30" s="53">
-        <v>130.94</v>
+        <v>147.61</v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="11.1" customHeight="1">
       <c r="A31" s="44" t="s">
         <v>38</v>
       </c>
       <c r="B31" s="29"/>
       <c r="C31" s="29"/>
       <c r="D31" s="29"/>
       <c r="E31" s="29"/>
       <c r="F31" s="34"/>
     </row>
     <row r="32" spans="1:6" ht="12.6" customHeight="1">
       <c r="A32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B32" s="46">
-        <v>970812</v>
+        <v>620138</v>
       </c>
       <c r="C32" s="46">
-        <v>7212517</v>
+        <v>5408036</v>
       </c>
       <c r="D32" s="46">
-        <v>497589</v>
+        <v>273513</v>
       </c>
       <c r="E32" s="46">
-        <v>3527</v>
+        <v>16191</v>
       </c>
       <c r="F32" s="53">
-        <v>147.61</v>
+        <v>127.51</v>
       </c>
     </row>
     <row r="33" spans="1:6" ht="11.1" customHeight="1">
       <c r="A33" s="44" t="s">
         <v>40</v>
       </c>
       <c r="B33" s="29"/>
       <c r="C33" s="29"/>
       <c r="D33" s="29"/>
       <c r="E33" s="29"/>
       <c r="F33" s="34"/>
     </row>
     <row r="34" spans="1:6" ht="12.6" customHeight="1">
-      <c r="A34" s="15" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="A34" s="16"/>
+      <c r="B34" s="30"/>
+      <c r="C34" s="30"/>
+      <c r="D34" s="30"/>
+      <c r="E34" s="30"/>
+      <c r="F34" s="33"/>
     </row>
     <row r="35" spans="1:6" ht="11.1" customHeight="1">
-      <c r="A35" s="44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A35" s="18"/>
       <c r="B35" s="29"/>
       <c r="C35" s="29"/>
       <c r="D35" s="29"/>
       <c r="E35" s="29"/>
       <c r="F35" s="34"/>
     </row>
     <row r="36" spans="1:6" ht="12.6" customHeight="1">
       <c r="A36" s="16"/>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="35"/>
       <c r="E36" s="35"/>
       <c r="F36" s="37"/>
     </row>
     <row r="37" spans="1:6" ht="11.1" customHeight="1" thickBot="1">
       <c r="A37" s="19"/>
       <c r="B37" s="36"/>
       <c r="C37" s="36"/>
       <c r="D37" s="36"/>
       <c r="E37" s="36"/>
       <c r="F37" s="38"/>
     </row>
     <row r="38" spans="1:6" ht="12.6" customHeight="1">
       <c r="A38" s="20" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B38" s="1"/>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="2"/>
     </row>
     <row r="39" spans="1:6" ht="12.6" customHeight="1">
       <c r="A39" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B39" s="1"/>
       <c r="C39" s="1"/>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="2"/>
     </row>
     <row r="40" spans="1:6" ht="12" customHeight="1">
       <c r="A40" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B40" s="1"/>
       <c r="C40" s="1"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>