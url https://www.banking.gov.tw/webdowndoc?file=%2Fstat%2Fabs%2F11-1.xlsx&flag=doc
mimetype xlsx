--- v1 (2026-01-09)
+++ v2 (2026-02-28)
@@ -95,84 +95,84 @@
       <t>　　　</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t xml:space="preserve"> 2.The number in the other columns are from quarterly reports.</t>
     </r>
   </si>
   <si>
     <r>
       <t>11-1</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>　金融控股公司合併報表財務資料</t>
     </r>
   </si>
   <si>
-    <t>114年9月</t>
+    <t>114年12月</t>
   </si>
   <si>
     <t>114年6月</t>
   </si>
   <si>
-    <t>114年11月</t>
+    <t>115年1月</t>
   </si>
   <si>
     <r>
       <t>Source</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="細明體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Provided by Financial Holding Company.</t>
     </r>
   </si>
   <si>
     <t>June 2025</t>
   </si>
   <si>
-    <t>Sept.2025</t>
+    <t>Dec.2025</t>
   </si>
   <si>
     <t>Hua Nan Financial Holdings Co., Ltd.</t>
   </si>
   <si>
     <t>富邦金融控股公司</t>
   </si>
   <si>
     <t>Fubon Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>凱基金融控股公司</t>
   </si>
   <si>
     <t>KGI Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>國泰金融控股公司</t>
   </si>
   <si>
     <t>Cathay Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>中國信託金融控股公司</t>
   </si>
@@ -212,101 +212,101 @@
   <si>
     <t>第一金融控股公司</t>
   </si>
   <si>
     <t>First Financial Holding Co. Ltd.</t>
   </si>
   <si>
     <t>國票金融控股公司</t>
   </si>
   <si>
     <t>Waterland Financial Holdings</t>
   </si>
   <si>
     <t>臺灣金融控股公司</t>
   </si>
   <si>
     <t>Taiwan Financial Holding Co., Ltd.</t>
   </si>
   <si>
     <t>合作金庫金融控股公司</t>
   </si>
   <si>
     <t>Taiwan Cooperative Financial Holding Co., Ltd.</t>
   </si>
   <si>
-    <t xml:space="preserve"> Jan. - Sept. 2025</t>
-[...2 lines deleted...]
-    <t>114年 1 - 9月</t>
+    <t xml:space="preserve"> Jan. - Dec. 2025</t>
+  </si>
+  <si>
+    <t>114年 1 -12月</t>
   </si>
   <si>
     <t>集團合格資本總額
 (114年6月底)</t>
   </si>
   <si>
     <t>合併報表資產總額
-(114年9月底)</t>
+(114年12月底)</t>
   </si>
   <si>
     <t>合併報表權益總額
-(114年9月底)</t>
-[...2 lines deleted...]
-    <t>114年1-9月稅後淨利(損)歸屬於母公司業主</t>
+(114年12月底)</t>
+  </si>
+  <si>
+    <t>114年1-12月稅後淨利(損)歸屬於母公司業主</t>
   </si>
   <si>
     <t>集團資本適足率
 (114年6月底)</t>
   </si>
   <si>
     <t>Eligible Capital of
 the Group
 ( End of June 2025 )</t>
   </si>
   <si>
     <t>Total Assets from 
 Consolidated Balance Sheet
-( End of Sept.2025 )</t>
+( End of Dec.2025 )</t>
   </si>
   <si>
     <t>Total Equities from 
 Consolidated Balance Sheet
-( End of Sept.2025 )</t>
+( End of Dec.2025 )</t>
   </si>
   <si>
     <t>Net Income Available to 
 Owner of the Parent
-(  Jan. - Sept. 2025 )</t>
+(  Jan. - Dec. 2025 )</t>
   </si>
   <si>
     <t>Capital Adequacy Ratio of 
 the Group 
 ( End of June 2025 )</t>
   </si>
   <si>
-    <t>資料來源：截至114年11月底金控公司申報資料。</t>
+    <t>資料來源：截至115年1月底金控公司申報資料。</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="13">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="###,###,###,##0"/>
     <numFmt numFmtId="176" formatCode="##0.00"/>
   </numFmts>
   <fonts count="39">
     <font>
       <sz val="12"/>
       <name val="新細明體"/>
@@ -1498,447 +1498,447 @@
       <c r="A5" s="25"/>
       <c r="B5" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>49</v>
       </c>
       <c r="D5" s="12" t="s">
         <v>50</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>51</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="12.6" customHeight="1">
       <c r="A6" s="40" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="42">
         <v>544840</v>
       </c>
       <c r="C6" s="54">
-        <v>4252207</v>
+        <v>4328138</v>
       </c>
       <c r="D6" s="42">
-        <v>227829</v>
+        <v>236311</v>
       </c>
       <c r="E6" s="42">
-        <v>19910</v>
+        <v>26424</v>
       </c>
       <c r="F6" s="51">
         <v>127.12</v>
       </c>
     </row>
     <row r="7" spans="1:6" ht="11.1" customHeight="1">
       <c r="A7" s="44" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="29"/>
       <c r="C7" s="27"/>
       <c r="D7" s="29"/>
       <c r="E7" s="29"/>
       <c r="F7" s="32"/>
     </row>
     <row r="8" spans="1:6" ht="12.6" customHeight="1">
       <c r="A8" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="46">
         <v>2124740</v>
       </c>
       <c r="C8" s="46">
-        <v>12402118</v>
+        <v>12875959</v>
       </c>
       <c r="D8" s="46">
-        <v>957608</v>
+        <v>998123</v>
       </c>
       <c r="E8" s="46">
-        <v>90915</v>
+        <v>120846</v>
       </c>
       <c r="F8" s="53">
         <v>139.13</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="11.1" customHeight="1">
       <c r="A9" s="44" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="29"/>
       <c r="C9" s="29"/>
       <c r="D9" s="29"/>
       <c r="E9" s="29"/>
       <c r="F9" s="34"/>
     </row>
     <row r="10" spans="1:6" ht="12.6" customHeight="1">
       <c r="A10" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="46">
         <v>643044</v>
       </c>
       <c r="C10" s="46">
-        <v>3959516</v>
+        <v>4120112</v>
       </c>
       <c r="D10" s="46">
-        <v>311428</v>
+        <v>327481</v>
       </c>
       <c r="E10" s="46">
-        <v>19050</v>
+        <v>30013</v>
       </c>
       <c r="F10" s="53">
         <v>127.38</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="11.1" customHeight="1">
       <c r="A11" s="44" t="s">
         <v>18</v>
       </c>
       <c r="B11" s="29"/>
       <c r="C11" s="29"/>
       <c r="D11" s="29"/>
       <c r="E11" s="29"/>
       <c r="F11" s="34"/>
     </row>
     <row r="12" spans="1:6" ht="12.6" customHeight="1">
       <c r="A12" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="46">
         <v>2049799</v>
       </c>
       <c r="C12" s="46">
-        <v>14272218</v>
+        <v>14364335</v>
       </c>
       <c r="D12" s="46">
-        <v>907764</v>
+        <v>934957</v>
       </c>
       <c r="E12" s="46">
-        <v>74504</v>
+        <v>107505</v>
       </c>
       <c r="F12" s="53">
         <v>120.22</v>
       </c>
     </row>
     <row r="13" spans="1:6" ht="11.1" customHeight="1">
       <c r="A13" s="48" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="29"/>
       <c r="C13" s="29"/>
       <c r="D13" s="29"/>
       <c r="E13" s="29"/>
       <c r="F13" s="34"/>
     </row>
     <row r="14" spans="1:6" ht="12.6" customHeight="1">
       <c r="A14" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="46">
         <v>1055575</v>
       </c>
       <c r="C14" s="46">
-        <v>9036238</v>
+        <v>9320515</v>
       </c>
       <c r="D14" s="46">
-        <v>520493</v>
+        <v>549281</v>
       </c>
       <c r="E14" s="46">
-        <v>60759</v>
+        <v>80619</v>
       </c>
       <c r="F14" s="53">
         <v>115.79</v>
       </c>
     </row>
     <row r="15" spans="1:6" ht="11.1" customHeight="1">
       <c r="A15" s="44" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="29"/>
       <c r="C15" s="29"/>
       <c r="D15" s="29"/>
       <c r="E15" s="29"/>
       <c r="F15" s="34"/>
     </row>
     <row r="16" spans="1:6" ht="12.6" customHeight="1">
       <c r="A16" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B16" s="46">
         <v>475161</v>
       </c>
       <c r="C16" s="46">
-        <v>3248782</v>
+        <v>3707765</v>
       </c>
       <c r="D16" s="46">
-        <v>218755</v>
+        <v>258027</v>
       </c>
       <c r="E16" s="46">
-        <v>20544</v>
+        <v>26502</v>
       </c>
       <c r="F16" s="53">
         <v>134.35</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="11.1" customHeight="1">
       <c r="A17" s="44" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="29"/>
       <c r="C17" s="29"/>
       <c r="D17" s="29"/>
       <c r="E17" s="29"/>
       <c r="F17" s="34"/>
     </row>
     <row r="18" spans="1:6" ht="12.6" customHeight="1">
       <c r="A18" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B18" s="46">
         <v>592253</v>
       </c>
       <c r="C18" s="46">
-        <v>4298356</v>
+        <v>4530357</v>
       </c>
       <c r="D18" s="46">
-        <v>260520</v>
+        <v>272871</v>
       </c>
       <c r="E18" s="46">
-        <v>26202</v>
+        <v>34287</v>
       </c>
       <c r="F18" s="53">
         <v>132.9</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="11.1" customHeight="1">
       <c r="A19" s="44" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="29"/>
       <c r="C19" s="29"/>
       <c r="D19" s="29"/>
       <c r="E19" s="29"/>
       <c r="F19" s="34"/>
     </row>
     <row r="20" spans="1:6" ht="12.6" customHeight="1">
       <c r="A20" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="46">
         <v>641078</v>
       </c>
       <c r="C20" s="46">
-        <v>4094916</v>
+        <v>4293762</v>
       </c>
       <c r="D20" s="46">
-        <v>351590</v>
+        <v>368227</v>
       </c>
       <c r="E20" s="46">
-        <v>26695</v>
+        <v>36521</v>
       </c>
       <c r="F20" s="53">
         <v>130.7</v>
       </c>
     </row>
     <row r="21" spans="1:6" ht="11.1" customHeight="1">
       <c r="A21" s="44" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="29"/>
       <c r="C21" s="29"/>
       <c r="D21" s="29"/>
       <c r="E21" s="29"/>
       <c r="F21" s="34"/>
     </row>
     <row r="22" spans="1:6" ht="12.6" customHeight="1">
       <c r="A22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B22" s="46">
         <v>505591</v>
       </c>
       <c r="C22" s="46">
-        <v>8682802</v>
+        <v>8756093</v>
       </c>
       <c r="D22" s="46">
-        <v>469920</v>
+        <v>484104</v>
       </c>
       <c r="E22" s="46">
-        <v>22609</v>
+        <v>37327</v>
       </c>
       <c r="F22" s="53">
         <v>132.74</v>
       </c>
     </row>
     <row r="23" spans="1:6" ht="11.1" customHeight="1">
       <c r="A23" s="44" t="s">
         <v>30</v>
       </c>
       <c r="B23" s="29"/>
       <c r="C23" s="29"/>
       <c r="D23" s="29"/>
       <c r="E23" s="29"/>
       <c r="F23" s="34"/>
     </row>
     <row r="24" spans="1:6" ht="12.6" customHeight="1">
       <c r="A24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="46">
         <v>829247</v>
       </c>
       <c r="C24" s="46">
-        <v>4808143</v>
+        <v>5113938</v>
       </c>
       <c r="D24" s="46">
-        <v>382716</v>
+        <v>392408</v>
       </c>
       <c r="E24" s="46">
-        <v>28285</v>
+        <v>35096</v>
       </c>
       <c r="F24" s="53">
         <v>133.83</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="11.1" customHeight="1">
       <c r="A25" s="44" t="s">
         <v>32</v>
       </c>
       <c r="B25" s="29"/>
       <c r="C25" s="29"/>
       <c r="D25" s="29"/>
       <c r="E25" s="29"/>
       <c r="F25" s="34"/>
     </row>
     <row r="26" spans="1:6" ht="12.6" customHeight="1">
       <c r="A26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B26" s="46">
         <v>636831</v>
       </c>
       <c r="C26" s="46">
-        <v>4919623</v>
+        <v>5041740</v>
       </c>
       <c r="D26" s="46">
-        <v>282045</v>
+        <v>292333</v>
       </c>
       <c r="E26" s="46">
-        <v>21699</v>
+        <v>26933</v>
       </c>
       <c r="F26" s="53">
         <v>129.84</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="11.1" customHeight="1">
       <c r="A27" s="44" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="29"/>
       <c r="C27" s="29"/>
       <c r="D27" s="29"/>
       <c r="E27" s="29"/>
       <c r="F27" s="34"/>
     </row>
     <row r="28" spans="1:6" ht="12.6" customHeight="1">
       <c r="A28" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B28" s="46">
         <v>86894</v>
       </c>
       <c r="C28" s="46">
-        <v>429996</v>
+        <v>448432</v>
       </c>
       <c r="D28" s="46">
-        <v>52147</v>
+        <v>54100</v>
       </c>
       <c r="E28" s="46">
-        <v>1707</v>
+        <v>2296</v>
       </c>
       <c r="F28" s="53">
         <v>130.94</v>
       </c>
     </row>
     <row r="29" spans="1:6" ht="11.1" customHeight="1">
       <c r="A29" s="44" t="s">
         <v>36</v>
       </c>
       <c r="B29" s="29"/>
       <c r="C29" s="29"/>
       <c r="D29" s="29"/>
       <c r="E29" s="29"/>
       <c r="F29" s="34"/>
     </row>
     <row r="30" spans="1:6" ht="12.6" customHeight="1">
       <c r="A30" s="15" t="s">
         <v>37</v>
       </c>
       <c r="B30" s="46">
         <v>970812</v>
       </c>
       <c r="C30" s="46">
-        <v>7410516</v>
+        <v>7333139</v>
       </c>
       <c r="D30" s="46">
-        <v>522905</v>
+        <v>534166</v>
       </c>
       <c r="E30" s="46">
-        <v>15631</v>
+        <v>22624</v>
       </c>
       <c r="F30" s="53">
         <v>147.61</v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="11.1" customHeight="1">
       <c r="A31" s="44" t="s">
         <v>38</v>
       </c>
       <c r="B31" s="29"/>
       <c r="C31" s="29"/>
       <c r="D31" s="29"/>
       <c r="E31" s="29"/>
       <c r="F31" s="34"/>
     </row>
     <row r="32" spans="1:6" ht="12.6" customHeight="1">
       <c r="A32" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B32" s="46">
         <v>620138</v>
       </c>
       <c r="C32" s="46">
-        <v>5408036</v>
+        <v>5380450</v>
       </c>
       <c r="D32" s="46">
-        <v>273513</v>
+        <v>284908</v>
       </c>
       <c r="E32" s="46">
-        <v>16191</v>
+        <v>21276</v>
       </c>
       <c r="F32" s="53">
         <v>127.51</v>
       </c>
     </row>
     <row r="33" spans="1:6" ht="11.1" customHeight="1">
       <c r="A33" s="44" t="s">
         <v>40</v>
       </c>
       <c r="B33" s="29"/>
       <c r="C33" s="29"/>
       <c r="D33" s="29"/>
       <c r="E33" s="29"/>
       <c r="F33" s="34"/>
     </row>
     <row r="34" spans="1:6" ht="12.6" customHeight="1">
       <c r="A34" s="16"/>
       <c r="B34" s="30"/>
       <c r="C34" s="30"/>
       <c r="D34" s="30"/>
       <c r="E34" s="30"/>
       <c r="F34" s="33"/>
     </row>
     <row r="35" spans="1:6" ht="11.1" customHeight="1">
       <c r="A35" s="18"/>