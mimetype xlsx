--- v0 (2025-10-08)
+++ v1 (2026-01-09)
@@ -81,57 +81,57 @@
   <si>
     <t>放款</t>
   </si>
   <si>
     <t>逾放</t>
   </si>
   <si>
     <t>備抵呆帳</t>
   </si>
   <si>
     <t>計</t>
   </si>
   <si>
     <t>甲類</t>
   </si>
   <si>
     <t>乙類</t>
   </si>
   <si>
     <t>　</t>
   </si>
   <si>
     <t>信　合　社　名　稱</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <t>10-3 Condensed Financial Structure</t>
   </si>
   <si>
     <r>
       <t>10-3 Condensed Financial Structure</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Cont.1</t>
     </r>
     <r>
@@ -1216,51 +1216,51 @@
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -4385,100 +4385,100 @@
     </xf>
     <xf xxid="570" numFmtId="0" fontId="49" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf xxid="571" numFmtId="0" fontId="53" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf xxid="572" numFmtId="182" fontId="6" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="573" numFmtId="182" fontId="45" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="574" numFmtId="182" fontId="46" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="575" numFmtId="0" fontId="43" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf xxid="576" numFmtId="0" fontId="44" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf xxid="577" numFmtId="177" fontId="54" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="578" numFmtId="182" fontId="54" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="578" numFmtId="178" fontId="8" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="579" numFmtId="178" fontId="8" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="579" numFmtId="178" fontId="51" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="580" numFmtId="178" fontId="51" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="580" numFmtId="178" fontId="52" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="581" numFmtId="178" fontId="52" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="581" numFmtId="178" fontId="54" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="582" numFmtId="178" fontId="54" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="582" numFmtId="177" fontId="54" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="583" numFmtId="177" fontId="54" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="583" numFmtId="0" fontId="48" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf xxid="584" numFmtId="0" fontId="49" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf xxid="585" numFmtId="0" fontId="50" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf xxid="586" numFmtId="183" fontId="8" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="584" numFmtId="0" fontId="48" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="587" numFmtId="183" fontId="51" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="588" numFmtId="183" fontId="52" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="589" numFmtId="182" fontId="8" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="590" numFmtId="182" fontId="51" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="591" numFmtId="182" fontId="52" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="592" numFmtId="0" fontId="48" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="585" numFmtId="0" fontId="49" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="593" numFmtId="0" fontId="49" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="586" numFmtId="0" fontId="50" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf xxid="587" numFmtId="183" fontId="8" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="594" numFmtId="182" fontId="54" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf xxid="595" numFmtId="183" fontId="54" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="596" numFmtId="0" fontId="55" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf xxid="597" numFmtId="0" fontId="43" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf xxid="598" numFmtId="0" fontId="44" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf xxid="599" numFmtId="177" fontId="6" fillId="2" borderId="39" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="600" numFmtId="177" fontId="45" fillId="2" borderId="39" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="601" numFmtId="177" fontId="46" fillId="2" borderId="39" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="602" numFmtId="177" fontId="47" fillId="2" borderId="39" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
@@ -5212,882 +5212,882 @@
       </c>
       <c r="J10" s="74" t="s">
         <v>110</v>
       </c>
       <c r="K10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="88" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="93" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="264" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="268">
-        <v>2515552</v>
+        <v>2521382</v>
       </c>
       <c r="C11" s="268">
-        <v>73978146</v>
+        <v>75424758</v>
       </c>
       <c r="D11" s="268">
-        <v>5258176</v>
+        <v>5499337</v>
       </c>
       <c r="E11" s="268">
-        <v>353191</v>
+        <v>507077</v>
       </c>
       <c r="F11" s="268">
-        <v>45163278</v>
+        <v>45894508</v>
       </c>
       <c r="G11" s="268">
-        <v>61052348</v>
+        <v>62054848</v>
       </c>
       <c r="H11" s="268">
-        <v>43615200</v>
+        <v>44268471</v>
       </c>
       <c r="I11" s="268">
-        <v>43558154</v>
+        <v>44210263</v>
       </c>
       <c r="J11" s="268">
-        <v>57046</v>
+        <v>58208</v>
       </c>
       <c r="K11" s="268">
-        <v>69730</v>
+        <v>68139</v>
       </c>
       <c r="L11" s="268">
-        <v>54249</v>
+        <v>54399</v>
       </c>
       <c r="M11" s="268">
-        <v>15481</v>
+        <v>13740</v>
       </c>
       <c r="N11" s="272">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="O11" s="276">
-        <v>587711</v>
+        <v>597762</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.45" customHeight="1">
       <c r="A12" s="279" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="181"/>
       <c r="F12" s="181"/>
       <c r="G12" s="181"/>
       <c r="H12" s="181"/>
       <c r="I12" s="181"/>
       <c r="J12" s="181"/>
       <c r="K12" s="181"/>
       <c r="L12" s="181"/>
       <c r="M12" s="181"/>
       <c r="N12" s="193"/>
       <c r="O12" s="179"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>129</v>
       </c>
       <c r="B13" s="282">
         <v>109000</v>
       </c>
       <c r="C13" s="282">
-        <v>6758337</v>
+        <v>6861088</v>
       </c>
       <c r="D13" s="282">
-        <v>509607</v>
+        <v>526443</v>
       </c>
       <c r="E13" s="282">
-        <v>17944</v>
+        <v>29596</v>
       </c>
       <c r="F13" s="282">
-        <v>3524311</v>
+        <v>3541516</v>
       </c>
       <c r="G13" s="282">
-        <v>5276163</v>
+        <v>5240325</v>
       </c>
       <c r="H13" s="282">
-        <v>3434728</v>
+        <v>3448804</v>
       </c>
       <c r="I13" s="282">
-        <v>3432540</v>
+        <v>3446548</v>
       </c>
       <c r="J13" s="282">
-        <v>2188</v>
+        <v>2256</v>
       </c>
       <c r="K13" s="282">
-        <v>2994</v>
+        <v>2952</v>
       </c>
       <c r="L13" s="282">
-        <v>2078</v>
+        <v>2067</v>
       </c>
       <c r="M13" s="282">
-        <v>916</v>
+        <v>885</v>
       </c>
       <c r="N13" s="285">
         <v>0.09</v>
       </c>
       <c r="O13" s="288">
-        <v>51147</v>
+        <v>50446</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.45" customHeight="1">
       <c r="A14" s="278" t="s">
         <v>130</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>131</v>
       </c>
       <c r="B15" s="282">
         <v>86200</v>
       </c>
       <c r="C15" s="282">
-        <v>3607658</v>
+        <v>3731641</v>
       </c>
       <c r="D15" s="282">
-        <v>238420</v>
+        <v>245872</v>
       </c>
       <c r="E15" s="282">
-        <v>12139</v>
+        <v>16591</v>
       </c>
       <c r="F15" s="282">
-        <v>2549883</v>
+        <v>2601000</v>
       </c>
       <c r="G15" s="282">
-        <v>3052475</v>
+        <v>3157832</v>
       </c>
       <c r="H15" s="282">
-        <v>2487671</v>
+        <v>2534262</v>
       </c>
       <c r="I15" s="282">
-        <v>2485464</v>
+        <v>2532325</v>
       </c>
       <c r="J15" s="282">
-        <v>2207</v>
+        <v>1937</v>
       </c>
       <c r="K15" s="282">
-        <v>2331</v>
+        <v>2052</v>
       </c>
       <c r="L15" s="282">
-        <v>1972</v>
+        <v>1701</v>
       </c>
       <c r="M15" s="282">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="N15" s="285">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
       <c r="O15" s="288">
-        <v>37245</v>
+        <v>36989</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.45" customHeight="1">
       <c r="A16" s="278" t="s">
         <v>132</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>133</v>
       </c>
       <c r="B17" s="282">
         <v>130694</v>
       </c>
       <c r="C17" s="282">
-        <v>5086651</v>
+        <v>5094572</v>
       </c>
       <c r="D17" s="282">
-        <v>282708</v>
+        <v>297472</v>
       </c>
       <c r="E17" s="282">
-        <v>15771</v>
+        <v>21525</v>
       </c>
       <c r="F17" s="282">
-        <v>3203191</v>
+        <v>3190037</v>
       </c>
       <c r="G17" s="282">
-        <v>4347642</v>
+        <v>4345327</v>
       </c>
       <c r="H17" s="282">
-        <v>3114001</v>
+        <v>3097823</v>
       </c>
       <c r="I17" s="282">
-        <v>3109816</v>
+        <v>3093325</v>
       </c>
       <c r="J17" s="282">
-        <v>4186</v>
+        <v>4498</v>
       </c>
       <c r="K17" s="282">
-        <v>5289</v>
+        <v>5030</v>
       </c>
       <c r="L17" s="282">
-        <v>4058</v>
+        <v>4125</v>
       </c>
       <c r="M17" s="282">
-        <v>1231</v>
+        <v>905</v>
       </c>
       <c r="N17" s="285">
-        <v>0.17</v>
+        <v>0.16</v>
       </c>
       <c r="O17" s="288">
-        <v>35649</v>
+        <v>36371</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.45" customHeight="1">
       <c r="A18" s="278" t="s">
         <v>134</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>135</v>
       </c>
       <c r="B19" s="282">
         <v>122846</v>
       </c>
       <c r="C19" s="282">
-        <v>4663301</v>
+        <v>4763118</v>
       </c>
       <c r="D19" s="282">
-        <v>286678</v>
+        <v>303252</v>
       </c>
       <c r="E19" s="282">
-        <v>20168</v>
+        <v>26957</v>
       </c>
       <c r="F19" s="282">
-        <v>2800737</v>
+        <v>2877105</v>
       </c>
       <c r="G19" s="282">
-        <v>3847147</v>
+        <v>3921969</v>
       </c>
       <c r="H19" s="282">
-        <v>2685229</v>
+        <v>2761398</v>
       </c>
       <c r="I19" s="282">
-        <v>2680272</v>
+        <v>2756203</v>
       </c>
       <c r="J19" s="282">
-        <v>4958</v>
+        <v>5195</v>
       </c>
       <c r="K19" s="282">
-        <v>4632</v>
+        <v>4700</v>
       </c>
       <c r="L19" s="282">
-        <v>3201</v>
+        <v>3772</v>
       </c>
       <c r="M19" s="282">
-        <v>1431</v>
+        <v>929</v>
       </c>
       <c r="N19" s="285">
         <v>0.17</v>
       </c>
       <c r="O19" s="288">
-        <v>37639</v>
+        <v>39748</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.45" customHeight="1">
       <c r="A20" s="278" t="s">
         <v>136</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="191"/>
       <c r="N20" s="195"/>
       <c r="O20" s="197"/>
     </row>
     <row r="21" spans="1:15" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>137</v>
       </c>
       <c r="B21" s="282">
         <v>106305</v>
       </c>
       <c r="C21" s="282">
-        <v>4096051</v>
+        <v>4111888</v>
       </c>
       <c r="D21" s="282">
-        <v>238163</v>
+        <v>248524</v>
       </c>
       <c r="E21" s="282">
-        <v>17082</v>
+        <v>25150</v>
       </c>
       <c r="F21" s="282">
-        <v>2471663</v>
+        <v>2513963</v>
       </c>
       <c r="G21" s="282">
-        <v>3353307</v>
+        <v>3408169</v>
       </c>
       <c r="H21" s="282">
-        <v>2367143</v>
+        <v>2404596</v>
       </c>
       <c r="I21" s="282">
-        <v>2364048</v>
+        <v>2401101</v>
       </c>
       <c r="J21" s="282">
-        <v>3096</v>
+        <v>3495</v>
       </c>
       <c r="K21" s="282">
-        <v>4001</v>
+        <v>3734</v>
       </c>
       <c r="L21" s="282">
-        <v>2996</v>
+        <v>3061</v>
       </c>
       <c r="M21" s="282">
-        <v>1006</v>
+        <v>673</v>
       </c>
       <c r="N21" s="285">
-        <v>0.17</v>
+        <v>0.16</v>
       </c>
       <c r="O21" s="288">
-        <v>29967</v>
+        <v>30291</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.45" customHeight="1">
       <c r="A22" s="278" t="s">
         <v>138</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="191"/>
       <c r="N22" s="195"/>
       <c r="O22" s="197"/>
     </row>
     <row r="23" spans="1:15" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>139</v>
       </c>
       <c r="B23" s="282">
         <v>117660</v>
       </c>
       <c r="C23" s="282">
-        <v>3265358</v>
+        <v>3304527</v>
       </c>
       <c r="D23" s="282">
-        <v>204842</v>
+        <v>217386</v>
       </c>
       <c r="E23" s="282">
-        <v>13031</v>
+        <v>18522</v>
       </c>
       <c r="F23" s="282">
-        <v>2073968</v>
+        <v>2098302</v>
       </c>
       <c r="G23" s="282">
-        <v>2766691</v>
+        <v>2789258</v>
       </c>
       <c r="H23" s="282">
-        <v>2019575</v>
+        <v>2045192</v>
       </c>
       <c r="I23" s="282">
-        <v>2016352</v>
+        <v>2042300</v>
       </c>
       <c r="J23" s="282">
-        <v>3223</v>
+        <v>2892</v>
       </c>
       <c r="K23" s="282">
-        <v>3299</v>
+        <v>3200</v>
       </c>
       <c r="L23" s="282">
-        <v>2734</v>
+        <v>2728</v>
       </c>
       <c r="M23" s="282">
-        <v>565</v>
+        <v>472</v>
       </c>
       <c r="N23" s="285">
         <v>0.16</v>
       </c>
       <c r="O23" s="288">
-        <v>26400</v>
+        <v>27116</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.45" customHeight="1">
       <c r="A24" s="278" t="s">
         <v>140</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="191"/>
       <c r="N24" s="195"/>
       <c r="O24" s="197"/>
     </row>
     <row r="25" spans="1:15" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>141</v>
       </c>
       <c r="B25" s="282">
         <v>48616</v>
       </c>
       <c r="C25" s="282">
-        <v>1576519</v>
+        <v>1595696</v>
       </c>
       <c r="D25" s="282">
-        <v>193082</v>
+        <v>200836</v>
       </c>
       <c r="E25" s="282">
-        <v>11163</v>
+        <v>15183</v>
       </c>
       <c r="F25" s="282">
-        <v>962251</v>
+        <v>964338</v>
       </c>
       <c r="G25" s="282">
-        <v>1268585</v>
+        <v>1264421</v>
       </c>
       <c r="H25" s="282">
-        <v>889183</v>
+        <v>892747</v>
       </c>
       <c r="I25" s="282">
-        <v>886211</v>
+        <v>890215</v>
       </c>
       <c r="J25" s="282">
-        <v>2972</v>
+        <v>2533</v>
       </c>
       <c r="K25" s="282">
-        <v>3306</v>
+        <v>2733</v>
       </c>
       <c r="L25" s="282">
-        <v>3165</v>
+        <v>2618</v>
       </c>
       <c r="M25" s="282">
-        <v>140</v>
+        <v>115</v>
       </c>
       <c r="N25" s="285">
-        <v>0.37</v>
+        <v>0.31</v>
       </c>
       <c r="O25" s="288">
-        <v>12335</v>
+        <v>12044</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.45" customHeight="1">
       <c r="A26" s="278" t="s">
         <v>142</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="191"/>
       <c r="N26" s="195"/>
       <c r="O26" s="197"/>
     </row>
     <row r="27" spans="1:15" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>143</v>
       </c>
       <c r="B27" s="282">
         <v>157598</v>
       </c>
       <c r="C27" s="282">
-        <v>4346828</v>
+        <v>4438377</v>
       </c>
       <c r="D27" s="282">
-        <v>295880</v>
+        <v>311983</v>
       </c>
       <c r="E27" s="282">
-        <v>26207</v>
+        <v>37922</v>
       </c>
       <c r="F27" s="282">
-        <v>2489292</v>
+        <v>2553499</v>
       </c>
       <c r="G27" s="282">
-        <v>3596555</v>
+        <v>3642569</v>
       </c>
       <c r="H27" s="282">
-        <v>2443312</v>
+        <v>2504411</v>
       </c>
       <c r="I27" s="282">
-        <v>2440561</v>
+        <v>2501464</v>
       </c>
       <c r="J27" s="282">
-        <v>2751</v>
+        <v>2947</v>
       </c>
       <c r="K27" s="282">
-        <v>2955</v>
+        <v>3136</v>
       </c>
       <c r="L27" s="282">
-        <v>2754</v>
+        <v>2950</v>
       </c>
       <c r="M27" s="282">
-        <v>201</v>
+        <v>186</v>
       </c>
       <c r="N27" s="285">
-        <v>0.12</v>
+        <v>0.13</v>
       </c>
       <c r="O27" s="288">
-        <v>30974</v>
+        <v>32094</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.45" customHeight="1">
       <c r="A28" s="290" t="s">
         <v>144</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="191"/>
       <c r="N28" s="195"/>
       <c r="O28" s="197"/>
     </row>
     <row r="29" spans="1:15" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>145</v>
       </c>
       <c r="B29" s="282">
         <v>128221</v>
       </c>
       <c r="C29" s="282">
-        <v>4704629</v>
+        <v>4893962</v>
       </c>
       <c r="D29" s="282">
-        <v>297398</v>
+        <v>314203</v>
       </c>
       <c r="E29" s="282">
-        <v>32991</v>
+        <v>45947</v>
       </c>
       <c r="F29" s="282">
-        <v>2725239</v>
+        <v>2781976</v>
       </c>
       <c r="G29" s="282">
-        <v>4086398</v>
+        <v>4299112</v>
       </c>
       <c r="H29" s="282">
-        <v>2700424</v>
+        <v>2755869</v>
       </c>
       <c r="I29" s="282">
-        <v>2697312</v>
+        <v>2753342</v>
       </c>
       <c r="J29" s="282">
-        <v>3111</v>
+        <v>2527</v>
       </c>
       <c r="K29" s="282">
-        <v>4632</v>
+        <v>3944</v>
       </c>
       <c r="L29" s="282">
-        <v>3114</v>
+        <v>2536</v>
       </c>
       <c r="M29" s="282">
-        <v>1517</v>
+        <v>1408</v>
       </c>
       <c r="N29" s="285">
-        <v>0.17</v>
+        <v>0.14</v>
       </c>
       <c r="O29" s="288">
-        <v>44118</v>
+        <v>44379</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.45" customHeight="1">
       <c r="A30" s="278" t="s">
         <v>146</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="191"/>
       <c r="N30" s="195"/>
       <c r="O30" s="197"/>
     </row>
     <row r="31" spans="1:15" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>147</v>
       </c>
       <c r="B31" s="282">
         <v>37833</v>
       </c>
       <c r="C31" s="282">
-        <v>221914</v>
+        <v>231652</v>
       </c>
       <c r="D31" s="282">
-        <v>45860</v>
+        <v>46580</v>
       </c>
       <c r="E31" s="282">
-        <v>1150</v>
+        <v>1601</v>
       </c>
       <c r="F31" s="282">
-        <v>250643</v>
+        <v>258047</v>
       </c>
       <c r="G31" s="293">
         <v>0</v>
       </c>
       <c r="H31" s="282">
-        <v>214616</v>
+        <v>223527</v>
       </c>
       <c r="I31" s="282">
-        <v>214475</v>
+        <v>223382</v>
       </c>
       <c r="J31" s="282">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K31" s="282">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="L31" s="282">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="M31" s="293">
         <v>0</v>
       </c>
       <c r="N31" s="285">
         <v>0.07</v>
       </c>
       <c r="O31" s="288">
-        <v>3843</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.45" customHeight="1">
       <c r="A32" s="278" t="s">
         <v>148</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="191"/>
       <c r="N32" s="195"/>
       <c r="O32" s="197"/>
     </row>
     <row r="33" spans="1:15" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>149</v>
       </c>
       <c r="B33" s="282">
         <v>18799</v>
       </c>
       <c r="C33" s="282">
-        <v>358584</v>
+        <v>355744</v>
       </c>
       <c r="D33" s="282">
-        <v>25726</v>
+        <v>26542</v>
       </c>
       <c r="E33" s="282">
-        <v>896</v>
+        <v>1262</v>
       </c>
       <c r="F33" s="282">
-        <v>238602</v>
+        <v>238726</v>
       </c>
       <c r="G33" s="282">
-        <v>302027</v>
+        <v>299364</v>
       </c>
       <c r="H33" s="282">
-        <v>229651</v>
+        <v>229869</v>
       </c>
       <c r="I33" s="282">
-        <v>228978</v>
+        <v>229188</v>
       </c>
       <c r="J33" s="282">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="K33" s="282">
         <v>849</v>
       </c>
       <c r="L33" s="282">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="M33" s="282">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="N33" s="285">
         <v>0.37</v>
       </c>
       <c r="O33" s="288">
-        <v>2635</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.45" customHeight="1">
       <c r="A34" s="278" t="s">
         <v>150</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="191"/>
       <c r="N34" s="195"/>
       <c r="O34" s="197"/>
     </row>
     <row r="35" spans="1:15" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>151</v>
       </c>
       <c r="B35" s="282">
         <v>100000</v>
       </c>
       <c r="C35" s="282">
-        <v>4069912</v>
+        <v>4298963</v>
       </c>
       <c r="D35" s="282">
-        <v>354035</v>
+        <v>369363</v>
       </c>
       <c r="E35" s="282">
-        <v>22358</v>
+        <v>30227</v>
       </c>
       <c r="F35" s="282">
-        <v>2509095</v>
+        <v>2540837</v>
       </c>
       <c r="G35" s="282">
-        <v>3039658</v>
+        <v>3209643</v>
       </c>
       <c r="H35" s="282">
-        <v>2348108</v>
+        <v>2378069</v>
       </c>
       <c r="I35" s="282">
-        <v>2342318</v>
+        <v>2371922</v>
       </c>
       <c r="J35" s="282">
-        <v>5790</v>
+        <v>6147</v>
       </c>
       <c r="K35" s="282">
-        <v>6173</v>
+        <v>6269</v>
       </c>
       <c r="L35" s="282">
-        <v>5969</v>
+        <v>6054</v>
       </c>
       <c r="M35" s="282">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="N35" s="285">
         <v>0.26</v>
       </c>
       <c r="O35" s="288">
-        <v>38566</v>
+        <v>40070</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.45" customHeight="1" thickBot="1">
       <c r="A36" s="295" t="s">
         <v>152</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="198"/>
       <c r="N36" s="199"/>
       <c r="O36" s="200"/>
     </row>
     <row r="37" spans="1:15" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
@@ -6531,57 +6531,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>84</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="14"/>
       <c r="D4" s="203" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="203"/>
       <c r="F4" s="203"/>
       <c r="G4" s="177" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="177"/>
       <c r="I4" s="177"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="13.5" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="48" t="s">
         <v>111</v>
       </c>
       <c r="C5" s="51" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E5" s="2" t="s">
@@ -6765,711 +6765,711 @@
       </c>
       <c r="I10" s="66" t="s">
         <v>110</v>
       </c>
       <c r="J10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="58" t="s">
         <v>36</v>
       </c>
       <c r="N10" s="56" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="355" t="s">
         <v>83</v>
       </c>
       <c r="B11" s="359">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C11" s="359">
-        <v>42562</v>
+        <v>43071</v>
       </c>
       <c r="D11" s="359">
-        <v>3471</v>
+        <v>3586</v>
       </c>
       <c r="E11" s="359">
-        <v>265</v>
+        <v>385</v>
       </c>
       <c r="F11" s="359">
-        <v>38878</v>
+        <v>39255</v>
       </c>
       <c r="G11" s="359">
-        <v>30643</v>
+        <v>31178</v>
       </c>
       <c r="H11" s="359">
-        <v>30643</v>
+        <v>31178</v>
       </c>
       <c r="I11" s="371">
         <v>0</v>
       </c>
       <c r="J11" s="371">
         <v>0</v>
       </c>
       <c r="K11" s="371">
         <v>0</v>
       </c>
       <c r="L11" s="371">
         <v>0</v>
       </c>
       <c r="M11" s="374">
         <v>0</v>
       </c>
       <c r="N11" s="367">
-        <v>1050</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A12" s="310" t="s">
+      <c r="A12" s="309" t="s">
         <v>297</v>
       </c>
       <c r="B12" s="191"/>
       <c r="C12" s="191"/>
       <c r="D12" s="191"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="195"/>
       <c r="N12" s="197"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>298</v>
       </c>
       <c r="B13" s="282">
         <v>132</v>
       </c>
       <c r="C13" s="282">
-        <v>19367</v>
+        <v>19423</v>
       </c>
       <c r="D13" s="282">
-        <v>1592</v>
+        <v>1615</v>
       </c>
       <c r="E13" s="282">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="F13" s="282">
-        <v>17687</v>
+        <v>17704</v>
       </c>
       <c r="G13" s="282">
-        <v>10822</v>
+        <v>10712</v>
       </c>
       <c r="H13" s="282">
-        <v>10819</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>10712</v>
+      </c>
+      <c r="I13" s="293">
+        <v>0</v>
+      </c>
+      <c r="J13" s="293">
+        <v>0</v>
+      </c>
+      <c r="K13" s="293">
+        <v>0</v>
       </c>
       <c r="L13" s="293">
         <v>0</v>
       </c>
-      <c r="M13" s="285">
-        <v>0.03</v>
+      <c r="M13" s="313">
+        <v>0</v>
       </c>
       <c r="N13" s="288">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A14" s="310" t="s">
+      <c r="A14" s="309" t="s">
         <v>299</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="195"/>
       <c r="N14" s="197"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>300</v>
       </c>
       <c r="B15" s="282">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C15" s="282">
-        <v>32841</v>
+        <v>32604</v>
       </c>
       <c r="D15" s="282">
-        <v>2659</v>
+        <v>2726</v>
       </c>
       <c r="E15" s="282">
-        <v>122</v>
+        <v>173</v>
       </c>
       <c r="F15" s="282">
-        <v>29775</v>
+        <v>29747</v>
       </c>
       <c r="G15" s="282">
-        <v>21146</v>
+        <v>20988</v>
       </c>
       <c r="H15" s="282">
-        <v>21139</v>
+        <v>20984</v>
       </c>
       <c r="I15" s="282">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="J15" s="282">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="K15" s="282">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="L15" s="282">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="M15" s="285">
-        <v>0.04</v>
+        <v>0.03</v>
       </c>
       <c r="N15" s="288">
-        <v>407</v>
+        <v>422</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A16" s="310" t="s">
+      <c r="A16" s="309" t="s">
         <v>301</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="195"/>
       <c r="N16" s="197"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="25" t="s">
         <v>302</v>
       </c>
       <c r="B17" s="282">
         <v>245</v>
       </c>
       <c r="C17" s="282">
-        <v>15746</v>
+        <v>16539</v>
       </c>
       <c r="D17" s="282">
-        <v>888</v>
+        <v>909</v>
       </c>
       <c r="E17" s="282">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="F17" s="282">
-        <v>14595</v>
+        <v>15372</v>
       </c>
       <c r="G17" s="282">
-        <v>10473</v>
+        <v>10240</v>
       </c>
       <c r="H17" s="282">
-        <v>10473</v>
+        <v>10240</v>
       </c>
       <c r="I17" s="293">
         <v>0</v>
       </c>
       <c r="J17" s="293">
         <v>0</v>
       </c>
       <c r="K17" s="293">
         <v>0</v>
       </c>
       <c r="L17" s="293">
         <v>0</v>
       </c>
-      <c r="M17" s="314">
+      <c r="M17" s="313">
         <v>0</v>
       </c>
       <c r="N17" s="288">
-        <v>131</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A18" s="310" t="s">
+      <c r="A18" s="309" t="s">
         <v>303</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="195"/>
       <c r="N18" s="197"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="25" t="s">
         <v>304</v>
       </c>
       <c r="B19" s="282">
         <v>625</v>
       </c>
       <c r="C19" s="282">
-        <v>28647</v>
+        <v>28813</v>
       </c>
       <c r="D19" s="282">
-        <v>1564</v>
+        <v>1575</v>
       </c>
       <c r="E19" s="282">
-        <v>83</v>
+        <v>104</v>
       </c>
       <c r="F19" s="282">
-        <v>26886</v>
+        <v>27001</v>
       </c>
       <c r="G19" s="282">
-        <v>20531</v>
+        <v>20699</v>
       </c>
       <c r="H19" s="282">
-        <v>20503</v>
+        <v>20655</v>
       </c>
       <c r="I19" s="282">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="J19" s="282">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="K19" s="282">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="L19" s="282">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="M19" s="285">
-        <v>0.19</v>
+        <v>0.25</v>
       </c>
       <c r="N19" s="288">
-        <v>294</v>
+        <v>298</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A20" s="310" t="s">
+      <c r="A20" s="309" t="s">
         <v>305</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="195"/>
       <c r="N20" s="197"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="25" t="s">
         <v>306</v>
       </c>
       <c r="B21" s="282">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="C21" s="282">
-        <v>97329</v>
+        <v>99109</v>
       </c>
       <c r="D21" s="282">
-        <v>6206</v>
+        <v>6390</v>
       </c>
       <c r="E21" s="282">
-        <v>453</v>
+        <v>669</v>
       </c>
       <c r="F21" s="282">
-        <v>90539</v>
+        <v>92111</v>
       </c>
       <c r="G21" s="282">
-        <v>65488</v>
+        <v>65597</v>
       </c>
       <c r="H21" s="282">
-        <v>65485</v>
+        <v>65594</v>
       </c>
       <c r="I21" s="282">
         <v>3</v>
       </c>
       <c r="J21" s="282">
         <v>3</v>
       </c>
-      <c r="K21" s="282">
+      <c r="K21" s="293">
+        <v>0</v>
+      </c>
+      <c r="L21" s="282">
         <v>3</v>
       </c>
-      <c r="L21" s="293">
-[...1 lines deleted...]
-      </c>
       <c r="M21" s="285">
         <v>0</v>
       </c>
       <c r="N21" s="288">
-        <v>1371</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A22" s="310" t="s">
+      <c r="A22" s="309" t="s">
         <v>307</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="195"/>
       <c r="N22" s="197"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="25" t="s">
         <v>308</v>
       </c>
       <c r="B23" s="282">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C23" s="282">
-        <v>38950</v>
+        <v>39095</v>
       </c>
       <c r="D23" s="282">
-        <v>1937</v>
+        <v>1968</v>
       </c>
       <c r="E23" s="282">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="F23" s="282">
-        <v>36807</v>
+        <v>36899</v>
       </c>
       <c r="G23" s="282">
-        <v>27471</v>
+        <v>27677</v>
       </c>
       <c r="H23" s="282">
-        <v>27441</v>
+        <v>27627</v>
       </c>
       <c r="I23" s="282">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="J23" s="282">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="K23" s="282">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="L23" s="282">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="M23" s="285">
-        <v>0.18</v>
+        <v>0.23</v>
       </c>
       <c r="N23" s="288">
-        <v>351</v>
+        <v>357</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A24" s="310" t="s">
+      <c r="A24" s="309" t="s">
         <v>309</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="195"/>
       <c r="N24" s="197"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="25" t="s">
         <v>310</v>
       </c>
       <c r="B25" s="282">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="C25" s="282">
-        <v>95608</v>
+        <v>95575</v>
       </c>
       <c r="D25" s="282">
-        <v>6685</v>
+        <v>6730</v>
       </c>
       <c r="E25" s="282">
-        <v>215</v>
+        <v>321</v>
       </c>
       <c r="F25" s="282">
-        <v>88144</v>
+        <v>87894</v>
       </c>
       <c r="G25" s="282">
-        <v>66103</v>
+        <v>67338</v>
       </c>
       <c r="H25" s="282">
-        <v>66103</v>
+        <v>67338</v>
       </c>
       <c r="I25" s="282">
         <v>0</v>
       </c>
       <c r="J25" s="282">
         <v>0</v>
       </c>
       <c r="K25" s="282">
         <v>0</v>
       </c>
       <c r="L25" s="282">
         <v>0</v>
       </c>
       <c r="M25" s="285">
         <v>0</v>
       </c>
       <c r="N25" s="288">
-        <v>1803</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A26" s="310" t="s">
+      <c r="A26" s="309" t="s">
         <v>311</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="195"/>
       <c r="N26" s="197"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="25" t="s">
         <v>312</v>
       </c>
       <c r="B27" s="282">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C27" s="282">
-        <v>6409</v>
+        <v>6248</v>
       </c>
       <c r="D27" s="282">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="E27" s="282">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="F27" s="282">
-        <v>5964</v>
+        <v>5786</v>
       </c>
       <c r="G27" s="282">
-        <v>3865</v>
+        <v>3973</v>
       </c>
       <c r="H27" s="282">
-        <v>3865</v>
+        <v>3973</v>
       </c>
       <c r="I27" s="293">
         <v>0</v>
       </c>
       <c r="J27" s="293">
         <v>0</v>
       </c>
       <c r="K27" s="293">
         <v>0</v>
       </c>
       <c r="L27" s="293">
         <v>0</v>
       </c>
-      <c r="M27" s="314">
+      <c r="M27" s="313">
         <v>0</v>
       </c>
       <c r="N27" s="288">
         <v>51</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A28" s="310" t="s">
+      <c r="A28" s="309" t="s">
         <v>313</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="195"/>
       <c r="N28" s="197"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="25" t="s">
         <v>314</v>
       </c>
       <c r="B29" s="282">
         <v>371</v>
       </c>
       <c r="C29" s="282">
-        <v>11003</v>
+        <v>11118</v>
       </c>
       <c r="D29" s="282">
-        <v>742</v>
+        <v>760</v>
       </c>
       <c r="E29" s="282">
-        <v>41</v>
+        <v>62</v>
       </c>
       <c r="F29" s="282">
-        <v>10159</v>
+        <v>10256</v>
       </c>
       <c r="G29" s="282">
-        <v>8108</v>
+        <v>8157</v>
       </c>
       <c r="H29" s="282">
-        <v>8102</v>
+        <v>8151</v>
       </c>
       <c r="I29" s="282">
         <v>6</v>
       </c>
       <c r="J29" s="282">
         <v>6</v>
       </c>
       <c r="K29" s="282">
         <v>6</v>
       </c>
       <c r="L29" s="293">
         <v>0</v>
       </c>
       <c r="M29" s="285">
         <v>0.07</v>
       </c>
       <c r="N29" s="288">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A30" s="310" t="s">
+      <c r="A30" s="309" t="s">
         <v>315</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="195"/>
       <c r="N30" s="197"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="25" t="s">
         <v>316</v>
       </c>
       <c r="B31" s="282">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C31" s="282">
-        <v>6359</v>
+        <v>6403</v>
       </c>
       <c r="D31" s="282">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="E31" s="282">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="F31" s="282">
-        <v>5791</v>
+        <v>5819</v>
       </c>
       <c r="G31" s="282">
-        <v>4558</v>
+        <v>4551</v>
       </c>
       <c r="H31" s="282">
-        <v>4552</v>
+        <v>4540</v>
       </c>
       <c r="I31" s="282">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="J31" s="282">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="K31" s="282">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>11</v>
+      </c>
+      <c r="L31" s="293">
+        <v>0</v>
       </c>
       <c r="M31" s="285">
-        <v>0.79</v>
+        <v>0.23</v>
       </c>
       <c r="N31" s="288">
         <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A32" s="310" t="s">
+      <c r="A32" s="309" t="s">
         <v>317</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="195"/>
       <c r="N32" s="197"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="25"/>
       <c r="B33" s="190"/>
       <c r="C33" s="190"/>
       <c r="D33" s="190"/>
       <c r="E33" s="190"/>
       <c r="F33" s="190"/>
       <c r="G33" s="190"/>
       <c r="H33" s="190"/>
@@ -7890,57 +7890,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="203" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="203"/>
       <c r="F4" s="203"/>
       <c r="G4" s="177" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="177"/>
       <c r="I4" s="177"/>
       <c r="J4" s="14"/>
       <c r="K4" s="14"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="76" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="77" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="78" t="s">
         <v>82</v>
       </c>
@@ -8145,879 +8145,879 @@
       </c>
       <c r="K10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="88" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="93" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="263" t="s">
         <v>69</v>
       </c>
       <c r="B11" s="267">
         <v>34433</v>
       </c>
       <c r="C11" s="267">
-        <v>465231</v>
+        <v>452244</v>
       </c>
       <c r="D11" s="267">
-        <v>66165</v>
+        <v>68515</v>
       </c>
       <c r="E11" s="267">
-        <v>6832</v>
+        <v>9515</v>
       </c>
       <c r="F11" s="267">
-        <v>89121</v>
+        <v>89026</v>
       </c>
       <c r="G11" s="267">
-        <v>334887</v>
+        <v>341667</v>
       </c>
       <c r="H11" s="267">
-        <v>69280</v>
+        <v>64412</v>
       </c>
       <c r="I11" s="267">
-        <v>69280</v>
+        <v>64411</v>
       </c>
       <c r="J11" s="267">
         <v>1</v>
       </c>
       <c r="K11" s="267">
         <v>1</v>
       </c>
       <c r="L11" s="267">
         <v>1</v>
       </c>
       <c r="M11" s="299">
         <v>0</v>
       </c>
       <c r="N11" s="271">
         <v>0</v>
       </c>
       <c r="O11" s="275">
-        <v>761</v>
+        <v>731</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.45" customHeight="1">
       <c r="A12" s="278" t="s">
         <v>153</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="181"/>
       <c r="F12" s="181"/>
       <c r="G12" s="181"/>
       <c r="H12" s="181"/>
       <c r="I12" s="181"/>
       <c r="J12" s="181"/>
       <c r="K12" s="181"/>
       <c r="L12" s="181"/>
       <c r="M12" s="181"/>
       <c r="N12" s="193"/>
       <c r="O12" s="179"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="282">
         <v>30554</v>
       </c>
       <c r="C13" s="282">
-        <v>414565</v>
+        <v>423080</v>
       </c>
       <c r="D13" s="282">
-        <v>42487</v>
+        <v>43775</v>
       </c>
       <c r="E13" s="282">
-        <v>1405</v>
+        <v>1956</v>
       </c>
       <c r="F13" s="282">
-        <v>267550</v>
+        <v>268994</v>
       </c>
       <c r="G13" s="282">
-        <v>302952</v>
+        <v>309008</v>
       </c>
       <c r="H13" s="282">
-        <v>235057</v>
+        <v>235030</v>
       </c>
       <c r="I13" s="282">
-        <v>233869</v>
+        <v>233775</v>
       </c>
       <c r="J13" s="282">
-        <v>1188</v>
+        <v>1255</v>
       </c>
       <c r="K13" s="282">
-        <v>1188</v>
+        <v>1427</v>
       </c>
       <c r="L13" s="282">
-        <v>1112</v>
+        <v>1364</v>
       </c>
       <c r="M13" s="282">
-        <v>76</v>
+        <v>62</v>
       </c>
       <c r="N13" s="285">
-        <v>0.51</v>
+        <v>0.61</v>
       </c>
       <c r="O13" s="288">
-        <v>2965</v>
+        <v>3015</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.45" customHeight="1">
       <c r="A14" s="278" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="282">
         <v>97181</v>
       </c>
       <c r="C15" s="282">
-        <v>2407750</v>
+        <v>2451486</v>
       </c>
       <c r="D15" s="282">
-        <v>138797</v>
+        <v>144733</v>
       </c>
       <c r="E15" s="282">
-        <v>9299</v>
+        <v>13380</v>
       </c>
       <c r="F15" s="282">
-        <v>1698190</v>
+        <v>1711643</v>
       </c>
       <c r="G15" s="282">
-        <v>2108640</v>
+        <v>2147812</v>
       </c>
       <c r="H15" s="282">
-        <v>1664990</v>
+        <v>1678028</v>
       </c>
       <c r="I15" s="282">
-        <v>1663545</v>
+        <v>1676140</v>
       </c>
       <c r="J15" s="282">
-        <v>1445</v>
+        <v>1889</v>
       </c>
       <c r="K15" s="282">
-        <v>2776</v>
+        <v>3217</v>
       </c>
       <c r="L15" s="282">
-        <v>1846</v>
+        <v>1867</v>
       </c>
       <c r="M15" s="282">
-        <v>930</v>
+        <v>1350</v>
       </c>
       <c r="N15" s="285">
-        <v>0.17</v>
+        <v>0.19</v>
       </c>
       <c r="O15" s="288">
-        <v>22098</v>
+        <v>22194</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.45" customHeight="1">
       <c r="A16" s="278" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="282">
         <v>29106</v>
       </c>
       <c r="C17" s="282">
-        <v>788580</v>
+        <v>756668</v>
       </c>
       <c r="D17" s="282">
-        <v>52865</v>
+        <v>54895</v>
       </c>
       <c r="E17" s="282">
-        <v>3579</v>
+        <v>6001</v>
       </c>
       <c r="F17" s="282">
-        <v>349051</v>
+        <v>337196</v>
       </c>
       <c r="G17" s="282">
-        <v>631771</v>
+        <v>624613</v>
       </c>
       <c r="H17" s="282">
-        <v>325951</v>
+        <v>321613</v>
       </c>
       <c r="I17" s="282">
-        <v>325829</v>
+        <v>321552</v>
       </c>
       <c r="J17" s="282">
-        <v>122</v>
+        <v>61</v>
       </c>
       <c r="K17" s="282">
-        <v>371</v>
+        <v>312</v>
       </c>
       <c r="L17" s="282">
-        <v>143</v>
+        <v>89</v>
       </c>
       <c r="M17" s="282">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="N17" s="285">
-        <v>0.11</v>
+        <v>0.1</v>
       </c>
       <c r="O17" s="288">
-        <v>5553</v>
+        <v>5308</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.45" customHeight="1">
       <c r="A18" s="278" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="282">
         <v>59216</v>
       </c>
       <c r="C19" s="282">
-        <v>983956</v>
+        <v>982435</v>
       </c>
       <c r="D19" s="282">
-        <v>85222</v>
+        <v>89180</v>
       </c>
       <c r="E19" s="282">
-        <v>5955</v>
+        <v>8763</v>
       </c>
       <c r="F19" s="282">
-        <v>675273</v>
+        <v>681470</v>
       </c>
       <c r="G19" s="282">
-        <v>851394</v>
+        <v>841364</v>
       </c>
       <c r="H19" s="282">
-        <v>634987</v>
+        <v>635470</v>
       </c>
       <c r="I19" s="282">
-        <v>634040</v>
+        <v>634599</v>
       </c>
       <c r="J19" s="282">
-        <v>947</v>
+        <v>870</v>
       </c>
       <c r="K19" s="282">
-        <v>1307</v>
+        <v>1176</v>
       </c>
       <c r="L19" s="282">
-        <v>975</v>
+        <v>924</v>
       </c>
       <c r="M19" s="282">
-        <v>332</v>
+        <v>251</v>
       </c>
       <c r="N19" s="285">
-        <v>0.21</v>
+        <v>0.19</v>
       </c>
       <c r="O19" s="288">
-        <v>7616</v>
+        <v>7631</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.45" customHeight="1">
       <c r="A20" s="278" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="191"/>
       <c r="N20" s="195"/>
       <c r="O20" s="197"/>
     </row>
     <row r="21" spans="1:15" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="282">
         <v>11112</v>
       </c>
       <c r="C21" s="282">
-        <v>355647</v>
+        <v>355475</v>
       </c>
       <c r="D21" s="282">
-        <v>58049</v>
+        <v>57784</v>
       </c>
       <c r="E21" s="282">
-        <v>3034</v>
+        <v>3959</v>
       </c>
       <c r="F21" s="282">
-        <v>230856</v>
+        <v>231856</v>
       </c>
       <c r="G21" s="282">
-        <v>284957</v>
+        <v>284515</v>
       </c>
       <c r="H21" s="282">
-        <v>225322</v>
+        <v>226634</v>
       </c>
       <c r="I21" s="282">
-        <v>225285</v>
+        <v>226594</v>
       </c>
       <c r="J21" s="282">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="K21" s="282">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="L21" s="282">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="M21" s="282">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="N21" s="285">
         <v>0.02</v>
       </c>
       <c r="O21" s="288">
-        <v>3025</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.45" customHeight="1">
       <c r="A22" s="278" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="191"/>
       <c r="N22" s="195"/>
       <c r="O22" s="197"/>
     </row>
     <row r="23" spans="1:15" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="282">
         <v>34800</v>
       </c>
       <c r="C23" s="282">
-        <v>751498</v>
+        <v>736440</v>
       </c>
       <c r="D23" s="282">
-        <v>64943</v>
+        <v>67654</v>
       </c>
       <c r="E23" s="282">
-        <v>7475</v>
+        <v>10731</v>
       </c>
       <c r="F23" s="282">
-        <v>394796</v>
+        <v>389702</v>
       </c>
       <c r="G23" s="282">
-        <v>581404</v>
+        <v>578972</v>
       </c>
       <c r="H23" s="282">
-        <v>339831</v>
+        <v>331777</v>
       </c>
       <c r="I23" s="282">
-        <v>339681</v>
+        <v>331580</v>
       </c>
       <c r="J23" s="282">
-        <v>150</v>
+        <v>198</v>
       </c>
       <c r="K23" s="282">
-        <v>215</v>
+        <v>281</v>
       </c>
       <c r="L23" s="282">
-        <v>149</v>
+        <v>188</v>
       </c>
       <c r="M23" s="282">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="N23" s="285">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
       <c r="O23" s="288">
-        <v>4364</v>
+        <v>4330</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.45" customHeight="1">
       <c r="A24" s="278" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="191"/>
       <c r="N24" s="195"/>
       <c r="O24" s="197"/>
     </row>
     <row r="25" spans="1:15" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="282">
         <v>3202</v>
       </c>
       <c r="C25" s="282">
-        <v>94870</v>
+        <v>95831</v>
       </c>
       <c r="D25" s="282">
-        <v>6018</v>
+        <v>6110</v>
       </c>
       <c r="E25" s="282">
-        <v>196</v>
+        <v>270</v>
       </c>
       <c r="F25" s="282">
-        <v>62226</v>
+        <v>62138</v>
       </c>
       <c r="G25" s="282">
-        <v>80495</v>
+        <v>82347</v>
       </c>
       <c r="H25" s="282">
-        <v>61570</v>
+        <v>61692</v>
       </c>
       <c r="I25" s="282">
-        <v>61460</v>
+        <v>61664</v>
       </c>
       <c r="J25" s="282">
-        <v>110</v>
+        <v>29</v>
       </c>
       <c r="K25" s="282">
-        <v>114</v>
+        <v>93</v>
       </c>
       <c r="L25" s="282">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="M25" s="282">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="N25" s="285">
-        <v>0.18</v>
+        <v>0.15</v>
       </c>
       <c r="O25" s="288">
-        <v>711</v>
+        <v>732</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.45" customHeight="1">
       <c r="A26" s="278" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="191"/>
       <c r="N26" s="195"/>
       <c r="O26" s="197"/>
     </row>
     <row r="27" spans="1:15" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="282">
         <v>13012</v>
       </c>
       <c r="C27" s="282">
-        <v>252487</v>
+        <v>261915</v>
       </c>
       <c r="D27" s="282">
-        <v>16065</v>
+        <v>16541</v>
       </c>
       <c r="E27" s="282">
-        <v>853</v>
+        <v>1269</v>
       </c>
       <c r="F27" s="282">
-        <v>184089</v>
+        <v>187793</v>
       </c>
       <c r="G27" s="282">
-        <v>227825</v>
+        <v>236637</v>
       </c>
       <c r="H27" s="282">
-        <v>183975</v>
+        <v>187679</v>
       </c>
       <c r="I27" s="282">
-        <v>183974</v>
+        <v>187679</v>
       </c>
       <c r="J27" s="282">
         <v>1</v>
       </c>
       <c r="K27" s="282">
         <v>1</v>
       </c>
       <c r="L27" s="282">
         <v>1</v>
       </c>
       <c r="M27" s="293">
         <v>0</v>
       </c>
       <c r="N27" s="285">
         <v>0</v>
       </c>
       <c r="O27" s="288">
-        <v>2799</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.45" customHeight="1">
       <c r="A28" s="290" t="s">
         <v>169</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="191"/>
       <c r="N28" s="195"/>
       <c r="O28" s="197"/>
     </row>
     <row r="29" spans="1:15" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>170</v>
       </c>
       <c r="B29" s="282">
         <v>49815</v>
       </c>
       <c r="C29" s="282">
-        <v>1369136</v>
+        <v>1383694</v>
       </c>
       <c r="D29" s="282">
-        <v>76904</v>
+        <v>81071</v>
       </c>
       <c r="E29" s="282">
-        <v>2776</v>
+        <v>5750</v>
       </c>
       <c r="F29" s="282">
-        <v>913047</v>
+        <v>922049</v>
       </c>
       <c r="G29" s="282">
-        <v>1171108</v>
+        <v>1179252</v>
       </c>
       <c r="H29" s="282">
-        <v>881821</v>
+        <v>888971</v>
       </c>
       <c r="I29" s="282">
-        <v>881153</v>
+        <v>888372</v>
       </c>
       <c r="J29" s="282">
-        <v>668</v>
+        <v>599</v>
       </c>
       <c r="K29" s="282">
         <v>1094</v>
       </c>
       <c r="L29" s="282">
-        <v>852</v>
+        <v>741</v>
       </c>
       <c r="M29" s="282">
-        <v>242</v>
+        <v>353</v>
       </c>
       <c r="N29" s="285">
         <v>0.12</v>
       </c>
       <c r="O29" s="288">
-        <v>11543</v>
+        <v>11291</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.45" customHeight="1">
       <c r="A30" s="278" t="s">
         <v>171</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="191"/>
       <c r="N30" s="195"/>
       <c r="O30" s="197"/>
     </row>
     <row r="31" spans="1:15" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>172</v>
       </c>
       <c r="B31" s="282">
-        <v>39403</v>
+        <v>40403</v>
       </c>
       <c r="C31" s="282">
-        <v>780167</v>
+        <v>796747</v>
       </c>
       <c r="D31" s="282">
-        <v>53278</v>
+        <v>56329</v>
       </c>
       <c r="E31" s="282">
-        <v>3821</v>
+        <v>5256</v>
       </c>
       <c r="F31" s="282">
-        <v>523808</v>
+        <v>529042</v>
       </c>
       <c r="G31" s="282">
-        <v>695388</v>
+        <v>706404</v>
       </c>
       <c r="H31" s="282">
-        <v>519336</v>
+        <v>525082</v>
       </c>
       <c r="I31" s="282">
-        <v>518767</v>
+        <v>524303</v>
       </c>
       <c r="J31" s="282">
-        <v>569</v>
+        <v>780</v>
       </c>
       <c r="K31" s="282">
-        <v>607</v>
+        <v>854</v>
       </c>
       <c r="L31" s="282">
-        <v>570</v>
+        <v>782</v>
       </c>
       <c r="M31" s="282">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="N31" s="285">
-        <v>0.12</v>
+        <v>0.16</v>
       </c>
       <c r="O31" s="288">
-        <v>6227</v>
+        <v>6295</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.45" customHeight="1">
       <c r="A32" s="278" t="s">
         <v>173</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="191"/>
       <c r="N32" s="195"/>
       <c r="O32" s="197"/>
     </row>
     <row r="33" spans="1:15" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>174</v>
       </c>
       <c r="B33" s="282">
         <v>19403</v>
       </c>
       <c r="C33" s="282">
-        <v>343251</v>
+        <v>347382</v>
       </c>
       <c r="D33" s="282">
-        <v>23890</v>
+        <v>24441</v>
       </c>
       <c r="E33" s="282">
-        <v>1084</v>
+        <v>1515</v>
       </c>
       <c r="F33" s="282">
-        <v>233317</v>
+        <v>241180</v>
       </c>
       <c r="G33" s="282">
-        <v>299114</v>
+        <v>301424</v>
       </c>
       <c r="H33" s="282">
-        <v>225613</v>
+        <v>232274</v>
       </c>
       <c r="I33" s="282">
-        <v>224552</v>
+        <v>231559</v>
       </c>
       <c r="J33" s="282">
-        <v>1062</v>
+        <v>715</v>
       </c>
       <c r="K33" s="282">
-        <v>1117</v>
+        <v>847</v>
       </c>
       <c r="L33" s="282">
-        <v>1076</v>
+        <v>715</v>
       </c>
       <c r="M33" s="282">
-        <v>42</v>
+        <v>132</v>
       </c>
       <c r="N33" s="285">
-        <v>0.5</v>
+        <v>0.36</v>
       </c>
       <c r="O33" s="288">
-        <v>2901</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.45" customHeight="1">
       <c r="A34" s="278" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="191"/>
       <c r="N34" s="195"/>
       <c r="O34" s="197"/>
     </row>
     <row r="35" spans="1:15" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="282">
         <v>11815</v>
       </c>
       <c r="C35" s="282">
-        <v>210419</v>
+        <v>215529</v>
       </c>
       <c r="D35" s="282">
-        <v>16194</v>
+        <v>16637</v>
       </c>
       <c r="E35" s="282">
-        <v>736</v>
+        <v>1118</v>
       </c>
       <c r="F35" s="282">
-        <v>155707</v>
+        <v>154127</v>
       </c>
       <c r="G35" s="282">
-        <v>189081</v>
+        <v>194221</v>
       </c>
       <c r="H35" s="282">
-        <v>152898</v>
+        <v>151359</v>
       </c>
       <c r="I35" s="282">
-        <v>152239</v>
+        <v>150665</v>
       </c>
       <c r="J35" s="282">
-        <v>659</v>
+        <v>693</v>
       </c>
       <c r="K35" s="282">
-        <v>977</v>
+        <v>813</v>
       </c>
       <c r="L35" s="282">
-        <v>635</v>
+        <v>678</v>
       </c>
       <c r="M35" s="282">
-        <v>342</v>
+        <v>135</v>
       </c>
       <c r="N35" s="285">
-        <v>0.64</v>
+        <v>0.54</v>
       </c>
       <c r="O35" s="288">
-        <v>1832</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.45" customHeight="1" thickBot="1">
       <c r="A36" s="295" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="198"/>
       <c r="N36" s="199"/>
       <c r="O36" s="200"/>
     </row>
     <row r="37" spans="1:15" ht="13.5" customHeight="1">
       <c r="A37" s="20" t="s">
         <v>58</v>
       </c>
@@ -9468,57 +9468,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="203" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="203"/>
       <c r="F4" s="203"/>
       <c r="G4" s="177" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="177"/>
       <c r="I4" s="177"/>
       <c r="J4" s="14"/>
       <c r="K4" s="14"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="98" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="102" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="99" t="s">
         <v>82</v>
       </c>
@@ -9723,879 +9723,879 @@
       </c>
       <c r="K10" s="107" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="107" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="107" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="114" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="109" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="263" t="s">
         <v>70</v>
       </c>
       <c r="B11" s="267">
         <v>45406</v>
       </c>
       <c r="C11" s="267">
-        <v>1020486</v>
+        <v>1033806</v>
       </c>
       <c r="D11" s="267">
-        <v>80289</v>
+        <v>83733</v>
       </c>
       <c r="E11" s="267">
-        <v>3823</v>
+        <v>5954</v>
       </c>
       <c r="F11" s="267">
-        <v>659591</v>
+        <v>663302</v>
       </c>
       <c r="G11" s="267">
-        <v>825577</v>
+        <v>831261</v>
       </c>
       <c r="H11" s="267">
-        <v>631462</v>
+        <v>636410</v>
       </c>
       <c r="I11" s="267">
-        <v>630417</v>
+        <v>635541</v>
       </c>
       <c r="J11" s="267">
-        <v>1045</v>
+        <v>869</v>
       </c>
       <c r="K11" s="267">
-        <v>1583</v>
+        <v>1380</v>
       </c>
       <c r="L11" s="267">
-        <v>1414</v>
+        <v>1180</v>
       </c>
       <c r="M11" s="267">
-        <v>169</v>
+        <v>199</v>
       </c>
       <c r="N11" s="271">
-        <v>0.25</v>
+        <v>0.22</v>
       </c>
       <c r="O11" s="275">
-        <v>7539</v>
+        <v>7572</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.45" customHeight="1">
       <c r="A12" s="278" t="s">
         <v>178</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="181"/>
       <c r="F12" s="181"/>
       <c r="G12" s="181"/>
       <c r="H12" s="181"/>
       <c r="I12" s="181"/>
       <c r="J12" s="181"/>
       <c r="K12" s="181"/>
       <c r="L12" s="181"/>
       <c r="M12" s="181"/>
       <c r="N12" s="193"/>
       <c r="O12" s="179"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>179</v>
       </c>
       <c r="B13" s="282">
-        <v>43823</v>
+        <v>48653</v>
       </c>
       <c r="C13" s="282">
-        <v>871853</v>
+        <v>870702</v>
       </c>
       <c r="D13" s="282">
-        <v>61568</v>
+        <v>69142</v>
       </c>
       <c r="E13" s="282">
-        <v>2564</v>
+        <v>3886</v>
       </c>
       <c r="F13" s="282">
-        <v>529439</v>
+        <v>534971</v>
       </c>
       <c r="G13" s="282">
-        <v>717620</v>
+        <v>710635</v>
       </c>
       <c r="H13" s="282">
-        <v>509444</v>
+        <v>510928</v>
       </c>
       <c r="I13" s="282">
-        <v>509347</v>
+        <v>510817</v>
       </c>
       <c r="J13" s="282">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="K13" s="282">
-        <v>249</v>
+        <v>276</v>
       </c>
       <c r="L13" s="282">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="M13" s="282">
-        <v>78</v>
+        <v>109</v>
       </c>
       <c r="N13" s="285">
         <v>0.05</v>
       </c>
       <c r="O13" s="288">
-        <v>6413</v>
+        <v>6393</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.45" customHeight="1">
       <c r="A14" s="278" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="282">
         <v>87303</v>
       </c>
       <c r="C15" s="282">
-        <v>2214001</v>
+        <v>2313549</v>
       </c>
       <c r="D15" s="282">
-        <v>147840</v>
+        <v>153477</v>
       </c>
       <c r="E15" s="282">
-        <v>7803</v>
+        <v>11602</v>
       </c>
       <c r="F15" s="282">
-        <v>1385275</v>
+        <v>1426604</v>
       </c>
       <c r="G15" s="282">
-        <v>1976899</v>
+        <v>2052983</v>
       </c>
       <c r="H15" s="282">
-        <v>1355404</v>
+        <v>1391407</v>
       </c>
       <c r="I15" s="282">
-        <v>1354708</v>
+        <v>1390672</v>
       </c>
       <c r="J15" s="282">
-        <v>695</v>
+        <v>735</v>
       </c>
       <c r="K15" s="282">
-        <v>746</v>
+        <v>781</v>
       </c>
       <c r="L15" s="282">
-        <v>635</v>
+        <v>663</v>
       </c>
       <c r="M15" s="282">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="N15" s="285">
         <v>0.06</v>
       </c>
       <c r="O15" s="288">
-        <v>16183</v>
+        <v>16518</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.45" customHeight="1">
       <c r="A16" s="278" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="282">
         <v>110735</v>
       </c>
       <c r="C17" s="282">
-        <v>2769009</v>
+        <v>2826992</v>
       </c>
       <c r="D17" s="282">
-        <v>190234</v>
+        <v>197996</v>
       </c>
       <c r="E17" s="282">
-        <v>15211</v>
+        <v>20975</v>
       </c>
       <c r="F17" s="282">
-        <v>1697030</v>
+        <v>1724154</v>
       </c>
       <c r="G17" s="282">
-        <v>2299570</v>
+        <v>2316203</v>
       </c>
       <c r="H17" s="282">
-        <v>1645207</v>
+        <v>1669421</v>
       </c>
       <c r="I17" s="282">
-        <v>1643040</v>
+        <v>1667048</v>
       </c>
       <c r="J17" s="282">
-        <v>2167</v>
+        <v>2373</v>
       </c>
       <c r="K17" s="282">
-        <v>2913</v>
+        <v>2909</v>
       </c>
       <c r="L17" s="282">
-        <v>2301</v>
+        <v>2764</v>
       </c>
       <c r="M17" s="282">
-        <v>612</v>
+        <v>144</v>
       </c>
       <c r="N17" s="285">
-        <v>0.18</v>
+        <v>0.17</v>
       </c>
       <c r="O17" s="288">
-        <v>22318</v>
+        <v>22631</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.45" customHeight="1">
       <c r="A18" s="278" t="s">
         <v>184</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>185</v>
       </c>
       <c r="B19" s="282">
         <v>146320</v>
       </c>
       <c r="C19" s="282">
-        <v>4045119</v>
+        <v>4179283</v>
       </c>
       <c r="D19" s="282">
-        <v>272855</v>
+        <v>285726</v>
       </c>
       <c r="E19" s="282">
-        <v>23330</v>
+        <v>33066</v>
       </c>
       <c r="F19" s="282">
-        <v>2449276</v>
+        <v>2556385</v>
       </c>
       <c r="G19" s="282">
-        <v>3387710</v>
+        <v>3531363</v>
       </c>
       <c r="H19" s="282">
-        <v>2417350</v>
+        <v>2520316</v>
       </c>
       <c r="I19" s="282">
-        <v>2414720</v>
+        <v>2517559</v>
       </c>
       <c r="J19" s="282">
-        <v>2631</v>
+        <v>2757</v>
       </c>
       <c r="K19" s="282">
-        <v>3584</v>
+        <v>3734</v>
       </c>
       <c r="L19" s="282">
-        <v>2649</v>
+        <v>2769</v>
       </c>
       <c r="M19" s="282">
-        <v>935</v>
+        <v>964</v>
       </c>
       <c r="N19" s="285">
         <v>0.15</v>
       </c>
       <c r="O19" s="288">
-        <v>28898</v>
+        <v>30145</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.45" customHeight="1">
       <c r="A20" s="278" t="s">
         <v>186</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="191"/>
       <c r="N20" s="195"/>
       <c r="O20" s="197"/>
     </row>
     <row r="21" spans="1:15" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>187</v>
       </c>
       <c r="B21" s="282">
         <v>47036</v>
       </c>
       <c r="C21" s="282">
-        <v>898618</v>
+        <v>898351</v>
       </c>
       <c r="D21" s="282">
-        <v>73912</v>
+        <v>77091</v>
       </c>
       <c r="E21" s="282">
-        <v>4655</v>
+        <v>6777</v>
       </c>
       <c r="F21" s="282">
-        <v>533317</v>
+        <v>541569</v>
       </c>
       <c r="G21" s="282">
-        <v>657135</v>
+        <v>671776</v>
       </c>
       <c r="H21" s="282">
-        <v>512243</v>
+        <v>515947</v>
       </c>
       <c r="I21" s="282">
-        <v>511511</v>
+        <v>515174</v>
       </c>
       <c r="J21" s="282">
-        <v>731</v>
+        <v>773</v>
       </c>
       <c r="K21" s="282">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="L21" s="282">
-        <v>727</v>
+        <v>763</v>
       </c>
       <c r="M21" s="282">
-        <v>184</v>
+        <v>165</v>
       </c>
       <c r="N21" s="285">
         <v>0.18</v>
       </c>
       <c r="O21" s="288">
-        <v>6510</v>
+        <v>6522</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.45" customHeight="1">
       <c r="A22" s="278" t="s">
         <v>188</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="191"/>
       <c r="N22" s="195"/>
       <c r="O22" s="197"/>
     </row>
     <row r="23" spans="1:15" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>189</v>
       </c>
       <c r="B23" s="282">
         <v>84250</v>
       </c>
       <c r="C23" s="282">
-        <v>978170</v>
+        <v>1005460</v>
       </c>
       <c r="D23" s="282">
-        <v>99041</v>
+        <v>101561</v>
       </c>
       <c r="E23" s="282">
-        <v>6281</v>
+        <v>8845</v>
       </c>
       <c r="F23" s="282">
-        <v>630830</v>
+        <v>622051</v>
       </c>
       <c r="G23" s="282">
-        <v>800133</v>
+        <v>829003</v>
       </c>
       <c r="H23" s="282">
-        <v>545941</v>
+        <v>541423</v>
       </c>
       <c r="I23" s="282">
-        <v>545285</v>
+        <v>540758</v>
       </c>
       <c r="J23" s="282">
-        <v>656</v>
+        <v>665</v>
       </c>
       <c r="K23" s="282">
-        <v>1047</v>
+        <v>1023</v>
       </c>
       <c r="L23" s="282">
-        <v>674</v>
+        <v>692</v>
       </c>
       <c r="M23" s="282">
-        <v>374</v>
+        <v>331</v>
       </c>
       <c r="N23" s="285">
         <v>0.19</v>
       </c>
       <c r="O23" s="288">
-        <v>7967</v>
+        <v>7913</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.45" customHeight="1">
       <c r="A24" s="278" t="s">
         <v>190</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="191"/>
       <c r="N24" s="195"/>
       <c r="O24" s="197"/>
     </row>
     <row r="25" spans="1:15" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>191</v>
       </c>
       <c r="B25" s="282">
         <v>122992</v>
       </c>
       <c r="C25" s="282">
-        <v>3012380</v>
+        <v>3031951</v>
       </c>
       <c r="D25" s="282">
-        <v>202482</v>
+        <v>210584</v>
       </c>
       <c r="E25" s="282">
-        <v>14028</v>
+        <v>21387</v>
       </c>
       <c r="F25" s="282">
-        <v>1886017</v>
+        <v>1932740</v>
       </c>
       <c r="G25" s="282">
-        <v>2513574</v>
+        <v>2514115</v>
       </c>
       <c r="H25" s="282">
-        <v>1832476</v>
+        <v>1866252</v>
       </c>
       <c r="I25" s="282">
-        <v>1830630</v>
+        <v>1864001</v>
       </c>
       <c r="J25" s="282">
-        <v>1846</v>
+        <v>2251</v>
       </c>
       <c r="K25" s="282">
-        <v>2793</v>
+        <v>2843</v>
       </c>
       <c r="L25" s="282">
-        <v>2071</v>
+        <v>2164</v>
       </c>
       <c r="M25" s="282">
-        <v>722</v>
+        <v>679</v>
       </c>
       <c r="N25" s="285">
         <v>0.15</v>
       </c>
       <c r="O25" s="288">
-        <v>23005</v>
+        <v>23463</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.45" customHeight="1">
       <c r="A26" s="278" t="s">
         <v>192</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="191"/>
       <c r="N26" s="195"/>
       <c r="O26" s="197"/>
     </row>
     <row r="27" spans="1:15" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>193</v>
       </c>
       <c r="B27" s="282">
         <v>19576</v>
       </c>
       <c r="C27" s="282">
-        <v>379138</v>
+        <v>392055</v>
       </c>
       <c r="D27" s="282">
-        <v>34965</v>
+        <v>35743</v>
       </c>
       <c r="E27" s="282">
-        <v>1005</v>
+        <v>1428</v>
       </c>
       <c r="F27" s="282">
-        <v>255506</v>
+        <v>269505</v>
       </c>
       <c r="G27" s="282">
-        <v>332874</v>
+        <v>344139</v>
       </c>
       <c r="H27" s="282">
-        <v>245428</v>
+        <v>255947</v>
       </c>
       <c r="I27" s="282">
-        <v>244996</v>
+        <v>255479</v>
       </c>
       <c r="J27" s="282">
-        <v>432</v>
+        <v>469</v>
       </c>
       <c r="K27" s="282">
-        <v>450</v>
+        <v>486</v>
       </c>
       <c r="L27" s="282">
-        <v>391</v>
+        <v>417</v>
       </c>
       <c r="M27" s="282">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="N27" s="285">
-        <v>0.18</v>
+        <v>0.19</v>
       </c>
       <c r="O27" s="288">
-        <v>3672</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.45" customHeight="1">
       <c r="A28" s="290" t="s">
         <v>194</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="191"/>
       <c r="N28" s="195"/>
       <c r="O28" s="197"/>
     </row>
     <row r="29" spans="1:15" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>195</v>
       </c>
       <c r="B29" s="282">
         <v>171285</v>
       </c>
       <c r="C29" s="282">
-        <v>5605515</v>
+        <v>5710271</v>
       </c>
       <c r="D29" s="282">
-        <v>390305</v>
+        <v>417016</v>
       </c>
       <c r="E29" s="282">
-        <v>38000</v>
+        <v>55072</v>
       </c>
       <c r="F29" s="282">
-        <v>3443240</v>
+        <v>3529539</v>
       </c>
       <c r="G29" s="282">
-        <v>4675267</v>
+        <v>4666368</v>
       </c>
       <c r="H29" s="282">
-        <v>3348319</v>
+        <v>3415984</v>
       </c>
       <c r="I29" s="282">
-        <v>3343937</v>
+        <v>3411272</v>
       </c>
       <c r="J29" s="282">
-        <v>4382</v>
+        <v>4712</v>
       </c>
       <c r="K29" s="282">
-        <v>4897</v>
+        <v>4723</v>
       </c>
       <c r="L29" s="282">
-        <v>2774</v>
+        <v>2843</v>
       </c>
       <c r="M29" s="282">
-        <v>2123</v>
+        <v>1880</v>
       </c>
       <c r="N29" s="285">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
       <c r="O29" s="288">
-        <v>40995</v>
+        <v>41936</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.45" customHeight="1">
       <c r="A30" s="278" t="s">
         <v>196</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="191"/>
       <c r="N30" s="195"/>
       <c r="O30" s="197"/>
     </row>
     <row r="31" spans="1:15" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="282">
         <v>10000</v>
       </c>
       <c r="C31" s="282">
-        <v>59541</v>
+        <v>64662</v>
       </c>
       <c r="D31" s="282">
-        <v>8109</v>
+        <v>7950</v>
       </c>
       <c r="E31" s="282">
-        <v>-638</v>
+        <v>-869</v>
       </c>
       <c r="F31" s="282">
-        <v>28462</v>
+        <v>32559</v>
       </c>
       <c r="G31" s="282">
-        <v>49753</v>
+        <v>54906</v>
       </c>
       <c r="H31" s="282">
-        <v>28264</v>
+        <v>32279</v>
       </c>
       <c r="I31" s="282">
-        <v>28259</v>
+        <v>32273</v>
       </c>
       <c r="J31" s="282">
+        <v>6</v>
+      </c>
+      <c r="K31" s="282">
+        <v>6</v>
+      </c>
+      <c r="L31" s="282">
         <v>5</v>
       </c>
-      <c r="K31" s="282">
-[...4 lines deleted...]
-      </c>
       <c r="M31" s="282">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="N31" s="285">
         <v>0.02</v>
       </c>
       <c r="O31" s="288">
-        <v>332</v>
+        <v>377</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.45" customHeight="1">
       <c r="A32" s="278" t="s">
         <v>198</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="191"/>
       <c r="N32" s="195"/>
       <c r="O32" s="197"/>
     </row>
     <row r="33" spans="1:15" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>199</v>
       </c>
       <c r="B33" s="282">
         <v>20000</v>
       </c>
       <c r="C33" s="282">
-        <v>95124</v>
+        <v>101758</v>
       </c>
       <c r="D33" s="282">
-        <v>15988</v>
+        <v>15961</v>
       </c>
       <c r="E33" s="282">
-        <v>-448</v>
+        <v>-505</v>
       </c>
       <c r="F33" s="282">
-        <v>68201</v>
+        <v>73289</v>
       </c>
       <c r="G33" s="282">
-        <v>78157</v>
+        <v>83974</v>
       </c>
       <c r="H33" s="282">
-        <v>68201</v>
+        <v>73289</v>
       </c>
       <c r="I33" s="282">
-        <v>68097</v>
+        <v>73185</v>
       </c>
       <c r="J33" s="282">
         <v>104</v>
       </c>
       <c r="K33" s="282">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="L33" s="282">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="M33" s="282">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N33" s="285">
-        <v>0.21</v>
+        <v>0.2</v>
       </c>
       <c r="O33" s="288">
-        <v>739</v>
+        <v>797</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.45" customHeight="1">
       <c r="A34" s="278" t="s">
         <v>200</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="191"/>
       <c r="N34" s="195"/>
       <c r="O34" s="197"/>
     </row>
     <row r="35" spans="1:15" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>201</v>
       </c>
       <c r="B35" s="282">
         <v>10000</v>
       </c>
       <c r="C35" s="282">
-        <v>55894</v>
+        <v>55765</v>
       </c>
       <c r="D35" s="282">
-        <v>7309</v>
+        <v>7236</v>
       </c>
       <c r="E35" s="282">
-        <v>-368</v>
+        <v>-508</v>
       </c>
       <c r="F35" s="282">
-        <v>21188</v>
+        <v>22278</v>
       </c>
       <c r="G35" s="282">
-        <v>42417</v>
+        <v>41896</v>
       </c>
       <c r="H35" s="282">
-        <v>21188</v>
+        <v>22278</v>
       </c>
       <c r="I35" s="282">
-        <v>21188</v>
+        <v>22278</v>
       </c>
       <c r="J35" s="282">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K35" s="282">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L35" s="282">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M35" s="293">
         <v>0</v>
       </c>
       <c r="N35" s="285">
         <v>0.02</v>
       </c>
       <c r="O35" s="288">
-        <v>230</v>
+        <v>244</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.45" customHeight="1" thickBot="1">
       <c r="A36" s="295" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="198"/>
       <c r="N36" s="199"/>
       <c r="O36" s="200"/>
     </row>
     <row r="37" spans="1:15" ht="13.5" customHeight="1">
       <c r="A37" s="20"/>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
@@ -11041,57 +11041,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="225" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="225"/>
       <c r="F4" s="225"/>
       <c r="G4" s="226" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="226"/>
       <c r="I4" s="226"/>
       <c r="J4" s="19"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="123" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="122" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="119" t="s">
         <v>82</v>
       </c>
@@ -11295,886 +11295,886 @@
       </c>
       <c r="J10" s="141" t="s">
         <v>110</v>
       </c>
       <c r="K10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="138" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="132" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="301" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="268">
-        <v>39639</v>
+        <v>43995</v>
       </c>
       <c r="C11" s="268">
-        <v>3847312</v>
+        <v>3939424</v>
       </c>
       <c r="D11" s="268">
-        <v>151765</v>
+        <v>157228</v>
       </c>
       <c r="E11" s="302">
-        <v>14828</v>
+        <v>20010</v>
       </c>
       <c r="F11" s="302">
-        <v>1935559</v>
+        <v>2064644</v>
       </c>
       <c r="G11" s="302">
-        <v>1849464</v>
+        <v>1883539</v>
       </c>
       <c r="H11" s="302">
-        <v>1231817</v>
+        <v>1258104</v>
       </c>
       <c r="I11" s="302">
-        <v>1231805</v>
+        <v>1258092</v>
       </c>
       <c r="J11" s="302">
         <v>12</v>
       </c>
       <c r="K11" s="302">
         <v>12</v>
       </c>
       <c r="L11" s="302">
         <v>12</v>
       </c>
-      <c r="M11" s="303">
-[...6 lines deleted...]
-        <v>20270</v>
+      <c r="M11" s="302">
+        <v>0</v>
+      </c>
+      <c r="N11" s="306">
+        <v>0</v>
+      </c>
+      <c r="O11" s="307">
+        <v>19722</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A12" s="311" t="s">
+      <c r="A12" s="310" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="191"/>
       <c r="N12" s="195"/>
       <c r="O12" s="197"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>57</v>
       </c>
       <c r="B13" s="282">
         <v>4454</v>
       </c>
       <c r="C13" s="282">
-        <v>663023</v>
+        <v>627963</v>
       </c>
       <c r="D13" s="282">
-        <v>26359</v>
+        <v>29133</v>
       </c>
       <c r="E13" s="282">
-        <v>2128</v>
+        <v>2785</v>
       </c>
       <c r="F13" s="282">
-        <v>401274</v>
+        <v>433051</v>
       </c>
       <c r="G13" s="282">
-        <v>398995</v>
+        <v>344829</v>
       </c>
       <c r="H13" s="282">
-        <v>253696</v>
+        <v>269140</v>
       </c>
       <c r="I13" s="282">
-        <v>253696</v>
+        <v>269140</v>
       </c>
       <c r="J13" s="293">
         <v>0</v>
       </c>
       <c r="K13" s="293">
         <v>0</v>
       </c>
       <c r="L13" s="293">
         <v>0</v>
       </c>
       <c r="M13" s="293">
         <v>0</v>
       </c>
-      <c r="N13" s="314">
+      <c r="N13" s="313">
         <v>0</v>
       </c>
       <c r="O13" s="288">
-        <v>2590</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A14" s="310" t="s">
+      <c r="A14" s="309" t="s">
         <v>203</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>204</v>
       </c>
       <c r="B15" s="282">
         <v>390</v>
       </c>
       <c r="C15" s="282">
-        <v>136923</v>
+        <v>203398</v>
       </c>
       <c r="D15" s="282">
-        <v>12957</v>
+        <v>13386</v>
       </c>
       <c r="E15" s="282">
-        <v>1219</v>
+        <v>1607</v>
       </c>
       <c r="F15" s="282">
-        <v>26315</v>
+        <v>23935</v>
       </c>
       <c r="G15" s="282">
-        <v>99440</v>
+        <v>169208</v>
       </c>
       <c r="H15" s="282">
-        <v>22024</v>
+        <v>19826</v>
       </c>
       <c r="I15" s="282">
-        <v>22024</v>
+        <v>19826</v>
       </c>
       <c r="J15" s="293">
         <v>0</v>
       </c>
       <c r="K15" s="293">
         <v>0</v>
       </c>
       <c r="L15" s="293">
         <v>0</v>
       </c>
       <c r="M15" s="293">
         <v>0</v>
       </c>
-      <c r="N15" s="314">
+      <c r="N15" s="313">
         <v>0</v>
       </c>
       <c r="O15" s="288">
-        <v>230</v>
+        <v>198</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A16" s="310" t="s">
+      <c r="A16" s="309" t="s">
         <v>205</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="25" t="s">
         <v>206</v>
       </c>
       <c r="B17" s="282">
         <v>1000</v>
       </c>
       <c r="C17" s="282">
-        <v>24296</v>
+        <v>24237</v>
       </c>
       <c r="D17" s="282">
-        <v>5202</v>
+        <v>5257</v>
       </c>
       <c r="E17" s="282">
-        <v>93</v>
+        <v>116</v>
       </c>
       <c r="F17" s="282">
-        <v>25772</v>
+        <v>25011</v>
       </c>
       <c r="G17" s="282">
-        <v>8129</v>
+        <v>8400</v>
       </c>
       <c r="H17" s="282">
-        <v>18514</v>
+        <v>18394</v>
       </c>
       <c r="I17" s="282">
-        <v>18502</v>
+        <v>18382</v>
       </c>
       <c r="J17" s="282">
         <v>12</v>
       </c>
       <c r="K17" s="282">
         <v>12</v>
       </c>
       <c r="L17" s="282">
         <v>12</v>
       </c>
       <c r="M17" s="293">
         <v>0</v>
       </c>
       <c r="N17" s="285">
         <v>0.06</v>
       </c>
       <c r="O17" s="288">
-        <v>1831</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A18" s="310" t="s">
+      <c r="A18" s="309" t="s">
         <v>207</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="25" t="s">
         <v>208</v>
       </c>
       <c r="B19" s="282">
         <v>665</v>
       </c>
       <c r="C19" s="282">
-        <v>9256</v>
+        <v>7111</v>
       </c>
       <c r="D19" s="282">
-        <v>992</v>
+        <v>1007</v>
       </c>
       <c r="E19" s="282">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="F19" s="282">
-        <v>17112</v>
+        <v>15949</v>
       </c>
       <c r="G19" s="282">
-        <v>240</v>
+        <v>159</v>
       </c>
       <c r="H19" s="282">
-        <v>7013</v>
+        <v>4940</v>
       </c>
       <c r="I19" s="282">
-        <v>7013</v>
+        <v>4940</v>
       </c>
       <c r="J19" s="293">
         <v>0</v>
       </c>
       <c r="K19" s="293">
         <v>0</v>
       </c>
       <c r="L19" s="293">
         <v>0</v>
       </c>
       <c r="M19" s="293">
         <v>0</v>
       </c>
-      <c r="N19" s="314">
+      <c r="N19" s="313">
         <v>0</v>
       </c>
       <c r="O19" s="288">
-        <v>88</v>
+        <v>79</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A20" s="310" t="s">
+      <c r="A20" s="309" t="s">
         <v>209</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="191"/>
       <c r="N20" s="195"/>
       <c r="O20" s="197"/>
     </row>
     <row r="21" spans="1:15" ht="12.6" customHeight="1">
       <c r="A21" s="25" t="s">
         <v>210</v>
       </c>
       <c r="B21" s="282">
         <v>200</v>
       </c>
       <c r="C21" s="282">
-        <v>7452</v>
+        <v>5664</v>
       </c>
       <c r="D21" s="282">
-        <v>1861</v>
+        <v>1943</v>
       </c>
       <c r="E21" s="282">
-        <v>-68</v>
+        <v>34</v>
       </c>
       <c r="F21" s="282">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G21" s="282">
         <v>7</v>
       </c>
       <c r="H21" s="293">
         <v>0</v>
       </c>
       <c r="I21" s="293">
         <v>0</v>
       </c>
       <c r="J21" s="293">
         <v>0</v>
       </c>
       <c r="K21" s="293">
         <v>0</v>
       </c>
       <c r="L21" s="293">
         <v>0</v>
       </c>
       <c r="M21" s="293">
         <v>0</v>
       </c>
-      <c r="N21" s="314">
-[...2 lines deleted...]
-      <c r="O21" s="317">
+      <c r="N21" s="313">
+        <v>0</v>
+      </c>
+      <c r="O21" s="316">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A22" s="310" t="s">
+      <c r="A22" s="309" t="s">
         <v>211</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="191"/>
       <c r="N22" s="195"/>
       <c r="O22" s="197"/>
     </row>
     <row r="23" spans="1:15" ht="12.6" customHeight="1">
       <c r="A23" s="25" t="s">
         <v>212</v>
       </c>
       <c r="B23" s="282">
         <v>200</v>
       </c>
       <c r="C23" s="282">
-        <v>153161</v>
+        <v>167400</v>
       </c>
       <c r="D23" s="282">
-        <v>7044</v>
+        <v>7156</v>
       </c>
       <c r="E23" s="282">
-        <v>-186</v>
+        <v>-108</v>
       </c>
       <c r="F23" s="282">
-        <v>90857</v>
+        <v>94355</v>
       </c>
       <c r="G23" s="282">
-        <v>3697</v>
+        <v>3704</v>
       </c>
       <c r="H23" s="282">
-        <v>60490</v>
+        <v>62971</v>
       </c>
       <c r="I23" s="282">
-        <v>60490</v>
+        <v>62971</v>
       </c>
       <c r="J23" s="293">
         <v>0</v>
       </c>
       <c r="K23" s="293">
         <v>0</v>
       </c>
       <c r="L23" s="293">
         <v>0</v>
       </c>
       <c r="M23" s="293">
         <v>0</v>
       </c>
-      <c r="N23" s="314">
+      <c r="N23" s="313">
         <v>0</v>
       </c>
       <c r="O23" s="288">
-        <v>589</v>
+        <v>606</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A24" s="310" t="s">
+      <c r="A24" s="309" t="s">
         <v>213</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="191"/>
       <c r="N24" s="195"/>
       <c r="O24" s="197"/>
     </row>
     <row r="25" spans="1:15" ht="12.6" customHeight="1">
       <c r="A25" s="25" t="s">
         <v>214</v>
       </c>
       <c r="B25" s="282">
         <v>200</v>
       </c>
       <c r="C25" s="282">
-        <v>22628</v>
+        <v>13456</v>
       </c>
       <c r="D25" s="282">
-        <v>3658</v>
+        <v>3181</v>
       </c>
       <c r="E25" s="282">
-        <v>572</v>
+        <v>855</v>
       </c>
       <c r="F25" s="293">
         <v>0</v>
       </c>
       <c r="G25" s="293">
         <v>0</v>
       </c>
       <c r="H25" s="293">
         <v>0</v>
       </c>
       <c r="I25" s="293">
         <v>0</v>
       </c>
       <c r="J25" s="293">
         <v>0</v>
       </c>
       <c r="K25" s="293">
         <v>0</v>
       </c>
       <c r="L25" s="293">
         <v>0</v>
       </c>
       <c r="M25" s="293">
         <v>0</v>
       </c>
-      <c r="N25" s="314">
-[...2 lines deleted...]
-      <c r="O25" s="317">
+      <c r="N25" s="313">
+        <v>0</v>
+      </c>
+      <c r="O25" s="316">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A26" s="310" t="s">
+      <c r="A26" s="309" t="s">
         <v>215</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="191"/>
       <c r="N26" s="195"/>
       <c r="O26" s="197"/>
     </row>
     <row r="27" spans="1:15" ht="12.6" customHeight="1">
       <c r="A27" s="25" t="s">
         <v>216</v>
       </c>
       <c r="B27" s="282">
         <v>1650</v>
       </c>
       <c r="C27" s="282">
-        <v>109696</v>
+        <v>80662</v>
       </c>
       <c r="D27" s="282">
-        <v>1929</v>
+        <v>2048</v>
       </c>
       <c r="E27" s="282">
-        <v>250</v>
+        <v>374</v>
       </c>
       <c r="F27" s="282">
-        <v>17922</v>
+        <v>18026</v>
       </c>
       <c r="G27" s="282">
-        <v>1818</v>
+        <v>2012</v>
       </c>
       <c r="H27" s="282">
-        <v>16728</v>
+        <v>16825</v>
       </c>
       <c r="I27" s="282">
-        <v>16728</v>
+        <v>16825</v>
       </c>
       <c r="J27" s="293">
         <v>0</v>
       </c>
       <c r="K27" s="293">
         <v>0</v>
       </c>
       <c r="L27" s="293">
         <v>0</v>
       </c>
       <c r="M27" s="293">
         <v>0</v>
       </c>
-      <c r="N27" s="314">
+      <c r="N27" s="313">
         <v>0</v>
       </c>
       <c r="O27" s="288">
-        <v>649</v>
+        <v>545</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A28" s="310" t="s">
+      <c r="A28" s="309" t="s">
         <v>217</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="191"/>
       <c r="N28" s="195"/>
       <c r="O28" s="197"/>
     </row>
     <row r="29" spans="1:15" ht="12.6" customHeight="1">
       <c r="A29" s="25" t="s">
         <v>218</v>
       </c>
       <c r="B29" s="282">
         <v>510</v>
       </c>
       <c r="C29" s="282">
-        <v>232993</v>
+        <v>174610</v>
       </c>
       <c r="D29" s="282">
-        <v>2218</v>
+        <v>2151</v>
       </c>
       <c r="E29" s="282">
-        <v>1005</v>
+        <v>829</v>
       </c>
       <c r="F29" s="282">
-        <v>22476</v>
+        <v>34136</v>
       </c>
       <c r="G29" s="282">
-        <v>175052</v>
+        <v>127591</v>
       </c>
       <c r="H29" s="282">
-        <v>8911</v>
+        <v>15489</v>
       </c>
       <c r="I29" s="282">
-        <v>8911</v>
+        <v>15489</v>
       </c>
       <c r="J29" s="293">
         <v>0</v>
       </c>
       <c r="K29" s="293">
         <v>0</v>
       </c>
       <c r="L29" s="293">
         <v>0</v>
       </c>
       <c r="M29" s="293">
         <v>0</v>
       </c>
-      <c r="N29" s="314">
+      <c r="N29" s="313">
         <v>0</v>
       </c>
       <c r="O29" s="288">
-        <v>89</v>
+        <v>155</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A30" s="310" t="s">
+      <c r="A30" s="309" t="s">
         <v>219</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="191"/>
       <c r="N30" s="195"/>
       <c r="O30" s="197"/>
     </row>
     <row r="31" spans="1:15" ht="12.6" customHeight="1">
       <c r="A31" s="25" t="s">
         <v>220</v>
       </c>
       <c r="B31" s="282">
         <v>881</v>
       </c>
       <c r="C31" s="282">
-        <v>40814</v>
+        <v>36810</v>
       </c>
       <c r="D31" s="282">
-        <v>2740</v>
+        <v>2897</v>
       </c>
       <c r="E31" s="282">
-        <v>91</v>
+        <v>216</v>
       </c>
       <c r="F31" s="282">
-        <v>39165</v>
+        <v>35741</v>
       </c>
       <c r="G31" s="282">
-        <v>16338</v>
+        <v>17036</v>
       </c>
       <c r="H31" s="282">
-        <v>37721</v>
+        <v>33654</v>
       </c>
       <c r="I31" s="282">
-        <v>37721</v>
+        <v>33654</v>
       </c>
       <c r="J31" s="293">
         <v>0</v>
       </c>
       <c r="K31" s="293">
         <v>0</v>
       </c>
       <c r="L31" s="293">
         <v>0</v>
       </c>
       <c r="M31" s="293">
         <v>0</v>
       </c>
-      <c r="N31" s="314">
+      <c r="N31" s="313">
         <v>0</v>
       </c>
       <c r="O31" s="288">
-        <v>430</v>
+        <v>378</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A32" s="310" t="s">
+      <c r="A32" s="309" t="s">
         <v>221</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="191"/>
       <c r="N32" s="195"/>
       <c r="O32" s="197"/>
     </row>
     <row r="33" spans="1:15" ht="12.6" customHeight="1">
       <c r="A33" s="25" t="s">
         <v>222</v>
       </c>
       <c r="B33" s="282">
         <v>2000</v>
       </c>
       <c r="C33" s="282">
-        <v>98657</v>
+        <v>92789</v>
       </c>
       <c r="D33" s="282">
-        <v>5006</v>
+        <v>4295</v>
       </c>
       <c r="E33" s="282">
-        <v>2356</v>
+        <v>1804</v>
       </c>
       <c r="F33" s="282">
-        <v>5843</v>
+        <v>8223</v>
       </c>
       <c r="G33" s="282">
-        <v>59698</v>
+        <v>64173</v>
       </c>
       <c r="H33" s="282">
-        <v>1806</v>
+        <v>5308</v>
       </c>
       <c r="I33" s="282">
-        <v>1806</v>
+        <v>5308</v>
       </c>
       <c r="J33" s="293">
         <v>0</v>
       </c>
       <c r="K33" s="293">
         <v>0</v>
       </c>
       <c r="L33" s="293">
         <v>0</v>
       </c>
       <c r="M33" s="293">
         <v>0</v>
       </c>
-      <c r="N33" s="314">
+      <c r="N33" s="313">
         <v>0</v>
       </c>
       <c r="O33" s="288">
-        <v>18</v>
+        <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A34" s="310" t="s">
+      <c r="A34" s="309" t="s">
         <v>223</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="191"/>
       <c r="N34" s="195"/>
       <c r="O34" s="197"/>
     </row>
     <row r="35" spans="1:15" ht="12.6" customHeight="1">
       <c r="A35" s="25" t="s">
         <v>224</v>
       </c>
       <c r="B35" s="282">
         <v>200</v>
       </c>
       <c r="C35" s="282">
-        <v>188898</v>
+        <v>189833</v>
       </c>
       <c r="D35" s="282">
-        <v>7178</v>
+        <v>7460</v>
       </c>
       <c r="E35" s="282">
-        <v>532</v>
+        <v>796</v>
       </c>
       <c r="F35" s="282">
-        <v>179055</v>
+        <v>178309</v>
       </c>
       <c r="G35" s="282">
-        <v>45332</v>
+        <v>43034</v>
       </c>
       <c r="H35" s="282">
-        <v>113281</v>
+        <v>104766</v>
       </c>
       <c r="I35" s="282">
-        <v>113281</v>
+        <v>104766</v>
       </c>
       <c r="J35" s="293">
         <v>0</v>
       </c>
       <c r="K35" s="293">
         <v>0</v>
       </c>
       <c r="L35" s="293">
         <v>0</v>
       </c>
       <c r="M35" s="293">
         <v>0</v>
       </c>
-      <c r="N35" s="314">
+      <c r="N35" s="313">
         <v>0</v>
       </c>
       <c r="O35" s="288">
-        <v>1953</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A36" s="319" t="s">
+      <c r="A36" s="318" t="s">
         <v>225</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="198"/>
       <c r="N36" s="199"/>
       <c r="O36" s="200"/>
     </row>
     <row r="37" spans="1:15" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -12601,57 +12601,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="225" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="225"/>
       <c r="F4" s="225"/>
       <c r="G4" s="226" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="226"/>
       <c r="I4" s="226"/>
       <c r="J4" s="19"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="123" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="122" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="119" t="s">
         <v>82</v>
       </c>
@@ -12858,883 +12858,883 @@
       </c>
       <c r="K10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="138" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="132" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="300" t="s">
         <v>71</v>
       </c>
       <c r="B11" s="267">
         <v>890</v>
       </c>
       <c r="C11" s="267">
-        <v>243372</v>
+        <v>223956</v>
       </c>
       <c r="D11" s="267">
-        <v>3323</v>
+        <v>4000</v>
       </c>
       <c r="E11" s="282">
-        <v>1548</v>
+        <v>2291</v>
       </c>
       <c r="F11" s="282">
-        <v>88990</v>
+        <v>96198</v>
       </c>
       <c r="G11" s="282">
-        <v>100446</v>
+        <v>84622</v>
       </c>
       <c r="H11" s="282">
-        <v>60054</v>
+        <v>65200</v>
       </c>
       <c r="I11" s="282">
-        <v>60054</v>
+        <v>65200</v>
       </c>
       <c r="J11" s="293">
         <v>0</v>
       </c>
       <c r="K11" s="293">
         <v>0</v>
       </c>
       <c r="L11" s="293">
         <v>0</v>
       </c>
       <c r="M11" s="293">
         <v>0</v>
       </c>
-      <c r="N11" s="314">
+      <c r="N11" s="313">
         <v>0</v>
       </c>
       <c r="O11" s="288">
-        <v>853</v>
+        <v>862</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A12" s="310" t="s">
+      <c r="A12" s="309" t="s">
         <v>226</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="191"/>
       <c r="N12" s="195"/>
       <c r="O12" s="197"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>227</v>
       </c>
       <c r="B13" s="282">
         <v>1542</v>
       </c>
       <c r="C13" s="282">
-        <v>27938</v>
+        <v>18248</v>
       </c>
       <c r="D13" s="282">
-        <v>2004</v>
+        <v>2060</v>
       </c>
       <c r="E13" s="282">
-        <v>152</v>
+        <v>198</v>
       </c>
       <c r="F13" s="282">
-        <v>38915</v>
+        <v>31305</v>
       </c>
       <c r="G13" s="282">
-        <v>902</v>
+        <v>45</v>
       </c>
       <c r="H13" s="282">
-        <v>25016</v>
+        <v>14822</v>
       </c>
       <c r="I13" s="282">
-        <v>25016</v>
+        <v>14822</v>
       </c>
       <c r="J13" s="293">
         <v>0</v>
       </c>
       <c r="K13" s="293">
         <v>0</v>
       </c>
       <c r="L13" s="293">
         <v>0</v>
       </c>
       <c r="M13" s="293">
         <v>0</v>
       </c>
-      <c r="N13" s="314">
+      <c r="N13" s="313">
         <v>0</v>
       </c>
       <c r="O13" s="288">
-        <v>751</v>
+        <v>683</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A14" s="310" t="s">
+      <c r="A14" s="309" t="s">
         <v>228</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>229</v>
       </c>
       <c r="B15" s="282">
         <v>2904</v>
       </c>
       <c r="C15" s="282">
-        <v>152909</v>
+        <v>144197</v>
       </c>
       <c r="D15" s="282">
-        <v>3219</v>
+        <v>3300</v>
       </c>
       <c r="E15" s="282">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="F15" s="282">
-        <v>83807</v>
+        <v>94316</v>
       </c>
       <c r="G15" s="282">
-        <v>9593</v>
+        <v>5319</v>
       </c>
       <c r="H15" s="282">
-        <v>68904</v>
+        <v>79544</v>
       </c>
       <c r="I15" s="282">
-        <v>68904</v>
+        <v>79544</v>
       </c>
       <c r="J15" s="293">
         <v>0</v>
       </c>
       <c r="K15" s="293">
         <v>0</v>
       </c>
       <c r="L15" s="293">
         <v>0</v>
       </c>
       <c r="M15" s="293">
         <v>0</v>
       </c>
-      <c r="N15" s="314">
+      <c r="N15" s="313">
         <v>0</v>
       </c>
       <c r="O15" s="288">
-        <v>689</v>
+        <v>795</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A16" s="310" t="s">
+      <c r="A16" s="309" t="s">
         <v>230</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="25" t="s">
         <v>231</v>
       </c>
       <c r="B17" s="282">
         <v>2761</v>
       </c>
       <c r="C17" s="282">
-        <v>192202</v>
+        <v>226398</v>
       </c>
       <c r="D17" s="282">
-        <v>6296</v>
+        <v>6745</v>
       </c>
       <c r="E17" s="282">
-        <v>573</v>
+        <v>1113</v>
       </c>
       <c r="F17" s="282">
-        <v>177890</v>
+        <v>164793</v>
       </c>
       <c r="G17" s="282">
-        <v>124584</v>
+        <v>106829</v>
       </c>
       <c r="H17" s="282">
-        <v>74710</v>
+        <v>75225</v>
       </c>
       <c r="I17" s="282">
-        <v>74710</v>
+        <v>75225</v>
       </c>
       <c r="J17" s="293">
         <v>0</v>
       </c>
       <c r="K17" s="293">
         <v>0</v>
       </c>
       <c r="L17" s="293">
         <v>0</v>
       </c>
       <c r="M17" s="293">
         <v>0</v>
       </c>
-      <c r="N17" s="314">
+      <c r="N17" s="313">
         <v>0</v>
       </c>
       <c r="O17" s="288">
-        <v>1122</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A18" s="310" t="s">
+      <c r="A18" s="309" t="s">
         <v>232</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="25" t="s">
         <v>233</v>
       </c>
       <c r="B19" s="282">
         <v>1040</v>
       </c>
       <c r="C19" s="282">
-        <v>181248</v>
+        <v>188981</v>
       </c>
       <c r="D19" s="282">
-        <v>2781</v>
+        <v>3208</v>
       </c>
       <c r="E19" s="282">
-        <v>822</v>
+        <v>1255</v>
       </c>
       <c r="F19" s="282">
-        <v>72687</v>
+        <v>74701</v>
       </c>
       <c r="G19" s="282">
-        <v>117074</v>
+        <v>114981</v>
       </c>
       <c r="H19" s="282">
-        <v>72687</v>
+        <v>74701</v>
       </c>
       <c r="I19" s="282">
-        <v>72687</v>
+        <v>74701</v>
       </c>
       <c r="J19" s="293">
         <v>0</v>
       </c>
       <c r="K19" s="293">
         <v>0</v>
       </c>
       <c r="L19" s="293">
         <v>0</v>
       </c>
       <c r="M19" s="293">
         <v>0</v>
       </c>
-      <c r="N19" s="314">
+      <c r="N19" s="313">
         <v>0</v>
       </c>
       <c r="O19" s="288">
         <v>451</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A20" s="310" t="s">
+      <c r="A20" s="309" t="s">
         <v>234</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="191"/>
       <c r="N20" s="195"/>
       <c r="O20" s="197"/>
     </row>
     <row r="21" spans="1:15" ht="12.6" customHeight="1">
       <c r="A21" s="25" t="s">
         <v>235</v>
       </c>
       <c r="B21" s="282">
-        <v>430</v>
+        <v>1580</v>
       </c>
       <c r="C21" s="282">
-        <v>210677</v>
+        <v>275369</v>
       </c>
       <c r="D21" s="282">
-        <v>3840</v>
+        <v>3999</v>
       </c>
       <c r="E21" s="282">
-        <v>-23</v>
+        <v>221</v>
       </c>
       <c r="F21" s="282">
-        <v>106134</v>
+        <v>162888</v>
       </c>
       <c r="G21" s="282">
-        <v>99125</v>
+        <v>108133</v>
       </c>
       <c r="H21" s="282">
-        <v>48968</v>
+        <v>42085</v>
       </c>
       <c r="I21" s="282">
-        <v>48968</v>
+        <v>42085</v>
       </c>
       <c r="J21" s="293">
         <v>0</v>
       </c>
       <c r="K21" s="293">
         <v>0</v>
       </c>
       <c r="L21" s="293">
         <v>0</v>
       </c>
       <c r="M21" s="293">
         <v>0</v>
       </c>
-      <c r="N21" s="314">
+      <c r="N21" s="313">
         <v>0</v>
       </c>
       <c r="O21" s="288">
-        <v>897</v>
+        <v>694</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A22" s="310" t="s">
+      <c r="A22" s="309" t="s">
         <v>236</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="191"/>
       <c r="N22" s="195"/>
       <c r="O22" s="197"/>
     </row>
     <row r="23" spans="1:15" ht="12.6" customHeight="1">
       <c r="A23" s="25" t="s">
         <v>237</v>
       </c>
       <c r="B23" s="282">
         <v>200</v>
       </c>
       <c r="C23" s="282">
-        <v>870</v>
+        <v>894</v>
       </c>
       <c r="D23" s="282">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="E23" s="282">
-        <v>10</v>
+        <v>-3</v>
       </c>
       <c r="F23" s="293">
         <v>0</v>
       </c>
       <c r="G23" s="293">
         <v>0</v>
       </c>
       <c r="H23" s="293">
         <v>0</v>
       </c>
       <c r="I23" s="293">
         <v>0</v>
       </c>
       <c r="J23" s="293">
         <v>0</v>
       </c>
       <c r="K23" s="293">
         <v>0</v>
       </c>
       <c r="L23" s="293">
         <v>0</v>
       </c>
       <c r="M23" s="293">
         <v>0</v>
       </c>
-      <c r="N23" s="314">
-[...2 lines deleted...]
-      <c r="O23" s="317">
+      <c r="N23" s="313">
+        <v>0</v>
+      </c>
+      <c r="O23" s="316">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A24" s="310" t="s">
+      <c r="A24" s="309" t="s">
         <v>238</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="191"/>
       <c r="N24" s="195"/>
       <c r="O24" s="197"/>
     </row>
     <row r="25" spans="1:15" ht="12.6" customHeight="1">
       <c r="A25" s="25" t="s">
         <v>239</v>
       </c>
       <c r="B25" s="282">
         <v>1620</v>
       </c>
       <c r="C25" s="282">
-        <v>330976</v>
+        <v>356156</v>
       </c>
       <c r="D25" s="282">
-        <v>21807</v>
+        <v>19819</v>
       </c>
       <c r="E25" s="282">
-        <v>1878</v>
+        <v>3052</v>
       </c>
       <c r="F25" s="282">
-        <v>127582</v>
+        <v>137045</v>
       </c>
       <c r="G25" s="282">
-        <v>183742</v>
+        <v>195173</v>
       </c>
       <c r="H25" s="282">
-        <v>100153</v>
+        <v>108360</v>
       </c>
       <c r="I25" s="282">
-        <v>100153</v>
+        <v>108360</v>
       </c>
       <c r="J25" s="293">
         <v>0</v>
       </c>
       <c r="K25" s="293">
         <v>0</v>
       </c>
       <c r="L25" s="293">
         <v>0</v>
       </c>
       <c r="M25" s="293">
         <v>0</v>
       </c>
-      <c r="N25" s="314">
+      <c r="N25" s="313">
         <v>0</v>
       </c>
       <c r="O25" s="288">
-        <v>1938</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A26" s="310" t="s">
+      <c r="A26" s="309" t="s">
         <v>240</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="191"/>
       <c r="N26" s="195"/>
       <c r="O26" s="197"/>
     </row>
     <row r="27" spans="1:15" ht="12.6" customHeight="1">
       <c r="A27" s="25" t="s">
         <v>241</v>
       </c>
       <c r="B27" s="282">
         <v>3500</v>
       </c>
       <c r="C27" s="282">
-        <v>452554</v>
+        <v>527378</v>
       </c>
       <c r="D27" s="282">
-        <v>14920</v>
+        <v>14879</v>
       </c>
       <c r="E27" s="282">
-        <v>1081</v>
+        <v>1520</v>
       </c>
       <c r="F27" s="282">
-        <v>145523</v>
+        <v>144280</v>
       </c>
       <c r="G27" s="282">
-        <v>327674</v>
+        <v>410942</v>
       </c>
       <c r="H27" s="282">
-        <v>77528</v>
+        <v>79283</v>
       </c>
       <c r="I27" s="282">
-        <v>77528</v>
+        <v>79283</v>
       </c>
       <c r="J27" s="293">
         <v>0</v>
       </c>
       <c r="K27" s="293">
         <v>0</v>
       </c>
       <c r="L27" s="293">
         <v>0</v>
       </c>
       <c r="M27" s="293">
         <v>0</v>
       </c>
-      <c r="N27" s="314">
+      <c r="N27" s="313">
         <v>0</v>
       </c>
       <c r="O27" s="288">
-        <v>2573</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A28" s="310" t="s">
+      <c r="A28" s="309" t="s">
         <v>242</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="191"/>
       <c r="N28" s="195"/>
       <c r="O28" s="197"/>
     </row>
     <row r="29" spans="1:15" ht="12.6" customHeight="1">
       <c r="A29" s="25" t="s">
         <v>243</v>
       </c>
       <c r="B29" s="282">
         <v>1700</v>
       </c>
       <c r="C29" s="282">
-        <v>43053</v>
+        <v>45238</v>
       </c>
       <c r="D29" s="282">
-        <v>3018</v>
+        <v>3033</v>
       </c>
       <c r="E29" s="282">
-        <v>-96</v>
+        <v>-106</v>
       </c>
       <c r="F29" s="282">
-        <v>39813</v>
+        <v>40716</v>
       </c>
       <c r="G29" s="293">
         <v>0</v>
       </c>
       <c r="H29" s="282">
-        <v>39813</v>
+        <v>40716</v>
       </c>
       <c r="I29" s="282">
-        <v>39813</v>
+        <v>40716</v>
       </c>
       <c r="J29" s="293">
         <v>0</v>
       </c>
       <c r="K29" s="293">
         <v>0</v>
       </c>
       <c r="L29" s="293">
         <v>0</v>
       </c>
       <c r="M29" s="293">
         <v>0</v>
       </c>
-      <c r="N29" s="314">
+      <c r="N29" s="313">
         <v>0</v>
       </c>
       <c r="O29" s="288">
-        <v>654</v>
+        <v>653</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A30" s="310" t="s">
+      <c r="A30" s="309" t="s">
         <v>244</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="191"/>
       <c r="N30" s="195"/>
       <c r="O30" s="197"/>
     </row>
     <row r="31" spans="1:15" ht="12.6" customHeight="1">
       <c r="A31" s="25" t="s">
         <v>245</v>
       </c>
       <c r="B31" s="282">
         <v>1750</v>
       </c>
       <c r="C31" s="282">
-        <v>44629</v>
+        <v>52704</v>
       </c>
       <c r="D31" s="282">
-        <v>1970</v>
+        <v>1969</v>
       </c>
       <c r="E31" s="282">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="F31" s="282">
-        <v>73142</v>
+        <v>84083</v>
       </c>
       <c r="G31" s="293">
         <v>0</v>
       </c>
       <c r="H31" s="282">
-        <v>41404</v>
+        <v>49478</v>
       </c>
       <c r="I31" s="282">
-        <v>41404</v>
+        <v>49478</v>
       </c>
       <c r="J31" s="293">
         <v>0</v>
       </c>
       <c r="K31" s="293">
         <v>0</v>
       </c>
       <c r="L31" s="293">
         <v>0</v>
       </c>
       <c r="M31" s="293">
         <v>0</v>
       </c>
-      <c r="N31" s="314">
+      <c r="N31" s="313">
         <v>0</v>
       </c>
       <c r="O31" s="288">
-        <v>361</v>
+        <v>448</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A32" s="310" t="s">
+      <c r="A32" s="309" t="s">
         <v>246</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="191"/>
       <c r="N32" s="195"/>
       <c r="O32" s="197"/>
     </row>
     <row r="33" spans="1:15" ht="12.6" customHeight="1">
       <c r="A33" s="25" t="s">
         <v>247</v>
       </c>
       <c r="B33" s="282">
-        <v>2621</v>
+        <v>5827</v>
       </c>
       <c r="C33" s="282">
-        <v>55017</v>
+        <v>47288</v>
       </c>
       <c r="D33" s="282">
-        <v>3121</v>
+        <v>6488</v>
       </c>
       <c r="E33" s="282">
-        <v>76</v>
+        <v>227</v>
       </c>
       <c r="F33" s="282">
-        <v>60144</v>
+        <v>56236</v>
       </c>
       <c r="G33" s="282">
-        <v>6357</v>
+        <v>11022</v>
       </c>
       <c r="H33" s="282">
-        <v>19615</v>
+        <v>10809</v>
       </c>
       <c r="I33" s="282">
-        <v>19615</v>
+        <v>10809</v>
       </c>
       <c r="J33" s="293">
         <v>0</v>
       </c>
       <c r="K33" s="293">
         <v>0</v>
       </c>
       <c r="L33" s="293">
         <v>0</v>
       </c>
       <c r="M33" s="293">
         <v>0</v>
       </c>
-      <c r="N33" s="314">
+      <c r="N33" s="313">
         <v>0</v>
       </c>
       <c r="O33" s="288">
-        <v>198</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A34" s="310" t="s">
+      <c r="A34" s="309" t="s">
         <v>248</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="191"/>
       <c r="N34" s="195"/>
       <c r="O34" s="197"/>
     </row>
     <row r="35" spans="1:15" ht="12.6" customHeight="1">
       <c r="A35" s="25" t="s">
         <v>249</v>
       </c>
       <c r="B35" s="282">
         <v>4000</v>
       </c>
       <c r="C35" s="282">
-        <v>182819</v>
+        <v>162740</v>
       </c>
       <c r="D35" s="282">
-        <v>5426</v>
+        <v>4970</v>
       </c>
       <c r="E35" s="282">
-        <v>282</v>
+        <v>440</v>
       </c>
       <c r="F35" s="282">
-        <v>81228</v>
+        <v>87119</v>
       </c>
       <c r="G35" s="282">
-        <v>68633</v>
+        <v>63529</v>
       </c>
       <c r="H35" s="282">
-        <v>49176</v>
+        <v>50484</v>
       </c>
       <c r="I35" s="282">
-        <v>49176</v>
+        <v>50484</v>
       </c>
       <c r="J35" s="293">
         <v>0</v>
       </c>
       <c r="K35" s="293">
         <v>0</v>
       </c>
       <c r="L35" s="293">
         <v>0</v>
       </c>
       <c r="M35" s="293">
         <v>0</v>
       </c>
-      <c r="N35" s="314">
+      <c r="N35" s="313">
         <v>0</v>
       </c>
       <c r="O35" s="288">
-        <v>592</v>
+        <v>554</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A36" s="319" t="s">
+      <c r="A36" s="318" t="s">
         <v>250</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="198"/>
       <c r="N36" s="199"/>
       <c r="O36" s="200"/>
     </row>
     <row r="37" spans="1:15" ht="13.5" customHeight="1">
       <c r="A37" s="20" t="s">
         <v>58</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -14161,57 +14161,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="225" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="225"/>
       <c r="F4" s="225"/>
       <c r="G4" s="226" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="226"/>
       <c r="I4" s="226"/>
       <c r="J4" s="19"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="147" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="146" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="143" t="s">
         <v>82</v>
       </c>
@@ -14418,223 +14418,223 @@
       </c>
       <c r="K10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="162" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="156" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="300" t="s">
         <v>72</v>
       </c>
       <c r="B11" s="267">
         <v>401</v>
       </c>
       <c r="C11" s="267">
-        <v>26712</v>
+        <v>26876</v>
       </c>
       <c r="D11" s="267">
-        <v>491</v>
+        <v>428</v>
       </c>
       <c r="E11" s="282">
-        <v>137</v>
+        <v>31</v>
       </c>
       <c r="F11" s="282">
-        <v>8764</v>
+        <v>16577</v>
       </c>
       <c r="G11" s="293">
         <v>0</v>
       </c>
       <c r="H11" s="282">
         <v>8764</v>
       </c>
       <c r="I11" s="282">
         <v>8764</v>
       </c>
       <c r="J11" s="293">
         <v>0</v>
       </c>
       <c r="K11" s="293">
         <v>0</v>
       </c>
       <c r="L11" s="293">
         <v>0</v>
       </c>
       <c r="M11" s="293">
         <v>0</v>
       </c>
-      <c r="N11" s="314">
+      <c r="N11" s="313">
         <v>0</v>
       </c>
       <c r="O11" s="288">
-        <v>674</v>
+        <v>679</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A12" s="310" t="s">
+      <c r="A12" s="309" t="s">
         <v>251</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="191"/>
       <c r="N12" s="195"/>
       <c r="O12" s="197"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>252</v>
       </c>
       <c r="B13" s="282">
         <v>1100</v>
       </c>
       <c r="C13" s="282">
-        <v>9924</v>
+        <v>11424</v>
       </c>
       <c r="D13" s="282">
-        <v>1202</v>
+        <v>1235</v>
       </c>
       <c r="E13" s="282">
-        <v>75</v>
+        <v>116</v>
       </c>
       <c r="F13" s="282">
-        <v>1483</v>
+        <v>1470</v>
       </c>
       <c r="G13" s="282">
-        <v>907</v>
+        <v>864</v>
       </c>
       <c r="H13" s="282">
-        <v>1455</v>
+        <v>1437</v>
       </c>
       <c r="I13" s="282">
-        <v>1455</v>
+        <v>1437</v>
       </c>
       <c r="J13" s="293">
         <v>0</v>
       </c>
       <c r="K13" s="282">
         <v>0</v>
       </c>
-      <c r="L13" s="282">
-[...2 lines deleted...]
-      <c r="M13" s="293">
+      <c r="L13" s="293">
+        <v>0</v>
+      </c>
+      <c r="M13" s="282">
         <v>0</v>
       </c>
       <c r="N13" s="285">
-        <v>0</v>
+        <v>0.01</v>
       </c>
       <c r="O13" s="288">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A14" s="310" t="s">
+      <c r="A14" s="309" t="s">
         <v>253</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>254</v>
       </c>
       <c r="B15" s="282">
         <v>830</v>
       </c>
       <c r="C15" s="282">
-        <v>4614</v>
+        <v>7646</v>
       </c>
       <c r="D15" s="282">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="E15" s="282">
-        <v>-30</v>
+        <v>-36</v>
       </c>
       <c r="F15" s="282">
-        <v>3661</v>
+        <v>6177</v>
       </c>
       <c r="G15" s="282">
-        <v>1681</v>
+        <v>1926</v>
       </c>
       <c r="H15" s="282">
-        <v>3388</v>
+        <v>5880</v>
       </c>
       <c r="I15" s="282">
-        <v>3388</v>
+        <v>5880</v>
       </c>
       <c r="J15" s="293">
         <v>0</v>
       </c>
       <c r="K15" s="293">
         <v>0</v>
       </c>
       <c r="L15" s="293">
         <v>0</v>
       </c>
       <c r="M15" s="293">
         <v>0</v>
       </c>
-      <c r="N15" s="314">
+      <c r="N15" s="313">
         <v>0</v>
       </c>
       <c r="O15" s="288">
-        <v>34</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A16" s="310" t="s">
+      <c r="A16" s="309" t="s">
         <v>255</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="25"/>
       <c r="B17" s="190"/>
       <c r="C17" s="190"/>
       <c r="D17" s="190"/>
       <c r="E17" s="190"/>
       <c r="F17" s="190"/>
       <c r="G17" s="190"/>
@@ -15399,57 +15399,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>88</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="225" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="225"/>
       <c r="F4" s="225"/>
       <c r="G4" s="226" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="226"/>
       <c r="I4" s="226"/>
       <c r="J4" s="19"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="147" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="146" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="143" t="s">
         <v>82</v>
       </c>
@@ -15656,289 +15656,289 @@
       </c>
       <c r="K10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="162" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="156" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="301" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="268">
         <v>5909</v>
       </c>
       <c r="C11" s="268">
-        <v>1392136</v>
+        <v>1303356</v>
       </c>
       <c r="D11" s="268">
-        <v>36077</v>
+        <v>36712</v>
       </c>
       <c r="E11" s="302">
-        <v>2291</v>
+        <v>3093</v>
       </c>
       <c r="F11" s="302">
-        <v>155301</v>
+        <v>154245</v>
       </c>
       <c r="G11" s="302">
-        <v>154046</v>
+        <v>157066</v>
       </c>
       <c r="H11" s="302">
-        <v>151428</v>
+        <v>149597</v>
       </c>
       <c r="I11" s="302">
-        <v>151428</v>
-[...10 lines deleted...]
-      <c r="M11" s="303">
+        <v>149597</v>
+      </c>
+      <c r="J11" s="319">
+        <v>0</v>
+      </c>
+      <c r="K11" s="319">
+        <v>0</v>
+      </c>
+      <c r="L11" s="319">
+        <v>0</v>
+      </c>
+      <c r="M11" s="319">
         <v>0</v>
       </c>
       <c r="N11" s="320">
         <v>0</v>
       </c>
-      <c r="O11" s="308">
-        <v>1514</v>
+      <c r="O11" s="307">
+        <v>1496</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A12" s="311" t="s">
+      <c r="A12" s="310" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="191"/>
       <c r="N12" s="195"/>
       <c r="O12" s="197"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>60</v>
       </c>
       <c r="B13" s="282">
         <v>2940</v>
       </c>
       <c r="C13" s="282">
-        <v>616204</v>
+        <v>521892</v>
       </c>
       <c r="D13" s="282">
-        <v>10705</v>
+        <v>10930</v>
       </c>
       <c r="E13" s="282">
-        <v>773</v>
+        <v>1056</v>
       </c>
       <c r="F13" s="282">
-        <v>69306</v>
+        <v>67249</v>
       </c>
       <c r="G13" s="282">
-        <v>72396</v>
+        <v>63689</v>
       </c>
       <c r="H13" s="282">
-        <v>67435</v>
+        <v>65303</v>
       </c>
       <c r="I13" s="282">
-        <v>67435</v>
+        <v>65303</v>
       </c>
       <c r="J13" s="293">
         <v>0</v>
       </c>
       <c r="K13" s="293">
         <v>0</v>
       </c>
       <c r="L13" s="293">
         <v>0</v>
       </c>
       <c r="M13" s="293">
         <v>0</v>
       </c>
-      <c r="N13" s="314">
+      <c r="N13" s="313">
         <v>0</v>
       </c>
       <c r="O13" s="288">
-        <v>674</v>
+        <v>653</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A14" s="310" t="s">
+      <c r="A14" s="309" t="s">
         <v>256</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>257</v>
       </c>
       <c r="B15" s="282">
         <v>1475</v>
       </c>
       <c r="C15" s="282">
-        <v>228703</v>
+        <v>208411</v>
       </c>
       <c r="D15" s="282">
-        <v>7073</v>
+        <v>7182</v>
       </c>
       <c r="E15" s="282">
-        <v>760</v>
+        <v>914</v>
       </c>
       <c r="F15" s="282">
-        <v>32489</v>
+        <v>37508</v>
       </c>
       <c r="G15" s="282">
-        <v>26462</v>
+        <v>35578</v>
       </c>
       <c r="H15" s="282">
-        <v>32312</v>
+        <v>37331</v>
       </c>
       <c r="I15" s="282">
-        <v>32312</v>
+        <v>37331</v>
       </c>
       <c r="J15" s="293">
         <v>0</v>
       </c>
       <c r="K15" s="293">
         <v>0</v>
       </c>
       <c r="L15" s="293">
         <v>0</v>
       </c>
       <c r="M15" s="293">
         <v>0</v>
       </c>
-      <c r="N15" s="314">
+      <c r="N15" s="313">
         <v>0</v>
       </c>
       <c r="O15" s="288">
-        <v>323</v>
+        <v>373</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A16" s="310" t="s">
+      <c r="A16" s="309" t="s">
         <v>258</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="25" t="s">
         <v>259</v>
       </c>
       <c r="B17" s="282">
         <v>1494</v>
       </c>
       <c r="C17" s="282">
-        <v>547229</v>
+        <v>573053</v>
       </c>
       <c r="D17" s="282">
-        <v>18299</v>
+        <v>18600</v>
       </c>
       <c r="E17" s="282">
-        <v>758</v>
+        <v>1123</v>
       </c>
       <c r="F17" s="282">
-        <v>53506</v>
+        <v>49487</v>
       </c>
       <c r="G17" s="282">
-        <v>55189</v>
+        <v>57799</v>
       </c>
       <c r="H17" s="282">
-        <v>51681</v>
+        <v>46962</v>
       </c>
       <c r="I17" s="282">
-        <v>51681</v>
+        <v>46962</v>
       </c>
       <c r="J17" s="293">
         <v>0</v>
       </c>
       <c r="K17" s="293">
         <v>0</v>
       </c>
       <c r="L17" s="293">
         <v>0</v>
       </c>
       <c r="M17" s="293">
         <v>0</v>
       </c>
-      <c r="N17" s="314">
+      <c r="N17" s="313">
         <v>0</v>
       </c>
       <c r="O17" s="288">
-        <v>517</v>
+        <v>470</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A18" s="310" t="s">
+      <c r="A18" s="309" t="s">
         <v>260</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="25"/>
       <c r="B19" s="190"/>
       <c r="C19" s="190"/>
       <c r="D19" s="190"/>
       <c r="E19" s="190"/>
       <c r="F19" s="190"/>
       <c r="G19" s="190"/>
@@ -16731,443 +16731,443 @@
       </c>
       <c r="E6" s="28" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="27" t="s">
         <v>76</v>
       </c>
       <c r="G6" s="27" t="s">
         <v>77</v>
       </c>
       <c r="H6" s="26" t="s">
         <v>48</v>
       </c>
       <c r="I6" s="27" t="s">
         <v>96</v>
       </c>
       <c r="J6" s="29" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="12.95" customHeight="1">
       <c r="A7" s="323" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="327">
-        <v>142519</v>
+        <v>149989</v>
       </c>
       <c r="C7" s="327">
-        <v>9615315</v>
+        <v>14309544</v>
       </c>
       <c r="D7" s="327">
-        <v>16576347</v>
+        <v>24184629</v>
       </c>
       <c r="E7" s="327">
-        <v>1287922</v>
+        <v>1332324</v>
       </c>
       <c r="F7" s="327">
-        <v>6070</v>
+        <v>8790</v>
       </c>
       <c r="G7" s="327">
-        <v>1019</v>
+        <v>929</v>
       </c>
       <c r="H7" s="327">
-        <v>622071</v>
+        <v>634058</v>
       </c>
       <c r="I7" s="331">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="J7" s="276">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="11.85" customHeight="1">
       <c r="A8" s="334" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="181"/>
       <c r="C8" s="181"/>
       <c r="D8" s="181"/>
       <c r="E8" s="181"/>
       <c r="F8" s="181"/>
       <c r="G8" s="181"/>
       <c r="H8" s="181"/>
       <c r="I8" s="193"/>
       <c r="J8" s="179"/>
     </row>
     <row r="9" spans="1:10" ht="12.95" customHeight="1">
       <c r="A9" s="335" t="s">
         <v>87</v>
       </c>
       <c r="B9" s="338">
-        <v>43035</v>
+        <v>45621</v>
       </c>
       <c r="C9" s="338">
-        <v>2983380</v>
+        <v>4415047</v>
       </c>
       <c r="D9" s="338">
-        <v>4439407</v>
+        <v>6468031</v>
       </c>
       <c r="E9" s="338">
-        <v>340692</v>
+        <v>365197</v>
       </c>
       <c r="F9" s="338">
-        <v>1859</v>
+        <v>2605</v>
       </c>
       <c r="G9" s="341">
         <v>0</v>
       </c>
       <c r="H9" s="338">
-        <v>194350</v>
+        <v>195385</v>
       </c>
       <c r="I9" s="344">
         <v>0</v>
       </c>
       <c r="J9" s="347">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.85" customHeight="1">
       <c r="A10" s="333" t="s">
         <v>261</v>
       </c>
       <c r="B10" s="181"/>
       <c r="C10" s="181"/>
       <c r="D10" s="181"/>
       <c r="E10" s="181"/>
       <c r="F10" s="181"/>
       <c r="G10" s="181"/>
       <c r="H10" s="181"/>
       <c r="I10" s="193"/>
       <c r="J10" s="179"/>
     </row>
     <row r="11" spans="1:10" ht="12.95" customHeight="1">
       <c r="A11" s="335" t="s">
         <v>262</v>
       </c>
       <c r="B11" s="338">
-        <v>26223</v>
+        <v>27457</v>
       </c>
       <c r="C11" s="338">
-        <v>2146893</v>
+        <v>3162237</v>
       </c>
       <c r="D11" s="338">
-        <v>3440750</v>
+        <v>4981786</v>
       </c>
       <c r="E11" s="338">
-        <v>256941</v>
+        <v>263280</v>
       </c>
       <c r="F11" s="338">
-        <v>1419</v>
+        <v>1944</v>
       </c>
       <c r="G11" s="341">
         <v>0</v>
       </c>
       <c r="H11" s="338">
-        <v>117220</v>
+        <v>118228</v>
       </c>
       <c r="I11" s="344">
         <v>0</v>
       </c>
       <c r="J11" s="350">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.85" customHeight="1">
       <c r="A12" s="333" t="s">
         <v>263</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="181"/>
       <c r="F12" s="181"/>
       <c r="G12" s="181"/>
       <c r="H12" s="181"/>
       <c r="I12" s="193"/>
       <c r="J12" s="179"/>
     </row>
     <row r="13" spans="1:10" ht="12.95" customHeight="1">
       <c r="A13" s="335" t="s">
         <v>264</v>
       </c>
       <c r="B13" s="338">
-        <v>32807</v>
+        <v>34573</v>
       </c>
       <c r="C13" s="338">
-        <v>1601878</v>
+        <v>2430981</v>
       </c>
       <c r="D13" s="338">
-        <v>3667239</v>
+        <v>5399319</v>
       </c>
       <c r="E13" s="338">
-        <v>297941</v>
+        <v>306197</v>
       </c>
       <c r="F13" s="338">
-        <v>1314</v>
+        <v>2000</v>
       </c>
       <c r="G13" s="338">
-        <v>993</v>
+        <v>904</v>
       </c>
       <c r="H13" s="338">
-        <v>134991</v>
+        <v>139055</v>
       </c>
       <c r="I13" s="353">
-        <v>0.74</v>
+        <v>0.65</v>
       </c>
       <c r="J13" s="347">
-        <v>84</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.85" customHeight="1">
       <c r="A14" s="333" t="s">
         <v>265</v>
       </c>
       <c r="B14" s="181"/>
       <c r="C14" s="181"/>
       <c r="D14" s="181"/>
       <c r="E14" s="181"/>
       <c r="F14" s="181"/>
       <c r="G14" s="181"/>
       <c r="H14" s="181"/>
       <c r="I14" s="193"/>
       <c r="J14" s="179"/>
     </row>
     <row r="15" spans="1:10" ht="12.95" customHeight="1">
       <c r="A15" s="335" t="s">
         <v>266</v>
       </c>
       <c r="B15" s="338">
-        <v>9018</v>
+        <v>9438</v>
       </c>
       <c r="C15" s="338">
-        <v>470855</v>
+        <v>690046</v>
       </c>
       <c r="D15" s="338">
-        <v>694709</v>
+        <v>1035076</v>
       </c>
       <c r="E15" s="338">
-        <v>85970</v>
+        <v>90270</v>
       </c>
       <c r="F15" s="338">
-        <v>320</v>
+        <v>512</v>
       </c>
       <c r="G15" s="338">
         <v>21</v>
       </c>
       <c r="H15" s="338">
-        <v>40614</v>
+        <v>41133</v>
       </c>
       <c r="I15" s="353">
         <v>0.05</v>
       </c>
       <c r="J15" s="347">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.85" customHeight="1">
       <c r="A16" s="333" t="s">
         <v>267</v>
       </c>
       <c r="B16" s="181"/>
       <c r="C16" s="181"/>
       <c r="D16" s="181"/>
       <c r="E16" s="181"/>
       <c r="F16" s="181"/>
       <c r="G16" s="181"/>
       <c r="H16" s="181"/>
       <c r="I16" s="193"/>
       <c r="J16" s="179"/>
     </row>
     <row r="17" spans="1:10" ht="12.95" customHeight="1">
       <c r="A17" s="335" t="s">
         <v>268</v>
       </c>
       <c r="B17" s="338">
-        <v>7205</v>
+        <v>7568</v>
       </c>
       <c r="C17" s="338">
-        <v>468795</v>
+        <v>695903</v>
       </c>
       <c r="D17" s="338">
-        <v>755966</v>
+        <v>1107851</v>
       </c>
       <c r="E17" s="338">
-        <v>73152</v>
+        <v>72705</v>
       </c>
       <c r="F17" s="338">
-        <v>219</v>
+        <v>321</v>
       </c>
       <c r="G17" s="341">
         <v>0</v>
       </c>
       <c r="H17" s="338">
-        <v>30236</v>
+        <v>33052</v>
       </c>
       <c r="I17" s="344">
         <v>0</v>
       </c>
-      <c r="J17" s="347">
-        <v>1</v>
+      <c r="J17" s="350">
+        <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.85" customHeight="1">
       <c r="A18" s="333" t="s">
         <v>269</v>
       </c>
       <c r="B18" s="181"/>
       <c r="C18" s="181"/>
       <c r="D18" s="181"/>
       <c r="E18" s="181"/>
       <c r="F18" s="181"/>
       <c r="G18" s="181"/>
       <c r="H18" s="181"/>
       <c r="I18" s="193"/>
       <c r="J18" s="179"/>
     </row>
     <row r="19" spans="1:10" ht="12.95" customHeight="1">
       <c r="A19" s="335" t="s">
         <v>270</v>
       </c>
       <c r="B19" s="338">
-        <v>9005</v>
+        <v>9511</v>
       </c>
       <c r="C19" s="338">
-        <v>861470</v>
+        <v>1278272</v>
       </c>
       <c r="D19" s="338">
-        <v>1553281</v>
+        <v>2212455</v>
       </c>
       <c r="E19" s="338">
-        <v>88171</v>
+        <v>88774</v>
       </c>
       <c r="F19" s="338">
-        <v>291</v>
+        <v>471</v>
       </c>
       <c r="G19" s="341">
         <v>0</v>
       </c>
       <c r="H19" s="338">
-        <v>39980</v>
+        <v>40876</v>
       </c>
       <c r="I19" s="344">
         <v>0</v>
       </c>
       <c r="J19" s="350">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.85" customHeight="1">
       <c r="A20" s="333" t="s">
         <v>271</v>
       </c>
       <c r="B20" s="181"/>
       <c r="C20" s="181"/>
       <c r="D20" s="181"/>
       <c r="E20" s="181"/>
       <c r="F20" s="181"/>
       <c r="G20" s="181"/>
       <c r="H20" s="181"/>
       <c r="I20" s="193"/>
       <c r="J20" s="179"/>
     </row>
     <row r="21" spans="1:10" ht="12.95" customHeight="1">
       <c r="A21" s="335" t="s">
         <v>272</v>
       </c>
       <c r="B21" s="338">
-        <v>7749</v>
+        <v>8127</v>
       </c>
       <c r="C21" s="338">
-        <v>674931</v>
+        <v>1024551</v>
       </c>
       <c r="D21" s="338">
-        <v>1182103</v>
+        <v>1760701</v>
       </c>
       <c r="E21" s="338">
-        <v>72551</v>
+        <v>74625</v>
       </c>
       <c r="F21" s="338">
-        <v>377</v>
+        <v>557</v>
       </c>
       <c r="G21" s="341">
         <v>0</v>
       </c>
       <c r="H21" s="338">
-        <v>30633</v>
+        <v>32197</v>
       </c>
       <c r="I21" s="344">
         <v>0</v>
       </c>
       <c r="J21" s="350">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.85" customHeight="1">
       <c r="A22" s="333" t="s">
         <v>273</v>
       </c>
       <c r="B22" s="181"/>
       <c r="C22" s="181"/>
       <c r="D22" s="181"/>
       <c r="E22" s="181"/>
       <c r="F22" s="181"/>
       <c r="G22" s="181"/>
       <c r="H22" s="181"/>
       <c r="I22" s="193"/>
       <c r="J22" s="179"/>
     </row>
     <row r="23" spans="1:10" ht="12.95" customHeight="1">
       <c r="A23" s="335" t="s">
         <v>274</v>
       </c>
       <c r="B23" s="338">
-        <v>7477</v>
+        <v>7693</v>
       </c>
       <c r="C23" s="338">
-        <v>407114</v>
+        <v>612507</v>
       </c>
       <c r="D23" s="338">
-        <v>842893</v>
+        <v>1219410</v>
       </c>
       <c r="E23" s="338">
-        <v>72503</v>
+        <v>71276</v>
       </c>
       <c r="F23" s="338">
-        <v>271</v>
+        <v>379</v>
       </c>
       <c r="G23" s="338">
         <v>4</v>
       </c>
       <c r="H23" s="338">
-        <v>34046</v>
+        <v>34132</v>
       </c>
       <c r="I23" s="353">
         <v>0.01</v>
       </c>
       <c r="J23" s="347">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.85" customHeight="1">
       <c r="A24" s="333" t="s">
         <v>275</v>
       </c>
       <c r="B24" s="181"/>
       <c r="C24" s="181"/>
       <c r="D24" s="181"/>
       <c r="E24" s="181"/>
       <c r="F24" s="181"/>
       <c r="G24" s="181"/>
       <c r="H24" s="181"/>
       <c r="I24" s="193"/>
       <c r="J24" s="179"/>
     </row>
     <row r="25" spans="1:10" ht="12.95" customHeight="1">
       <c r="A25" s="34"/>
       <c r="B25" s="243"/>
       <c r="C25" s="243"/>
       <c r="D25" s="243"/>
       <c r="E25" s="243"/>
       <c r="F25" s="243"/>
       <c r="G25" s="243"/>
       <c r="H25" s="243"/>
@@ -17521,57 +17521,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>84</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="14"/>
       <c r="D4" s="203" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="203"/>
       <c r="F4" s="203"/>
       <c r="G4" s="177" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="H4" s="177"/>
       <c r="I4" s="177"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="13.5" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="48" t="s">
         <v>111</v>
       </c>
       <c r="C5" s="51" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E5" s="2" t="s">
@@ -17755,835 +17755,835 @@
       </c>
       <c r="I10" s="66" t="s">
         <v>110</v>
       </c>
       <c r="J10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="58" t="s">
         <v>36</v>
       </c>
       <c r="N10" s="56" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="356" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="360">
-        <v>17234</v>
+        <v>17285</v>
       </c>
       <c r="C11" s="360">
-        <v>980674</v>
+        <v>989913</v>
       </c>
       <c r="D11" s="360">
-        <v>68703</v>
+        <v>69773</v>
       </c>
       <c r="E11" s="360">
-        <v>3531</v>
+        <v>4829</v>
       </c>
       <c r="F11" s="360">
-        <v>905846</v>
+        <v>913874</v>
       </c>
       <c r="G11" s="360">
-        <v>672083</v>
+        <v>674970</v>
       </c>
       <c r="H11" s="360">
-        <v>671712</v>
+        <v>674527</v>
       </c>
       <c r="I11" s="360">
-        <v>371</v>
+        <v>443</v>
       </c>
       <c r="J11" s="360">
-        <v>776</v>
+        <v>830</v>
       </c>
       <c r="K11" s="360">
-        <v>446</v>
+        <v>543</v>
       </c>
       <c r="L11" s="360">
-        <v>330</v>
+        <v>287</v>
       </c>
       <c r="M11" s="364">
         <v>0.12</v>
       </c>
       <c r="N11" s="368">
-        <v>15971</v>
+        <v>16271</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A12" s="311" t="s">
+      <c r="A12" s="310" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="191"/>
       <c r="C12" s="191"/>
       <c r="D12" s="191"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="195"/>
       <c r="N12" s="197"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>79</v>
       </c>
       <c r="B13" s="282">
         <v>554</v>
       </c>
       <c r="C13" s="282">
-        <v>28783</v>
+        <v>29075</v>
       </c>
       <c r="D13" s="282">
-        <v>2507</v>
+        <v>2514</v>
       </c>
       <c r="E13" s="282">
-        <v>64</v>
+        <v>90</v>
       </c>
       <c r="F13" s="282">
-        <v>26092</v>
+        <v>26340</v>
       </c>
       <c r="G13" s="282">
-        <v>19281</v>
+        <v>19433</v>
       </c>
       <c r="H13" s="282">
-        <v>19263</v>
+        <v>19415</v>
       </c>
       <c r="I13" s="282">
         <v>18</v>
       </c>
       <c r="J13" s="282">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="K13" s="282">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="L13" s="293">
         <v>0</v>
       </c>
       <c r="M13" s="285">
-        <v>0.28</v>
+        <v>0.09</v>
       </c>
       <c r="N13" s="288">
-        <v>302</v>
+        <v>309</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A14" s="310" t="s">
+      <c r="A14" s="309" t="s">
         <v>80</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="195"/>
       <c r="N14" s="197"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>85</v>
       </c>
       <c r="B15" s="282">
         <v>722</v>
       </c>
       <c r="C15" s="282">
-        <v>40818</v>
+        <v>40665</v>
       </c>
       <c r="D15" s="282">
-        <v>4838</v>
+        <v>4859</v>
       </c>
       <c r="E15" s="282">
-        <v>151</v>
+        <v>217</v>
       </c>
       <c r="F15" s="282">
-        <v>35495</v>
+        <v>35475</v>
       </c>
       <c r="G15" s="282">
-        <v>31868</v>
+        <v>31806</v>
       </c>
       <c r="H15" s="282">
-        <v>31868</v>
+        <v>31806</v>
       </c>
       <c r="I15" s="293">
         <v>0</v>
       </c>
       <c r="J15" s="282">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="K15" s="293">
         <v>0</v>
       </c>
       <c r="L15" s="282">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="M15" s="285">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="N15" s="288">
-        <v>2054</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A16" s="310" t="s">
+      <c r="A16" s="309" t="s">
         <v>276</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="195"/>
       <c r="N16" s="197"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="25" t="s">
         <v>277</v>
       </c>
       <c r="B17" s="282">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C17" s="282">
-        <v>42378</v>
+        <v>43003</v>
       </c>
       <c r="D17" s="282">
-        <v>3118</v>
+        <v>3171</v>
       </c>
       <c r="E17" s="282">
-        <v>167</v>
+        <v>226</v>
       </c>
       <c r="F17" s="282">
-        <v>38675</v>
+        <v>39239</v>
       </c>
       <c r="G17" s="282">
-        <v>29865</v>
+        <v>29766</v>
       </c>
       <c r="H17" s="282">
-        <v>29849</v>
+        <v>29751</v>
       </c>
       <c r="I17" s="282">
         <v>15</v>
       </c>
       <c r="J17" s="282">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="K17" s="282">
         <v>15</v>
       </c>
-      <c r="L17" s="293">
-        <v>0</v>
+      <c r="L17" s="282">
+        <v>3</v>
       </c>
       <c r="M17" s="285">
-        <v>0.05</v>
+        <v>0.06</v>
       </c>
       <c r="N17" s="288">
-        <v>598</v>
+        <v>602</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A18" s="310" t="s">
+      <c r="A18" s="309" t="s">
         <v>278</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="195"/>
       <c r="N18" s="197"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="25" t="s">
         <v>279</v>
       </c>
       <c r="B19" s="282">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="C19" s="282">
-        <v>115800</v>
+        <v>117848</v>
       </c>
       <c r="D19" s="282">
-        <v>6725</v>
+        <v>6836</v>
       </c>
       <c r="E19" s="282">
-        <v>304</v>
+        <v>408</v>
       </c>
       <c r="F19" s="282">
-        <v>108638</v>
+        <v>110490</v>
       </c>
       <c r="G19" s="282">
-        <v>77815</v>
+        <v>78153</v>
       </c>
       <c r="H19" s="282">
-        <v>77796</v>
+        <v>78151</v>
       </c>
       <c r="I19" s="282">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="J19" s="282">
-        <v>120</v>
+        <v>20</v>
       </c>
       <c r="K19" s="282">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="L19" s="282">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="M19" s="285">
-        <v>0.15</v>
+        <v>0.03</v>
       </c>
       <c r="N19" s="288">
-        <v>1962</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A20" s="310" t="s">
+      <c r="A20" s="309" t="s">
         <v>280</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="195"/>
       <c r="N20" s="197"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="25" t="s">
         <v>281</v>
       </c>
       <c r="B21" s="282">
         <v>685</v>
       </c>
       <c r="C21" s="282">
-        <v>27613</v>
+        <v>28280</v>
       </c>
       <c r="D21" s="282">
-        <v>2096</v>
+        <v>2122</v>
       </c>
       <c r="E21" s="282">
-        <v>112</v>
+        <v>135</v>
       </c>
       <c r="F21" s="282">
-        <v>25393</v>
+        <v>26024</v>
       </c>
       <c r="G21" s="282">
-        <v>20857</v>
+        <v>20789</v>
       </c>
       <c r="H21" s="282">
-        <v>20777</v>
+        <v>20728</v>
       </c>
       <c r="I21" s="282">
-        <v>79</v>
+        <v>62</v>
       </c>
       <c r="J21" s="282">
-        <v>95</v>
+        <v>269</v>
       </c>
       <c r="K21" s="282">
-        <v>89</v>
+        <v>168</v>
       </c>
       <c r="L21" s="282">
-        <v>6</v>
+        <v>102</v>
       </c>
       <c r="M21" s="285">
-        <v>0.46</v>
+        <v>1.3</v>
       </c>
       <c r="N21" s="288">
-        <v>241</v>
+        <v>281</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A22" s="310" t="s">
+      <c r="A22" s="309" t="s">
         <v>282</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="195"/>
       <c r="N22" s="197"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="25" t="s">
         <v>283</v>
       </c>
       <c r="B23" s="282">
-        <v>586</v>
+        <v>614</v>
       </c>
       <c r="C23" s="282">
-        <v>16466</v>
+        <v>16944</v>
       </c>
       <c r="D23" s="282">
-        <v>1003</v>
+        <v>1050</v>
       </c>
       <c r="E23" s="282">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="F23" s="282">
-        <v>15407</v>
+        <v>15830</v>
       </c>
       <c r="G23" s="282">
-        <v>10973</v>
+        <v>11064</v>
       </c>
       <c r="H23" s="282">
-        <v>10950</v>
+        <v>10992</v>
       </c>
       <c r="I23" s="282">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="J23" s="282">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="K23" s="282">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="L23" s="282">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="M23" s="285">
-        <v>0.72</v>
+        <v>0.75</v>
       </c>
       <c r="N23" s="288">
-        <v>94</v>
+        <v>106</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A24" s="310" t="s">
+      <c r="A24" s="309" t="s">
         <v>284</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="195"/>
       <c r="N24" s="197"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="25" t="s">
         <v>285</v>
       </c>
       <c r="B25" s="282">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="C25" s="282">
-        <v>24053</v>
+        <v>23956</v>
       </c>
       <c r="D25" s="282">
-        <v>2527</v>
+        <v>2537</v>
       </c>
       <c r="E25" s="282">
-        <v>63</v>
+        <v>95</v>
       </c>
       <c r="F25" s="282">
-        <v>21328</v>
+        <v>21235</v>
       </c>
       <c r="G25" s="282">
-        <v>14411</v>
+        <v>14213</v>
       </c>
       <c r="H25" s="282">
-        <v>14398</v>
+        <v>14195</v>
       </c>
       <c r="I25" s="282">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="J25" s="282">
         <v>18</v>
       </c>
       <c r="K25" s="282">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>18</v>
+      </c>
+      <c r="L25" s="293">
+        <v>0</v>
       </c>
       <c r="M25" s="285">
-        <v>0.12</v>
+        <v>0.13</v>
       </c>
       <c r="N25" s="288">
-        <v>218</v>
+        <v>224</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A26" s="310" t="s">
+      <c r="A26" s="309" t="s">
         <v>286</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="195"/>
       <c r="N26" s="197"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="25" t="s">
         <v>287</v>
       </c>
       <c r="B27" s="282">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="C27" s="282">
-        <v>89548</v>
+        <v>89973</v>
       </c>
       <c r="D27" s="282">
-        <v>6357</v>
+        <v>6494</v>
       </c>
       <c r="E27" s="282">
-        <v>377</v>
+        <v>550</v>
       </c>
       <c r="F27" s="282">
-        <v>82833</v>
+        <v>83099</v>
       </c>
       <c r="G27" s="282">
-        <v>57103</v>
+        <v>57044</v>
       </c>
       <c r="H27" s="282">
-        <v>57102</v>
+        <v>57044</v>
       </c>
       <c r="I27" s="282">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J27" s="282">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="K27" s="282">
         <v>0</v>
       </c>
       <c r="L27" s="282">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="M27" s="285">
-        <v>0.08</v>
+        <v>0.02</v>
       </c>
       <c r="N27" s="288">
-        <v>2000</v>
+        <v>1971</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A28" s="310" t="s">
+      <c r="A28" s="309" t="s">
         <v>288</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="195"/>
       <c r="N28" s="197"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="25" t="s">
         <v>289</v>
       </c>
       <c r="B29" s="282">
         <v>961</v>
       </c>
       <c r="C29" s="282">
-        <v>41346</v>
+        <v>41460</v>
       </c>
       <c r="D29" s="282">
-        <v>2725</v>
+        <v>2774</v>
       </c>
       <c r="E29" s="282">
-        <v>172</v>
+        <v>225</v>
       </c>
       <c r="F29" s="282">
-        <v>38478</v>
+        <v>38513</v>
       </c>
       <c r="G29" s="282">
-        <v>29834</v>
+        <v>29751</v>
       </c>
       <c r="H29" s="282">
-        <v>29802</v>
+        <v>29711</v>
       </c>
       <c r="I29" s="282">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="J29" s="282">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="K29" s="282">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="L29" s="282">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="M29" s="285">
-        <v>0.26</v>
+        <v>0.28</v>
       </c>
       <c r="N29" s="288">
         <v>726</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A30" s="310" t="s">
+      <c r="A30" s="309" t="s">
         <v>290</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="195"/>
       <c r="N30" s="197"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="25" t="s">
         <v>291</v>
       </c>
       <c r="B31" s="282">
-        <v>1882</v>
+        <v>1886</v>
       </c>
       <c r="C31" s="282">
-        <v>119400</v>
+        <v>120618</v>
       </c>
       <c r="D31" s="282">
-        <v>7259</v>
+        <v>7294</v>
       </c>
       <c r="E31" s="282">
-        <v>534</v>
+        <v>583</v>
       </c>
       <c r="F31" s="282">
-        <v>111824</v>
+        <v>112868</v>
       </c>
       <c r="G31" s="282">
-        <v>84443</v>
+        <v>85366</v>
       </c>
       <c r="H31" s="282">
-        <v>84397</v>
+        <v>85305</v>
       </c>
       <c r="I31" s="282">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="J31" s="282">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="K31" s="282">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L31" s="282">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="M31" s="285">
-        <v>0.07</v>
+        <v>0.14</v>
       </c>
       <c r="N31" s="288">
-        <v>1589</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A32" s="310" t="s">
+      <c r="A32" s="309" t="s">
         <v>292</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="195"/>
       <c r="N32" s="197"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="25" t="s">
         <v>293</v>
       </c>
       <c r="B33" s="282">
         <v>367</v>
       </c>
       <c r="C33" s="282">
-        <v>21569</v>
+        <v>21655</v>
       </c>
       <c r="D33" s="282">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="E33" s="282">
-        <v>53</v>
+        <v>77</v>
       </c>
       <c r="F33" s="282">
-        <v>19564</v>
+        <v>19707</v>
       </c>
       <c r="G33" s="282">
-        <v>14334</v>
+        <v>14411</v>
       </c>
       <c r="H33" s="282">
-        <v>14334</v>
+        <v>14411</v>
       </c>
       <c r="I33" s="293">
         <v>0</v>
       </c>
-      <c r="J33" s="293">
-        <v>0</v>
+      <c r="J33" s="282">
+        <v>3</v>
       </c>
       <c r="K33" s="293">
         <v>0</v>
       </c>
-      <c r="L33" s="293">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="L33" s="282">
+        <v>3</v>
+      </c>
+      <c r="M33" s="285">
+        <v>0.02</v>
       </c>
       <c r="N33" s="288">
         <v>221</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A34" s="310" t="s">
+      <c r="A34" s="309" t="s">
         <v>294</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="195"/>
       <c r="N34" s="197"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="25" t="s">
         <v>295</v>
       </c>
       <c r="B35" s="282">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="C35" s="282">
-        <v>18078</v>
+        <v>18438</v>
       </c>
       <c r="D35" s="282">
-        <v>1108</v>
+        <v>1133</v>
       </c>
       <c r="E35" s="282">
-        <v>56</v>
+        <v>78</v>
       </c>
       <c r="F35" s="282">
-        <v>16893</v>
+        <v>17213</v>
       </c>
       <c r="G35" s="282">
-        <v>12090</v>
+        <v>12065</v>
       </c>
       <c r="H35" s="282">
-        <v>12048</v>
+        <v>12028</v>
       </c>
       <c r="I35" s="282">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="J35" s="282">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="K35" s="282">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="L35" s="282">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="M35" s="285">
-        <v>0.37</v>
+        <v>0.32</v>
       </c>
       <c r="N35" s="288">
-        <v>195</v>
+        <v>199</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A36" s="319" t="s">
+      <c r="A36" s="318" t="s">
         <v>296</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="199"/>
       <c r="N36" s="200"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="9"/>
       <c r="C37" s="9"/>
       <c r="D37" s="9"/>
       <c r="E37" s="9"/>
       <c r="F37" s="9"/>