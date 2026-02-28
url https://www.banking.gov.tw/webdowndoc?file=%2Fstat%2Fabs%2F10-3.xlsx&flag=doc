--- v1 (2026-01-09)
+++ v2 (2026-02-28)
@@ -81,57 +81,57 @@
   <si>
     <t>放款</t>
   </si>
   <si>
     <t>逾放</t>
   </si>
   <si>
     <t>備抵呆帳</t>
   </si>
   <si>
     <t>計</t>
   </si>
   <si>
     <t>甲類</t>
   </si>
   <si>
     <t>乙類</t>
   </si>
   <si>
     <t>　</t>
   </si>
   <si>
     <t>信　合　社　名　稱</t>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <t>10-3 Condensed Financial Structure</t>
   </si>
   <si>
     <r>
       <t>10-3 Condensed Financial Structure</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Cont.1</t>
     </r>
     <r>
@@ -4385,100 +4385,100 @@
     </xf>
     <xf xxid="570" numFmtId="0" fontId="49" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment shrinkToFit="1"/>
     </xf>
     <xf xxid="571" numFmtId="0" fontId="53" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf xxid="572" numFmtId="182" fontId="6" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="573" numFmtId="182" fontId="45" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="574" numFmtId="182" fontId="46" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="575" numFmtId="0" fontId="43" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf xxid="576" numFmtId="0" fontId="44" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf xxid="577" numFmtId="177" fontId="54" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="578" numFmtId="178" fontId="8" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="578" numFmtId="182" fontId="54" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="579" numFmtId="178" fontId="51" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="579" numFmtId="178" fontId="8" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="580" numFmtId="178" fontId="52" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="580" numFmtId="178" fontId="51" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="581" numFmtId="178" fontId="54" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="581" numFmtId="178" fontId="52" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="582" numFmtId="177" fontId="54" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="582" numFmtId="178" fontId="54" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="583" numFmtId="0" fontId="48" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="583" numFmtId="177" fontId="54" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="584" numFmtId="0" fontId="48" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="584" numFmtId="0" fontId="49" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="585" numFmtId="0" fontId="49" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="585" numFmtId="0" fontId="50" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="586" numFmtId="0" fontId="50" fillId="2" borderId="22" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="586" numFmtId="183" fontId="8" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="587" numFmtId="183" fontId="8" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="587" numFmtId="183" fontId="51" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="588" numFmtId="183" fontId="51" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="588" numFmtId="183" fontId="52" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="589" numFmtId="183" fontId="52" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="589" numFmtId="182" fontId="8" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="590" numFmtId="182" fontId="8" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="590" numFmtId="182" fontId="51" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="591" numFmtId="182" fontId="51" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="591" numFmtId="182" fontId="52" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="592" numFmtId="182" fontId="52" fillId="2" borderId="36" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="592" numFmtId="0" fontId="48" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="593" numFmtId="0" fontId="48" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="593" numFmtId="0" fontId="49" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="594" numFmtId="0" fontId="49" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="595" numFmtId="183" fontId="54" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="596" numFmtId="0" fontId="55" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf xxid="597" numFmtId="0" fontId="43" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf xxid="598" numFmtId="0" fontId="44" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf xxid="599" numFmtId="177" fontId="6" fillId="2" borderId="39" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="600" numFmtId="177" fontId="45" fillId="2" borderId="39" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="601" numFmtId="177" fontId="46" fillId="2" borderId="39" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="602" numFmtId="177" fontId="47" fillId="2" borderId="39" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
@@ -5212,882 +5212,882 @@
       </c>
       <c r="J10" s="74" t="s">
         <v>110</v>
       </c>
       <c r="K10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="88" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="93" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="264" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="268">
-        <v>2521382</v>
+        <v>2523472</v>
       </c>
       <c r="C11" s="268">
-        <v>75424758</v>
+        <v>76645665</v>
       </c>
       <c r="D11" s="268">
-        <v>5499337</v>
+        <v>5588124</v>
       </c>
       <c r="E11" s="268">
-        <v>507077</v>
+        <v>583596</v>
       </c>
       <c r="F11" s="268">
-        <v>45894508</v>
+        <v>46445590</v>
       </c>
       <c r="G11" s="268">
-        <v>62054848</v>
+        <v>63092384</v>
       </c>
       <c r="H11" s="268">
-        <v>44268471</v>
+        <v>44820541</v>
       </c>
       <c r="I11" s="268">
-        <v>44210263</v>
+        <v>44767238</v>
       </c>
       <c r="J11" s="268">
-        <v>58208</v>
+        <v>53303</v>
       </c>
       <c r="K11" s="268">
-        <v>68139</v>
+        <v>66431</v>
       </c>
       <c r="L11" s="268">
-        <v>54399</v>
+        <v>52692</v>
       </c>
       <c r="M11" s="268">
-        <v>13740</v>
+        <v>13739</v>
       </c>
       <c r="N11" s="272">
         <v>0.15</v>
       </c>
       <c r="O11" s="276">
-        <v>597762</v>
+        <v>609454</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.45" customHeight="1">
       <c r="A12" s="279" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="181"/>
       <c r="F12" s="181"/>
       <c r="G12" s="181"/>
       <c r="H12" s="181"/>
       <c r="I12" s="181"/>
       <c r="J12" s="181"/>
       <c r="K12" s="181"/>
       <c r="L12" s="181"/>
       <c r="M12" s="181"/>
       <c r="N12" s="193"/>
       <c r="O12" s="179"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>129</v>
       </c>
       <c r="B13" s="282">
         <v>109000</v>
       </c>
       <c r="C13" s="282">
-        <v>6861088</v>
+        <v>6860893</v>
       </c>
       <c r="D13" s="282">
-        <v>526443</v>
+        <v>536297</v>
       </c>
       <c r="E13" s="282">
-        <v>29596</v>
+        <v>32723</v>
       </c>
       <c r="F13" s="282">
-        <v>3541516</v>
+        <v>3620243</v>
       </c>
       <c r="G13" s="282">
-        <v>5240325</v>
+        <v>5260831</v>
       </c>
       <c r="H13" s="282">
-        <v>3448804</v>
+        <v>3538755</v>
       </c>
       <c r="I13" s="282">
-        <v>3446548</v>
+        <v>3536487</v>
       </c>
       <c r="J13" s="282">
-        <v>2256</v>
+        <v>2268</v>
       </c>
       <c r="K13" s="282">
-        <v>2952</v>
+        <v>2945</v>
       </c>
       <c r="L13" s="282">
-        <v>2067</v>
+        <v>2053</v>
       </c>
       <c r="M13" s="282">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="N13" s="285">
-        <v>0.09</v>
+        <v>0.08</v>
       </c>
       <c r="O13" s="288">
-        <v>50446</v>
+        <v>52502</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.45" customHeight="1">
       <c r="A14" s="278" t="s">
         <v>130</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>131</v>
       </c>
       <c r="B15" s="282">
         <v>86200</v>
       </c>
       <c r="C15" s="282">
-        <v>3731641</v>
+        <v>3786546</v>
       </c>
       <c r="D15" s="282">
-        <v>245872</v>
+        <v>246355</v>
       </c>
       <c r="E15" s="282">
-        <v>16591</v>
+        <v>20034</v>
       </c>
       <c r="F15" s="282">
-        <v>2601000</v>
+        <v>2602228</v>
       </c>
       <c r="G15" s="282">
-        <v>3157832</v>
+        <v>3179394</v>
       </c>
       <c r="H15" s="282">
-        <v>2534262</v>
+        <v>2538403</v>
       </c>
       <c r="I15" s="282">
-        <v>2532325</v>
+        <v>2536709</v>
       </c>
       <c r="J15" s="282">
-        <v>1937</v>
+        <v>1694</v>
       </c>
       <c r="K15" s="282">
-        <v>2052</v>
+        <v>1836</v>
       </c>
       <c r="L15" s="282">
-        <v>1701</v>
+        <v>1534</v>
       </c>
       <c r="M15" s="282">
-        <v>351</v>
+        <v>303</v>
       </c>
       <c r="N15" s="285">
-        <v>0.08</v>
+        <v>0.07</v>
       </c>
       <c r="O15" s="288">
-        <v>36989</v>
+        <v>36860</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.45" customHeight="1">
       <c r="A16" s="278" t="s">
         <v>132</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>133</v>
       </c>
       <c r="B17" s="282">
         <v>130694</v>
       </c>
       <c r="C17" s="282">
-        <v>5094572</v>
+        <v>5136374</v>
       </c>
       <c r="D17" s="282">
-        <v>297472</v>
+        <v>303064</v>
       </c>
       <c r="E17" s="282">
-        <v>21525</v>
+        <v>25161</v>
       </c>
       <c r="F17" s="282">
-        <v>3190037</v>
+        <v>3232807</v>
       </c>
       <c r="G17" s="282">
-        <v>4345327</v>
+        <v>4384435</v>
       </c>
       <c r="H17" s="282">
-        <v>3097823</v>
+        <v>3150940</v>
       </c>
       <c r="I17" s="282">
-        <v>3093325</v>
+        <v>3146687</v>
       </c>
       <c r="J17" s="282">
-        <v>4498</v>
+        <v>4253</v>
       </c>
       <c r="K17" s="282">
-        <v>5030</v>
+        <v>4686</v>
       </c>
       <c r="L17" s="282">
-        <v>4125</v>
+        <v>3989</v>
       </c>
       <c r="M17" s="282">
-        <v>905</v>
+        <v>697</v>
       </c>
       <c r="N17" s="285">
-        <v>0.16</v>
+        <v>0.15</v>
       </c>
       <c r="O17" s="288">
-        <v>36371</v>
+        <v>37313</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.45" customHeight="1">
       <c r="A18" s="278" t="s">
         <v>134</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>135</v>
       </c>
       <c r="B19" s="282">
         <v>122846</v>
       </c>
       <c r="C19" s="282">
-        <v>4763118</v>
+        <v>4850748</v>
       </c>
       <c r="D19" s="282">
-        <v>303252</v>
+        <v>308338</v>
       </c>
       <c r="E19" s="282">
-        <v>26957</v>
+        <v>31518</v>
       </c>
       <c r="F19" s="282">
-        <v>2877105</v>
+        <v>2925787</v>
       </c>
       <c r="G19" s="282">
-        <v>3921969</v>
+        <v>3992758</v>
       </c>
       <c r="H19" s="282">
-        <v>2761398</v>
+        <v>2813533</v>
       </c>
       <c r="I19" s="282">
-        <v>2756203</v>
+        <v>2808330</v>
       </c>
       <c r="J19" s="282">
-        <v>5195</v>
+        <v>5203</v>
       </c>
       <c r="K19" s="282">
-        <v>4700</v>
+        <v>4734</v>
       </c>
       <c r="L19" s="282">
-        <v>3772</v>
+        <v>3315</v>
       </c>
       <c r="M19" s="282">
-        <v>929</v>
+        <v>1419</v>
       </c>
       <c r="N19" s="285">
         <v>0.17</v>
       </c>
       <c r="O19" s="288">
-        <v>39748</v>
+        <v>40812</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.45" customHeight="1">
       <c r="A20" s="278" t="s">
         <v>136</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="191"/>
       <c r="N20" s="195"/>
       <c r="O20" s="197"/>
     </row>
     <row r="21" spans="1:15" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>137</v>
       </c>
       <c r="B21" s="282">
         <v>106305</v>
       </c>
       <c r="C21" s="282">
-        <v>4111888</v>
+        <v>4200655</v>
       </c>
       <c r="D21" s="282">
-        <v>248524</v>
+        <v>253805</v>
       </c>
       <c r="E21" s="282">
-        <v>25150</v>
+        <v>29295</v>
       </c>
       <c r="F21" s="282">
-        <v>2513963</v>
+        <v>2539449</v>
       </c>
       <c r="G21" s="282">
-        <v>3408169</v>
+        <v>3467475</v>
       </c>
       <c r="H21" s="282">
-        <v>2404596</v>
+        <v>2436542</v>
       </c>
       <c r="I21" s="282">
-        <v>2401101</v>
+        <v>2433058</v>
       </c>
       <c r="J21" s="282">
-        <v>3495</v>
+        <v>3485</v>
       </c>
       <c r="K21" s="282">
-        <v>3734</v>
+        <v>3781</v>
       </c>
       <c r="L21" s="282">
-        <v>3061</v>
+        <v>3009</v>
       </c>
       <c r="M21" s="282">
-        <v>673</v>
+        <v>772</v>
       </c>
       <c r="N21" s="285">
         <v>0.16</v>
       </c>
       <c r="O21" s="288">
-        <v>30291</v>
+        <v>30749</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.45" customHeight="1">
       <c r="A22" s="278" t="s">
         <v>138</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="191"/>
       <c r="N22" s="195"/>
       <c r="O22" s="197"/>
     </row>
     <row r="23" spans="1:15" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>139</v>
       </c>
       <c r="B23" s="282">
         <v>117660</v>
       </c>
       <c r="C23" s="282">
-        <v>3304527</v>
+        <v>3343111</v>
       </c>
       <c r="D23" s="282">
-        <v>217386</v>
+        <v>220342</v>
       </c>
       <c r="E23" s="282">
-        <v>18522</v>
+        <v>21106</v>
       </c>
       <c r="F23" s="282">
-        <v>2098302</v>
+        <v>2133720</v>
       </c>
       <c r="G23" s="282">
-        <v>2789258</v>
+        <v>2827622</v>
       </c>
       <c r="H23" s="282">
-        <v>2045192</v>
+        <v>2075507</v>
       </c>
       <c r="I23" s="282">
-        <v>2042300</v>
+        <v>2072514</v>
       </c>
       <c r="J23" s="282">
-        <v>2892</v>
+        <v>2994</v>
       </c>
       <c r="K23" s="282">
-        <v>3200</v>
+        <v>3323</v>
       </c>
       <c r="L23" s="282">
-        <v>2728</v>
+        <v>2942</v>
       </c>
       <c r="M23" s="282">
-        <v>472</v>
+        <v>381</v>
       </c>
       <c r="N23" s="285">
         <v>0.16</v>
       </c>
       <c r="O23" s="288">
-        <v>27116</v>
+        <v>27812</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.45" customHeight="1">
       <c r="A24" s="278" t="s">
         <v>140</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="191"/>
       <c r="N24" s="195"/>
       <c r="O24" s="197"/>
     </row>
     <row r="25" spans="1:15" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>141</v>
       </c>
       <c r="B25" s="282">
         <v>48616</v>
       </c>
       <c r="C25" s="282">
-        <v>1595696</v>
+        <v>1597910</v>
       </c>
       <c r="D25" s="282">
-        <v>200836</v>
+        <v>204458</v>
       </c>
       <c r="E25" s="282">
-        <v>15183</v>
+        <v>16737</v>
       </c>
       <c r="F25" s="282">
-        <v>964338</v>
+        <v>976616</v>
       </c>
       <c r="G25" s="282">
-        <v>1264421</v>
+        <v>1264856</v>
       </c>
       <c r="H25" s="282">
-        <v>892747</v>
+        <v>909300</v>
       </c>
       <c r="I25" s="282">
-        <v>890215</v>
+        <v>907692</v>
       </c>
       <c r="J25" s="282">
-        <v>2533</v>
+        <v>1608</v>
       </c>
       <c r="K25" s="282">
-        <v>2733</v>
+        <v>4690</v>
       </c>
       <c r="L25" s="282">
-        <v>2618</v>
+        <v>4638</v>
       </c>
       <c r="M25" s="282">
-        <v>115</v>
+        <v>51</v>
       </c>
       <c r="N25" s="285">
-        <v>0.31</v>
+        <v>0.52</v>
       </c>
       <c r="O25" s="288">
-        <v>12044</v>
+        <v>11827</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.45" customHeight="1">
       <c r="A26" s="278" t="s">
         <v>142</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="191"/>
       <c r="N26" s="195"/>
       <c r="O26" s="197"/>
     </row>
     <row r="27" spans="1:15" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>143</v>
       </c>
       <c r="B27" s="282">
         <v>157598</v>
       </c>
       <c r="C27" s="282">
-        <v>4438377</v>
+        <v>4544430</v>
       </c>
       <c r="D27" s="282">
-        <v>311983</v>
+        <v>318151</v>
       </c>
       <c r="E27" s="282">
-        <v>37922</v>
+        <v>42627</v>
       </c>
       <c r="F27" s="282">
-        <v>2553499</v>
+        <v>2571235</v>
       </c>
       <c r="G27" s="282">
-        <v>3642569</v>
+        <v>3712224</v>
       </c>
       <c r="H27" s="282">
-        <v>2504411</v>
+        <v>2523086</v>
       </c>
       <c r="I27" s="282">
-        <v>2501464</v>
+        <v>2520307</v>
       </c>
       <c r="J27" s="282">
-        <v>2947</v>
+        <v>2779</v>
       </c>
       <c r="K27" s="282">
-        <v>3136</v>
+        <v>2978</v>
       </c>
       <c r="L27" s="282">
-        <v>2950</v>
+        <v>2781</v>
       </c>
       <c r="M27" s="282">
-        <v>186</v>
+        <v>197</v>
       </c>
       <c r="N27" s="285">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
       <c r="O27" s="288">
-        <v>32094</v>
+        <v>32723</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.45" customHeight="1">
       <c r="A28" s="290" t="s">
         <v>144</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="191"/>
       <c r="N28" s="195"/>
       <c r="O28" s="197"/>
     </row>
     <row r="29" spans="1:15" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>145</v>
       </c>
       <c r="B29" s="282">
         <v>128221</v>
       </c>
       <c r="C29" s="282">
-        <v>4893962</v>
+        <v>4929453</v>
       </c>
       <c r="D29" s="282">
-        <v>314203</v>
+        <v>319856</v>
       </c>
       <c r="E29" s="282">
-        <v>45947</v>
+        <v>51849</v>
       </c>
       <c r="F29" s="282">
-        <v>2781976</v>
+        <v>2855511</v>
       </c>
       <c r="G29" s="282">
-        <v>4299112</v>
+        <v>4317382</v>
       </c>
       <c r="H29" s="282">
-        <v>2755869</v>
+        <v>2825204</v>
       </c>
       <c r="I29" s="282">
-        <v>2753342</v>
+        <v>2822445</v>
       </c>
       <c r="J29" s="282">
-        <v>2527</v>
+        <v>2759</v>
       </c>
       <c r="K29" s="282">
-        <v>3944</v>
+        <v>4357</v>
       </c>
       <c r="L29" s="282">
-        <v>2536</v>
+        <v>2767</v>
       </c>
       <c r="M29" s="282">
-        <v>1408</v>
+        <v>1590</v>
       </c>
       <c r="N29" s="285">
-        <v>0.14</v>
+        <v>0.15</v>
       </c>
       <c r="O29" s="288">
-        <v>44379</v>
+        <v>46178</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.45" customHeight="1">
       <c r="A30" s="278" t="s">
         <v>146</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="191"/>
       <c r="N30" s="195"/>
       <c r="O30" s="197"/>
     </row>
     <row r="31" spans="1:15" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>147</v>
       </c>
       <c r="B31" s="282">
         <v>37833</v>
       </c>
       <c r="C31" s="282">
-        <v>231652</v>
+        <v>231392</v>
       </c>
       <c r="D31" s="282">
-        <v>46580</v>
+        <v>47060</v>
       </c>
       <c r="E31" s="282">
-        <v>1601</v>
+        <v>1799</v>
       </c>
       <c r="F31" s="282">
-        <v>258047</v>
+        <v>259619</v>
       </c>
       <c r="G31" s="293">
         <v>0</v>
       </c>
       <c r="H31" s="282">
-        <v>223527</v>
+        <v>223578</v>
       </c>
       <c r="I31" s="282">
-        <v>223382</v>
+        <v>223429</v>
       </c>
       <c r="J31" s="282">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="K31" s="282">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="L31" s="282">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="M31" s="293">
         <v>0</v>
       </c>
       <c r="N31" s="285">
         <v>0.07</v>
       </c>
       <c r="O31" s="288">
-        <v>3975</v>
+        <v>4097</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.45" customHeight="1">
       <c r="A32" s="278" t="s">
         <v>148</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="191"/>
       <c r="N32" s="195"/>
       <c r="O32" s="197"/>
     </row>
     <row r="33" spans="1:15" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>149</v>
       </c>
       <c r="B33" s="282">
         <v>18799</v>
       </c>
       <c r="C33" s="282">
-        <v>355744</v>
+        <v>355849</v>
       </c>
       <c r="D33" s="282">
-        <v>26542</v>
+        <v>26711</v>
       </c>
       <c r="E33" s="282">
-        <v>1262</v>
+        <v>1567</v>
       </c>
       <c r="F33" s="282">
-        <v>238726</v>
+        <v>236287</v>
       </c>
       <c r="G33" s="282">
-        <v>299364</v>
+        <v>295911</v>
       </c>
       <c r="H33" s="282">
-        <v>229869</v>
+        <v>227142</v>
       </c>
       <c r="I33" s="282">
-        <v>229188</v>
+        <v>226459</v>
       </c>
       <c r="J33" s="282">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="K33" s="282">
-        <v>849</v>
+        <v>827</v>
       </c>
       <c r="L33" s="282">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="M33" s="282">
-        <v>167</v>
+        <v>144</v>
       </c>
       <c r="N33" s="285">
-        <v>0.37</v>
+        <v>0.36</v>
       </c>
       <c r="O33" s="288">
-        <v>2665</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.45" customHeight="1">
       <c r="A34" s="278" t="s">
         <v>150</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="191"/>
       <c r="N34" s="195"/>
       <c r="O34" s="197"/>
     </row>
     <row r="35" spans="1:15" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>151</v>
       </c>
       <c r="B35" s="282">
         <v>100000</v>
       </c>
       <c r="C35" s="282">
-        <v>4298963</v>
+        <v>4547129</v>
       </c>
       <c r="D35" s="282">
-        <v>369363</v>
+        <v>373896</v>
       </c>
       <c r="E35" s="282">
-        <v>30227</v>
+        <v>33302</v>
       </c>
       <c r="F35" s="282">
-        <v>2540837</v>
+        <v>2611200</v>
       </c>
       <c r="G35" s="282">
-        <v>3209643</v>
+        <v>3421658</v>
       </c>
       <c r="H35" s="282">
-        <v>2378069</v>
+        <v>2447904</v>
       </c>
       <c r="I35" s="282">
-        <v>2371922</v>
+        <v>2443199</v>
       </c>
       <c r="J35" s="282">
-        <v>6147</v>
+        <v>4705</v>
       </c>
       <c r="K35" s="282">
-        <v>6269</v>
+        <v>4744</v>
       </c>
       <c r="L35" s="282">
-        <v>6054</v>
+        <v>4556</v>
       </c>
       <c r="M35" s="282">
-        <v>215</v>
+        <v>188</v>
       </c>
       <c r="N35" s="285">
-        <v>0.26</v>
+        <v>0.19</v>
       </c>
       <c r="O35" s="288">
-        <v>40070</v>
+        <v>41080</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.45" customHeight="1" thickBot="1">
       <c r="A36" s="295" t="s">
         <v>152</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="198"/>
       <c r="N36" s="199"/>
       <c r="O36" s="200"/>
     </row>
     <row r="37" spans="1:15" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
@@ -6531,57 +6531,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>84</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="14"/>
       <c r="D4" s="203" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="203"/>
       <c r="F4" s="203"/>
       <c r="G4" s="177" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="177"/>
       <c r="I4" s="177"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="13.5" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="48" t="s">
         <v>111</v>
       </c>
       <c r="C5" s="51" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E5" s="2" t="s">
@@ -6765,711 +6765,711 @@
       </c>
       <c r="I10" s="66" t="s">
         <v>110</v>
       </c>
       <c r="J10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="58" t="s">
         <v>36</v>
       </c>
       <c r="N10" s="56" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="355" t="s">
         <v>83</v>
       </c>
       <c r="B11" s="359">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="C11" s="359">
-        <v>43071</v>
+        <v>42998</v>
       </c>
       <c r="D11" s="359">
-        <v>3586</v>
+        <v>3542</v>
       </c>
       <c r="E11" s="359">
-        <v>385</v>
+        <v>335</v>
       </c>
       <c r="F11" s="359">
-        <v>39255</v>
+        <v>39193</v>
       </c>
       <c r="G11" s="359">
-        <v>31178</v>
+        <v>31290</v>
       </c>
       <c r="H11" s="359">
-        <v>31178</v>
+        <v>31290</v>
       </c>
       <c r="I11" s="371">
         <v>0</v>
       </c>
       <c r="J11" s="371">
         <v>0</v>
       </c>
       <c r="K11" s="371">
         <v>0</v>
       </c>
       <c r="L11" s="371">
         <v>0</v>
       </c>
       <c r="M11" s="374">
         <v>0</v>
       </c>
       <c r="N11" s="367">
-        <v>1032</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A12" s="309" t="s">
+      <c r="A12" s="310" t="s">
         <v>297</v>
       </c>
       <c r="B12" s="191"/>
       <c r="C12" s="191"/>
       <c r="D12" s="191"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="195"/>
       <c r="N12" s="197"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>298</v>
       </c>
       <c r="B13" s="282">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C13" s="282">
-        <v>19423</v>
+        <v>19402</v>
       </c>
       <c r="D13" s="282">
-        <v>1615</v>
+        <v>1614</v>
       </c>
       <c r="E13" s="282">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="F13" s="282">
-        <v>17704</v>
+        <v>17652</v>
       </c>
       <c r="G13" s="282">
-        <v>10712</v>
+        <v>10723</v>
       </c>
       <c r="H13" s="282">
-        <v>10712</v>
+        <v>10723</v>
       </c>
       <c r="I13" s="293">
         <v>0</v>
       </c>
       <c r="J13" s="293">
         <v>0</v>
       </c>
       <c r="K13" s="293">
         <v>0</v>
       </c>
       <c r="L13" s="293">
         <v>0</v>
       </c>
-      <c r="M13" s="313">
+      <c r="M13" s="314">
         <v>0</v>
       </c>
       <c r="N13" s="288">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A14" s="309" t="s">
+      <c r="A14" s="310" t="s">
         <v>299</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="195"/>
       <c r="N14" s="197"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>300</v>
       </c>
       <c r="B15" s="282">
         <v>855</v>
       </c>
       <c r="C15" s="282">
-        <v>32604</v>
+        <v>32950</v>
       </c>
       <c r="D15" s="282">
-        <v>2726</v>
+        <v>2737</v>
       </c>
       <c r="E15" s="282">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F15" s="282">
-        <v>29747</v>
+        <v>30006</v>
       </c>
       <c r="G15" s="282">
-        <v>20988</v>
+        <v>20659</v>
       </c>
       <c r="H15" s="282">
-        <v>20984</v>
+        <v>20655</v>
       </c>
       <c r="I15" s="282">
         <v>4</v>
       </c>
       <c r="J15" s="282">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="K15" s="282">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L15" s="282">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="M15" s="285">
-        <v>0.03</v>
+        <v>0.09</v>
       </c>
       <c r="N15" s="288">
-        <v>422</v>
+        <v>442</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A16" s="309" t="s">
+      <c r="A16" s="310" t="s">
         <v>301</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="195"/>
       <c r="N16" s="197"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="25" t="s">
         <v>302</v>
       </c>
       <c r="B17" s="282">
         <v>245</v>
       </c>
       <c r="C17" s="282">
-        <v>16539</v>
+        <v>16357</v>
       </c>
       <c r="D17" s="282">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="E17" s="282">
-        <v>85</v>
+        <v>77</v>
       </c>
       <c r="F17" s="282">
-        <v>15372</v>
+        <v>15408</v>
       </c>
       <c r="G17" s="282">
-        <v>10240</v>
+        <v>10244</v>
       </c>
       <c r="H17" s="282">
-        <v>10240</v>
+        <v>10244</v>
       </c>
       <c r="I17" s="293">
         <v>0</v>
       </c>
       <c r="J17" s="293">
         <v>0</v>
       </c>
       <c r="K17" s="293">
         <v>0</v>
       </c>
       <c r="L17" s="293">
         <v>0</v>
       </c>
-      <c r="M17" s="313">
+      <c r="M17" s="314">
         <v>0</v>
       </c>
       <c r="N17" s="288">
         <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A18" s="309" t="s">
+      <c r="A18" s="310" t="s">
         <v>303</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="195"/>
       <c r="N18" s="197"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="25" t="s">
         <v>304</v>
       </c>
       <c r="B19" s="282">
-        <v>625</v>
+        <v>658</v>
       </c>
       <c r="C19" s="282">
-        <v>28813</v>
+        <v>28466</v>
       </c>
       <c r="D19" s="282">
-        <v>1575</v>
+        <v>1613</v>
       </c>
       <c r="E19" s="282">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="F19" s="282">
-        <v>27001</v>
+        <v>26644</v>
       </c>
       <c r="G19" s="282">
-        <v>20699</v>
+        <v>20856</v>
       </c>
       <c r="H19" s="282">
-        <v>20655</v>
+        <v>20818</v>
       </c>
       <c r="I19" s="282">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="J19" s="282">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="K19" s="282">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="L19" s="282">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="M19" s="285">
-        <v>0.25</v>
+        <v>0.19</v>
       </c>
       <c r="N19" s="288">
-        <v>298</v>
+        <v>297</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A20" s="309" t="s">
+      <c r="A20" s="310" t="s">
         <v>305</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="195"/>
       <c r="N20" s="197"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="25" t="s">
         <v>306</v>
       </c>
       <c r="B21" s="282">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="C21" s="282">
-        <v>99109</v>
+        <v>100318</v>
       </c>
       <c r="D21" s="282">
-        <v>6390</v>
+        <v>6432</v>
       </c>
       <c r="E21" s="282">
-        <v>669</v>
+        <v>684</v>
       </c>
       <c r="F21" s="282">
-        <v>92111</v>
+        <v>93226</v>
       </c>
       <c r="G21" s="282">
-        <v>65597</v>
+        <v>66385</v>
       </c>
       <c r="H21" s="282">
-        <v>65594</v>
-[...5 lines deleted...]
-        <v>3</v>
+        <v>66385</v>
+      </c>
+      <c r="I21" s="293">
+        <v>0</v>
+      </c>
+      <c r="J21" s="293">
+        <v>0</v>
       </c>
       <c r="K21" s="293">
         <v>0</v>
       </c>
-      <c r="L21" s="282">
-[...2 lines deleted...]
-      <c r="M21" s="285">
+      <c r="L21" s="293">
+        <v>0</v>
+      </c>
+      <c r="M21" s="314">
         <v>0</v>
       </c>
       <c r="N21" s="288">
-        <v>1343</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A22" s="309" t="s">
+      <c r="A22" s="310" t="s">
         <v>307</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="195"/>
       <c r="N22" s="197"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="25" t="s">
         <v>308</v>
       </c>
       <c r="B23" s="282">
         <v>705</v>
       </c>
       <c r="C23" s="282">
-        <v>39095</v>
+        <v>38778</v>
       </c>
       <c r="D23" s="282">
-        <v>1968</v>
+        <v>2003</v>
       </c>
       <c r="E23" s="282">
-        <v>105</v>
+        <v>130</v>
       </c>
       <c r="F23" s="282">
-        <v>36899</v>
+        <v>36577</v>
       </c>
       <c r="G23" s="282">
-        <v>27677</v>
+        <v>27687</v>
       </c>
       <c r="H23" s="282">
-        <v>27627</v>
-[...14 lines deleted...]
-        <v>0.23</v>
+        <v>27687</v>
+      </c>
+      <c r="I23" s="293">
+        <v>0</v>
+      </c>
+      <c r="J23" s="293">
+        <v>0</v>
+      </c>
+      <c r="K23" s="293">
+        <v>0</v>
+      </c>
+      <c r="L23" s="293">
+        <v>0</v>
+      </c>
+      <c r="M23" s="314">
+        <v>0</v>
       </c>
       <c r="N23" s="288">
-        <v>357</v>
+        <v>375</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A24" s="309" t="s">
+      <c r="A24" s="310" t="s">
         <v>309</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="195"/>
       <c r="N24" s="197"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="25" t="s">
         <v>310</v>
       </c>
       <c r="B25" s="282">
         <v>1374</v>
       </c>
       <c r="C25" s="282">
-        <v>95575</v>
+        <v>96770</v>
       </c>
       <c r="D25" s="282">
-        <v>6730</v>
+        <v>6851</v>
       </c>
       <c r="E25" s="282">
-        <v>321</v>
+        <v>405</v>
       </c>
       <c r="F25" s="282">
-        <v>87894</v>
+        <v>89307</v>
       </c>
       <c r="G25" s="282">
-        <v>67338</v>
+        <v>67994</v>
       </c>
       <c r="H25" s="282">
-        <v>67338</v>
+        <v>67994</v>
       </c>
       <c r="I25" s="282">
         <v>0</v>
       </c>
       <c r="J25" s="282">
         <v>0</v>
       </c>
       <c r="K25" s="282">
         <v>0</v>
       </c>
       <c r="L25" s="282">
         <v>0</v>
       </c>
       <c r="M25" s="285">
         <v>0</v>
       </c>
       <c r="N25" s="288">
-        <v>1899</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A26" s="309" t="s">
+      <c r="A26" s="310" t="s">
         <v>311</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="195"/>
       <c r="N26" s="197"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="25" t="s">
         <v>312</v>
       </c>
       <c r="B27" s="282">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="C27" s="282">
-        <v>6248</v>
+        <v>6320</v>
       </c>
       <c r="D27" s="282">
-        <v>419</v>
+        <v>403</v>
       </c>
       <c r="E27" s="282">
-        <v>36</v>
+        <v>20</v>
       </c>
       <c r="F27" s="282">
-        <v>5786</v>
+        <v>5857</v>
       </c>
       <c r="G27" s="282">
-        <v>3973</v>
+        <v>4010</v>
       </c>
       <c r="H27" s="282">
-        <v>3973</v>
+        <v>4010</v>
       </c>
       <c r="I27" s="293">
         <v>0</v>
       </c>
       <c r="J27" s="293">
         <v>0</v>
       </c>
       <c r="K27" s="293">
         <v>0</v>
       </c>
       <c r="L27" s="293">
         <v>0</v>
       </c>
-      <c r="M27" s="313">
+      <c r="M27" s="314">
         <v>0</v>
       </c>
       <c r="N27" s="288">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A28" s="309" t="s">
+      <c r="A28" s="310" t="s">
         <v>313</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="195"/>
       <c r="N28" s="197"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="25" t="s">
         <v>314</v>
       </c>
       <c r="B29" s="282">
         <v>371</v>
       </c>
       <c r="C29" s="282">
-        <v>11118</v>
+        <v>11096</v>
       </c>
       <c r="D29" s="282">
-        <v>760</v>
+        <v>724</v>
       </c>
       <c r="E29" s="282">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="F29" s="282">
-        <v>10256</v>
+        <v>10237</v>
       </c>
       <c r="G29" s="282">
-        <v>8157</v>
+        <v>8145</v>
       </c>
       <c r="H29" s="282">
-        <v>8151</v>
+        <v>8139</v>
       </c>
       <c r="I29" s="282">
         <v>6</v>
       </c>
       <c r="J29" s="282">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="K29" s="282">
         <v>6</v>
       </c>
-      <c r="L29" s="293">
-        <v>0</v>
+      <c r="L29" s="282">
+        <v>4</v>
       </c>
       <c r="M29" s="285">
-        <v>0.07</v>
+        <v>0.13</v>
       </c>
       <c r="N29" s="288">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A30" s="309" t="s">
+      <c r="A30" s="310" t="s">
         <v>315</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="195"/>
       <c r="N30" s="197"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="25" t="s">
         <v>316</v>
       </c>
       <c r="B31" s="282">
         <v>293</v>
       </c>
       <c r="C31" s="282">
-        <v>6403</v>
+        <v>6531</v>
       </c>
       <c r="D31" s="282">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="E31" s="282">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F31" s="282">
-        <v>5819</v>
+        <v>5949</v>
       </c>
       <c r="G31" s="282">
-        <v>4551</v>
+        <v>4578</v>
       </c>
       <c r="H31" s="282">
-        <v>4540</v>
+        <v>4567</v>
       </c>
       <c r="I31" s="282">
         <v>11</v>
       </c>
       <c r="J31" s="282">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="K31" s="282">
         <v>11</v>
       </c>
-      <c r="L31" s="293">
-        <v>0</v>
+      <c r="L31" s="282">
+        <v>4</v>
       </c>
       <c r="M31" s="285">
-        <v>0.23</v>
+        <v>0.31</v>
       </c>
       <c r="N31" s="288">
         <v>55</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A32" s="309" t="s">
+      <c r="A32" s="310" t="s">
         <v>317</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="195"/>
       <c r="N32" s="197"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="25"/>
       <c r="B33" s="190"/>
       <c r="C33" s="190"/>
       <c r="D33" s="190"/>
       <c r="E33" s="190"/>
       <c r="F33" s="190"/>
       <c r="G33" s="190"/>
       <c r="H33" s="190"/>
@@ -7890,57 +7890,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="203" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="203"/>
       <c r="F4" s="203"/>
       <c r="G4" s="177" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="177"/>
       <c r="I4" s="177"/>
       <c r="J4" s="14"/>
       <c r="K4" s="14"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="76" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="77" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="78" t="s">
         <v>82</v>
       </c>
@@ -8145,879 +8145,879 @@
       </c>
       <c r="K10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="92" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="88" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="93" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="263" t="s">
         <v>69</v>
       </c>
       <c r="B11" s="267">
         <v>34433</v>
       </c>
       <c r="C11" s="267">
-        <v>452244</v>
+        <v>490356</v>
       </c>
       <c r="D11" s="267">
-        <v>68515</v>
+        <v>69323</v>
       </c>
       <c r="E11" s="267">
-        <v>9515</v>
+        <v>10429</v>
       </c>
       <c r="F11" s="267">
-        <v>89026</v>
+        <v>85447</v>
       </c>
       <c r="G11" s="267">
-        <v>341667</v>
+        <v>366649</v>
       </c>
       <c r="H11" s="267">
-        <v>64412</v>
+        <v>57742</v>
       </c>
       <c r="I11" s="267">
-        <v>64411</v>
+        <v>57742</v>
       </c>
       <c r="J11" s="267">
         <v>1</v>
       </c>
       <c r="K11" s="267">
         <v>1</v>
       </c>
       <c r="L11" s="267">
         <v>1</v>
       </c>
       <c r="M11" s="299">
         <v>0</v>
       </c>
       <c r="N11" s="271">
         <v>0</v>
       </c>
       <c r="O11" s="275">
-        <v>731</v>
+        <v>636</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.45" customHeight="1">
       <c r="A12" s="278" t="s">
         <v>153</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="181"/>
       <c r="F12" s="181"/>
       <c r="G12" s="181"/>
       <c r="H12" s="181"/>
       <c r="I12" s="181"/>
       <c r="J12" s="181"/>
       <c r="K12" s="181"/>
       <c r="L12" s="181"/>
       <c r="M12" s="181"/>
       <c r="N12" s="193"/>
       <c r="O12" s="179"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="282">
         <v>30554</v>
       </c>
       <c r="C13" s="282">
-        <v>423080</v>
+        <v>416468</v>
       </c>
       <c r="D13" s="282">
-        <v>43775</v>
+        <v>44214</v>
       </c>
       <c r="E13" s="282">
-        <v>1956</v>
+        <v>2196</v>
       </c>
       <c r="F13" s="282">
-        <v>268994</v>
+        <v>269063</v>
       </c>
       <c r="G13" s="282">
-        <v>309008</v>
+        <v>314609</v>
       </c>
       <c r="H13" s="282">
-        <v>235030</v>
+        <v>236086</v>
       </c>
       <c r="I13" s="282">
-        <v>233775</v>
+        <v>234813</v>
       </c>
       <c r="J13" s="282">
-        <v>1255</v>
+        <v>1273</v>
       </c>
       <c r="K13" s="282">
-        <v>1427</v>
+        <v>1273</v>
       </c>
       <c r="L13" s="282">
-        <v>1364</v>
+        <v>1217</v>
       </c>
       <c r="M13" s="282">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="N13" s="285">
-        <v>0.61</v>
+        <v>0.54</v>
       </c>
       <c r="O13" s="288">
-        <v>3015</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.45" customHeight="1">
       <c r="A14" s="278" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="282">
         <v>97181</v>
       </c>
       <c r="C15" s="282">
-        <v>2451486</v>
+        <v>2508491</v>
       </c>
       <c r="D15" s="282">
-        <v>144733</v>
+        <v>147085</v>
       </c>
       <c r="E15" s="282">
-        <v>13380</v>
+        <v>15211</v>
       </c>
       <c r="F15" s="282">
-        <v>1711643</v>
+        <v>1725030</v>
       </c>
       <c r="G15" s="282">
-        <v>2147812</v>
+        <v>2192754</v>
       </c>
       <c r="H15" s="282">
-        <v>1678028</v>
+        <v>1691916</v>
       </c>
       <c r="I15" s="282">
-        <v>1676140</v>
+        <v>1690172</v>
       </c>
       <c r="J15" s="282">
-        <v>1889</v>
+        <v>1744</v>
       </c>
       <c r="K15" s="282">
-        <v>3217</v>
+        <v>2649</v>
       </c>
       <c r="L15" s="282">
-        <v>1867</v>
+        <v>1895</v>
       </c>
       <c r="M15" s="282">
-        <v>1350</v>
+        <v>754</v>
       </c>
       <c r="N15" s="285">
-        <v>0.19</v>
+        <v>0.16</v>
       </c>
       <c r="O15" s="288">
-        <v>22194</v>
+        <v>21997</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.45" customHeight="1">
       <c r="A16" s="278" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="282">
         <v>29106</v>
       </c>
       <c r="C17" s="282">
-        <v>756668</v>
+        <v>752949</v>
       </c>
       <c r="D17" s="282">
-        <v>54895</v>
+        <v>55338</v>
       </c>
       <c r="E17" s="282">
-        <v>6001</v>
+        <v>6794</v>
       </c>
       <c r="F17" s="282">
-        <v>337196</v>
+        <v>351256</v>
       </c>
       <c r="G17" s="282">
-        <v>624613</v>
+        <v>612775</v>
       </c>
       <c r="H17" s="282">
-        <v>321613</v>
+        <v>320824</v>
       </c>
       <c r="I17" s="282">
-        <v>321552</v>
+        <v>320771</v>
       </c>
       <c r="J17" s="282">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="K17" s="282">
-        <v>312</v>
+        <v>265</v>
       </c>
       <c r="L17" s="282">
-        <v>89</v>
+        <v>63</v>
       </c>
       <c r="M17" s="282">
-        <v>224</v>
+        <v>202</v>
       </c>
       <c r="N17" s="285">
-        <v>0.1</v>
+        <v>0.08</v>
       </c>
       <c r="O17" s="288">
-        <v>5308</v>
+        <v>5175</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.45" customHeight="1">
       <c r="A18" s="278" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="282">
-        <v>59216</v>
+        <v>60216</v>
       </c>
       <c r="C19" s="282">
-        <v>982435</v>
+        <v>997307</v>
       </c>
       <c r="D19" s="282">
-        <v>89180</v>
+        <v>91678</v>
       </c>
       <c r="E19" s="282">
-        <v>8763</v>
+        <v>10639</v>
       </c>
       <c r="F19" s="282">
-        <v>681470</v>
+        <v>685593</v>
       </c>
       <c r="G19" s="282">
-        <v>841364</v>
+        <v>852729</v>
       </c>
       <c r="H19" s="282">
-        <v>635470</v>
+        <v>639636</v>
       </c>
       <c r="I19" s="282">
-        <v>634599</v>
+        <v>638544</v>
       </c>
       <c r="J19" s="282">
-        <v>870</v>
+        <v>1092</v>
       </c>
       <c r="K19" s="282">
-        <v>1176</v>
+        <v>1548</v>
       </c>
       <c r="L19" s="282">
-        <v>924</v>
+        <v>1128</v>
       </c>
       <c r="M19" s="282">
-        <v>251</v>
+        <v>421</v>
       </c>
       <c r="N19" s="285">
-        <v>0.19</v>
+        <v>0.24</v>
       </c>
       <c r="O19" s="288">
-        <v>7631</v>
+        <v>7907</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.45" customHeight="1">
       <c r="A20" s="278" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="191"/>
       <c r="N20" s="195"/>
       <c r="O20" s="197"/>
     </row>
     <row r="21" spans="1:15" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="282">
         <v>11112</v>
       </c>
       <c r="C21" s="282">
-        <v>355475</v>
+        <v>362898</v>
       </c>
       <c r="D21" s="282">
-        <v>57784</v>
+        <v>54568</v>
       </c>
       <c r="E21" s="282">
-        <v>3959</v>
+        <v>4858</v>
       </c>
       <c r="F21" s="282">
-        <v>231856</v>
+        <v>233416</v>
       </c>
       <c r="G21" s="282">
-        <v>284515</v>
+        <v>291490</v>
       </c>
       <c r="H21" s="282">
-        <v>226634</v>
+        <v>228197</v>
       </c>
       <c r="I21" s="282">
-        <v>226594</v>
+        <v>228156</v>
       </c>
       <c r="J21" s="282">
         <v>41</v>
       </c>
       <c r="K21" s="282">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="L21" s="282">
         <v>41</v>
       </c>
       <c r="M21" s="282">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="N21" s="285">
         <v>0.02</v>
       </c>
       <c r="O21" s="288">
-        <v>3975</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.45" customHeight="1">
       <c r="A22" s="278" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="191"/>
       <c r="N22" s="195"/>
       <c r="O22" s="197"/>
     </row>
     <row r="23" spans="1:15" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="282">
         <v>34800</v>
       </c>
       <c r="C23" s="282">
-        <v>736440</v>
+        <v>751237</v>
       </c>
       <c r="D23" s="282">
-        <v>67654</v>
+        <v>68345</v>
       </c>
       <c r="E23" s="282">
-        <v>10731</v>
+        <v>11920</v>
       </c>
       <c r="F23" s="282">
-        <v>389702</v>
+        <v>393419</v>
       </c>
       <c r="G23" s="282">
-        <v>578972</v>
+        <v>591054</v>
       </c>
       <c r="H23" s="282">
-        <v>331777</v>
+        <v>342227</v>
       </c>
       <c r="I23" s="282">
-        <v>331580</v>
+        <v>342037</v>
       </c>
       <c r="J23" s="282">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="K23" s="282">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="L23" s="282">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="M23" s="282">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="N23" s="285">
         <v>0.08</v>
       </c>
       <c r="O23" s="288">
-        <v>4330</v>
+        <v>4443</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.45" customHeight="1">
       <c r="A24" s="278" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="191"/>
       <c r="N24" s="195"/>
       <c r="O24" s="197"/>
     </row>
     <row r="25" spans="1:15" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="282">
         <v>3202</v>
       </c>
       <c r="C25" s="282">
-        <v>95831</v>
+        <v>96750</v>
       </c>
       <c r="D25" s="282">
-        <v>6110</v>
+        <v>6167</v>
       </c>
       <c r="E25" s="282">
-        <v>270</v>
+        <v>310</v>
       </c>
       <c r="F25" s="282">
-        <v>62138</v>
+        <v>62922</v>
       </c>
       <c r="G25" s="282">
-        <v>82347</v>
+        <v>82055</v>
       </c>
       <c r="H25" s="282">
-        <v>61692</v>
+        <v>62546</v>
       </c>
       <c r="I25" s="282">
-        <v>61664</v>
+        <v>62487</v>
       </c>
       <c r="J25" s="282">
-        <v>29</v>
+        <v>59</v>
       </c>
       <c r="K25" s="282">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="L25" s="282">
-        <v>55</v>
+        <v>28</v>
       </c>
       <c r="M25" s="282">
         <v>39</v>
       </c>
       <c r="N25" s="285">
-        <v>0.15</v>
+        <v>0.11</v>
       </c>
       <c r="O25" s="288">
-        <v>732</v>
+        <v>744</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.45" customHeight="1">
       <c r="A26" s="278" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="191"/>
       <c r="N26" s="195"/>
       <c r="O26" s="197"/>
     </row>
     <row r="27" spans="1:15" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="282">
-        <v>13012</v>
+        <v>14012</v>
       </c>
       <c r="C27" s="282">
-        <v>261915</v>
+        <v>263997</v>
       </c>
       <c r="D27" s="282">
-        <v>16541</v>
+        <v>17723</v>
       </c>
       <c r="E27" s="282">
-        <v>1269</v>
+        <v>1522</v>
       </c>
       <c r="F27" s="282">
-        <v>187793</v>
+        <v>187413</v>
       </c>
       <c r="G27" s="282">
-        <v>236637</v>
+        <v>236950</v>
       </c>
       <c r="H27" s="282">
-        <v>187679</v>
+        <v>187251</v>
       </c>
       <c r="I27" s="282">
-        <v>187679</v>
+        <v>187250</v>
       </c>
       <c r="J27" s="282">
         <v>1</v>
       </c>
       <c r="K27" s="282">
         <v>1</v>
       </c>
       <c r="L27" s="282">
         <v>1</v>
       </c>
       <c r="M27" s="293">
         <v>0</v>
       </c>
       <c r="N27" s="285">
         <v>0</v>
       </c>
       <c r="O27" s="288">
-        <v>3008</v>
+        <v>3207</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.45" customHeight="1">
       <c r="A28" s="290" t="s">
         <v>169</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="191"/>
       <c r="N28" s="195"/>
       <c r="O28" s="197"/>
     </row>
     <row r="29" spans="1:15" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>170</v>
       </c>
       <c r="B29" s="282">
         <v>49815</v>
       </c>
       <c r="C29" s="282">
-        <v>1383694</v>
+        <v>1387664</v>
       </c>
       <c r="D29" s="282">
-        <v>81071</v>
+        <v>82030</v>
       </c>
       <c r="E29" s="282">
-        <v>5750</v>
+        <v>7187</v>
       </c>
       <c r="F29" s="282">
-        <v>922049</v>
+        <v>931268</v>
       </c>
       <c r="G29" s="282">
-        <v>1179252</v>
+        <v>1180722</v>
       </c>
       <c r="H29" s="282">
-        <v>888971</v>
+        <v>896443</v>
       </c>
       <c r="I29" s="282">
-        <v>888372</v>
+        <v>895904</v>
       </c>
       <c r="J29" s="282">
-        <v>599</v>
+        <v>539</v>
       </c>
       <c r="K29" s="282">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="L29" s="282">
-        <v>741</v>
+        <v>778</v>
       </c>
       <c r="M29" s="282">
-        <v>353</v>
+        <v>320</v>
       </c>
       <c r="N29" s="285">
         <v>0.12</v>
       </c>
       <c r="O29" s="288">
-        <v>11291</v>
+        <v>11538</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.45" customHeight="1">
       <c r="A30" s="278" t="s">
         <v>171</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="191"/>
       <c r="N30" s="195"/>
       <c r="O30" s="197"/>
     </row>
     <row r="31" spans="1:15" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>172</v>
       </c>
       <c r="B31" s="282">
         <v>40403</v>
       </c>
       <c r="C31" s="282">
-        <v>796747</v>
+        <v>811483</v>
       </c>
       <c r="D31" s="282">
-        <v>56329</v>
+        <v>55906</v>
       </c>
       <c r="E31" s="282">
-        <v>5256</v>
+        <v>4813</v>
       </c>
       <c r="F31" s="282">
-        <v>529042</v>
+        <v>539345</v>
       </c>
       <c r="G31" s="282">
-        <v>706404</v>
+        <v>723099</v>
       </c>
       <c r="H31" s="282">
-        <v>525082</v>
+        <v>535784</v>
       </c>
       <c r="I31" s="282">
-        <v>524303</v>
+        <v>535782</v>
       </c>
       <c r="J31" s="282">
-        <v>780</v>
+        <v>2</v>
       </c>
       <c r="K31" s="282">
-        <v>854</v>
+        <v>4</v>
       </c>
       <c r="L31" s="282">
-        <v>782</v>
+        <v>2</v>
       </c>
       <c r="M31" s="282">
-        <v>73</v>
+        <v>2</v>
       </c>
       <c r="N31" s="285">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="O31" s="288">
-        <v>6295</v>
+        <v>6993</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.45" customHeight="1">
       <c r="A32" s="278" t="s">
         <v>173</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="191"/>
       <c r="N32" s="195"/>
       <c r="O32" s="197"/>
     </row>
     <row r="33" spans="1:15" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>174</v>
       </c>
       <c r="B33" s="282">
         <v>19403</v>
       </c>
       <c r="C33" s="282">
-        <v>347382</v>
+        <v>350493</v>
       </c>
       <c r="D33" s="282">
-        <v>24441</v>
+        <v>24632</v>
       </c>
       <c r="E33" s="282">
-        <v>1515</v>
+        <v>1736</v>
       </c>
       <c r="F33" s="282">
-        <v>241180</v>
+        <v>245722</v>
       </c>
       <c r="G33" s="282">
-        <v>301424</v>
+        <v>304062</v>
       </c>
       <c r="H33" s="282">
-        <v>232274</v>
+        <v>235859</v>
       </c>
       <c r="I33" s="282">
-        <v>231559</v>
+        <v>235337</v>
       </c>
       <c r="J33" s="282">
-        <v>715</v>
+        <v>521</v>
       </c>
       <c r="K33" s="282">
-        <v>847</v>
+        <v>587</v>
       </c>
       <c r="L33" s="282">
-        <v>715</v>
+        <v>523</v>
       </c>
       <c r="M33" s="282">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="N33" s="285">
-        <v>0.36</v>
+        <v>0.25</v>
       </c>
       <c r="O33" s="288">
-        <v>2822</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.45" customHeight="1">
       <c r="A34" s="278" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="191"/>
       <c r="N34" s="195"/>
       <c r="O34" s="197"/>
     </row>
     <row r="35" spans="1:15" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="282">
-        <v>11815</v>
+        <v>11905</v>
       </c>
       <c r="C35" s="282">
-        <v>215529</v>
+        <v>219642</v>
       </c>
       <c r="D35" s="282">
-        <v>16637</v>
+        <v>16821</v>
       </c>
       <c r="E35" s="282">
-        <v>1118</v>
+        <v>1202</v>
       </c>
       <c r="F35" s="282">
-        <v>154127</v>
+        <v>156194</v>
       </c>
       <c r="G35" s="282">
-        <v>194221</v>
+        <v>198914</v>
       </c>
       <c r="H35" s="282">
-        <v>151359</v>
+        <v>153409</v>
       </c>
       <c r="I35" s="282">
-        <v>150665</v>
+        <v>152886</v>
       </c>
       <c r="J35" s="282">
-        <v>693</v>
+        <v>523</v>
       </c>
       <c r="K35" s="282">
-        <v>813</v>
+        <v>741</v>
       </c>
       <c r="L35" s="282">
-        <v>678</v>
+        <v>595</v>
       </c>
       <c r="M35" s="282">
-        <v>135</v>
+        <v>146</v>
       </c>
       <c r="N35" s="285">
-        <v>0.54</v>
+        <v>0.48</v>
       </c>
       <c r="O35" s="288">
-        <v>1860</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.45" customHeight="1" thickBot="1">
       <c r="A36" s="295" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="198"/>
       <c r="N36" s="199"/>
       <c r="O36" s="200"/>
     </row>
     <row r="37" spans="1:15" ht="13.5" customHeight="1">
       <c r="A37" s="20" t="s">
         <v>58</v>
       </c>
@@ -9468,57 +9468,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="203" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="203"/>
       <c r="F4" s="203"/>
       <c r="G4" s="177" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="177"/>
       <c r="I4" s="177"/>
       <c r="J4" s="14"/>
       <c r="K4" s="14"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="98" t="s">
         <v>16</v>
       </c>
       <c r="C5" s="102" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="99" t="s">
         <v>82</v>
       </c>
@@ -9723,876 +9723,876 @@
       </c>
       <c r="K10" s="107" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="107" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="107" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="114" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="109" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="263" t="s">
         <v>70</v>
       </c>
       <c r="B11" s="267">
         <v>45406</v>
       </c>
       <c r="C11" s="267">
-        <v>1033806</v>
+        <v>1034859</v>
       </c>
       <c r="D11" s="267">
-        <v>83733</v>
+        <v>85528</v>
       </c>
       <c r="E11" s="267">
-        <v>5954</v>
+        <v>7170</v>
       </c>
       <c r="F11" s="267">
-        <v>663302</v>
+        <v>664940</v>
       </c>
       <c r="G11" s="267">
-        <v>831261</v>
+        <v>835057</v>
       </c>
       <c r="H11" s="267">
-        <v>636410</v>
+        <v>643336</v>
       </c>
       <c r="I11" s="267">
-        <v>635541</v>
+        <v>642589</v>
       </c>
       <c r="J11" s="267">
-        <v>869</v>
+        <v>747</v>
       </c>
       <c r="K11" s="267">
-        <v>1380</v>
+        <v>1840</v>
       </c>
       <c r="L11" s="267">
-        <v>1180</v>
+        <v>1080</v>
       </c>
       <c r="M11" s="267">
-        <v>199</v>
+        <v>761</v>
       </c>
       <c r="N11" s="271">
-        <v>0.22</v>
+        <v>0.29</v>
       </c>
       <c r="O11" s="275">
-        <v>7572</v>
+        <v>7553</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.45" customHeight="1">
       <c r="A12" s="278" t="s">
         <v>178</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="181"/>
       <c r="F12" s="181"/>
       <c r="G12" s="181"/>
       <c r="H12" s="181"/>
       <c r="I12" s="181"/>
       <c r="J12" s="181"/>
       <c r="K12" s="181"/>
       <c r="L12" s="181"/>
       <c r="M12" s="181"/>
       <c r="N12" s="193"/>
       <c r="O12" s="179"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>179</v>
       </c>
       <c r="B13" s="282">
         <v>48653</v>
       </c>
       <c r="C13" s="282">
-        <v>870702</v>
+        <v>872756</v>
       </c>
       <c r="D13" s="282">
-        <v>69142</v>
+        <v>69849</v>
       </c>
       <c r="E13" s="282">
-        <v>3886</v>
+        <v>4661</v>
       </c>
       <c r="F13" s="282">
-        <v>534971</v>
+        <v>540463</v>
       </c>
       <c r="G13" s="282">
-        <v>710635</v>
+        <v>711818</v>
       </c>
       <c r="H13" s="282">
-        <v>510928</v>
+        <v>512993</v>
       </c>
       <c r="I13" s="282">
-        <v>510817</v>
+        <v>512885</v>
       </c>
       <c r="J13" s="282">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="K13" s="282">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="L13" s="282">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="M13" s="282">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="N13" s="285">
         <v>0.05</v>
       </c>
       <c r="O13" s="288">
-        <v>6393</v>
+        <v>6403</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.45" customHeight="1">
       <c r="A14" s="278" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="282">
         <v>87303</v>
       </c>
       <c r="C15" s="282">
-        <v>2313549</v>
+        <v>2365606</v>
       </c>
       <c r="D15" s="282">
-        <v>153477</v>
+        <v>155066</v>
       </c>
       <c r="E15" s="282">
-        <v>11602</v>
+        <v>13080</v>
       </c>
       <c r="F15" s="282">
-        <v>1426604</v>
+        <v>1509084</v>
       </c>
       <c r="G15" s="282">
-        <v>2052983</v>
+        <v>2114114</v>
       </c>
       <c r="H15" s="282">
-        <v>1391407</v>
+        <v>1477338</v>
       </c>
       <c r="I15" s="282">
-        <v>1390672</v>
+        <v>1476611</v>
       </c>
       <c r="J15" s="282">
-        <v>735</v>
+        <v>728</v>
       </c>
       <c r="K15" s="282">
-        <v>781</v>
+        <v>1346</v>
       </c>
       <c r="L15" s="282">
-        <v>663</v>
+        <v>1246</v>
       </c>
       <c r="M15" s="282">
-        <v>117</v>
+        <v>100</v>
       </c>
       <c r="N15" s="285">
-        <v>0.06</v>
+        <v>0.09</v>
       </c>
       <c r="O15" s="288">
-        <v>16518</v>
+        <v>17181</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.45" customHeight="1">
       <c r="A16" s="278" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="22" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="282">
         <v>110735</v>
       </c>
       <c r="C17" s="282">
-        <v>2826992</v>
+        <v>2841340</v>
       </c>
       <c r="D17" s="282">
-        <v>197996</v>
+        <v>199505</v>
       </c>
       <c r="E17" s="282">
-        <v>20975</v>
+        <v>23103</v>
       </c>
       <c r="F17" s="282">
-        <v>1724154</v>
+        <v>1714194</v>
       </c>
       <c r="G17" s="282">
-        <v>2316203</v>
+        <v>2332623</v>
       </c>
       <c r="H17" s="282">
-        <v>1669421</v>
+        <v>1648472</v>
       </c>
       <c r="I17" s="282">
-        <v>1667048</v>
+        <v>1646793</v>
       </c>
       <c r="J17" s="282">
-        <v>2373</v>
+        <v>1679</v>
       </c>
       <c r="K17" s="282">
-        <v>2909</v>
+        <v>1965</v>
       </c>
       <c r="L17" s="282">
-        <v>2764</v>
+        <v>1803</v>
       </c>
       <c r="M17" s="282">
-        <v>144</v>
+        <v>163</v>
       </c>
       <c r="N17" s="285">
-        <v>0.17</v>
+        <v>0.12</v>
       </c>
       <c r="O17" s="288">
-        <v>22631</v>
+        <v>23097</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.45" customHeight="1">
       <c r="A18" s="278" t="s">
         <v>184</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="22" t="s">
         <v>185</v>
       </c>
       <c r="B19" s="282">
         <v>146320</v>
       </c>
       <c r="C19" s="282">
-        <v>4179283</v>
+        <v>4352343</v>
       </c>
       <c r="D19" s="282">
-        <v>285726</v>
+        <v>292681</v>
       </c>
       <c r="E19" s="282">
-        <v>33066</v>
+        <v>38603</v>
       </c>
       <c r="F19" s="282">
-        <v>2556385</v>
+        <v>2617045</v>
       </c>
       <c r="G19" s="282">
-        <v>3531363</v>
+        <v>3680680</v>
       </c>
       <c r="H19" s="282">
-        <v>2520316</v>
+        <v>2570712</v>
       </c>
       <c r="I19" s="282">
-        <v>2517559</v>
+        <v>2567935</v>
       </c>
       <c r="J19" s="282">
-        <v>2757</v>
+        <v>2777</v>
       </c>
       <c r="K19" s="282">
-        <v>3734</v>
+        <v>3792</v>
       </c>
       <c r="L19" s="282">
-        <v>2769</v>
+        <v>2905</v>
       </c>
       <c r="M19" s="282">
-        <v>964</v>
+        <v>887</v>
       </c>
       <c r="N19" s="285">
         <v>0.15</v>
       </c>
       <c r="O19" s="288">
-        <v>30145</v>
+        <v>31335</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.45" customHeight="1">
       <c r="A20" s="278" t="s">
         <v>186</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="191"/>
       <c r="N20" s="195"/>
       <c r="O20" s="197"/>
     </row>
     <row r="21" spans="1:15" ht="12.6" customHeight="1">
       <c r="A21" s="22" t="s">
         <v>187</v>
       </c>
       <c r="B21" s="282">
         <v>47036</v>
       </c>
       <c r="C21" s="282">
-        <v>898351</v>
+        <v>934471</v>
       </c>
       <c r="D21" s="282">
-        <v>77091</v>
+        <v>78457</v>
       </c>
       <c r="E21" s="282">
-        <v>6777</v>
+        <v>7820</v>
       </c>
       <c r="F21" s="282">
-        <v>541569</v>
+        <v>556495</v>
       </c>
       <c r="G21" s="282">
-        <v>671776</v>
+        <v>686064</v>
       </c>
       <c r="H21" s="282">
-        <v>515947</v>
+        <v>532074</v>
       </c>
       <c r="I21" s="282">
-        <v>515174</v>
+        <v>531316</v>
       </c>
       <c r="J21" s="282">
-        <v>773</v>
+        <v>758</v>
       </c>
       <c r="K21" s="282">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="L21" s="282">
-        <v>763</v>
+        <v>750</v>
       </c>
       <c r="M21" s="282">
-        <v>165</v>
+        <v>184</v>
       </c>
       <c r="N21" s="285">
         <v>0.18</v>
       </c>
       <c r="O21" s="288">
-        <v>6522</v>
+        <v>6710</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.45" customHeight="1">
       <c r="A22" s="278" t="s">
         <v>188</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="191"/>
       <c r="N22" s="195"/>
       <c r="O22" s="197"/>
     </row>
     <row r="23" spans="1:15" ht="12.6" customHeight="1">
       <c r="A23" s="22" t="s">
         <v>189</v>
       </c>
       <c r="B23" s="282">
         <v>84250</v>
       </c>
       <c r="C23" s="282">
-        <v>1005460</v>
+        <v>1070413</v>
       </c>
       <c r="D23" s="282">
-        <v>101561</v>
+        <v>102514</v>
       </c>
       <c r="E23" s="282">
-        <v>8845</v>
+        <v>10237</v>
       </c>
       <c r="F23" s="282">
-        <v>622051</v>
+        <v>622257</v>
       </c>
       <c r="G23" s="282">
-        <v>829003</v>
+        <v>892019</v>
       </c>
       <c r="H23" s="282">
-        <v>541423</v>
+        <v>528656</v>
       </c>
       <c r="I23" s="282">
-        <v>540758</v>
+        <v>527977</v>
       </c>
       <c r="J23" s="282">
-        <v>665</v>
+        <v>679</v>
       </c>
       <c r="K23" s="282">
-        <v>1023</v>
+        <v>980</v>
       </c>
       <c r="L23" s="282">
-        <v>692</v>
+        <v>718</v>
       </c>
       <c r="M23" s="282">
-        <v>331</v>
+        <v>262</v>
       </c>
       <c r="N23" s="285">
         <v>0.19</v>
       </c>
       <c r="O23" s="288">
-        <v>7913</v>
+        <v>7790</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.45" customHeight="1">
       <c r="A24" s="278" t="s">
         <v>190</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="191"/>
       <c r="N24" s="195"/>
       <c r="O24" s="197"/>
     </row>
     <row r="25" spans="1:15" ht="12.6" customHeight="1">
       <c r="A25" s="22" t="s">
         <v>191</v>
       </c>
       <c r="B25" s="282">
         <v>122992</v>
       </c>
       <c r="C25" s="282">
-        <v>3031951</v>
+        <v>3000512</v>
       </c>
       <c r="D25" s="282">
-        <v>210584</v>
+        <v>214317</v>
       </c>
       <c r="E25" s="282">
-        <v>21387</v>
+        <v>25961</v>
       </c>
       <c r="F25" s="282">
-        <v>1932740</v>
+        <v>1879533</v>
       </c>
       <c r="G25" s="282">
-        <v>2514115</v>
+        <v>2491777</v>
       </c>
       <c r="H25" s="282">
-        <v>1866252</v>
+        <v>1817050</v>
       </c>
       <c r="I25" s="282">
-        <v>1864001</v>
+        <v>1814918</v>
       </c>
       <c r="J25" s="282">
-        <v>2251</v>
+        <v>2133</v>
       </c>
       <c r="K25" s="282">
-        <v>2843</v>
+        <v>2593</v>
       </c>
       <c r="L25" s="282">
-        <v>2164</v>
+        <v>1928</v>
       </c>
       <c r="M25" s="282">
-        <v>679</v>
+        <v>666</v>
       </c>
       <c r="N25" s="285">
-        <v>0.15</v>
+        <v>0.14</v>
       </c>
       <c r="O25" s="288">
-        <v>23463</v>
+        <v>23148</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.45" customHeight="1">
       <c r="A26" s="278" t="s">
         <v>192</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="191"/>
       <c r="N26" s="195"/>
       <c r="O26" s="197"/>
     </row>
     <row r="27" spans="1:15" ht="12.6" customHeight="1">
       <c r="A27" s="23" t="s">
         <v>193</v>
       </c>
       <c r="B27" s="282">
         <v>19576</v>
       </c>
       <c r="C27" s="282">
-        <v>392055</v>
+        <v>388405</v>
       </c>
       <c r="D27" s="282">
-        <v>35743</v>
+        <v>36150</v>
       </c>
       <c r="E27" s="282">
-        <v>1428</v>
+        <v>1704</v>
       </c>
       <c r="F27" s="282">
-        <v>269505</v>
+        <v>269127</v>
       </c>
       <c r="G27" s="282">
-        <v>344139</v>
+        <v>340844</v>
       </c>
       <c r="H27" s="282">
-        <v>255947</v>
+        <v>253469</v>
       </c>
       <c r="I27" s="282">
-        <v>255479</v>
+        <v>253050</v>
       </c>
       <c r="J27" s="282">
-        <v>469</v>
+        <v>419</v>
       </c>
       <c r="K27" s="282">
-        <v>486</v>
+        <v>436</v>
       </c>
       <c r="L27" s="282">
-        <v>417</v>
+        <v>389</v>
       </c>
       <c r="M27" s="282">
-        <v>69</v>
+        <v>47</v>
       </c>
       <c r="N27" s="285">
-        <v>0.19</v>
+        <v>0.17</v>
       </c>
       <c r="O27" s="288">
-        <v>3870</v>
+        <v>3975</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.45" customHeight="1">
       <c r="A28" s="290" t="s">
         <v>194</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="191"/>
       <c r="N28" s="195"/>
       <c r="O28" s="197"/>
     </row>
     <row r="29" spans="1:15" ht="12.6" customHeight="1">
       <c r="A29" s="22" t="s">
         <v>195</v>
       </c>
       <c r="B29" s="282">
         <v>171285</v>
       </c>
       <c r="C29" s="282">
-        <v>5710271</v>
+        <v>5765573</v>
       </c>
       <c r="D29" s="282">
-        <v>417016</v>
+        <v>430971</v>
       </c>
       <c r="E29" s="282">
-        <v>55072</v>
+        <v>66893</v>
       </c>
       <c r="F29" s="282">
-        <v>3529539</v>
+        <v>3506028</v>
       </c>
       <c r="G29" s="282">
-        <v>4666368</v>
+        <v>4751017</v>
       </c>
       <c r="H29" s="282">
-        <v>3415984</v>
+        <v>3403365</v>
       </c>
       <c r="I29" s="282">
-        <v>3411272</v>
+        <v>3398825</v>
       </c>
       <c r="J29" s="282">
-        <v>4712</v>
+        <v>4540</v>
       </c>
       <c r="K29" s="282">
-        <v>4723</v>
+        <v>4473</v>
       </c>
       <c r="L29" s="282">
-        <v>2843</v>
+        <v>2729</v>
       </c>
       <c r="M29" s="282">
-        <v>1880</v>
+        <v>1744</v>
       </c>
       <c r="N29" s="285">
-        <v>0.14</v>
+        <v>0.13</v>
       </c>
       <c r="O29" s="288">
-        <v>41936</v>
+        <v>42535</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.45" customHeight="1">
       <c r="A30" s="278" t="s">
         <v>196</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="191"/>
       <c r="N30" s="195"/>
       <c r="O30" s="197"/>
     </row>
     <row r="31" spans="1:15" ht="12.6" customHeight="1">
       <c r="A31" s="22" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="282">
         <v>10000</v>
       </c>
       <c r="C31" s="282">
-        <v>64662</v>
+        <v>65360</v>
       </c>
       <c r="D31" s="282">
-        <v>7950</v>
+        <v>7803</v>
       </c>
       <c r="E31" s="282">
-        <v>-869</v>
+        <v>-1062</v>
       </c>
       <c r="F31" s="282">
-        <v>32559</v>
+        <v>38061</v>
       </c>
       <c r="G31" s="282">
-        <v>54906</v>
+        <v>56244</v>
       </c>
       <c r="H31" s="282">
-        <v>32279</v>
+        <v>37685</v>
       </c>
       <c r="I31" s="282">
-        <v>32273</v>
+        <v>37678</v>
       </c>
       <c r="J31" s="282">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="K31" s="282">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="L31" s="282">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M31" s="282">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="N31" s="285">
         <v>0.02</v>
       </c>
       <c r="O31" s="288">
-        <v>377</v>
+        <v>441</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.45" customHeight="1">
       <c r="A32" s="278" t="s">
         <v>198</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="191"/>
       <c r="N32" s="195"/>
       <c r="O32" s="197"/>
     </row>
     <row r="33" spans="1:15" ht="12.6" customHeight="1">
       <c r="A33" s="22" t="s">
         <v>199</v>
       </c>
       <c r="B33" s="282">
         <v>20000</v>
       </c>
       <c r="C33" s="282">
-        <v>101758</v>
+        <v>104880</v>
       </c>
       <c r="D33" s="282">
-        <v>15961</v>
+        <v>15956</v>
       </c>
       <c r="E33" s="282">
-        <v>-505</v>
+        <v>-509</v>
       </c>
       <c r="F33" s="282">
-        <v>73289</v>
+        <v>75175</v>
       </c>
       <c r="G33" s="282">
-        <v>83974</v>
+        <v>87423</v>
       </c>
       <c r="H33" s="282">
-        <v>73289</v>
+        <v>75175</v>
       </c>
       <c r="I33" s="282">
-        <v>73185</v>
+        <v>75067</v>
       </c>
       <c r="J33" s="282">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="K33" s="282">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="L33" s="282">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="M33" s="282">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="N33" s="285">
-        <v>0.2</v>
+        <v>0.22</v>
       </c>
       <c r="O33" s="288">
-        <v>797</v>
+        <v>831</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.45" customHeight="1">
       <c r="A34" s="278" t="s">
         <v>200</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="191"/>
       <c r="N34" s="195"/>
       <c r="O34" s="197"/>
     </row>
     <row r="35" spans="1:15" ht="12.6" customHeight="1">
       <c r="A35" s="22" t="s">
         <v>201</v>
       </c>
       <c r="B35" s="282">
         <v>10000</v>
       </c>
       <c r="C35" s="282">
-        <v>55765</v>
+        <v>54923</v>
       </c>
       <c r="D35" s="282">
-        <v>7236</v>
+        <v>7169</v>
       </c>
       <c r="E35" s="282">
-        <v>-508</v>
+        <v>-601</v>
       </c>
       <c r="F35" s="282">
-        <v>22278</v>
+        <v>22398</v>
       </c>
       <c r="G35" s="282">
-        <v>41896</v>
+        <v>40296</v>
       </c>
       <c r="H35" s="282">
-        <v>22278</v>
+        <v>22398</v>
       </c>
       <c r="I35" s="282">
-        <v>22278</v>
+        <v>22398</v>
       </c>
       <c r="J35" s="282">
         <v>0</v>
       </c>
       <c r="K35" s="282">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="L35" s="282">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="M35" s="293">
         <v>0</v>
       </c>
       <c r="N35" s="285">
-        <v>0.02</v>
+        <v>0.04</v>
       </c>
       <c r="O35" s="288">
         <v>244</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.45" customHeight="1" thickBot="1">
       <c r="A36" s="295" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="198"/>
       <c r="N36" s="199"/>
       <c r="O36" s="200"/>
     </row>
     <row r="37" spans="1:15" ht="13.5" customHeight="1">
@@ -11041,57 +11041,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="225" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="225"/>
       <c r="F4" s="225"/>
       <c r="G4" s="226" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="226"/>
       <c r="I4" s="226"/>
       <c r="J4" s="19"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="123" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="122" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="119" t="s">
         <v>82</v>
       </c>
@@ -11298,883 +11298,883 @@
       </c>
       <c r="K10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="138" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="132" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="301" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="268">
         <v>43995</v>
       </c>
       <c r="C11" s="268">
-        <v>3939424</v>
+        <v>4219942</v>
       </c>
       <c r="D11" s="268">
-        <v>157228</v>
+        <v>159700</v>
       </c>
       <c r="E11" s="302">
-        <v>20010</v>
+        <v>22026</v>
       </c>
       <c r="F11" s="302">
-        <v>2064644</v>
+        <v>2395363</v>
       </c>
       <c r="G11" s="302">
-        <v>1883539</v>
+        <v>1881673</v>
       </c>
       <c r="H11" s="302">
-        <v>1258104</v>
+        <v>1404895</v>
       </c>
       <c r="I11" s="302">
-        <v>1258092</v>
+        <v>1404883</v>
       </c>
       <c r="J11" s="302">
         <v>12</v>
       </c>
       <c r="K11" s="302">
         <v>12</v>
       </c>
       <c r="L11" s="302">
         <v>12</v>
       </c>
-      <c r="M11" s="302">
-[...6 lines deleted...]
-        <v>19722</v>
+      <c r="M11" s="303">
+        <v>0</v>
+      </c>
+      <c r="N11" s="307">
+        <v>0</v>
+      </c>
+      <c r="O11" s="308">
+        <v>20478</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A12" s="310" t="s">
+      <c r="A12" s="311" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="191"/>
       <c r="N12" s="195"/>
       <c r="O12" s="197"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>57</v>
       </c>
       <c r="B13" s="282">
         <v>4454</v>
       </c>
       <c r="C13" s="282">
-        <v>627963</v>
+        <v>681379</v>
       </c>
       <c r="D13" s="282">
-        <v>29133</v>
+        <v>29707</v>
       </c>
       <c r="E13" s="282">
-        <v>2785</v>
+        <v>3143</v>
       </c>
       <c r="F13" s="282">
-        <v>433051</v>
+        <v>462928</v>
       </c>
       <c r="G13" s="282">
-        <v>344829</v>
+        <v>377363</v>
       </c>
       <c r="H13" s="282">
-        <v>269140</v>
+        <v>282229</v>
       </c>
       <c r="I13" s="282">
-        <v>269140</v>
+        <v>282229</v>
       </c>
       <c r="J13" s="293">
         <v>0</v>
       </c>
       <c r="K13" s="293">
         <v>0</v>
       </c>
       <c r="L13" s="293">
         <v>0</v>
       </c>
       <c r="M13" s="293">
         <v>0</v>
       </c>
-      <c r="N13" s="313">
+      <c r="N13" s="314">
         <v>0</v>
       </c>
       <c r="O13" s="288">
-        <v>2723</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A14" s="309" t="s">
+      <c r="A14" s="310" t="s">
         <v>203</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>204</v>
       </c>
       <c r="B15" s="282">
         <v>390</v>
       </c>
       <c r="C15" s="282">
-        <v>203398</v>
+        <v>140904</v>
       </c>
       <c r="D15" s="282">
-        <v>13386</v>
+        <v>13669</v>
       </c>
       <c r="E15" s="282">
-        <v>1607</v>
+        <v>1800</v>
       </c>
       <c r="F15" s="282">
-        <v>23935</v>
+        <v>61866</v>
       </c>
       <c r="G15" s="282">
-        <v>169208</v>
+        <v>75992</v>
       </c>
       <c r="H15" s="282">
-        <v>19826</v>
+        <v>35669</v>
       </c>
       <c r="I15" s="282">
-        <v>19826</v>
+        <v>35669</v>
       </c>
       <c r="J15" s="293">
         <v>0</v>
       </c>
       <c r="K15" s="293">
         <v>0</v>
       </c>
       <c r="L15" s="293">
         <v>0</v>
       </c>
       <c r="M15" s="293">
         <v>0</v>
       </c>
-      <c r="N15" s="313">
+      <c r="N15" s="314">
         <v>0</v>
       </c>
       <c r="O15" s="288">
-        <v>198</v>
+        <v>357</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A16" s="309" t="s">
+      <c r="A16" s="310" t="s">
         <v>205</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="25" t="s">
         <v>206</v>
       </c>
       <c r="B17" s="282">
         <v>1000</v>
       </c>
       <c r="C17" s="282">
-        <v>24237</v>
+        <v>27383</v>
       </c>
       <c r="D17" s="282">
-        <v>5257</v>
+        <v>5294</v>
       </c>
       <c r="E17" s="282">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="F17" s="282">
-        <v>25011</v>
+        <v>25445</v>
       </c>
       <c r="G17" s="282">
-        <v>8400</v>
+        <v>8416</v>
       </c>
       <c r="H17" s="282">
-        <v>18394</v>
+        <v>19349</v>
       </c>
       <c r="I17" s="282">
-        <v>18382</v>
+        <v>19337</v>
       </c>
       <c r="J17" s="282">
         <v>12</v>
       </c>
       <c r="K17" s="282">
         <v>12</v>
       </c>
       <c r="L17" s="282">
         <v>12</v>
       </c>
       <c r="M17" s="293">
         <v>0</v>
       </c>
       <c r="N17" s="285">
         <v>0.06</v>
       </c>
       <c r="O17" s="288">
-        <v>1872</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A18" s="309" t="s">
+      <c r="A18" s="310" t="s">
         <v>207</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="25" t="s">
         <v>208</v>
       </c>
       <c r="B19" s="282">
         <v>665</v>
       </c>
       <c r="C19" s="282">
-        <v>7111</v>
+        <v>12146</v>
       </c>
       <c r="D19" s="282">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="E19" s="282">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="F19" s="282">
-        <v>15949</v>
+        <v>18702</v>
       </c>
       <c r="G19" s="282">
-        <v>159</v>
+        <v>529</v>
       </c>
       <c r="H19" s="282">
-        <v>4940</v>
+        <v>8936</v>
       </c>
       <c r="I19" s="282">
-        <v>4940</v>
+        <v>8936</v>
       </c>
       <c r="J19" s="293">
         <v>0</v>
       </c>
       <c r="K19" s="293">
         <v>0</v>
       </c>
       <c r="L19" s="293">
         <v>0</v>
       </c>
       <c r="M19" s="293">
         <v>0</v>
       </c>
-      <c r="N19" s="313">
+      <c r="N19" s="314">
         <v>0</v>
       </c>
       <c r="O19" s="288">
-        <v>79</v>
+        <v>89</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A20" s="309" t="s">
+      <c r="A20" s="310" t="s">
         <v>209</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="191"/>
       <c r="N20" s="195"/>
       <c r="O20" s="197"/>
     </row>
     <row r="21" spans="1:15" ht="12.6" customHeight="1">
       <c r="A21" s="25" t="s">
         <v>210</v>
       </c>
       <c r="B21" s="282">
         <v>200</v>
       </c>
       <c r="C21" s="282">
-        <v>5664</v>
+        <v>7064</v>
       </c>
       <c r="D21" s="282">
-        <v>1943</v>
+        <v>1978</v>
       </c>
       <c r="E21" s="282">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>100</v>
+      </c>
+      <c r="F21" s="293">
+        <v>0</v>
       </c>
       <c r="G21" s="282">
         <v>7</v>
       </c>
       <c r="H21" s="293">
         <v>0</v>
       </c>
       <c r="I21" s="293">
         <v>0</v>
       </c>
       <c r="J21" s="293">
         <v>0</v>
       </c>
       <c r="K21" s="293">
         <v>0</v>
       </c>
       <c r="L21" s="293">
         <v>0</v>
       </c>
       <c r="M21" s="293">
         <v>0</v>
       </c>
-      <c r="N21" s="313">
-[...2 lines deleted...]
-      <c r="O21" s="316">
+      <c r="N21" s="314">
+        <v>0</v>
+      </c>
+      <c r="O21" s="317">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A22" s="309" t="s">
+      <c r="A22" s="310" t="s">
         <v>211</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="191"/>
       <c r="N22" s="195"/>
       <c r="O22" s="197"/>
     </row>
     <row r="23" spans="1:15" ht="12.6" customHeight="1">
       <c r="A23" s="25" t="s">
         <v>212</v>
       </c>
       <c r="B23" s="282">
         <v>200</v>
       </c>
       <c r="C23" s="282">
-        <v>167400</v>
+        <v>162026</v>
       </c>
       <c r="D23" s="282">
-        <v>7156</v>
+        <v>7488</v>
       </c>
       <c r="E23" s="282">
-        <v>-108</v>
+        <v>183</v>
       </c>
       <c r="F23" s="282">
-        <v>94355</v>
+        <v>81698</v>
       </c>
       <c r="G23" s="282">
-        <v>3704</v>
+        <v>2831</v>
       </c>
       <c r="H23" s="282">
-        <v>62971</v>
+        <v>41200</v>
       </c>
       <c r="I23" s="282">
-        <v>62971</v>
+        <v>41200</v>
       </c>
       <c r="J23" s="293">
         <v>0</v>
       </c>
       <c r="K23" s="293">
         <v>0</v>
       </c>
       <c r="L23" s="293">
         <v>0</v>
       </c>
       <c r="M23" s="293">
         <v>0</v>
       </c>
-      <c r="N23" s="313">
+      <c r="N23" s="314">
         <v>0</v>
       </c>
       <c r="O23" s="288">
-        <v>606</v>
+        <v>402</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A24" s="309" t="s">
+      <c r="A24" s="310" t="s">
         <v>213</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="191"/>
       <c r="N24" s="195"/>
       <c r="O24" s="197"/>
     </row>
     <row r="25" spans="1:15" ht="12.6" customHeight="1">
       <c r="A25" s="25" t="s">
         <v>214</v>
       </c>
       <c r="B25" s="282">
         <v>200</v>
       </c>
       <c r="C25" s="282">
-        <v>13456</v>
+        <v>12335</v>
       </c>
       <c r="D25" s="282">
-        <v>3181</v>
+        <v>3201</v>
       </c>
       <c r="E25" s="282">
-        <v>855</v>
+        <v>887</v>
       </c>
       <c r="F25" s="293">
         <v>0</v>
       </c>
       <c r="G25" s="293">
         <v>0</v>
       </c>
       <c r="H25" s="293">
         <v>0</v>
       </c>
       <c r="I25" s="293">
         <v>0</v>
       </c>
       <c r="J25" s="293">
         <v>0</v>
       </c>
       <c r="K25" s="293">
         <v>0</v>
       </c>
       <c r="L25" s="293">
         <v>0</v>
       </c>
       <c r="M25" s="293">
         <v>0</v>
       </c>
-      <c r="N25" s="313">
-[...2 lines deleted...]
-      <c r="O25" s="316">
+      <c r="N25" s="314">
+        <v>0</v>
+      </c>
+      <c r="O25" s="317">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A26" s="309" t="s">
+      <c r="A26" s="310" t="s">
         <v>215</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="191"/>
       <c r="N26" s="195"/>
       <c r="O26" s="197"/>
     </row>
     <row r="27" spans="1:15" ht="12.6" customHeight="1">
       <c r="A27" s="25" t="s">
         <v>216</v>
       </c>
       <c r="B27" s="282">
         <v>1650</v>
       </c>
       <c r="C27" s="282">
-        <v>80662</v>
+        <v>89892</v>
       </c>
       <c r="D27" s="282">
-        <v>2048</v>
+        <v>1939</v>
       </c>
       <c r="E27" s="282">
-        <v>374</v>
+        <v>262</v>
       </c>
       <c r="F27" s="282">
-        <v>18026</v>
+        <v>17767</v>
       </c>
       <c r="G27" s="282">
-        <v>2012</v>
+        <v>2122</v>
       </c>
       <c r="H27" s="282">
-        <v>16825</v>
+        <v>16566</v>
       </c>
       <c r="I27" s="282">
-        <v>16825</v>
+        <v>16566</v>
       </c>
       <c r="J27" s="293">
         <v>0</v>
       </c>
       <c r="K27" s="293">
         <v>0</v>
       </c>
       <c r="L27" s="293">
         <v>0</v>
       </c>
       <c r="M27" s="293">
         <v>0</v>
       </c>
-      <c r="N27" s="313">
+      <c r="N27" s="314">
         <v>0</v>
       </c>
       <c r="O27" s="288">
-        <v>545</v>
+        <v>578</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A28" s="309" t="s">
+      <c r="A28" s="310" t="s">
         <v>217</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="191"/>
       <c r="N28" s="195"/>
       <c r="O28" s="197"/>
     </row>
     <row r="29" spans="1:15" ht="12.6" customHeight="1">
       <c r="A29" s="25" t="s">
         <v>218</v>
       </c>
       <c r="B29" s="282">
         <v>510</v>
       </c>
       <c r="C29" s="282">
-        <v>174610</v>
+        <v>201827</v>
       </c>
       <c r="D29" s="282">
-        <v>2151</v>
+        <v>2247</v>
       </c>
       <c r="E29" s="282">
-        <v>829</v>
+        <v>809</v>
       </c>
       <c r="F29" s="282">
-        <v>34136</v>
+        <v>31770</v>
       </c>
       <c r="G29" s="282">
-        <v>127591</v>
+        <v>121563</v>
       </c>
       <c r="H29" s="282">
-        <v>15489</v>
+        <v>11930</v>
       </c>
       <c r="I29" s="282">
-        <v>15489</v>
+        <v>11930</v>
       </c>
       <c r="J29" s="293">
         <v>0</v>
       </c>
       <c r="K29" s="293">
         <v>0</v>
       </c>
       <c r="L29" s="293">
         <v>0</v>
       </c>
       <c r="M29" s="293">
         <v>0</v>
       </c>
-      <c r="N29" s="313">
+      <c r="N29" s="314">
         <v>0</v>
       </c>
       <c r="O29" s="288">
-        <v>155</v>
+        <v>119</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A30" s="309" t="s">
+      <c r="A30" s="310" t="s">
         <v>219</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="191"/>
       <c r="N30" s="195"/>
       <c r="O30" s="197"/>
     </row>
     <row r="31" spans="1:15" ht="12.6" customHeight="1">
       <c r="A31" s="25" t="s">
         <v>220</v>
       </c>
       <c r="B31" s="282">
         <v>881</v>
       </c>
       <c r="C31" s="282">
-        <v>36810</v>
+        <v>40754</v>
       </c>
       <c r="D31" s="282">
-        <v>2897</v>
+        <v>2974</v>
       </c>
       <c r="E31" s="282">
-        <v>216</v>
+        <v>250</v>
       </c>
       <c r="F31" s="282">
-        <v>35741</v>
+        <v>39387</v>
       </c>
       <c r="G31" s="282">
-        <v>17036</v>
+        <v>18028</v>
       </c>
       <c r="H31" s="282">
-        <v>33654</v>
+        <v>37742</v>
       </c>
       <c r="I31" s="282">
-        <v>33654</v>
+        <v>37742</v>
       </c>
       <c r="J31" s="293">
         <v>0</v>
       </c>
       <c r="K31" s="293">
         <v>0</v>
       </c>
       <c r="L31" s="293">
         <v>0</v>
       </c>
       <c r="M31" s="293">
         <v>0</v>
       </c>
-      <c r="N31" s="313">
+      <c r="N31" s="314">
         <v>0</v>
       </c>
       <c r="O31" s="288">
-        <v>378</v>
+        <v>420</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A32" s="309" t="s">
+      <c r="A32" s="310" t="s">
         <v>221</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="191"/>
       <c r="N32" s="195"/>
       <c r="O32" s="197"/>
     </row>
     <row r="33" spans="1:15" ht="12.6" customHeight="1">
       <c r="A33" s="25" t="s">
         <v>222</v>
       </c>
       <c r="B33" s="282">
         <v>2000</v>
       </c>
       <c r="C33" s="282">
-        <v>92789</v>
+        <v>96587</v>
       </c>
       <c r="D33" s="282">
-        <v>4295</v>
+        <v>4119</v>
       </c>
       <c r="E33" s="282">
-        <v>1804</v>
+        <v>1565</v>
       </c>
       <c r="F33" s="282">
-        <v>8223</v>
+        <v>5362</v>
       </c>
       <c r="G33" s="282">
-        <v>64173</v>
+        <v>64791</v>
       </c>
       <c r="H33" s="282">
-        <v>5308</v>
+        <v>1915</v>
       </c>
       <c r="I33" s="282">
-        <v>5308</v>
+        <v>1915</v>
       </c>
       <c r="J33" s="293">
         <v>0</v>
       </c>
       <c r="K33" s="293">
         <v>0</v>
       </c>
       <c r="L33" s="293">
         <v>0</v>
       </c>
       <c r="M33" s="293">
         <v>0</v>
       </c>
-      <c r="N33" s="313">
+      <c r="N33" s="314">
         <v>0</v>
       </c>
       <c r="O33" s="288">
-        <v>53</v>
+        <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A34" s="309" t="s">
+      <c r="A34" s="310" t="s">
         <v>223</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="191"/>
       <c r="N34" s="195"/>
       <c r="O34" s="197"/>
     </row>
     <row r="35" spans="1:15" ht="12.6" customHeight="1">
       <c r="A35" s="25" t="s">
         <v>224</v>
       </c>
       <c r="B35" s="282">
         <v>200</v>
       </c>
       <c r="C35" s="282">
-        <v>189833</v>
+        <v>218110</v>
       </c>
       <c r="D35" s="282">
-        <v>7460</v>
+        <v>8031</v>
       </c>
       <c r="E35" s="282">
-        <v>796</v>
+        <v>1368</v>
       </c>
       <c r="F35" s="282">
-        <v>178309</v>
+        <v>194217</v>
       </c>
       <c r="G35" s="282">
-        <v>43034</v>
+        <v>42365</v>
       </c>
       <c r="H35" s="282">
-        <v>104766</v>
+        <v>136367</v>
       </c>
       <c r="I35" s="282">
-        <v>104766</v>
+        <v>136367</v>
       </c>
       <c r="J35" s="293">
         <v>0</v>
       </c>
       <c r="K35" s="293">
         <v>0</v>
       </c>
       <c r="L35" s="293">
         <v>0</v>
       </c>
       <c r="M35" s="293">
         <v>0</v>
       </c>
-      <c r="N35" s="313">
+      <c r="N35" s="314">
         <v>0</v>
       </c>
       <c r="O35" s="288">
-        <v>1856</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A36" s="318" t="s">
+      <c r="A36" s="319" t="s">
         <v>225</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="198"/>
       <c r="N36" s="199"/>
       <c r="O36" s="200"/>
     </row>
     <row r="37" spans="1:15" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -12601,57 +12601,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="225" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="225"/>
       <c r="F4" s="225"/>
       <c r="G4" s="226" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="226"/>
       <c r="I4" s="226"/>
       <c r="J4" s="19"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="123" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="122" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="119" t="s">
         <v>82</v>
       </c>
@@ -12858,883 +12858,883 @@
       </c>
       <c r="K10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="130" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="138" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="132" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="300" t="s">
         <v>71</v>
       </c>
       <c r="B11" s="267">
         <v>890</v>
       </c>
       <c r="C11" s="267">
-        <v>223956</v>
+        <v>231793</v>
       </c>
       <c r="D11" s="267">
-        <v>4000</v>
+        <v>4409</v>
       </c>
       <c r="E11" s="282">
-        <v>2291</v>
+        <v>2809</v>
       </c>
       <c r="F11" s="282">
-        <v>96198</v>
+        <v>96485</v>
       </c>
       <c r="G11" s="282">
-        <v>84622</v>
+        <v>90717</v>
       </c>
       <c r="H11" s="282">
-        <v>65200</v>
+        <v>63919</v>
       </c>
       <c r="I11" s="282">
-        <v>65200</v>
+        <v>63919</v>
       </c>
       <c r="J11" s="293">
         <v>0</v>
       </c>
       <c r="K11" s="293">
         <v>0</v>
       </c>
       <c r="L11" s="293">
         <v>0</v>
       </c>
       <c r="M11" s="293">
         <v>0</v>
       </c>
-      <c r="N11" s="313">
+      <c r="N11" s="314">
         <v>0</v>
       </c>
       <c r="O11" s="288">
-        <v>862</v>
+        <v>903</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A12" s="309" t="s">
+      <c r="A12" s="310" t="s">
         <v>226</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="191"/>
       <c r="N12" s="195"/>
       <c r="O12" s="197"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>227</v>
       </c>
       <c r="B13" s="282">
         <v>1542</v>
       </c>
       <c r="C13" s="282">
-        <v>18248</v>
+        <v>18630</v>
       </c>
       <c r="D13" s="282">
-        <v>2060</v>
+        <v>2103</v>
       </c>
       <c r="E13" s="282">
-        <v>198</v>
+        <v>236</v>
       </c>
       <c r="F13" s="282">
-        <v>31305</v>
+        <v>32276</v>
       </c>
       <c r="G13" s="282">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="H13" s="282">
-        <v>14822</v>
+        <v>16883</v>
       </c>
       <c r="I13" s="282">
-        <v>14822</v>
+        <v>16883</v>
       </c>
       <c r="J13" s="293">
         <v>0</v>
       </c>
       <c r="K13" s="293">
         <v>0</v>
       </c>
       <c r="L13" s="293">
         <v>0</v>
       </c>
       <c r="M13" s="293">
         <v>0</v>
       </c>
-      <c r="N13" s="313">
+      <c r="N13" s="314">
         <v>0</v>
       </c>
       <c r="O13" s="288">
-        <v>683</v>
+        <v>695</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A14" s="309" t="s">
+      <c r="A14" s="310" t="s">
         <v>228</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>229</v>
       </c>
       <c r="B15" s="282">
         <v>2904</v>
       </c>
       <c r="C15" s="282">
-        <v>144197</v>
+        <v>144238</v>
       </c>
       <c r="D15" s="282">
-        <v>3300</v>
+        <v>3326</v>
       </c>
       <c r="E15" s="282">
-        <v>66</v>
+        <v>117</v>
       </c>
       <c r="F15" s="282">
-        <v>94316</v>
+        <v>96287</v>
       </c>
       <c r="G15" s="282">
-        <v>5319</v>
+        <v>4483</v>
       </c>
       <c r="H15" s="282">
-        <v>79544</v>
+        <v>80536</v>
       </c>
       <c r="I15" s="282">
-        <v>79544</v>
+        <v>80536</v>
       </c>
       <c r="J15" s="293">
         <v>0</v>
       </c>
       <c r="K15" s="293">
         <v>0</v>
       </c>
       <c r="L15" s="293">
         <v>0</v>
       </c>
       <c r="M15" s="293">
         <v>0</v>
       </c>
-      <c r="N15" s="313">
+      <c r="N15" s="314">
         <v>0</v>
       </c>
       <c r="O15" s="288">
-        <v>795</v>
+        <v>805</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A16" s="309" t="s">
+      <c r="A16" s="310" t="s">
         <v>230</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="25" t="s">
         <v>231</v>
       </c>
       <c r="B17" s="282">
         <v>2761</v>
       </c>
       <c r="C17" s="282">
-        <v>226398</v>
+        <v>217620</v>
       </c>
       <c r="D17" s="282">
-        <v>6745</v>
+        <v>6631</v>
       </c>
       <c r="E17" s="282">
-        <v>1113</v>
+        <v>987</v>
       </c>
       <c r="F17" s="282">
-        <v>164793</v>
+        <v>203107</v>
       </c>
       <c r="G17" s="282">
-        <v>106829</v>
+        <v>126629</v>
       </c>
       <c r="H17" s="282">
-        <v>75225</v>
+        <v>78013</v>
       </c>
       <c r="I17" s="282">
-        <v>75225</v>
+        <v>78013</v>
       </c>
       <c r="J17" s="293">
         <v>0</v>
       </c>
       <c r="K17" s="293">
         <v>0</v>
       </c>
       <c r="L17" s="293">
         <v>0</v>
       </c>
       <c r="M17" s="293">
         <v>0</v>
       </c>
-      <c r="N17" s="313">
+      <c r="N17" s="314">
         <v>0</v>
       </c>
       <c r="O17" s="288">
-        <v>1005</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A18" s="309" t="s">
+      <c r="A18" s="310" t="s">
         <v>232</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="25" t="s">
         <v>233</v>
       </c>
       <c r="B19" s="282">
         <v>1040</v>
       </c>
       <c r="C19" s="282">
-        <v>188981</v>
+        <v>190980</v>
       </c>
       <c r="D19" s="282">
-        <v>3208</v>
+        <v>3361</v>
       </c>
       <c r="E19" s="282">
-        <v>1255</v>
+        <v>1449</v>
       </c>
       <c r="F19" s="282">
-        <v>74701</v>
+        <v>76591</v>
       </c>
       <c r="G19" s="282">
-        <v>114981</v>
+        <v>129521</v>
       </c>
       <c r="H19" s="282">
-        <v>74701</v>
+        <v>76591</v>
       </c>
       <c r="I19" s="282">
-        <v>74701</v>
+        <v>76591</v>
       </c>
       <c r="J19" s="293">
         <v>0</v>
       </c>
       <c r="K19" s="293">
         <v>0</v>
       </c>
       <c r="L19" s="293">
         <v>0</v>
       </c>
       <c r="M19" s="293">
         <v>0</v>
       </c>
-      <c r="N19" s="313">
+      <c r="N19" s="314">
         <v>0</v>
       </c>
       <c r="O19" s="288">
-        <v>451</v>
+        <v>458</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A20" s="309" t="s">
+      <c r="A20" s="310" t="s">
         <v>234</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="191"/>
       <c r="N20" s="195"/>
       <c r="O20" s="197"/>
     </row>
     <row r="21" spans="1:15" ht="12.6" customHeight="1">
       <c r="A21" s="25" t="s">
         <v>235</v>
       </c>
       <c r="B21" s="282">
         <v>1580</v>
       </c>
       <c r="C21" s="282">
-        <v>275369</v>
+        <v>332253</v>
       </c>
       <c r="D21" s="282">
-        <v>3999</v>
+        <v>3851</v>
       </c>
       <c r="E21" s="282">
-        <v>221</v>
+        <v>56</v>
       </c>
       <c r="F21" s="282">
-        <v>162888</v>
+        <v>212528</v>
       </c>
       <c r="G21" s="282">
-        <v>108133</v>
+        <v>122727</v>
       </c>
       <c r="H21" s="282">
-        <v>42085</v>
+        <v>50883</v>
       </c>
       <c r="I21" s="282">
-        <v>42085</v>
+        <v>50883</v>
       </c>
       <c r="J21" s="293">
         <v>0</v>
       </c>
       <c r="K21" s="293">
         <v>0</v>
       </c>
       <c r="L21" s="293">
         <v>0</v>
       </c>
       <c r="M21" s="293">
         <v>0</v>
       </c>
-      <c r="N21" s="313">
+      <c r="N21" s="314">
         <v>0</v>
       </c>
       <c r="O21" s="288">
-        <v>694</v>
+        <v>762</v>
       </c>
     </row>
     <row r="22" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A22" s="309" t="s">
+      <c r="A22" s="310" t="s">
         <v>236</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="191"/>
       <c r="N22" s="195"/>
       <c r="O22" s="197"/>
     </row>
     <row r="23" spans="1:15" ht="12.6" customHeight="1">
       <c r="A23" s="25" t="s">
         <v>237</v>
       </c>
       <c r="B23" s="282">
         <v>200</v>
       </c>
       <c r="C23" s="282">
-        <v>894</v>
+        <v>763</v>
       </c>
       <c r="D23" s="282">
-        <v>523</v>
+        <v>485</v>
       </c>
       <c r="E23" s="282">
-        <v>-3</v>
+        <v>-37</v>
       </c>
       <c r="F23" s="293">
         <v>0</v>
       </c>
       <c r="G23" s="293">
         <v>0</v>
       </c>
       <c r="H23" s="293">
         <v>0</v>
       </c>
       <c r="I23" s="293">
         <v>0</v>
       </c>
       <c r="J23" s="293">
         <v>0</v>
       </c>
       <c r="K23" s="293">
         <v>0</v>
       </c>
       <c r="L23" s="293">
         <v>0</v>
       </c>
       <c r="M23" s="293">
         <v>0</v>
       </c>
-      <c r="N23" s="313">
-[...2 lines deleted...]
-      <c r="O23" s="316">
+      <c r="N23" s="314">
+        <v>0</v>
+      </c>
+      <c r="O23" s="317">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A24" s="309" t="s">
+      <c r="A24" s="310" t="s">
         <v>238</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="191"/>
       <c r="N24" s="195"/>
       <c r="O24" s="197"/>
     </row>
     <row r="25" spans="1:15" ht="12.6" customHeight="1">
       <c r="A25" s="25" t="s">
         <v>239</v>
       </c>
       <c r="B25" s="282">
         <v>1620</v>
       </c>
       <c r="C25" s="282">
-        <v>356156</v>
+        <v>342492</v>
       </c>
       <c r="D25" s="282">
-        <v>19819</v>
+        <v>20446</v>
       </c>
       <c r="E25" s="282">
-        <v>3052</v>
+        <v>3708</v>
       </c>
       <c r="F25" s="282">
-        <v>137045</v>
+        <v>132097</v>
       </c>
       <c r="G25" s="282">
-        <v>195173</v>
+        <v>175674</v>
       </c>
       <c r="H25" s="282">
-        <v>108360</v>
+        <v>106896</v>
       </c>
       <c r="I25" s="282">
-        <v>108360</v>
+        <v>106896</v>
       </c>
       <c r="J25" s="293">
         <v>0</v>
       </c>
       <c r="K25" s="293">
         <v>0</v>
       </c>
       <c r="L25" s="293">
         <v>0</v>
       </c>
       <c r="M25" s="293">
         <v>0</v>
       </c>
-      <c r="N25" s="313">
+      <c r="N25" s="314">
         <v>0</v>
       </c>
       <c r="O25" s="288">
-        <v>1673</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="26" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A26" s="309" t="s">
+      <c r="A26" s="310" t="s">
         <v>240</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="191"/>
       <c r="N26" s="195"/>
       <c r="O26" s="197"/>
     </row>
     <row r="27" spans="1:15" ht="12.6" customHeight="1">
       <c r="A27" s="25" t="s">
         <v>241</v>
       </c>
       <c r="B27" s="282">
         <v>3500</v>
       </c>
       <c r="C27" s="282">
-        <v>527378</v>
+        <v>550846</v>
       </c>
       <c r="D27" s="282">
-        <v>14879</v>
+        <v>15222</v>
       </c>
       <c r="E27" s="282">
-        <v>1520</v>
+        <v>1863</v>
       </c>
       <c r="F27" s="282">
-        <v>144280</v>
+        <v>176601</v>
       </c>
       <c r="G27" s="282">
-        <v>410942</v>
+        <v>421517</v>
       </c>
       <c r="H27" s="282">
-        <v>79283</v>
+        <v>113656</v>
       </c>
       <c r="I27" s="282">
-        <v>79283</v>
+        <v>113656</v>
       </c>
       <c r="J27" s="293">
         <v>0</v>
       </c>
       <c r="K27" s="293">
         <v>0</v>
       </c>
       <c r="L27" s="293">
         <v>0</v>
       </c>
       <c r="M27" s="293">
         <v>0</v>
       </c>
-      <c r="N27" s="313">
+      <c r="N27" s="314">
         <v>0</v>
       </c>
       <c r="O27" s="288">
-        <v>2576</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A28" s="309" t="s">
+      <c r="A28" s="310" t="s">
         <v>242</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="191"/>
       <c r="N28" s="195"/>
       <c r="O28" s="197"/>
     </row>
     <row r="29" spans="1:15" ht="12.6" customHeight="1">
       <c r="A29" s="25" t="s">
         <v>243</v>
       </c>
       <c r="B29" s="282">
         <v>1700</v>
       </c>
       <c r="C29" s="282">
-        <v>45238</v>
+        <v>68519</v>
       </c>
       <c r="D29" s="282">
-        <v>3033</v>
+        <v>2918</v>
       </c>
       <c r="E29" s="282">
-        <v>-106</v>
+        <v>-238</v>
       </c>
       <c r="F29" s="282">
-        <v>40716</v>
+        <v>63380</v>
       </c>
       <c r="G29" s="293">
         <v>0</v>
       </c>
       <c r="H29" s="282">
-        <v>40716</v>
+        <v>63380</v>
       </c>
       <c r="I29" s="282">
-        <v>40716</v>
+        <v>63380</v>
       </c>
       <c r="J29" s="293">
         <v>0</v>
       </c>
       <c r="K29" s="293">
         <v>0</v>
       </c>
       <c r="L29" s="293">
         <v>0</v>
       </c>
       <c r="M29" s="293">
         <v>0</v>
       </c>
-      <c r="N29" s="313">
+      <c r="N29" s="314">
         <v>0</v>
       </c>
       <c r="O29" s="288">
-        <v>653</v>
+        <v>865</v>
       </c>
     </row>
     <row r="30" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A30" s="309" t="s">
+      <c r="A30" s="310" t="s">
         <v>244</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="191"/>
       <c r="N30" s="195"/>
       <c r="O30" s="197"/>
     </row>
     <row r="31" spans="1:15" ht="12.6" customHeight="1">
       <c r="A31" s="25" t="s">
         <v>245</v>
       </c>
       <c r="B31" s="282">
         <v>1750</v>
       </c>
       <c r="C31" s="282">
-        <v>52704</v>
+        <v>69317</v>
       </c>
       <c r="D31" s="282">
-        <v>1969</v>
+        <v>1892</v>
       </c>
       <c r="E31" s="282">
-        <v>275</v>
+        <v>177</v>
       </c>
       <c r="F31" s="282">
-        <v>84083</v>
+        <v>101485</v>
       </c>
       <c r="G31" s="293">
         <v>0</v>
       </c>
       <c r="H31" s="282">
-        <v>49478</v>
+        <v>65650</v>
       </c>
       <c r="I31" s="282">
-        <v>49478</v>
+        <v>65650</v>
       </c>
       <c r="J31" s="293">
         <v>0</v>
       </c>
       <c r="K31" s="293">
         <v>0</v>
       </c>
       <c r="L31" s="293">
         <v>0</v>
       </c>
       <c r="M31" s="293">
         <v>0</v>
       </c>
-      <c r="N31" s="313">
+      <c r="N31" s="314">
         <v>0</v>
       </c>
       <c r="O31" s="288">
-        <v>448</v>
+        <v>613</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A32" s="309" t="s">
+      <c r="A32" s="310" t="s">
         <v>246</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="191"/>
       <c r="N32" s="195"/>
       <c r="O32" s="197"/>
     </row>
     <row r="33" spans="1:15" ht="12.6" customHeight="1">
       <c r="A33" s="25" t="s">
         <v>247</v>
       </c>
       <c r="B33" s="282">
         <v>5827</v>
       </c>
       <c r="C33" s="282">
-        <v>47288</v>
+        <v>113388</v>
       </c>
       <c r="D33" s="282">
-        <v>6488</v>
+        <v>5985</v>
       </c>
       <c r="E33" s="282">
-        <v>227</v>
+        <v>-351</v>
       </c>
       <c r="F33" s="282">
-        <v>56236</v>
+        <v>129676</v>
       </c>
       <c r="G33" s="282">
-        <v>11022</v>
+        <v>6381</v>
       </c>
       <c r="H33" s="282">
-        <v>10809</v>
+        <v>37018</v>
       </c>
       <c r="I33" s="282">
-        <v>10809</v>
+        <v>37018</v>
       </c>
       <c r="J33" s="293">
         <v>0</v>
       </c>
       <c r="K33" s="293">
         <v>0</v>
       </c>
       <c r="L33" s="293">
         <v>0</v>
       </c>
       <c r="M33" s="293">
         <v>0</v>
       </c>
-      <c r="N33" s="313">
+      <c r="N33" s="314">
         <v>0</v>
       </c>
       <c r="O33" s="288">
-        <v>110</v>
+        <v>376</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A34" s="309" t="s">
+      <c r="A34" s="310" t="s">
         <v>248</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="191"/>
       <c r="N34" s="195"/>
       <c r="O34" s="197"/>
     </row>
     <row r="35" spans="1:15" ht="12.6" customHeight="1">
       <c r="A35" s="25" t="s">
         <v>249</v>
       </c>
       <c r="B35" s="282">
         <v>4000</v>
       </c>
       <c r="C35" s="282">
-        <v>162740</v>
+        <v>204851</v>
       </c>
       <c r="D35" s="282">
-        <v>4970</v>
+        <v>4971</v>
       </c>
       <c r="E35" s="282">
-        <v>440</v>
+        <v>451</v>
       </c>
       <c r="F35" s="282">
-        <v>87119</v>
+        <v>107481</v>
       </c>
       <c r="G35" s="282">
-        <v>63529</v>
+        <v>87589</v>
       </c>
       <c r="H35" s="282">
-        <v>50484</v>
+        <v>41766</v>
       </c>
       <c r="I35" s="282">
-        <v>50484</v>
+        <v>41766</v>
       </c>
       <c r="J35" s="293">
         <v>0</v>
       </c>
       <c r="K35" s="293">
         <v>0</v>
       </c>
       <c r="L35" s="293">
         <v>0</v>
       </c>
       <c r="M35" s="293">
         <v>0</v>
       </c>
-      <c r="N35" s="313">
+      <c r="N35" s="314">
         <v>0</v>
       </c>
       <c r="O35" s="288">
-        <v>554</v>
+        <v>564</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A36" s="318" t="s">
+      <c r="A36" s="319" t="s">
         <v>250</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="198"/>
       <c r="N36" s="199"/>
       <c r="O36" s="200"/>
     </row>
     <row r="37" spans="1:15" ht="13.5" customHeight="1">
       <c r="A37" s="20" t="s">
         <v>58</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
@@ -14161,57 +14161,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="225" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="225"/>
       <c r="F4" s="225"/>
       <c r="G4" s="226" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="226"/>
       <c r="I4" s="226"/>
       <c r="J4" s="19"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="147" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="146" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="143" t="s">
         <v>82</v>
       </c>
@@ -14418,223 +14418,223 @@
       </c>
       <c r="K10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="162" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="156" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="300" t="s">
         <v>72</v>
       </c>
       <c r="B11" s="267">
         <v>401</v>
       </c>
       <c r="C11" s="267">
-        <v>26876</v>
+        <v>24643</v>
       </c>
       <c r="D11" s="267">
-        <v>428</v>
+        <v>527</v>
       </c>
       <c r="E11" s="282">
-        <v>31</v>
+        <v>155</v>
       </c>
       <c r="F11" s="282">
-        <v>16577</v>
+        <v>19773</v>
       </c>
       <c r="G11" s="293">
         <v>0</v>
       </c>
       <c r="H11" s="282">
-        <v>8764</v>
+        <v>10352</v>
       </c>
       <c r="I11" s="282">
-        <v>8764</v>
+        <v>10352</v>
       </c>
       <c r="J11" s="293">
         <v>0</v>
       </c>
       <c r="K11" s="293">
         <v>0</v>
       </c>
       <c r="L11" s="293">
         <v>0</v>
       </c>
       <c r="M11" s="293">
         <v>0</v>
       </c>
-      <c r="N11" s="313">
+      <c r="N11" s="314">
         <v>0</v>
       </c>
       <c r="O11" s="288">
-        <v>679</v>
+        <v>599</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A12" s="309" t="s">
+      <c r="A12" s="310" t="s">
         <v>251</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="191"/>
       <c r="N12" s="195"/>
       <c r="O12" s="197"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>252</v>
       </c>
       <c r="B13" s="282">
         <v>1100</v>
       </c>
       <c r="C13" s="282">
-        <v>11424</v>
+        <v>12142</v>
       </c>
       <c r="D13" s="282">
-        <v>1235</v>
+        <v>1251</v>
       </c>
       <c r="E13" s="282">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="F13" s="282">
-        <v>1470</v>
+        <v>1633</v>
       </c>
       <c r="G13" s="282">
-        <v>864</v>
+        <v>972</v>
       </c>
       <c r="H13" s="282">
-        <v>1437</v>
+        <v>1600</v>
       </c>
       <c r="I13" s="282">
-        <v>1437</v>
+        <v>1600</v>
       </c>
       <c r="J13" s="293">
         <v>0</v>
       </c>
-      <c r="K13" s="282">
+      <c r="K13" s="293">
         <v>0</v>
       </c>
       <c r="L13" s="293">
         <v>0</v>
       </c>
-      <c r="M13" s="282">
-[...3 lines deleted...]
-        <v>0.01</v>
+      <c r="M13" s="293">
+        <v>0</v>
+      </c>
+      <c r="N13" s="314">
+        <v>0</v>
       </c>
       <c r="O13" s="288">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A14" s="309" t="s">
+      <c r="A14" s="310" t="s">
         <v>253</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>254</v>
       </c>
       <c r="B15" s="282">
         <v>830</v>
       </c>
       <c r="C15" s="282">
-        <v>7646</v>
+        <v>7060</v>
       </c>
       <c r="D15" s="282">
         <v>661</v>
       </c>
       <c r="E15" s="282">
-        <v>-36</v>
+        <v>-35</v>
       </c>
       <c r="F15" s="282">
-        <v>6177</v>
+        <v>6823</v>
       </c>
       <c r="G15" s="282">
-        <v>1926</v>
+        <v>1374</v>
       </c>
       <c r="H15" s="282">
-        <v>5880</v>
+        <v>5848</v>
       </c>
       <c r="I15" s="282">
-        <v>5880</v>
+        <v>5848</v>
       </c>
       <c r="J15" s="293">
         <v>0</v>
       </c>
       <c r="K15" s="293">
         <v>0</v>
       </c>
       <c r="L15" s="293">
         <v>0</v>
       </c>
       <c r="M15" s="293">
         <v>0</v>
       </c>
-      <c r="N15" s="313">
+      <c r="N15" s="314">
         <v>0</v>
       </c>
       <c r="O15" s="288">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A16" s="309" t="s">
+      <c r="A16" s="310" t="s">
         <v>255</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="25"/>
       <c r="B17" s="190"/>
       <c r="C17" s="190"/>
       <c r="D17" s="190"/>
       <c r="E17" s="190"/>
       <c r="F17" s="190"/>
       <c r="G17" s="190"/>
@@ -15399,57 +15399,57 @@
     <row r="3" spans="1:15" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>88</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
       <c r="O3" s="175"/>
     </row>
     <row r="4" spans="1:15" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="225" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="225"/>
       <c r="F4" s="225"/>
       <c r="G4" s="226" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="226"/>
       <c r="I4" s="226"/>
       <c r="J4" s="19"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:15" ht="14.45" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="147" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="146" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="143" t="s">
         <v>82</v>
       </c>
@@ -15656,289 +15656,289 @@
       </c>
       <c r="K10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="154" t="s">
         <v>25</v>
       </c>
       <c r="N10" s="162" t="s">
         <v>36</v>
       </c>
       <c r="O10" s="156" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="12.6" customHeight="1">
       <c r="A11" s="301" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="268">
         <v>5909</v>
       </c>
       <c r="C11" s="268">
-        <v>1303356</v>
+        <v>1229336</v>
       </c>
       <c r="D11" s="268">
-        <v>36712</v>
+        <v>37053</v>
       </c>
       <c r="E11" s="302">
-        <v>3093</v>
+        <v>3506</v>
       </c>
       <c r="F11" s="302">
-        <v>154245</v>
+        <v>171617</v>
       </c>
       <c r="G11" s="302">
-        <v>157066</v>
+        <v>162245</v>
       </c>
       <c r="H11" s="302">
-        <v>149597</v>
+        <v>167783</v>
       </c>
       <c r="I11" s="302">
-        <v>149597</v>
-[...10 lines deleted...]
-      <c r="M11" s="319">
+        <v>167783</v>
+      </c>
+      <c r="J11" s="303">
+        <v>0</v>
+      </c>
+      <c r="K11" s="303">
+        <v>0</v>
+      </c>
+      <c r="L11" s="303">
+        <v>0</v>
+      </c>
+      <c r="M11" s="303">
         <v>0</v>
       </c>
       <c r="N11" s="320">
         <v>0</v>
       </c>
-      <c r="O11" s="307">
-        <v>1496</v>
+      <c r="O11" s="308">
+        <v>1678</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A12" s="310" t="s">
+      <c r="A12" s="311" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="191"/>
       <c r="N12" s="195"/>
       <c r="O12" s="197"/>
     </row>
     <row r="13" spans="1:15" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>60</v>
       </c>
       <c r="B13" s="282">
         <v>2940</v>
       </c>
       <c r="C13" s="282">
-        <v>521892</v>
+        <v>541813</v>
       </c>
       <c r="D13" s="282">
-        <v>10930</v>
+        <v>10924</v>
       </c>
       <c r="E13" s="282">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="F13" s="282">
-        <v>67249</v>
+        <v>85309</v>
       </c>
       <c r="G13" s="282">
-        <v>63689</v>
+        <v>65832</v>
       </c>
       <c r="H13" s="282">
-        <v>65303</v>
+        <v>83605</v>
       </c>
       <c r="I13" s="282">
-        <v>65303</v>
+        <v>83605</v>
       </c>
       <c r="J13" s="293">
         <v>0</v>
       </c>
       <c r="K13" s="293">
         <v>0</v>
       </c>
       <c r="L13" s="293">
         <v>0</v>
       </c>
       <c r="M13" s="293">
         <v>0</v>
       </c>
-      <c r="N13" s="313">
+      <c r="N13" s="314">
         <v>0</v>
       </c>
       <c r="O13" s="288">
-        <v>653</v>
+        <v>836</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A14" s="309" t="s">
+      <c r="A14" s="310" t="s">
         <v>256</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="191"/>
       <c r="N14" s="195"/>
       <c r="O14" s="197"/>
     </row>
     <row r="15" spans="1:15" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>257</v>
       </c>
       <c r="B15" s="282">
         <v>1475</v>
       </c>
       <c r="C15" s="282">
-        <v>208411</v>
+        <v>223955</v>
       </c>
       <c r="D15" s="282">
-        <v>7182</v>
+        <v>7198</v>
       </c>
       <c r="E15" s="282">
-        <v>914</v>
+        <v>963</v>
       </c>
       <c r="F15" s="282">
-        <v>37508</v>
+        <v>34356</v>
       </c>
       <c r="G15" s="282">
-        <v>35578</v>
+        <v>53934</v>
       </c>
       <c r="H15" s="282">
-        <v>37331</v>
+        <v>34288</v>
       </c>
       <c r="I15" s="282">
-        <v>37331</v>
+        <v>34288</v>
       </c>
       <c r="J15" s="293">
         <v>0</v>
       </c>
       <c r="K15" s="293">
         <v>0</v>
       </c>
       <c r="L15" s="293">
         <v>0</v>
       </c>
       <c r="M15" s="293">
         <v>0</v>
       </c>
-      <c r="N15" s="313">
+      <c r="N15" s="314">
         <v>0</v>
       </c>
       <c r="O15" s="288">
-        <v>373</v>
+        <v>343</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A16" s="309" t="s">
+      <c r="A16" s="310" t="s">
         <v>258</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="191"/>
       <c r="N16" s="195"/>
       <c r="O16" s="197"/>
     </row>
     <row r="17" spans="1:15" ht="12.6" customHeight="1">
       <c r="A17" s="25" t="s">
         <v>259</v>
       </c>
       <c r="B17" s="282">
         <v>1494</v>
       </c>
       <c r="C17" s="282">
-        <v>573053</v>
+        <v>463568</v>
       </c>
       <c r="D17" s="282">
-        <v>18600</v>
+        <v>18931</v>
       </c>
       <c r="E17" s="282">
-        <v>1123</v>
+        <v>1484</v>
       </c>
       <c r="F17" s="282">
-        <v>49487</v>
+        <v>51952</v>
       </c>
       <c r="G17" s="282">
-        <v>57799</v>
+        <v>42479</v>
       </c>
       <c r="H17" s="282">
-        <v>46962</v>
+        <v>49890</v>
       </c>
       <c r="I17" s="282">
-        <v>46962</v>
+        <v>49890</v>
       </c>
       <c r="J17" s="293">
         <v>0</v>
       </c>
       <c r="K17" s="293">
         <v>0</v>
       </c>
       <c r="L17" s="293">
         <v>0</v>
       </c>
       <c r="M17" s="293">
         <v>0</v>
       </c>
-      <c r="N17" s="313">
+      <c r="N17" s="314">
         <v>0</v>
       </c>
       <c r="O17" s="288">
-        <v>470</v>
+        <v>499</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="11.1" customHeight="1">
-      <c r="A18" s="309" t="s">
+      <c r="A18" s="310" t="s">
         <v>260</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="191"/>
       <c r="N18" s="195"/>
       <c r="O18" s="197"/>
     </row>
     <row r="19" spans="1:15" ht="12.6" customHeight="1">
       <c r="A19" s="25"/>
       <c r="B19" s="190"/>
       <c r="C19" s="190"/>
       <c r="D19" s="190"/>
       <c r="E19" s="190"/>
       <c r="F19" s="190"/>
       <c r="G19" s="190"/>
@@ -16731,443 +16731,443 @@
       </c>
       <c r="E6" s="28" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="27" t="s">
         <v>76</v>
       </c>
       <c r="G6" s="27" t="s">
         <v>77</v>
       </c>
       <c r="H6" s="26" t="s">
         <v>48</v>
       </c>
       <c r="I6" s="27" t="s">
         <v>96</v>
       </c>
       <c r="J6" s="29" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="12.95" customHeight="1">
       <c r="A7" s="323" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="327">
-        <v>149989</v>
+        <v>151288</v>
       </c>
       <c r="C7" s="327">
-        <v>14309544</v>
+        <v>17297774</v>
       </c>
       <c r="D7" s="327">
-        <v>24184629</v>
+        <v>29133425</v>
       </c>
       <c r="E7" s="327">
-        <v>1332324</v>
+        <v>1328001</v>
       </c>
       <c r="F7" s="327">
-        <v>8790</v>
+        <v>10414</v>
       </c>
       <c r="G7" s="327">
         <v>929</v>
       </c>
       <c r="H7" s="327">
-        <v>634058</v>
+        <v>634063</v>
       </c>
       <c r="I7" s="331">
         <v>0.15</v>
       </c>
       <c r="J7" s="276">
-        <v>127</v>
+        <v>199</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="11.85" customHeight="1">
       <c r="A8" s="334" t="s">
         <v>22</v>
       </c>
       <c r="B8" s="181"/>
       <c r="C8" s="181"/>
       <c r="D8" s="181"/>
       <c r="E8" s="181"/>
       <c r="F8" s="181"/>
       <c r="G8" s="181"/>
       <c r="H8" s="181"/>
       <c r="I8" s="193"/>
       <c r="J8" s="179"/>
     </row>
     <row r="9" spans="1:10" ht="12.95" customHeight="1">
       <c r="A9" s="335" t="s">
         <v>87</v>
       </c>
       <c r="B9" s="338">
-        <v>45621</v>
+        <v>45908</v>
       </c>
       <c r="C9" s="338">
-        <v>4415047</v>
+        <v>5305544</v>
       </c>
       <c r="D9" s="338">
-        <v>6468031</v>
+        <v>7715834</v>
       </c>
       <c r="E9" s="338">
-        <v>365197</v>
+        <v>361301</v>
       </c>
       <c r="F9" s="338">
-        <v>2605</v>
+        <v>3125</v>
       </c>
       <c r="G9" s="341">
         <v>0</v>
       </c>
       <c r="H9" s="338">
-        <v>195385</v>
+        <v>196750</v>
       </c>
       <c r="I9" s="344">
         <v>0</v>
       </c>
       <c r="J9" s="347">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="11.85" customHeight="1">
       <c r="A10" s="333" t="s">
         <v>261</v>
       </c>
       <c r="B10" s="181"/>
       <c r="C10" s="181"/>
       <c r="D10" s="181"/>
       <c r="E10" s="181"/>
       <c r="F10" s="181"/>
       <c r="G10" s="181"/>
       <c r="H10" s="181"/>
       <c r="I10" s="193"/>
       <c r="J10" s="179"/>
     </row>
     <row r="11" spans="1:10" ht="12.95" customHeight="1">
       <c r="A11" s="335" t="s">
         <v>262</v>
       </c>
       <c r="B11" s="338">
-        <v>27457</v>
+        <v>27830</v>
       </c>
       <c r="C11" s="338">
-        <v>3162237</v>
+        <v>3794694</v>
       </c>
       <c r="D11" s="338">
-        <v>4981786</v>
+        <v>6016644</v>
       </c>
       <c r="E11" s="338">
-        <v>263280</v>
+        <v>265527</v>
       </c>
       <c r="F11" s="338">
-        <v>1944</v>
+        <v>2255</v>
       </c>
       <c r="G11" s="341">
         <v>0</v>
       </c>
       <c r="H11" s="338">
-        <v>118228</v>
+        <v>117479</v>
       </c>
       <c r="I11" s="344">
         <v>0</v>
       </c>
       <c r="J11" s="350">
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="11.85" customHeight="1">
       <c r="A12" s="333" t="s">
         <v>263</v>
       </c>
       <c r="B12" s="181"/>
       <c r="C12" s="181"/>
       <c r="D12" s="181"/>
       <c r="E12" s="181"/>
       <c r="F12" s="181"/>
       <c r="G12" s="181"/>
       <c r="H12" s="181"/>
       <c r="I12" s="193"/>
       <c r="J12" s="179"/>
     </row>
     <row r="13" spans="1:10" ht="12.95" customHeight="1">
       <c r="A13" s="335" t="s">
         <v>264</v>
       </c>
       <c r="B13" s="338">
-        <v>34573</v>
+        <v>34831</v>
       </c>
       <c r="C13" s="338">
-        <v>2430981</v>
+        <v>2987145</v>
       </c>
       <c r="D13" s="338">
-        <v>5399319</v>
+        <v>6542741</v>
       </c>
       <c r="E13" s="338">
-        <v>306197</v>
+        <v>306876</v>
       </c>
       <c r="F13" s="338">
-        <v>2000</v>
+        <v>2415</v>
       </c>
       <c r="G13" s="338">
         <v>904</v>
       </c>
       <c r="H13" s="338">
-        <v>139055</v>
+        <v>138658</v>
       </c>
       <c r="I13" s="353">
         <v>0.65</v>
       </c>
       <c r="J13" s="347">
-        <v>79</v>
+        <v>152</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="11.85" customHeight="1">
       <c r="A14" s="333" t="s">
         <v>265</v>
       </c>
       <c r="B14" s="181"/>
       <c r="C14" s="181"/>
       <c r="D14" s="181"/>
       <c r="E14" s="181"/>
       <c r="F14" s="181"/>
       <c r="G14" s="181"/>
       <c r="H14" s="181"/>
       <c r="I14" s="193"/>
       <c r="J14" s="179"/>
     </row>
     <row r="15" spans="1:10" ht="12.95" customHeight="1">
       <c r="A15" s="335" t="s">
         <v>266</v>
       </c>
       <c r="B15" s="338">
-        <v>9438</v>
+        <v>9512</v>
       </c>
       <c r="C15" s="338">
-        <v>690046</v>
+        <v>835098</v>
       </c>
       <c r="D15" s="338">
-        <v>1035076</v>
+        <v>1254968</v>
       </c>
       <c r="E15" s="338">
-        <v>90270</v>
+        <v>88477</v>
       </c>
       <c r="F15" s="338">
-        <v>512</v>
+        <v>610</v>
       </c>
       <c r="G15" s="338">
         <v>21</v>
       </c>
       <c r="H15" s="338">
-        <v>41133</v>
+        <v>41423</v>
       </c>
       <c r="I15" s="353">
         <v>0.05</v>
       </c>
       <c r="J15" s="347">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="11.85" customHeight="1">
       <c r="A16" s="333" t="s">
         <v>267</v>
       </c>
       <c r="B16" s="181"/>
       <c r="C16" s="181"/>
       <c r="D16" s="181"/>
       <c r="E16" s="181"/>
       <c r="F16" s="181"/>
       <c r="G16" s="181"/>
       <c r="H16" s="181"/>
       <c r="I16" s="193"/>
       <c r="J16" s="179"/>
     </row>
     <row r="17" spans="1:10" ht="12.95" customHeight="1">
       <c r="A17" s="335" t="s">
         <v>268</v>
       </c>
       <c r="B17" s="338">
-        <v>7568</v>
+        <v>7625</v>
       </c>
       <c r="C17" s="338">
-        <v>695903</v>
+        <v>842936</v>
       </c>
       <c r="D17" s="338">
-        <v>1107851</v>
+        <v>1332702</v>
       </c>
       <c r="E17" s="338">
-        <v>72705</v>
+        <v>72791</v>
       </c>
       <c r="F17" s="338">
-        <v>321</v>
+        <v>388</v>
       </c>
       <c r="G17" s="341">
         <v>0</v>
       </c>
       <c r="H17" s="338">
-        <v>33052</v>
+        <v>33101</v>
       </c>
       <c r="I17" s="344">
         <v>0</v>
       </c>
       <c r="J17" s="350">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="11.85" customHeight="1">
       <c r="A18" s="333" t="s">
         <v>269</v>
       </c>
       <c r="B18" s="181"/>
       <c r="C18" s="181"/>
       <c r="D18" s="181"/>
       <c r="E18" s="181"/>
       <c r="F18" s="181"/>
       <c r="G18" s="181"/>
       <c r="H18" s="181"/>
       <c r="I18" s="193"/>
       <c r="J18" s="179"/>
     </row>
     <row r="19" spans="1:10" ht="12.95" customHeight="1">
       <c r="A19" s="335" t="s">
         <v>270</v>
       </c>
       <c r="B19" s="338">
-        <v>9511</v>
+        <v>9581</v>
       </c>
       <c r="C19" s="338">
-        <v>1278272</v>
+        <v>1540273</v>
       </c>
       <c r="D19" s="338">
-        <v>2212455</v>
+        <v>2647408</v>
       </c>
       <c r="E19" s="338">
-        <v>88774</v>
+        <v>87258</v>
       </c>
       <c r="F19" s="338">
-        <v>471</v>
+        <v>574</v>
       </c>
       <c r="G19" s="341">
         <v>0</v>
       </c>
       <c r="H19" s="338">
-        <v>40876</v>
+        <v>40786</v>
       </c>
       <c r="I19" s="344">
         <v>0</v>
       </c>
       <c r="J19" s="350">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="11.85" customHeight="1">
       <c r="A20" s="333" t="s">
         <v>271</v>
       </c>
       <c r="B20" s="181"/>
       <c r="C20" s="181"/>
       <c r="D20" s="181"/>
       <c r="E20" s="181"/>
       <c r="F20" s="181"/>
       <c r="G20" s="181"/>
       <c r="H20" s="181"/>
       <c r="I20" s="193"/>
       <c r="J20" s="179"/>
     </row>
     <row r="21" spans="1:10" ht="12.95" customHeight="1">
       <c r="A21" s="335" t="s">
         <v>272</v>
       </c>
       <c r="B21" s="338">
-        <v>8127</v>
+        <v>8233</v>
       </c>
       <c r="C21" s="338">
-        <v>1024551</v>
+        <v>1242044</v>
       </c>
       <c r="D21" s="338">
-        <v>1760701</v>
+        <v>2170198</v>
       </c>
       <c r="E21" s="338">
-        <v>74625</v>
+        <v>75644</v>
       </c>
       <c r="F21" s="338">
-        <v>557</v>
+        <v>625</v>
       </c>
       <c r="G21" s="341">
         <v>0</v>
       </c>
       <c r="H21" s="338">
-        <v>32197</v>
+        <v>32562</v>
       </c>
       <c r="I21" s="344">
         <v>0</v>
       </c>
       <c r="J21" s="350">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="11.85" customHeight="1">
       <c r="A22" s="333" t="s">
         <v>273</v>
       </c>
       <c r="B22" s="181"/>
       <c r="C22" s="181"/>
       <c r="D22" s="181"/>
       <c r="E22" s="181"/>
       <c r="F22" s="181"/>
       <c r="G22" s="181"/>
       <c r="H22" s="181"/>
       <c r="I22" s="193"/>
       <c r="J22" s="179"/>
     </row>
     <row r="23" spans="1:10" ht="12.95" customHeight="1">
       <c r="A23" s="335" t="s">
         <v>274</v>
       </c>
       <c r="B23" s="338">
-        <v>7693</v>
+        <v>7769</v>
       </c>
       <c r="C23" s="338">
-        <v>612507</v>
+        <v>750039</v>
       </c>
       <c r="D23" s="338">
-        <v>1219410</v>
+        <v>1452929</v>
       </c>
       <c r="E23" s="338">
-        <v>71276</v>
+        <v>70127</v>
       </c>
       <c r="F23" s="338">
-        <v>379</v>
+        <v>422</v>
       </c>
       <c r="G23" s="338">
         <v>4</v>
       </c>
       <c r="H23" s="338">
-        <v>34132</v>
+        <v>33305</v>
       </c>
       <c r="I23" s="353">
         <v>0.01</v>
       </c>
       <c r="J23" s="347">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="11.85" customHeight="1">
       <c r="A24" s="333" t="s">
         <v>275</v>
       </c>
       <c r="B24" s="181"/>
       <c r="C24" s="181"/>
       <c r="D24" s="181"/>
       <c r="E24" s="181"/>
       <c r="F24" s="181"/>
       <c r="G24" s="181"/>
       <c r="H24" s="181"/>
       <c r="I24" s="193"/>
       <c r="J24" s="179"/>
     </row>
     <row r="25" spans="1:10" ht="12.95" customHeight="1">
       <c r="A25" s="34"/>
       <c r="B25" s="243"/>
       <c r="C25" s="243"/>
       <c r="D25" s="243"/>
       <c r="E25" s="243"/>
       <c r="F25" s="243"/>
       <c r="G25" s="243"/>
       <c r="H25" s="243"/>
@@ -17521,57 +17521,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="175" t="s">
         <v>84</v>
       </c>
       <c r="B3" s="175"/>
       <c r="C3" s="175"/>
       <c r="D3" s="175"/>
       <c r="E3" s="175"/>
       <c r="F3" s="175"/>
       <c r="G3" s="175"/>
       <c r="H3" s="175"/>
       <c r="I3" s="175"/>
       <c r="J3" s="175"/>
       <c r="K3" s="175"/>
       <c r="L3" s="175"/>
       <c r="M3" s="175"/>
       <c r="N3" s="175"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="16"/>
       <c r="C4" s="14"/>
       <c r="D4" s="203" t="str">
         <f>'10-3'!D4:F4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="203"/>
       <c r="F4" s="203"/>
       <c r="G4" s="177" t="str">
         <f>'10-3'!G4:I4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="H4" s="177"/>
       <c r="I4" s="177"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="13.5" customHeight="1">
       <c r="A5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="48" t="s">
         <v>111</v>
       </c>
       <c r="C5" s="51" t="s">
         <v>1</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E5" s="2" t="s">
@@ -17755,835 +17755,835 @@
       </c>
       <c r="I10" s="66" t="s">
         <v>110</v>
       </c>
       <c r="J10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="K10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="60" t="s">
         <v>25</v>
       </c>
       <c r="M10" s="58" t="s">
         <v>36</v>
       </c>
       <c r="N10" s="56" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="356" t="s">
         <v>11</v>
       </c>
       <c r="B11" s="360">
-        <v>17285</v>
+        <v>17383</v>
       </c>
       <c r="C11" s="360">
-        <v>989913</v>
+        <v>993828</v>
       </c>
       <c r="D11" s="360">
-        <v>69773</v>
+        <v>69778</v>
       </c>
       <c r="E11" s="360">
-        <v>4829</v>
+        <v>4484</v>
       </c>
       <c r="F11" s="360">
-        <v>913874</v>
+        <v>918364</v>
       </c>
       <c r="G11" s="360">
-        <v>674970</v>
+        <v>679299</v>
       </c>
       <c r="H11" s="360">
-        <v>674527</v>
+        <v>678906</v>
       </c>
       <c r="I11" s="360">
-        <v>443</v>
+        <v>393</v>
       </c>
       <c r="J11" s="360">
-        <v>830</v>
+        <v>573</v>
       </c>
       <c r="K11" s="360">
-        <v>543</v>
+        <v>366</v>
       </c>
       <c r="L11" s="360">
-        <v>287</v>
+        <v>207</v>
       </c>
       <c r="M11" s="364">
-        <v>0.12</v>
+        <v>0.08</v>
       </c>
       <c r="N11" s="368">
-        <v>16271</v>
+        <v>16610</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A12" s="310" t="s">
+      <c r="A12" s="311" t="s">
         <v>22</v>
       </c>
       <c r="B12" s="191"/>
       <c r="C12" s="191"/>
       <c r="D12" s="191"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="191"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
       <c r="M12" s="195"/>
       <c r="N12" s="197"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="25" t="s">
         <v>79</v>
       </c>
       <c r="B13" s="282">
         <v>554</v>
       </c>
       <c r="C13" s="282">
-        <v>29075</v>
+        <v>29919</v>
       </c>
       <c r="D13" s="282">
-        <v>2514</v>
+        <v>2501</v>
       </c>
       <c r="E13" s="282">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="F13" s="282">
-        <v>26340</v>
+        <v>27202</v>
       </c>
       <c r="G13" s="282">
-        <v>19433</v>
+        <v>19525</v>
       </c>
       <c r="H13" s="282">
-        <v>19415</v>
+        <v>19507</v>
       </c>
       <c r="I13" s="282">
         <v>18</v>
       </c>
       <c r="J13" s="282">
         <v>18</v>
       </c>
       <c r="K13" s="282">
         <v>18</v>
       </c>
       <c r="L13" s="293">
         <v>0</v>
       </c>
       <c r="M13" s="285">
         <v>0.09</v>
       </c>
       <c r="N13" s="288">
-        <v>309</v>
+        <v>311</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A14" s="309" t="s">
+      <c r="A14" s="310" t="s">
         <v>80</v>
       </c>
       <c r="B14" s="191"/>
       <c r="C14" s="191"/>
       <c r="D14" s="191"/>
       <c r="E14" s="191"/>
       <c r="F14" s="191"/>
       <c r="G14" s="191"/>
       <c r="H14" s="191"/>
       <c r="I14" s="191"/>
       <c r="J14" s="191"/>
       <c r="K14" s="191"/>
       <c r="L14" s="191"/>
       <c r="M14" s="195"/>
       <c r="N14" s="197"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="25" t="s">
         <v>85</v>
       </c>
       <c r="B15" s="282">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C15" s="282">
-        <v>40665</v>
+        <v>40870</v>
       </c>
       <c r="D15" s="282">
-        <v>4859</v>
+        <v>4924</v>
       </c>
       <c r="E15" s="282">
-        <v>217</v>
+        <v>255</v>
       </c>
       <c r="F15" s="282">
-        <v>35475</v>
+        <v>35770</v>
       </c>
       <c r="G15" s="282">
-        <v>31806</v>
+        <v>31583</v>
       </c>
       <c r="H15" s="282">
-        <v>31806</v>
+        <v>31583</v>
       </c>
       <c r="I15" s="293">
         <v>0</v>
       </c>
       <c r="J15" s="282">
         <v>1</v>
       </c>
       <c r="K15" s="293">
         <v>0</v>
       </c>
       <c r="L15" s="282">
         <v>1</v>
       </c>
       <c r="M15" s="285">
         <v>0</v>
       </c>
       <c r="N15" s="288">
-        <v>2074</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A16" s="309" t="s">
+      <c r="A16" s="310" t="s">
         <v>276</v>
       </c>
       <c r="B16" s="191"/>
       <c r="C16" s="191"/>
       <c r="D16" s="191"/>
       <c r="E16" s="191"/>
       <c r="F16" s="191"/>
       <c r="G16" s="191"/>
       <c r="H16" s="191"/>
       <c r="I16" s="191"/>
       <c r="J16" s="191"/>
       <c r="K16" s="191"/>
       <c r="L16" s="191"/>
       <c r="M16" s="195"/>
       <c r="N16" s="197"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="25" t="s">
         <v>277</v>
       </c>
       <c r="B17" s="282">
         <v>931</v>
       </c>
       <c r="C17" s="282">
-        <v>43003</v>
+        <v>42816</v>
       </c>
       <c r="D17" s="282">
-        <v>3171</v>
+        <v>3204</v>
       </c>
       <c r="E17" s="282">
-        <v>226</v>
+        <v>251</v>
       </c>
       <c r="F17" s="282">
-        <v>39239</v>
+        <v>38994</v>
       </c>
       <c r="G17" s="282">
-        <v>29766</v>
+        <v>30125</v>
       </c>
       <c r="H17" s="282">
-        <v>29751</v>
+        <v>30109</v>
       </c>
       <c r="I17" s="282">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="J17" s="282">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K17" s="282">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="L17" s="282">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="M17" s="285">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
       <c r="N17" s="288">
-        <v>602</v>
+        <v>607</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A18" s="309" t="s">
+      <c r="A18" s="310" t="s">
         <v>278</v>
       </c>
       <c r="B18" s="191"/>
       <c r="C18" s="191"/>
       <c r="D18" s="191"/>
       <c r="E18" s="191"/>
       <c r="F18" s="191"/>
       <c r="G18" s="191"/>
       <c r="H18" s="191"/>
       <c r="I18" s="191"/>
       <c r="J18" s="191"/>
       <c r="K18" s="191"/>
       <c r="L18" s="191"/>
       <c r="M18" s="195"/>
       <c r="N18" s="197"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="25" t="s">
         <v>279</v>
       </c>
       <c r="B19" s="282">
         <v>1259</v>
       </c>
       <c r="C19" s="282">
-        <v>117848</v>
+        <v>118148</v>
       </c>
       <c r="D19" s="282">
-        <v>6836</v>
+        <v>6894</v>
       </c>
       <c r="E19" s="282">
-        <v>408</v>
+        <v>448</v>
       </c>
       <c r="F19" s="282">
-        <v>110490</v>
+        <v>110795</v>
       </c>
       <c r="G19" s="282">
-        <v>78153</v>
+        <v>79408</v>
       </c>
       <c r="H19" s="282">
-        <v>78151</v>
+        <v>79405</v>
       </c>
       <c r="I19" s="282">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J19" s="282">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="K19" s="282">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L19" s="282">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="M19" s="285">
-        <v>0.03</v>
+        <v>0.01</v>
       </c>
       <c r="N19" s="288">
-        <v>1969</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A20" s="309" t="s">
+      <c r="A20" s="310" t="s">
         <v>280</v>
       </c>
       <c r="B20" s="191"/>
       <c r="C20" s="191"/>
       <c r="D20" s="191"/>
       <c r="E20" s="191"/>
       <c r="F20" s="191"/>
       <c r="G20" s="191"/>
       <c r="H20" s="191"/>
       <c r="I20" s="191"/>
       <c r="J20" s="191"/>
       <c r="K20" s="191"/>
       <c r="L20" s="191"/>
       <c r="M20" s="195"/>
       <c r="N20" s="197"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="25" t="s">
         <v>281</v>
       </c>
       <c r="B21" s="282">
         <v>685</v>
       </c>
       <c r="C21" s="282">
-        <v>28280</v>
+        <v>28350</v>
       </c>
       <c r="D21" s="282">
-        <v>2122</v>
+        <v>2080</v>
       </c>
       <c r="E21" s="282">
-        <v>135</v>
+        <v>86</v>
       </c>
       <c r="F21" s="282">
-        <v>26024</v>
+        <v>26123</v>
       </c>
       <c r="G21" s="282">
-        <v>20789</v>
+        <v>20556</v>
       </c>
       <c r="H21" s="282">
-        <v>20728</v>
+        <v>20430</v>
       </c>
       <c r="I21" s="282">
-        <v>62</v>
+        <v>126</v>
       </c>
       <c r="J21" s="282">
-        <v>269</v>
+        <v>155</v>
       </c>
       <c r="K21" s="282">
-        <v>168</v>
+        <v>126</v>
       </c>
       <c r="L21" s="282">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="M21" s="285">
-        <v>1.3</v>
+        <v>0.75</v>
       </c>
       <c r="N21" s="288">
         <v>281</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A22" s="309" t="s">
+      <c r="A22" s="310" t="s">
         <v>282</v>
       </c>
       <c r="B22" s="191"/>
       <c r="C22" s="191"/>
       <c r="D22" s="191"/>
       <c r="E22" s="191"/>
       <c r="F22" s="191"/>
       <c r="G22" s="191"/>
       <c r="H22" s="191"/>
       <c r="I22" s="191"/>
       <c r="J22" s="191"/>
       <c r="K22" s="191"/>
       <c r="L22" s="191"/>
       <c r="M22" s="195"/>
       <c r="N22" s="197"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="25" t="s">
         <v>283</v>
       </c>
       <c r="B23" s="282">
-        <v>614</v>
+        <v>643</v>
       </c>
       <c r="C23" s="282">
-        <v>16944</v>
+        <v>17230</v>
       </c>
       <c r="D23" s="282">
-        <v>1050</v>
+        <v>1069</v>
       </c>
       <c r="E23" s="282">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="F23" s="282">
-        <v>15830</v>
+        <v>16095</v>
       </c>
       <c r="G23" s="282">
-        <v>11064</v>
+        <v>11409</v>
       </c>
       <c r="H23" s="282">
-        <v>10992</v>
+        <v>11335</v>
       </c>
       <c r="I23" s="282">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="J23" s="282">
         <v>83</v>
       </c>
       <c r="K23" s="282">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="L23" s="282">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="M23" s="285">
-        <v>0.75</v>
+        <v>0.73</v>
       </c>
       <c r="N23" s="288">
-        <v>106</v>
+        <v>121</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A24" s="309" t="s">
+      <c r="A24" s="310" t="s">
         <v>284</v>
       </c>
       <c r="B24" s="191"/>
       <c r="C24" s="191"/>
       <c r="D24" s="191"/>
       <c r="E24" s="191"/>
       <c r="F24" s="191"/>
       <c r="G24" s="191"/>
       <c r="H24" s="191"/>
       <c r="I24" s="191"/>
       <c r="J24" s="191"/>
       <c r="K24" s="191"/>
       <c r="L24" s="191"/>
       <c r="M24" s="195"/>
       <c r="N24" s="197"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="25" t="s">
         <v>285</v>
       </c>
       <c r="B25" s="282">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C25" s="282">
-        <v>23956</v>
+        <v>23870</v>
       </c>
       <c r="D25" s="282">
-        <v>2537</v>
+        <v>2535</v>
       </c>
       <c r="E25" s="282">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="F25" s="282">
-        <v>21235</v>
+        <v>21139</v>
       </c>
       <c r="G25" s="282">
-        <v>14213</v>
+        <v>14147</v>
       </c>
       <c r="H25" s="282">
-        <v>14195</v>
+        <v>14131</v>
       </c>
       <c r="I25" s="282">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="J25" s="282">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K25" s="282">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="L25" s="293">
         <v>0</v>
       </c>
       <c r="M25" s="285">
-        <v>0.13</v>
+        <v>0.12</v>
       </c>
       <c r="N25" s="288">
-        <v>224</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A26" s="309" t="s">
+      <c r="A26" s="310" t="s">
         <v>286</v>
       </c>
       <c r="B26" s="191"/>
       <c r="C26" s="191"/>
       <c r="D26" s="191"/>
       <c r="E26" s="191"/>
       <c r="F26" s="191"/>
       <c r="G26" s="191"/>
       <c r="H26" s="191"/>
       <c r="I26" s="191"/>
       <c r="J26" s="191"/>
       <c r="K26" s="191"/>
       <c r="L26" s="191"/>
       <c r="M26" s="195"/>
       <c r="N26" s="197"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="25" t="s">
         <v>287</v>
       </c>
       <c r="B27" s="282">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="C27" s="282">
-        <v>89973</v>
+        <v>90419</v>
       </c>
       <c r="D27" s="282">
-        <v>6494</v>
+        <v>6390</v>
       </c>
       <c r="E27" s="282">
-        <v>550</v>
+        <v>422</v>
       </c>
       <c r="F27" s="282">
-        <v>83099</v>
+        <v>83663</v>
       </c>
       <c r="G27" s="282">
-        <v>57044</v>
+        <v>56222</v>
       </c>
       <c r="H27" s="282">
-        <v>57044</v>
+        <v>56197</v>
       </c>
       <c r="I27" s="282">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="J27" s="282">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="K27" s="282">
         <v>0</v>
       </c>
       <c r="L27" s="282">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="M27" s="285">
-        <v>0.02</v>
+        <v>0.07</v>
       </c>
       <c r="N27" s="288">
-        <v>1971</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A28" s="309" t="s">
+      <c r="A28" s="310" t="s">
         <v>288</v>
       </c>
       <c r="B28" s="191"/>
       <c r="C28" s="191"/>
       <c r="D28" s="191"/>
       <c r="E28" s="191"/>
       <c r="F28" s="191"/>
       <c r="G28" s="191"/>
       <c r="H28" s="191"/>
       <c r="I28" s="191"/>
       <c r="J28" s="191"/>
       <c r="K28" s="191"/>
       <c r="L28" s="191"/>
       <c r="M28" s="195"/>
       <c r="N28" s="197"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="25" t="s">
         <v>289</v>
       </c>
       <c r="B29" s="282">
         <v>961</v>
       </c>
       <c r="C29" s="282">
-        <v>41460</v>
+        <v>42193</v>
       </c>
       <c r="D29" s="282">
-        <v>2774</v>
+        <v>2693</v>
       </c>
       <c r="E29" s="282">
-        <v>225</v>
+        <v>136</v>
       </c>
       <c r="F29" s="282">
-        <v>38513</v>
+        <v>39306</v>
       </c>
       <c r="G29" s="282">
-        <v>29751</v>
+        <v>29997</v>
       </c>
       <c r="H29" s="282">
-        <v>29711</v>
+        <v>29960</v>
       </c>
       <c r="I29" s="282">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="J29" s="282">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="K29" s="282">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="L29" s="282">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="M29" s="285">
-        <v>0.28</v>
+        <v>0.31</v>
       </c>
       <c r="N29" s="288">
-        <v>726</v>
+        <v>780</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A30" s="309" t="s">
+      <c r="A30" s="310" t="s">
         <v>290</v>
       </c>
       <c r="B30" s="191"/>
       <c r="C30" s="191"/>
       <c r="D30" s="191"/>
       <c r="E30" s="191"/>
       <c r="F30" s="191"/>
       <c r="G30" s="191"/>
       <c r="H30" s="191"/>
       <c r="I30" s="191"/>
       <c r="J30" s="191"/>
       <c r="K30" s="191"/>
       <c r="L30" s="191"/>
       <c r="M30" s="195"/>
       <c r="N30" s="197"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="25" t="s">
         <v>291</v>
       </c>
       <c r="B31" s="282">
-        <v>1886</v>
+        <v>1904</v>
       </c>
       <c r="C31" s="282">
-        <v>120618</v>
+        <v>119647</v>
       </c>
       <c r="D31" s="282">
-        <v>7294</v>
+        <v>7238</v>
       </c>
       <c r="E31" s="282">
-        <v>583</v>
+        <v>490</v>
       </c>
       <c r="F31" s="282">
-        <v>112868</v>
+        <v>112027</v>
       </c>
       <c r="G31" s="282">
-        <v>85366</v>
+        <v>87209</v>
       </c>
       <c r="H31" s="282">
-        <v>85305</v>
-[...14 lines deleted...]
-        <v>0.14</v>
+        <v>87209</v>
+      </c>
+      <c r="I31" s="293">
+        <v>0</v>
+      </c>
+      <c r="J31" s="293">
+        <v>0</v>
+      </c>
+      <c r="K31" s="293">
+        <v>0</v>
+      </c>
+      <c r="L31" s="293">
+        <v>0</v>
+      </c>
+      <c r="M31" s="314">
+        <v>0</v>
       </c>
       <c r="N31" s="288">
-        <v>1744</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A32" s="309" t="s">
+      <c r="A32" s="310" t="s">
         <v>292</v>
       </c>
       <c r="B32" s="191"/>
       <c r="C32" s="191"/>
       <c r="D32" s="191"/>
       <c r="E32" s="191"/>
       <c r="F32" s="191"/>
       <c r="G32" s="191"/>
       <c r="H32" s="191"/>
       <c r="I32" s="191"/>
       <c r="J32" s="191"/>
       <c r="K32" s="191"/>
       <c r="L32" s="191"/>
       <c r="M32" s="195"/>
       <c r="N32" s="197"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="25" t="s">
         <v>293</v>
       </c>
       <c r="B33" s="282">
         <v>367</v>
       </c>
       <c r="C33" s="282">
-        <v>21655</v>
+        <v>21829</v>
       </c>
       <c r="D33" s="282">
-        <v>1785</v>
+        <v>1764</v>
       </c>
       <c r="E33" s="282">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="F33" s="282">
-        <v>19707</v>
+        <v>19881</v>
       </c>
       <c r="G33" s="282">
-        <v>14411</v>
+        <v>14430</v>
       </c>
       <c r="H33" s="282">
-        <v>14411</v>
+        <v>14430</v>
       </c>
       <c r="I33" s="293">
         <v>0</v>
       </c>
       <c r="J33" s="282">
         <v>3</v>
       </c>
       <c r="K33" s="293">
         <v>0</v>
       </c>
       <c r="L33" s="282">
         <v>3</v>
       </c>
       <c r="M33" s="285">
         <v>0.02</v>
       </c>
       <c r="N33" s="288">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A34" s="309" t="s">
+      <c r="A34" s="310" t="s">
         <v>294</v>
       </c>
       <c r="B34" s="191"/>
       <c r="C34" s="191"/>
       <c r="D34" s="191"/>
       <c r="E34" s="191"/>
       <c r="F34" s="191"/>
       <c r="G34" s="191"/>
       <c r="H34" s="191"/>
       <c r="I34" s="191"/>
       <c r="J34" s="191"/>
       <c r="K34" s="191"/>
       <c r="L34" s="191"/>
       <c r="M34" s="195"/>
       <c r="N34" s="197"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="25" t="s">
         <v>295</v>
       </c>
       <c r="B35" s="282">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C35" s="282">
-        <v>18438</v>
+        <v>18551</v>
       </c>
       <c r="D35" s="282">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="E35" s="282">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="F35" s="282">
-        <v>17213</v>
+        <v>17312</v>
       </c>
       <c r="G35" s="282">
-        <v>12065</v>
+        <v>12118</v>
       </c>
       <c r="H35" s="282">
-        <v>12028</v>
+        <v>12099</v>
       </c>
       <c r="I35" s="282">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="J35" s="282">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="K35" s="282">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="L35" s="282">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="M35" s="285">
-        <v>0.32</v>
+        <v>0.35</v>
       </c>
       <c r="N35" s="288">
-        <v>199</v>
+        <v>184</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A36" s="318" t="s">
+      <c r="A36" s="319" t="s">
         <v>296</v>
       </c>
       <c r="B36" s="198"/>
       <c r="C36" s="198"/>
       <c r="D36" s="198"/>
       <c r="E36" s="198"/>
       <c r="F36" s="198"/>
       <c r="G36" s="198"/>
       <c r="H36" s="198"/>
       <c r="I36" s="198"/>
       <c r="J36" s="198"/>
       <c r="K36" s="198"/>
       <c r="L36" s="198"/>
       <c r="M36" s="199"/>
       <c r="N36" s="200"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>81</v>
       </c>
       <c r="B37" s="9"/>
       <c r="C37" s="9"/>
       <c r="D37" s="9"/>
       <c r="E37" s="9"/>
       <c r="F37" s="9"/>