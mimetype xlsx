--- v0 (2025-10-08)
+++ v1 (2026-01-09)
@@ -264,51 +264,51 @@
       <t>by Company</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">信　合　社　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>by Credit Cooperative</t>
     </r>
   </si>
   <si>
     <t>稅前</t>
   </si>
   <si>
     <t>說　　明：1.#係金融控股公司之子公司。</t>
   </si>
   <si>
-    <t>114年 1 - 7月</t>
+    <t>114年 1 -10月</t>
   </si>
   <si>
     <r>
       <t>（１）本國銀行（全行）</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Domestic Banks (All Branches)</t>
     </r>
   </si>
   <si>
     <r>
       <t>單位：新臺幣百萬元</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
@@ -476,51 +476,51 @@
       <t># refer to the subsidary of financial holding companies.</t>
     </r>
   </si>
   <si>
     <r>
       <t>Source</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Provided by individual institution.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> Jan. - July 2025</t>
+    <t xml:space="preserve"> Jan. - Oct. 2025</t>
   </si>
   <si>
     <r>
       <t>10-2 Abridged Income Statement</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Cont.2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
@@ -2010,51 +2010,51 @@
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Cont.27 End</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>）</t>
     </r>
   </si>
   <si>
     <t>Note: Beginning Jan. 2013, the data include "Local Branches of Mainland Chinese Banks".</t>
   </si>
   <si>
-    <t>7月</t>
+    <t>10月</t>
   </si>
   <si>
     <t>臺灣銀行　　　　　　#</t>
   </si>
   <si>
     <t>Bank of Taiwan</t>
   </si>
   <si>
     <t>臺灣土地銀行</t>
   </si>
   <si>
     <t>Land Bank of Taiwan</t>
   </si>
   <si>
     <t>合作金庫商業銀行　　#</t>
   </si>
   <si>
     <t>Taiwan Cooperative Bank</t>
   </si>
   <si>
     <t>第一商業銀行　　　　#</t>
   </si>
   <si>
     <t>First Commercial Bank</t>
   </si>
@@ -2112,51 +2112,51 @@
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>臺灣中小企業銀行</t>
   </si>
   <si>
     <t>Taiwan Business Bank</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>瑞興商業銀行</t>
   </si>
   <si>
     <t>Taipei Star Bank</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
@@ -2532,51 +2532,51 @@
   <si>
     <t>花蓮第二信用合作社</t>
   </si>
   <si>
     <t>Hualien 2Nd Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖縣第一信用合作社</t>
   </si>
   <si>
     <t>Penghu First Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖第二信用合作社</t>
   </si>
   <si>
     <t>Limited Liability Penghu Second Credit Society</t>
   </si>
   <si>
     <t>金門縣信用合作社</t>
   </si>
   <si>
     <t>Kinmen Credit Cooperative</t>
   </si>
   <si>
-    <t>　　　　　2.至114年7月止，38家本國銀行放款及催收款之備抵呆帳餘額為587,711百萬元，114年1至7月轉銷呆帳31,997百萬元。</t>
+    <t>　　　　　2.至114年10月止，38家本國銀行放款及催收款之備抵呆帳餘額為597,762百萬元，114年1至10月轉銷呆帳46,605百萬元。</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="15">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="###,###,##0"/>
     <numFmt numFmtId="177" formatCode="###,###,##0;-###,###,##0;&quot;－&quot;"/>
     <numFmt numFmtId="178" formatCode="-##,###,##0"/>
   </numFmts>
   <fonts count="62">
     <font>
@@ -4257,60 +4257,60 @@
     </xf>
     <xf xxid="201" numFmtId="177" fontId="6" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="202" numFmtId="177" fontId="48" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="203" numFmtId="176" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="204" numFmtId="176" fontId="48" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="205" numFmtId="177" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="206" numFmtId="177" fontId="48" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="207" numFmtId="176" fontId="6" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="208" numFmtId="176" fontId="48" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="209" numFmtId="177" fontId="6" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="209" numFmtId="178" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="210" numFmtId="177" fontId="48" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="210" numFmtId="178" fontId="48" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="211" numFmtId="178" fontId="6" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="211" numFmtId="177" fontId="6" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="212" numFmtId="178" fontId="48" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="212" numFmtId="177" fontId="48" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="213" numFmtId="0" fontId="54" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf xxid="214" numFmtId="0" fontId="55" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
     <xf xxid="215" numFmtId="176" fontId="9" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="216" numFmtId="176" fontId="56" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="217" numFmtId="176" fontId="57" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="218" numFmtId="176" fontId="58" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="219" numFmtId="177" fontId="9" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="220" numFmtId="177" fontId="56" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
@@ -4821,831 +4821,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>2373530</v>
+        <v>3407738</v>
       </c>
       <c r="C11" s="117">
-        <v>1049118</v>
+        <v>1510130</v>
       </c>
       <c r="D11" s="117">
-        <v>216444</v>
+        <v>312177</v>
       </c>
       <c r="E11" s="117">
-        <v>793580</v>
+        <v>1188849</v>
       </c>
       <c r="F11" s="117">
-        <v>314388</v>
+        <v>396581</v>
       </c>
       <c r="G11" s="117">
-        <v>2020339</v>
+        <v>2900661</v>
       </c>
       <c r="H11" s="117">
-        <v>652771</v>
+        <v>931335</v>
       </c>
       <c r="I11" s="117">
-        <v>37207</v>
+        <v>53510</v>
       </c>
       <c r="J11" s="117">
-        <v>759604</v>
+        <v>1003292</v>
       </c>
       <c r="K11" s="117">
-        <v>195632</v>
+        <v>282049</v>
       </c>
       <c r="L11" s="117">
-        <v>375126</v>
+        <v>630475</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>353191</v>
+        <v>507077</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="128">
-        <v>298135</v>
+        <v>513423</v>
       </c>
       <c r="C13" s="128">
-        <v>79274</v>
+        <v>113366</v>
       </c>
       <c r="D13" s="128">
-        <v>3058</v>
+        <v>4499</v>
       </c>
       <c r="E13" s="128">
-        <v>63224</v>
+        <v>162369</v>
       </c>
       <c r="F13" s="128">
-        <v>152579</v>
+        <v>233189</v>
       </c>
       <c r="G13" s="128">
-        <v>280191</v>
+        <v>483827</v>
       </c>
       <c r="H13" s="128">
-        <v>56184</v>
+        <v>79630</v>
       </c>
       <c r="I13" s="128">
-        <v>581</v>
+        <v>812</v>
       </c>
       <c r="J13" s="128">
-        <v>42106</v>
+        <v>56105</v>
       </c>
       <c r="K13" s="128">
-        <v>8643</v>
+        <v>12741</v>
       </c>
       <c r="L13" s="128">
-        <v>172677</v>
+        <v>334539</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>17944</v>
+        <v>29596</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="128">
-        <v>65242</v>
+        <v>88225</v>
       </c>
       <c r="C15" s="128">
-        <v>48695</v>
+        <v>69891</v>
       </c>
       <c r="D15" s="128">
-        <v>2598</v>
+        <v>3579</v>
       </c>
       <c r="E15" s="128">
-        <v>2799</v>
+        <v>5430</v>
       </c>
       <c r="F15" s="128">
-        <v>11149</v>
+        <v>9325</v>
       </c>
       <c r="G15" s="128">
-        <v>53103</v>
+        <v>71634</v>
       </c>
       <c r="H15" s="128">
-        <v>30497</v>
+        <v>43717</v>
       </c>
       <c r="I15" s="128">
-        <v>618</v>
+        <v>860</v>
       </c>
       <c r="J15" s="128">
-        <v>10911</v>
+        <v>10217</v>
       </c>
       <c r="K15" s="128">
-        <v>6158</v>
+        <v>8798</v>
       </c>
       <c r="L15" s="128">
-        <v>4918</v>
+        <v>8042</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>12139</v>
+        <v>16591</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="128">
-        <v>107480</v>
+        <v>135203</v>
       </c>
       <c r="C17" s="128">
-        <v>61456</v>
+        <v>88445</v>
       </c>
       <c r="D17" s="128">
-        <v>7306</v>
+        <v>10657</v>
       </c>
       <c r="E17" s="128">
-        <v>9923</v>
+        <v>14148</v>
       </c>
       <c r="F17" s="128">
-        <v>28796</v>
+        <v>21953</v>
       </c>
       <c r="G17" s="128">
-        <v>91709</v>
+        <v>113678</v>
       </c>
       <c r="H17" s="128">
-        <v>42164</v>
+        <v>60347</v>
       </c>
       <c r="I17" s="128">
-        <v>1271</v>
+        <v>1834</v>
       </c>
       <c r="J17" s="128">
-        <v>28922</v>
+        <v>23205</v>
       </c>
       <c r="K17" s="128">
-        <v>10508</v>
+        <v>15066</v>
       </c>
       <c r="L17" s="128">
-        <v>8843</v>
+        <v>13226</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>15771</v>
+        <v>21525</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="128">
-        <v>183840</v>
+        <v>243714</v>
       </c>
       <c r="C19" s="128">
-        <v>65195</v>
+        <v>93876</v>
       </c>
       <c r="D19" s="128">
-        <v>9847</v>
+        <v>13875</v>
       </c>
       <c r="E19" s="128">
-        <v>96520</v>
+        <v>118925</v>
       </c>
       <c r="F19" s="128">
-        <v>12277</v>
+        <v>17038</v>
       </c>
       <c r="G19" s="128">
-        <v>163671</v>
+        <v>216757</v>
       </c>
       <c r="H19" s="128">
-        <v>47877</v>
+        <v>68246</v>
       </c>
       <c r="I19" s="128">
-        <v>2242</v>
+        <v>3183</v>
       </c>
       <c r="J19" s="128">
-        <v>85873</v>
+        <v>103955</v>
       </c>
       <c r="K19" s="128">
-        <v>10608</v>
+        <v>14964</v>
       </c>
       <c r="L19" s="128">
-        <v>17070</v>
+        <v>26408</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>20168</v>
+        <v>26957</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="128">
-        <v>113726</v>
+        <v>139128</v>
       </c>
       <c r="C21" s="128">
-        <v>54890</v>
+        <v>78489</v>
       </c>
       <c r="D21" s="128">
-        <v>9573</v>
+        <v>13786</v>
       </c>
       <c r="E21" s="128">
-        <v>21559</v>
+        <v>26056</v>
       </c>
       <c r="F21" s="128">
-        <v>27702</v>
+        <v>20797</v>
       </c>
       <c r="G21" s="128">
-        <v>96644</v>
+        <v>113978</v>
       </c>
       <c r="H21" s="128">
-        <v>38122</v>
+        <v>54253</v>
       </c>
       <c r="I21" s="128">
-        <v>1195</v>
+        <v>1683</v>
       </c>
       <c r="J21" s="128">
-        <v>40459</v>
+        <v>33683</v>
       </c>
       <c r="K21" s="128">
-        <v>10534</v>
+        <v>15067</v>
       </c>
       <c r="L21" s="128">
-        <v>6333</v>
+        <v>9293</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>17082</v>
+        <v>25150</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="128">
-        <v>89034</v>
+        <v>118390</v>
       </c>
       <c r="C23" s="128">
-        <v>44280</v>
+        <v>63879</v>
       </c>
       <c r="D23" s="128">
-        <v>5478</v>
+        <v>7883</v>
       </c>
       <c r="E23" s="128">
-        <v>36085</v>
+        <v>42490</v>
       </c>
       <c r="F23" s="128">
-        <v>3192</v>
+        <v>4138</v>
       </c>
       <c r="G23" s="128">
-        <v>76004</v>
+        <v>99869</v>
       </c>
       <c r="H23" s="128">
-        <v>29308</v>
+        <v>42007</v>
       </c>
       <c r="I23" s="128">
-        <v>1185</v>
+        <v>1738</v>
       </c>
       <c r="J23" s="128">
-        <v>31351</v>
+        <v>36130</v>
       </c>
       <c r="K23" s="128">
-        <v>7718</v>
+        <v>11224</v>
       </c>
       <c r="L23" s="128">
-        <v>6442</v>
+        <v>8770</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>13031</v>
+        <v>18522</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="128">
-        <v>38041</v>
+        <v>51276</v>
       </c>
       <c r="C25" s="128">
-        <v>21933</v>
+        <v>31585</v>
       </c>
       <c r="D25" s="128">
-        <v>3442</v>
+        <v>4928</v>
       </c>
       <c r="E25" s="128">
-        <v>7753</v>
+        <v>8865</v>
       </c>
       <c r="F25" s="128">
-        <v>4913</v>
+        <v>5898</v>
       </c>
       <c r="G25" s="128">
-        <v>26878</v>
+        <v>36093</v>
       </c>
       <c r="H25" s="128">
-        <v>12196</v>
+        <v>17378</v>
       </c>
       <c r="I25" s="128">
-        <v>432</v>
+        <v>615</v>
       </c>
       <c r="J25" s="128">
-        <v>7218</v>
+        <v>8340</v>
       </c>
       <c r="K25" s="128">
-        <v>3152</v>
+        <v>4516</v>
       </c>
       <c r="L25" s="128">
-        <v>3880</v>
+        <v>5243</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>11163</v>
+        <v>15183</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="128">
-        <v>156664</v>
+        <v>223762</v>
       </c>
       <c r="C27" s="128">
-        <v>67603</v>
+        <v>97963</v>
       </c>
       <c r="D27" s="128">
-        <v>16603</v>
+        <v>23754</v>
       </c>
       <c r="E27" s="128">
-        <v>67243</v>
+        <v>95039</v>
       </c>
       <c r="F27" s="128">
-        <v>5215</v>
+        <v>7006</v>
       </c>
       <c r="G27" s="128">
-        <v>130457</v>
+        <v>185840</v>
       </c>
       <c r="H27" s="128">
-        <v>42418</v>
+        <v>61035</v>
       </c>
       <c r="I27" s="128">
-        <v>2657</v>
+        <v>3788</v>
       </c>
       <c r="J27" s="128">
-        <v>60456</v>
+        <v>84998</v>
       </c>
       <c r="K27" s="128">
-        <v>10814</v>
+        <v>15707</v>
       </c>
       <c r="L27" s="128">
-        <v>14113</v>
+        <v>20313</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>26207</v>
+        <v>37922</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>169</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>170</v>
       </c>
       <c r="B29" s="128">
-        <v>194670</v>
+        <v>302650</v>
       </c>
       <c r="C29" s="128">
-        <v>67577</v>
+        <v>97634</v>
       </c>
       <c r="D29" s="128">
-        <v>26301</v>
+        <v>37021</v>
       </c>
       <c r="E29" s="128">
-        <v>95995</v>
+        <v>161988</v>
       </c>
       <c r="F29" s="128">
-        <v>4798</v>
+        <v>6007</v>
       </c>
       <c r="G29" s="128">
-        <v>161680</v>
+        <v>256703</v>
       </c>
       <c r="H29" s="128">
-        <v>30586</v>
+        <v>44141</v>
       </c>
       <c r="I29" s="128">
-        <v>5634</v>
+        <v>8094</v>
       </c>
       <c r="J29" s="128">
-        <v>91364</v>
+        <v>154590</v>
       </c>
       <c r="K29" s="128">
-        <v>14930</v>
+        <v>21537</v>
       </c>
       <c r="L29" s="128">
-        <v>19166</v>
+        <v>28340</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>32991</v>
+        <v>45947</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>171</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>172</v>
       </c>
       <c r="B31" s="128">
-        <v>4868</v>
+        <v>6825</v>
       </c>
       <c r="C31" s="128">
-        <v>4173</v>
+        <v>5990</v>
       </c>
       <c r="D31" s="128">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="E31" s="128">
-        <v>188</v>
+        <v>218</v>
       </c>
       <c r="F31" s="128">
-        <v>423</v>
+        <v>488</v>
       </c>
       <c r="G31" s="128">
-        <v>3719</v>
+        <v>5224</v>
       </c>
       <c r="H31" s="128">
-        <v>2119</v>
+        <v>3067</v>
       </c>
       <c r="I31" s="128">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="J31" s="128">
-        <v>598</v>
+        <v>756</v>
       </c>
       <c r="K31" s="128">
-        <v>256</v>
+        <v>368</v>
       </c>
       <c r="L31" s="128">
-        <v>729</v>
+        <v>1003</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>1150</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>173</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>174</v>
       </c>
       <c r="B33" s="128">
-        <v>6610</v>
+        <v>9109</v>
       </c>
       <c r="C33" s="128">
-        <v>5070</v>
+        <v>7243</v>
       </c>
       <c r="D33" s="128">
-        <v>592</v>
+        <v>820</v>
       </c>
       <c r="E33" s="128">
-        <v>411</v>
+        <v>513</v>
       </c>
       <c r="F33" s="128">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="G33" s="128">
-        <v>5713</v>
+        <v>7847</v>
       </c>
       <c r="H33" s="128">
-        <v>3054</v>
+        <v>4312</v>
       </c>
       <c r="I33" s="128">
-        <v>47</v>
+        <v>67</v>
       </c>
       <c r="J33" s="128">
-        <v>625</v>
+        <v>543</v>
       </c>
       <c r="K33" s="128">
-        <v>1087</v>
+        <v>1612</v>
       </c>
       <c r="L33" s="128">
-        <v>902</v>
+        <v>1313</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>896</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="128">
-        <v>89028</v>
+        <v>126666</v>
       </c>
       <c r="C35" s="128">
-        <v>68748</v>
+        <v>97523</v>
       </c>
       <c r="D35" s="128">
-        <v>6049</v>
+        <v>8878</v>
       </c>
       <c r="E35" s="128">
-        <v>9503</v>
+        <v>14577</v>
       </c>
       <c r="F35" s="128">
-        <v>4729</v>
+        <v>5689</v>
       </c>
       <c r="G35" s="128">
-        <v>66670</v>
+        <v>96440</v>
       </c>
       <c r="H35" s="128">
-        <v>46342</v>
+        <v>65963</v>
       </c>
       <c r="I35" s="128">
-        <v>1106</v>
+        <v>1587</v>
       </c>
       <c r="J35" s="128">
-        <v>1398</v>
+        <v>1855</v>
       </c>
       <c r="K35" s="128">
-        <v>10613</v>
+        <v>15225</v>
       </c>
       <c r="L35" s="128">
-        <v>7211</v>
+        <v>11809</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>22358</v>
+        <v>30227</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -5703,76 +5703,76 @@
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="3"/>
       <c r="K40" s="3"/>
       <c r="L40" s="3"/>
       <c r="M40" s="3"/>
       <c r="N40" s="4"/>
     </row>
     <row r="41" spans="1:14" ht="13.5" customHeight="1" hidden="1">
       <c r="A41" s="107" t="s">
         <v>2</v>
       </c>
       <c r="B41" s="107" t="s">
         <v>153</v>
       </c>
       <c r="C41" s="109">
         <v>38</v>
       </c>
       <c r="D41" s="112">
-        <v>587711</v>
+        <v>597762</v>
       </c>
       <c r="E41" s="112">
-        <v>31997</v>
+        <v>46605</v>
       </c>
       <c r="F41" s="11"/>
       <c r="G41" s="11"/>
       <c r="H41" s="11"/>
       <c r="I41" s="11"/>
       <c r="J41" s="11"/>
       <c r="K41" s="11"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="4"/>
     </row>
     <row r="42" spans="1:14" ht="13.5" customHeight="1" hidden="1">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="str">
         <f>TEXT(D41,"##,##0")</f>
-        <v>587,711</v>
+        <v>597,762</v>
       </c>
       <c r="E42" s="3" t="str">
         <f>TEXT(E41,"##,##0")</f>
-        <v>31,997</v>
+        <v>46,605</v>
       </c>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
       <c r="M42" s="3"/>
       <c r="N42" s="3"/>
     </row>
     <row r="43" spans="1:14" ht="13.5" customHeight="1">
       <c r="A43" s="3"/>
       <c r="B43" s="3"/>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
@@ -6034,57 +6034,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -6285,645 +6285,645 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>308230</v>
+        <v>428562</v>
       </c>
       <c r="C11" s="117">
-        <v>138230</v>
+        <v>197172</v>
       </c>
       <c r="D11" s="117">
-        <v>6160</v>
+        <v>8454</v>
       </c>
       <c r="E11" s="117">
-        <v>155747</v>
+        <v>211873</v>
       </c>
       <c r="F11" s="117">
-        <v>8093</v>
+        <v>11064</v>
       </c>
       <c r="G11" s="117">
-        <v>268290</v>
+        <v>371020</v>
       </c>
       <c r="H11" s="117">
-        <v>88292</v>
+        <v>125412</v>
       </c>
       <c r="I11" s="117">
-        <v>708</v>
+        <v>1097</v>
       </c>
       <c r="J11" s="117">
-        <v>150206</v>
+        <v>203448</v>
       </c>
       <c r="K11" s="117">
-        <v>10449</v>
+        <v>14955</v>
       </c>
       <c r="L11" s="117">
-        <v>18636</v>
+        <v>26108</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>39940</v>
+        <v>57542</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="128">
-        <v>7256</v>
+        <v>10416</v>
       </c>
       <c r="C13" s="128">
-        <v>6840</v>
+        <v>9707</v>
       </c>
       <c r="D13" s="128">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="E13" s="128">
-        <v>184</v>
+        <v>401</v>
       </c>
       <c r="F13" s="128">
-        <v>182</v>
+        <v>240</v>
       </c>
       <c r="G13" s="128">
-        <v>5665</v>
+        <v>8138</v>
       </c>
       <c r="H13" s="128">
-        <v>3171</v>
+        <v>4514</v>
       </c>
       <c r="I13" s="128">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="J13" s="128">
-        <v>186</v>
+        <v>353</v>
       </c>
       <c r="K13" s="128">
-        <v>317</v>
+        <v>486</v>
       </c>
       <c r="L13" s="128">
-        <v>1974</v>
+        <v>2761</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>1591</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="128">
-        <v>4678</v>
+        <v>6576</v>
       </c>
       <c r="C15" s="128">
-        <v>4283</v>
+        <v>6108</v>
       </c>
       <c r="D15" s="128">
-        <v>110</v>
+        <v>148</v>
       </c>
       <c r="E15" s="130">
         <v>0</v>
       </c>
       <c r="F15" s="128">
-        <v>285</v>
+        <v>320</v>
       </c>
       <c r="G15" s="128">
-        <v>3845</v>
+        <v>5345</v>
       </c>
       <c r="H15" s="128">
-        <v>3208</v>
+        <v>4530</v>
       </c>
       <c r="I15" s="128">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="J15" s="128">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="K15" s="128">
-        <v>216</v>
+        <v>308</v>
       </c>
       <c r="L15" s="128">
-        <v>184</v>
+        <v>261</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>833</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="128">
-        <v>6066</v>
+        <v>8640</v>
       </c>
       <c r="C17" s="128">
-        <v>6000</v>
+        <v>8568</v>
       </c>
       <c r="D17" s="128">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="E17" s="130">
         <v>0</v>
       </c>
       <c r="F17" s="128">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G17" s="128">
-        <v>5157</v>
+        <v>7320</v>
       </c>
       <c r="H17" s="128">
-        <v>4119</v>
+        <v>5834</v>
       </c>
       <c r="I17" s="128">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="J17" s="130">
         <v>0</v>
       </c>
       <c r="K17" s="128">
-        <v>297</v>
+        <v>425</v>
       </c>
       <c r="L17" s="128">
-        <v>721</v>
+        <v>1034</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>909</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="128">
-        <v>15205</v>
+        <v>21200</v>
       </c>
       <c r="C19" s="128">
-        <v>12789</v>
+        <v>18265</v>
       </c>
       <c r="D19" s="128">
-        <v>381</v>
+        <v>536</v>
       </c>
       <c r="E19" s="128">
-        <v>1948</v>
+        <v>2289</v>
       </c>
       <c r="F19" s="128">
-        <v>87</v>
+        <v>110</v>
       </c>
       <c r="G19" s="128">
-        <v>11416</v>
+        <v>15376</v>
       </c>
       <c r="H19" s="128">
-        <v>6827</v>
+        <v>9671</v>
       </c>
       <c r="I19" s="128">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="J19" s="128">
-        <v>1926</v>
+        <v>2241</v>
       </c>
       <c r="K19" s="128">
-        <v>651</v>
+        <v>907</v>
       </c>
       <c r="L19" s="128">
-        <v>1961</v>
+        <v>2479</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>3789</v>
+        <v>5824</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="128">
-        <v>8331</v>
+        <v>11937</v>
       </c>
       <c r="C21" s="128">
-        <v>8164</v>
+        <v>11589</v>
       </c>
       <c r="D21" s="128">
-        <v>77</v>
+        <v>112</v>
       </c>
       <c r="E21" s="128">
-        <v>67</v>
+        <v>84</v>
       </c>
       <c r="F21" s="128">
-        <v>23</v>
+        <v>152</v>
       </c>
       <c r="G21" s="128">
-        <v>6653</v>
+        <v>8779</v>
       </c>
       <c r="H21" s="128">
-        <v>5038</v>
+        <v>7140</v>
       </c>
       <c r="I21" s="128">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="J21" s="128">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="K21" s="128">
-        <v>438</v>
+        <v>593</v>
       </c>
       <c r="L21" s="128">
-        <v>1012</v>
+        <v>869</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>1678</v>
+        <v>3158</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="128">
-        <v>9308</v>
+        <v>12874</v>
       </c>
       <c r="C23" s="128">
-        <v>6680</v>
+        <v>9830</v>
       </c>
       <c r="D23" s="128">
-        <v>78</v>
+        <v>106</v>
       </c>
       <c r="E23" s="128">
-        <v>2422</v>
+        <v>2760</v>
       </c>
       <c r="F23" s="128">
-        <v>128</v>
+        <v>178</v>
       </c>
       <c r="G23" s="128">
-        <v>7548</v>
+        <v>9766</v>
       </c>
       <c r="H23" s="128">
-        <v>4138</v>
+        <v>6090</v>
       </c>
       <c r="I23" s="128">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="J23" s="128">
-        <v>2378</v>
+        <v>2698</v>
       </c>
       <c r="K23" s="128">
-        <v>253</v>
+        <v>375</v>
       </c>
       <c r="L23" s="128">
-        <v>758</v>
+        <v>573</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>1760</v>
+        <v>3108</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="128">
-        <v>2501</v>
+        <v>3294</v>
       </c>
       <c r="C25" s="128">
-        <v>1464</v>
+        <v>2060</v>
       </c>
       <c r="D25" s="128">
-        <v>166</v>
+        <v>247</v>
       </c>
       <c r="E25" s="128">
-        <v>785</v>
+        <v>869</v>
       </c>
       <c r="F25" s="128">
-        <v>86</v>
+        <v>119</v>
       </c>
       <c r="G25" s="128">
-        <v>1687</v>
+        <v>2616</v>
       </c>
       <c r="H25" s="128">
-        <v>735</v>
+        <v>1037</v>
       </c>
       <c r="I25" s="128">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J25" s="128">
-        <v>715</v>
+        <v>786</v>
       </c>
       <c r="K25" s="128">
-        <v>129</v>
+        <v>185</v>
       </c>
       <c r="L25" s="128">
-        <v>102</v>
+        <v>600</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>814</v>
+        <v>679</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="128">
-        <v>33313</v>
+        <v>44834</v>
       </c>
       <c r="C27" s="128">
-        <v>10450</v>
+        <v>15215</v>
       </c>
       <c r="D27" s="128">
-        <v>583</v>
+        <v>710</v>
       </c>
       <c r="E27" s="128">
-        <v>18754</v>
+        <v>24065</v>
       </c>
       <c r="F27" s="128">
-        <v>3527</v>
+        <v>4844</v>
       </c>
       <c r="G27" s="128">
-        <v>28923</v>
+        <v>39009</v>
       </c>
       <c r="H27" s="128">
-        <v>9299</v>
+        <v>13397</v>
       </c>
       <c r="I27" s="128">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="J27" s="128">
-        <v>18176</v>
+        <v>23273</v>
       </c>
       <c r="K27" s="128">
-        <v>830</v>
+        <v>1206</v>
       </c>
       <c r="L27" s="128">
-        <v>560</v>
+        <v>1051</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>4390</v>
+        <v>5826</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>169</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>170</v>
       </c>
       <c r="B29" s="128">
-        <v>85360</v>
+        <v>117096</v>
       </c>
       <c r="C29" s="128">
-        <v>6086</v>
+        <v>8458</v>
       </c>
       <c r="D29" s="128">
-        <v>399</v>
+        <v>583</v>
       </c>
       <c r="E29" s="128">
-        <v>78678</v>
+        <v>107952</v>
       </c>
       <c r="F29" s="128">
-        <v>197</v>
+        <v>103</v>
       </c>
       <c r="G29" s="128">
-        <v>84308</v>
+        <v>116356</v>
       </c>
       <c r="H29" s="128">
-        <v>3636</v>
+        <v>4967</v>
       </c>
       <c r="I29" s="128">
-        <v>102</v>
+        <v>136</v>
       </c>
       <c r="J29" s="128">
-        <v>77841</v>
+        <v>106544</v>
       </c>
       <c r="K29" s="128">
-        <v>1159</v>
+        <v>1627</v>
       </c>
       <c r="L29" s="128">
-        <v>1570</v>
+        <v>3081</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>1051</v>
+        <v>740</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>171</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>172</v>
       </c>
       <c r="B31" s="130">
@@ -7029,87 +7029,87 @@
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="128">
-        <v>23953</v>
+        <v>33381</v>
       </c>
       <c r="C35" s="128">
-        <v>23064</v>
+        <v>32235</v>
       </c>
       <c r="D35" s="128">
-        <v>340</v>
+        <v>476</v>
       </c>
       <c r="E35" s="128">
-        <v>245</v>
+        <v>327</v>
       </c>
       <c r="F35" s="128">
-        <v>304</v>
+        <v>343</v>
       </c>
       <c r="G35" s="128">
-        <v>20563</v>
+        <v>28446</v>
       </c>
       <c r="H35" s="128">
-        <v>15554</v>
+        <v>21450</v>
       </c>
       <c r="I35" s="128">
-        <v>61</v>
+        <v>88</v>
       </c>
       <c r="J35" s="128">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="K35" s="128">
-        <v>1113</v>
+        <v>1578</v>
       </c>
       <c r="L35" s="128">
-        <v>3786</v>
+        <v>5285</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>3390</v>
+        <v>4935</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -7125,51 +7125,51 @@
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
     </row>
     <row r="38" spans="1:14" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
     </row>
     <row r="39" spans="1:14" ht="13.5" customHeight="1">
       <c r="A39" s="3" t="str">
         <f>'10-2'!A39</f>
-        <v>　　　　　2.至114年7月止，38家本國銀行放款及催收款之備抵呆帳餘額為587,711百萬元，114年1至7月轉銷呆帳31,997百萬元。</v>
+        <v>　　　　　2.至114年10月止，38家本國銀行放款及催收款之備抵呆帳餘額為597,762百萬元，114年1至10月轉銷呆帳46,605百萬元。</v>
       </c>
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
       <c r="N39" s="3"/>
     </row>
     <row r="40" spans="1:14" ht="13.5" customHeight="1">
       <c r="A40" s="3"/>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
@@ -7489,57 +7489,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -7802,149 +7802,149 @@
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>178</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>179</v>
       </c>
       <c r="B13" s="128">
-        <v>9254</v>
+        <v>12303</v>
       </c>
       <c r="C13" s="128">
-        <v>2009</v>
+        <v>2913</v>
       </c>
       <c r="D13" s="128">
-        <v>93</v>
+        <v>119</v>
       </c>
       <c r="E13" s="128">
-        <v>7143</v>
+        <v>9249</v>
       </c>
       <c r="F13" s="128">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="G13" s="128">
-        <v>8712</v>
+        <v>11495</v>
       </c>
       <c r="H13" s="128">
-        <v>1282</v>
+        <v>1869</v>
       </c>
       <c r="I13" s="128">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J13" s="128">
-        <v>6713</v>
+        <v>8823</v>
       </c>
       <c r="K13" s="128">
-        <v>154</v>
+        <v>227</v>
       </c>
       <c r="L13" s="128">
-        <v>560</v>
+        <v>570</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>543</v>
+        <v>809</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="128">
-        <v>4052</v>
+        <v>5752</v>
       </c>
       <c r="C15" s="128">
-        <v>4009</v>
+        <v>5677</v>
       </c>
       <c r="D15" s="128">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="E15" s="130">
         <v>0</v>
       </c>
       <c r="F15" s="128">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G15" s="128">
-        <v>3033</v>
+        <v>4291</v>
       </c>
       <c r="H15" s="128">
-        <v>1365</v>
+        <v>1931</v>
       </c>
       <c r="I15" s="128">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J15" s="130">
         <v>0</v>
       </c>
       <c r="K15" s="128">
-        <v>199</v>
+        <v>285</v>
       </c>
       <c r="L15" s="128">
-        <v>1463</v>
+        <v>2067</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>1019</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="130">
@@ -7988,87 +7988,87 @@
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>184</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>185</v>
       </c>
       <c r="B19" s="128">
-        <v>362</v>
+        <v>531</v>
       </c>
       <c r="C19" s="128">
-        <v>348</v>
+        <v>508</v>
       </c>
       <c r="D19" s="128">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="E19" s="130">
         <v>0</v>
       </c>
       <c r="F19" s="128">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G19" s="128">
-        <v>289</v>
+        <v>421</v>
       </c>
       <c r="H19" s="128">
-        <v>245</v>
+        <v>357</v>
       </c>
       <c r="I19" s="128">
         <v>0</v>
       </c>
       <c r="J19" s="130">
         <v>0</v>
       </c>
       <c r="K19" s="128">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="L19" s="128">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>73</v>
+        <v>110</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>186</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>187</v>
       </c>
       <c r="B21" s="130">
@@ -8298,87 +8298,87 @@
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>194</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>195</v>
       </c>
       <c r="B29" s="128">
-        <v>2343</v>
+        <v>3697</v>
       </c>
       <c r="C29" s="128">
-        <v>1229</v>
+        <v>1736</v>
       </c>
       <c r="D29" s="128">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E29" s="128">
-        <v>1088</v>
+        <v>1917</v>
       </c>
       <c r="F29" s="128">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="G29" s="128">
-        <v>2082</v>
+        <v>3300</v>
       </c>
       <c r="H29" s="128">
-        <v>866</v>
+        <v>1209</v>
       </c>
       <c r="I29" s="128">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J29" s="128">
-        <v>1083</v>
+        <v>1911</v>
       </c>
       <c r="K29" s="128">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="L29" s="128">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>262</v>
+        <v>397</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>196</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="130">
@@ -8941,57 +8941,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -9254,335 +9254,335 @@
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>203</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>204</v>
       </c>
       <c r="B13" s="128">
-        <v>504</v>
+        <v>689</v>
       </c>
       <c r="C13" s="128">
-        <v>494</v>
+        <v>676</v>
       </c>
       <c r="D13" s="128">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E13" s="128">
         <v>0</v>
       </c>
       <c r="F13" s="128">
+        <v>4</v>
+      </c>
+      <c r="G13" s="128">
+        <v>485</v>
+      </c>
+      <c r="H13" s="128">
+        <v>358</v>
+      </c>
+      <c r="I13" s="128">
         <v>3</v>
       </c>
-      <c r="G13" s="128">
-[...7 lines deleted...]
-      </c>
       <c r="J13" s="128">
         <v>0</v>
       </c>
       <c r="K13" s="128">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="L13" s="128">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>134</v>
+        <v>205</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>205</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>206</v>
       </c>
       <c r="B15" s="128">
-        <v>668</v>
+        <v>901</v>
       </c>
       <c r="C15" s="128">
-        <v>312</v>
+        <v>470</v>
       </c>
       <c r="D15" s="128">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="E15" s="128">
-        <v>103</v>
+        <v>141</v>
       </c>
       <c r="F15" s="128">
-        <v>247</v>
+        <v>277</v>
       </c>
       <c r="G15" s="128">
-        <v>622</v>
+        <v>842</v>
       </c>
       <c r="H15" s="128">
-        <v>213</v>
+        <v>313</v>
       </c>
       <c r="I15" s="128">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J15" s="128">
-        <v>335</v>
+        <v>395</v>
       </c>
       <c r="K15" s="128">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="L15" s="128">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>45</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>207</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>208</v>
       </c>
       <c r="B17" s="128">
-        <v>16871</v>
+        <v>22863</v>
       </c>
       <c r="C17" s="128">
-        <v>6798</v>
+        <v>9828</v>
       </c>
       <c r="D17" s="128">
-        <v>869</v>
+        <v>1150</v>
       </c>
       <c r="E17" s="128">
-        <v>9012</v>
+        <v>11805</v>
       </c>
       <c r="F17" s="128">
-        <v>192</v>
+        <v>80</v>
       </c>
       <c r="G17" s="128">
-        <v>14200</v>
+        <v>19039</v>
       </c>
       <c r="H17" s="128">
-        <v>3743</v>
+        <v>5478</v>
       </c>
       <c r="I17" s="128">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="J17" s="128">
-        <v>8865</v>
+        <v>11479</v>
       </c>
       <c r="K17" s="128">
-        <v>593</v>
+        <v>847</v>
       </c>
       <c r="L17" s="128">
-        <v>959</v>
+        <v>1178</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>2671</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>209</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>210</v>
       </c>
       <c r="B19" s="128">
-        <v>24841</v>
+        <v>34341</v>
       </c>
       <c r="C19" s="128">
-        <v>13167</v>
+        <v>19011</v>
       </c>
       <c r="D19" s="128">
-        <v>746</v>
+        <v>1183</v>
       </c>
       <c r="E19" s="128">
-        <v>10829</v>
+        <v>13898</v>
       </c>
       <c r="F19" s="128">
-        <v>98</v>
+        <v>249</v>
       </c>
       <c r="G19" s="128">
-        <v>19369</v>
+        <v>26140</v>
       </c>
       <c r="H19" s="128">
-        <v>7803</v>
+        <v>11187</v>
       </c>
       <c r="I19" s="128">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="J19" s="128">
-        <v>10144</v>
+        <v>12833</v>
       </c>
       <c r="K19" s="128">
-        <v>847</v>
+        <v>1231</v>
       </c>
       <c r="L19" s="128">
-        <v>527</v>
+        <v>824</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>5472</v>
+        <v>8201</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>211</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>212</v>
       </c>
       <c r="B21" s="128">
+        <v>40</v>
+      </c>
+      <c r="C21" s="128">
+        <v>36</v>
+      </c>
+      <c r="D21" s="128">
         <v>1</v>
       </c>
-      <c r="C21" s="128">
+      <c r="E21" s="128">
+        <v>0</v>
+      </c>
+      <c r="F21" s="128">
+        <v>3</v>
+      </c>
+      <c r="G21" s="128">
+        <v>78</v>
+      </c>
+      <c r="H21" s="128">
+        <v>27</v>
+      </c>
+      <c r="I21" s="128">
         <v>1</v>
       </c>
-      <c r="D21" s="128">
-[...16 lines deleted...]
-      </c>
       <c r="J21" s="128">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K21" s="128">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="L21" s="128">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>-1</v>
+        <v>-38</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>213</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>214</v>
       </c>
       <c r="B23" s="130">
@@ -9626,87 +9626,87 @@
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>215</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>216</v>
       </c>
       <c r="B25" s="128">
-        <v>9733</v>
+        <v>13295</v>
       </c>
       <c r="C25" s="128">
-        <v>5152</v>
+        <v>7516</v>
       </c>
       <c r="D25" s="128">
-        <v>279</v>
+        <v>354</v>
       </c>
       <c r="E25" s="128">
-        <v>4111</v>
+        <v>5112</v>
       </c>
       <c r="F25" s="128">
-        <v>190</v>
+        <v>313</v>
       </c>
       <c r="G25" s="128">
-        <v>8977</v>
+        <v>12049</v>
       </c>
       <c r="H25" s="128">
-        <v>3741</v>
+        <v>5453</v>
       </c>
       <c r="I25" s="128">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="J25" s="128">
-        <v>4063</v>
+        <v>5039</v>
       </c>
       <c r="K25" s="128">
-        <v>487</v>
+        <v>703</v>
       </c>
       <c r="L25" s="128">
-        <v>656</v>
+        <v>810</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>756</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>217</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>218</v>
       </c>
       <c r="B27" s="130">
@@ -9750,87 +9750,87 @@
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>219</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>220</v>
       </c>
       <c r="B29" s="128">
-        <v>43630</v>
+        <v>63903</v>
       </c>
       <c r="C29" s="128">
-        <v>18891</v>
+        <v>26766</v>
       </c>
       <c r="D29" s="128">
-        <v>1876</v>
+        <v>2474</v>
       </c>
       <c r="E29" s="128">
-        <v>20375</v>
+        <v>31004</v>
       </c>
       <c r="F29" s="128">
-        <v>2488</v>
+        <v>3660</v>
       </c>
       <c r="G29" s="128">
-        <v>34869</v>
+        <v>51731</v>
       </c>
       <c r="H29" s="128">
-        <v>13043</v>
+        <v>18600</v>
       </c>
       <c r="I29" s="128">
-        <v>205</v>
+        <v>384</v>
       </c>
       <c r="J29" s="128">
-        <v>17364</v>
+        <v>26651</v>
       </c>
       <c r="K29" s="128">
-        <v>2595</v>
+        <v>3703</v>
       </c>
       <c r="L29" s="128">
-        <v>1663</v>
+        <v>2393</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>8762</v>
+        <v>12172</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>221</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>222</v>
       </c>
       <c r="B31" s="130">
@@ -10389,57 +10389,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>62</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -10640,397 +10640,397 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>23348</v>
+        <v>30217</v>
       </c>
       <c r="C11" s="117">
-        <v>6467</v>
+        <v>8857</v>
       </c>
       <c r="D11" s="117">
-        <v>158</v>
+        <v>228</v>
       </c>
       <c r="E11" s="117">
-        <v>15812</v>
+        <v>19968</v>
       </c>
       <c r="F11" s="117">
-        <v>911</v>
+        <v>1164</v>
       </c>
       <c r="G11" s="117">
-        <v>21586</v>
+        <v>27737</v>
       </c>
       <c r="H11" s="117">
-        <v>2160</v>
+        <v>2883</v>
       </c>
       <c r="I11" s="117">
-        <v>91</v>
+        <v>125</v>
       </c>
       <c r="J11" s="117">
-        <v>15766</v>
+        <v>19886</v>
       </c>
       <c r="K11" s="117">
-        <v>1242</v>
+        <v>1784</v>
       </c>
       <c r="L11" s="117">
-        <v>2327</v>
+        <v>3058</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>1762</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="128">
-        <v>728</v>
+        <v>1030</v>
       </c>
       <c r="C13" s="128">
-        <v>598</v>
+        <v>772</v>
       </c>
       <c r="D13" s="128">
         <v>6</v>
       </c>
       <c r="E13" s="130">
         <v>0</v>
       </c>
       <c r="F13" s="128">
-        <v>125</v>
+        <v>252</v>
       </c>
       <c r="G13" s="128">
-        <v>434</v>
+        <v>571</v>
       </c>
       <c r="H13" s="128">
-        <v>211</v>
+        <v>253</v>
       </c>
       <c r="I13" s="128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J13" s="130">
         <v>0</v>
       </c>
       <c r="K13" s="128">
-        <v>85</v>
+        <v>135</v>
       </c>
       <c r="L13" s="128">
-        <v>135</v>
+        <v>179</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>294</v>
+        <v>460</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="128">
-        <v>714</v>
+        <v>1064</v>
       </c>
       <c r="C15" s="128">
-        <v>646</v>
+        <v>899</v>
       </c>
       <c r="D15" s="128">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E15" s="130">
         <v>0</v>
       </c>
       <c r="F15" s="128">
-        <v>58</v>
+        <v>150</v>
       </c>
       <c r="G15" s="128">
-        <v>828</v>
+        <v>949</v>
       </c>
       <c r="H15" s="128">
-        <v>123</v>
+        <v>169</v>
       </c>
       <c r="I15" s="128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J15" s="130">
         <v>0</v>
       </c>
       <c r="K15" s="128">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="L15" s="128">
-        <v>628</v>
+        <v>658</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>-114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="128">
-        <v>600</v>
+        <v>885</v>
       </c>
       <c r="C17" s="128">
-        <v>546</v>
+        <v>755</v>
       </c>
       <c r="D17" s="128">
+        <v>3</v>
+      </c>
+      <c r="E17" s="130">
+        <v>0</v>
+      </c>
+      <c r="F17" s="128">
+        <v>127</v>
+      </c>
+      <c r="G17" s="128">
+        <v>388</v>
+      </c>
+      <c r="H17" s="128">
+        <v>171</v>
+      </c>
+      <c r="I17" s="128">
         <v>2</v>
       </c>
-      <c r="E17" s="130">
-[...13 lines deleted...]
-      </c>
       <c r="J17" s="130">
         <v>0</v>
       </c>
       <c r="K17" s="128">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="L17" s="128">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>298</v>
+        <v>498</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="128">
-        <v>633</v>
+        <v>893</v>
       </c>
       <c r="C19" s="128">
-        <v>603</v>
+        <v>848</v>
       </c>
       <c r="D19" s="128">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="E19" s="130">
         <v>0</v>
       </c>
       <c r="F19" s="128">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="G19" s="128">
-        <v>291</v>
+        <v>434</v>
       </c>
       <c r="H19" s="128">
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="I19" s="128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J19" s="130">
         <v>0</v>
       </c>
       <c r="K19" s="128">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="L19" s="128">
-        <v>99</v>
+        <v>167</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>342</v>
+        <v>459</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="128">
-        <v>366</v>
+        <v>499</v>
       </c>
       <c r="C21" s="128">
-        <v>364</v>
+        <v>494</v>
       </c>
       <c r="D21" s="128">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E21" s="130">
         <v>0</v>
       </c>
       <c r="F21" s="128">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G21" s="128">
-        <v>202</v>
+        <v>293</v>
       </c>
       <c r="H21" s="128">
-        <v>64</v>
+        <v>81</v>
       </c>
       <c r="I21" s="128">
         <v>1</v>
       </c>
       <c r="J21" s="130">
         <v>0</v>
       </c>
       <c r="K21" s="128">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="L21" s="128">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>164</v>
+        <v>206</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="130">
@@ -11074,87 +11074,87 @@
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="128">
-        <v>127</v>
+        <v>181</v>
       </c>
       <c r="C25" s="128">
-        <v>118</v>
+        <v>165</v>
       </c>
       <c r="D25" s="128">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="E25" s="130">
         <v>0</v>
       </c>
-      <c r="F25" s="130">
+      <c r="F25" s="128">
         <v>0</v>
       </c>
       <c r="G25" s="128">
-        <v>95</v>
+        <v>131</v>
       </c>
       <c r="H25" s="128">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="I25" s="128">
         <v>0</v>
       </c>
       <c r="J25" s="130">
         <v>0</v>
       </c>
       <c r="K25" s="128">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="L25" s="128">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>33</v>
+        <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="130">
@@ -11384,87 +11384,87 @@
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="128">
-        <v>789</v>
+        <v>1068</v>
       </c>
       <c r="C35" s="128">
-        <v>757</v>
+        <v>1022</v>
       </c>
       <c r="D35" s="128">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E35" s="130">
         <v>0</v>
       </c>
       <c r="F35" s="128">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="G35" s="128">
-        <v>525</v>
+        <v>581</v>
       </c>
       <c r="H35" s="128">
-        <v>356</v>
+        <v>471</v>
       </c>
       <c r="I35" s="128">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J35" s="130">
         <v>0</v>
       </c>
       <c r="K35" s="128">
-        <v>101</v>
+        <v>140</v>
       </c>
       <c r="L35" s="128">
-        <v>66</v>
+        <v>-34</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>264</v>
+        <v>487</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -11480,51 +11480,51 @@
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
     </row>
     <row r="38" spans="1:14" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
     </row>
     <row r="39" spans="1:14" ht="13.5" customHeight="1">
       <c r="A39" s="3" t="str">
         <f>'10-2'!A39</f>
-        <v>　　　　　2.至114年7月止，38家本國銀行放款及催收款之備抵呆帳餘額為587,711百萬元，114年1至7月轉銷呆帳31,997百萬元。</v>
+        <v>　　　　　2.至114年10月止，38家本國銀行放款及催收款之備抵呆帳餘額為597,762百萬元，114年1至10月轉銷呆帳46,605百萬元。</v>
       </c>
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
       <c r="N39" s="3"/>
     </row>
     <row r="40" spans="1:14" ht="13.5" customHeight="1">
       <c r="A40" s="3"/>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
@@ -11844,57 +11844,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>62</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -12219,87 +12219,87 @@
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="128">
-        <v>205</v>
+        <v>287</v>
       </c>
       <c r="C15" s="128">
-        <v>200</v>
+        <v>286</v>
       </c>
       <c r="D15" s="128">
         <v>1</v>
       </c>
       <c r="E15" s="130">
         <v>0</v>
       </c>
       <c r="F15" s="128">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G15" s="128">
-        <v>108</v>
+        <v>162</v>
       </c>
       <c r="H15" s="128">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="I15" s="128">
         <v>1</v>
       </c>
       <c r="J15" s="130">
         <v>0</v>
       </c>
       <c r="K15" s="128">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="L15" s="128">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>98</v>
+        <v>125</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="130">
@@ -13296,57 +13296,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>62</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -14105,87 +14105,87 @@
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>219</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>220</v>
       </c>
       <c r="B29" s="128">
-        <v>19185</v>
+        <v>24308</v>
       </c>
       <c r="C29" s="128">
-        <v>2636</v>
+        <v>3615</v>
       </c>
       <c r="D29" s="128">
-        <v>93</v>
+        <v>134</v>
       </c>
       <c r="E29" s="128">
-        <v>15812</v>
+        <v>19968</v>
       </c>
       <c r="F29" s="128">
-        <v>644</v>
+        <v>591</v>
       </c>
       <c r="G29" s="128">
-        <v>18802</v>
+        <v>24228</v>
       </c>
       <c r="H29" s="128">
-        <v>1113</v>
+        <v>1515</v>
       </c>
       <c r="I29" s="128">
-        <v>78</v>
+        <v>108</v>
       </c>
       <c r="J29" s="128">
-        <v>15766</v>
+        <v>19886</v>
       </c>
       <c r="K29" s="128">
-        <v>646</v>
+        <v>932</v>
       </c>
       <c r="L29" s="128">
-        <v>1199</v>
+        <v>1787</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>383</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>221</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>222</v>
       </c>
       <c r="B31" s="130">
@@ -14741,57 +14741,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -14992,831 +14992,831 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>163233</v>
+        <v>216435</v>
       </c>
       <c r="C11" s="117">
-        <v>65152</v>
+        <v>96123</v>
       </c>
       <c r="D11" s="117">
-        <v>4511</v>
+        <v>6476</v>
       </c>
       <c r="E11" s="117">
-        <v>51974</v>
+        <v>82976</v>
       </c>
       <c r="F11" s="117">
-        <v>41597</v>
+        <v>30860</v>
       </c>
       <c r="G11" s="117">
-        <v>148406</v>
+        <v>196425</v>
       </c>
       <c r="H11" s="117">
-        <v>63990</v>
+        <v>93493</v>
       </c>
       <c r="I11" s="117">
-        <v>342</v>
+        <v>481</v>
       </c>
       <c r="J11" s="117">
-        <v>68001</v>
+        <v>80573</v>
       </c>
       <c r="K11" s="117">
-        <v>5026</v>
+        <v>7046</v>
       </c>
       <c r="L11" s="117">
-        <v>11047</v>
+        <v>14832</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>14828</v>
+        <v>20010</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="141">
-        <v>20778</v>
+        <v>20414</v>
       </c>
       <c r="C13" s="141">
-        <v>9080</v>
+        <v>13548</v>
       </c>
       <c r="D13" s="141">
-        <v>426</v>
+        <v>566</v>
       </c>
       <c r="E13" s="141">
-        <v>1097</v>
+        <v>1831</v>
       </c>
       <c r="F13" s="141">
-        <v>10174</v>
+        <v>4469</v>
       </c>
       <c r="G13" s="141">
-        <v>18650</v>
+        <v>17629</v>
       </c>
       <c r="H13" s="141">
-        <v>9326</v>
+        <v>13939</v>
       </c>
       <c r="I13" s="141">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="J13" s="141">
-        <v>7994</v>
+        <v>1654</v>
       </c>
       <c r="K13" s="141">
-        <v>415</v>
+        <v>529</v>
       </c>
       <c r="L13" s="141">
-        <v>897</v>
+        <v>1478</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>2128</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="141">
-        <v>5848</v>
+        <v>8236</v>
       </c>
       <c r="C15" s="141">
-        <v>2399</v>
+        <v>3621</v>
       </c>
       <c r="D15" s="141">
-        <v>87</v>
+        <v>123</v>
       </c>
       <c r="E15" s="141">
-        <v>2426</v>
+        <v>2957</v>
       </c>
       <c r="F15" s="141">
-        <v>936</v>
+        <v>1535</v>
       </c>
       <c r="G15" s="141">
-        <v>4629</v>
+        <v>6628</v>
       </c>
       <c r="H15" s="141">
-        <v>1848</v>
+        <v>2787</v>
       </c>
       <c r="I15" s="141">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J15" s="141">
-        <v>2549</v>
+        <v>3352</v>
       </c>
       <c r="K15" s="141">
-        <v>306</v>
+        <v>436</v>
       </c>
       <c r="L15" s="141">
-        <v>-79</v>
+        <v>43</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>1219</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="141">
-        <v>878</v>
+        <v>1181</v>
       </c>
       <c r="C17" s="141">
-        <v>439</v>
+        <v>582</v>
       </c>
       <c r="D17" s="141">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="E17" s="141">
-        <v>336</v>
+        <v>464</v>
       </c>
       <c r="F17" s="141">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="G17" s="141">
-        <v>785</v>
+        <v>1065</v>
       </c>
       <c r="H17" s="141">
-        <v>404</v>
+        <v>528</v>
       </c>
       <c r="I17" s="141">
         <v>1</v>
       </c>
       <c r="J17" s="141">
-        <v>136</v>
+        <v>190</v>
       </c>
       <c r="K17" s="141">
-        <v>115</v>
+        <v>162</v>
       </c>
       <c r="L17" s="141">
-        <v>129</v>
+        <v>184</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>93</v>
+        <v>116</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="141">
-        <v>339</v>
+        <v>455</v>
       </c>
       <c r="C19" s="141">
-        <v>201</v>
+        <v>280</v>
       </c>
       <c r="D19" s="141">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="E19" s="141">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F19" s="141">
-        <v>102</v>
+        <v>127</v>
       </c>
       <c r="G19" s="141">
-        <v>308</v>
+        <v>413</v>
       </c>
       <c r="H19" s="141">
-        <v>223</v>
+        <v>300</v>
       </c>
       <c r="I19" s="141">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
       <c r="K19" s="141">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="L19" s="141">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="141">
-        <v>313</v>
+        <v>437</v>
       </c>
       <c r="C21" s="141">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D21" s="141">
         <v>1</v>
       </c>
       <c r="E21" s="141">
-        <v>139</v>
+        <v>192</v>
       </c>
       <c r="F21" s="141">
-        <v>139</v>
+        <v>197</v>
       </c>
       <c r="G21" s="141">
-        <v>381</v>
+        <v>403</v>
       </c>
       <c r="H21" s="141">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="I21" s="143">
         <v>0</v>
       </c>
       <c r="J21" s="143">
         <v>0</v>
       </c>
       <c r="K21" s="141">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="L21" s="141">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
       <c r="N21" s="145">
-        <v>-68</v>
+        <v>34</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="141">
-        <v>6182</v>
+        <v>7133</v>
       </c>
       <c r="C23" s="141">
-        <v>3058</v>
+        <v>4474</v>
       </c>
       <c r="D23" s="141">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="E23" s="143">
+        <v>63</v>
+      </c>
+      <c r="E23" s="141">
         <v>0</v>
       </c>
       <c r="F23" s="141">
-        <v>3078</v>
+        <v>2596</v>
       </c>
       <c r="G23" s="141">
-        <v>6368</v>
+        <v>7241</v>
       </c>
       <c r="H23" s="141">
-        <v>3016</v>
+        <v>4387</v>
       </c>
       <c r="I23" s="141">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J23" s="141">
-        <v>2738</v>
+        <v>2130</v>
       </c>
       <c r="K23" s="141">
-        <v>154</v>
+        <v>203</v>
       </c>
       <c r="L23" s="141">
-        <v>456</v>
+        <v>516</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
       <c r="N23" s="145">
-        <v>-186</v>
+        <v>-108</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="141">
-        <v>2802</v>
+        <v>3323</v>
       </c>
       <c r="C25" s="141">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D25" s="141">
-        <v>127</v>
+        <v>194</v>
       </c>
       <c r="E25" s="141">
-        <v>28</v>
+        <v>730</v>
       </c>
       <c r="F25" s="141">
-        <v>2619</v>
+        <v>2363</v>
       </c>
       <c r="G25" s="141">
-        <v>2230</v>
+        <v>2468</v>
       </c>
       <c r="H25" s="141">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="I25" s="143">
         <v>0</v>
       </c>
-      <c r="J25" s="141">
-        <v>620</v>
+      <c r="J25" s="143">
+        <v>0</v>
       </c>
       <c r="K25" s="141">
-        <v>139</v>
+        <v>196</v>
       </c>
       <c r="L25" s="141">
-        <v>1444</v>
+        <v>2214</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
       <c r="N25" s="145">
-        <v>572</v>
+        <v>855</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>228</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>229</v>
       </c>
       <c r="B27" s="141">
-        <v>17921</v>
+        <v>28468</v>
       </c>
       <c r="C27" s="141">
-        <v>1695</v>
+        <v>2494</v>
       </c>
       <c r="D27" s="141">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E27" s="141">
-        <v>15991</v>
+        <v>25580</v>
       </c>
       <c r="F27" s="141">
-        <v>153</v>
+        <v>306</v>
       </c>
       <c r="G27" s="141">
-        <v>17671</v>
+        <v>28094</v>
       </c>
       <c r="H27" s="141">
-        <v>1654</v>
+        <v>2432</v>
       </c>
       <c r="I27" s="141">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="J27" s="141">
-        <v>15604</v>
+        <v>25162</v>
       </c>
       <c r="K27" s="141">
-        <v>135</v>
+        <v>213</v>
       </c>
       <c r="L27" s="141">
         <v>234</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>250</v>
+        <v>374</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>230</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>231</v>
       </c>
       <c r="B29" s="141">
-        <v>6424</v>
+        <v>7470</v>
       </c>
       <c r="C29" s="141">
-        <v>3809</v>
+        <v>5748</v>
       </c>
       <c r="D29" s="141">
-        <v>74</v>
+        <v>113</v>
       </c>
       <c r="E29" s="141">
-        <v>2481</v>
+        <v>1454</v>
       </c>
       <c r="F29" s="141">
-        <v>61</v>
+        <v>155</v>
       </c>
       <c r="G29" s="141">
-        <v>5420</v>
+        <v>6641</v>
       </c>
       <c r="H29" s="141">
-        <v>3375</v>
+        <v>5038</v>
       </c>
       <c r="I29" s="141">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="J29" s="141">
-        <v>679</v>
+        <v>102</v>
       </c>
       <c r="K29" s="141">
-        <v>245</v>
+        <v>346</v>
       </c>
       <c r="L29" s="141">
-        <v>1097</v>
+        <v>1121</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>1005</v>
+        <v>829</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>232</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>233</v>
       </c>
       <c r="B31" s="141">
-        <v>1621</v>
+        <v>2102</v>
       </c>
       <c r="C31" s="141">
-        <v>669</v>
+        <v>995</v>
       </c>
       <c r="D31" s="141">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="E31" s="141">
-        <v>474</v>
+        <v>874</v>
       </c>
       <c r="F31" s="141">
-        <v>458</v>
+        <v>203</v>
       </c>
       <c r="G31" s="141">
-        <v>1530</v>
+        <v>1886</v>
       </c>
       <c r="H31" s="141">
-        <v>537</v>
+        <v>794</v>
       </c>
       <c r="I31" s="141">
         <v>1</v>
       </c>
       <c r="J31" s="141">
-        <v>807</v>
+        <v>894</v>
       </c>
       <c r="K31" s="141">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="L31" s="141">
-        <v>126</v>
+        <v>110</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>91</v>
+        <v>216</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>234</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>235</v>
       </c>
       <c r="B33" s="141">
-        <v>4868</v>
+        <v>4982</v>
       </c>
       <c r="C33" s="141">
-        <v>1026</v>
+        <v>1479</v>
       </c>
       <c r="D33" s="141">
-        <v>726</v>
+        <v>1052</v>
       </c>
       <c r="E33" s="141">
-        <v>193</v>
+        <v>406</v>
       </c>
       <c r="F33" s="141">
-        <v>2922</v>
+        <v>2044</v>
       </c>
       <c r="G33" s="141">
-        <v>2512</v>
+        <v>3178</v>
       </c>
       <c r="H33" s="141">
-        <v>775</v>
+        <v>1090</v>
       </c>
       <c r="I33" s="141">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>308</v>
+        <v>38</v>
+      </c>
+      <c r="J33" s="143">
+        <v>0</v>
       </c>
       <c r="K33" s="141">
-        <v>547</v>
+        <v>793</v>
       </c>
       <c r="L33" s="141">
-        <v>860</v>
+        <v>1257</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
       <c r="N33" s="145">
-        <v>2356</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>236</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>237</v>
       </c>
       <c r="B35" s="141">
-        <v>4137</v>
+        <v>6290</v>
       </c>
       <c r="C35" s="141">
-        <v>3615</v>
+        <v>5238</v>
       </c>
       <c r="D35" s="141">
-        <v>345</v>
+        <v>533</v>
       </c>
       <c r="E35" s="141">
-        <v>174</v>
+        <v>516</v>
       </c>
       <c r="F35" s="141">
         <v>4</v>
       </c>
       <c r="G35" s="141">
-        <v>3605</v>
+        <v>5495</v>
       </c>
       <c r="H35" s="141">
-        <v>2845</v>
+        <v>4170</v>
       </c>
       <c r="I35" s="143">
         <v>0</v>
       </c>
       <c r="J35" s="141">
-        <v>177</v>
+        <v>699</v>
       </c>
       <c r="K35" s="141">
-        <v>46</v>
+        <v>65</v>
       </c>
       <c r="L35" s="141">
-        <v>536</v>
+        <v>560</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
-        <v>532</v>
+        <v>796</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>238</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -16172,57 +16172,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -16423,831 +16423,831 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>88</v>
       </c>
       <c r="B11" s="116">
-        <v>5872</v>
+        <v>8334</v>
       </c>
       <c r="C11" s="116">
-        <v>3028</v>
+        <v>4541</v>
       </c>
       <c r="D11" s="116">
-        <v>862</v>
+        <v>1315</v>
       </c>
       <c r="E11" s="116">
-        <v>1520</v>
+        <v>1858</v>
       </c>
       <c r="F11" s="116">
-        <v>462</v>
+        <v>620</v>
       </c>
       <c r="G11" s="116">
-        <v>4324</v>
+        <v>6042</v>
       </c>
       <c r="H11" s="116">
-        <v>2769</v>
+        <v>4028</v>
       </c>
       <c r="I11" s="116">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>62</v>
+      </c>
+      <c r="J11" s="119">
+        <v>0</v>
       </c>
       <c r="K11" s="116">
-        <v>560</v>
+        <v>791</v>
       </c>
       <c r="L11" s="116">
-        <v>878</v>
+        <v>1161</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>1548</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>239</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>240</v>
       </c>
       <c r="B13" s="141">
-        <v>471</v>
+        <v>583</v>
       </c>
       <c r="C13" s="141">
-        <v>420</v>
+        <v>567</v>
       </c>
       <c r="D13" s="141">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="E13" s="143">
         <v>0</v>
       </c>
       <c r="F13" s="141">
         <v>0</v>
       </c>
       <c r="G13" s="141">
-        <v>319</v>
+        <v>385</v>
       </c>
       <c r="H13" s="141">
-        <v>263</v>
+        <v>351</v>
       </c>
       <c r="I13" s="141">
         <v>17</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="141">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="L13" s="141">
-        <v>27</v>
+        <v>-2</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>152</v>
+        <v>198</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>241</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>242</v>
       </c>
       <c r="B15" s="141">
-        <v>9819</v>
+        <v>9909</v>
       </c>
       <c r="C15" s="141">
-        <v>2575</v>
+        <v>3861</v>
       </c>
       <c r="D15" s="141">
-        <v>118</v>
+        <v>155</v>
       </c>
       <c r="E15" s="141">
-        <v>556</v>
+        <v>482</v>
       </c>
       <c r="F15" s="141">
-        <v>6569</v>
+        <v>5410</v>
       </c>
       <c r="G15" s="141">
-        <v>9775</v>
+        <v>9842</v>
       </c>
       <c r="H15" s="141">
-        <v>3257</v>
+        <v>4739</v>
       </c>
       <c r="I15" s="141">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="J15" s="141">
-        <v>6029</v>
+        <v>4341</v>
       </c>
       <c r="K15" s="141">
-        <v>78</v>
+        <v>113</v>
       </c>
       <c r="L15" s="141">
-        <v>401</v>
+        <v>633</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>44</v>
+        <v>66</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>243</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>244</v>
       </c>
       <c r="B17" s="141">
-        <v>10757</v>
+        <v>14439</v>
       </c>
       <c r="C17" s="141">
-        <v>2287</v>
+        <v>3479</v>
       </c>
       <c r="D17" s="141">
-        <v>213</v>
+        <v>340</v>
       </c>
       <c r="E17" s="141">
-        <v>3813</v>
+        <v>7252</v>
       </c>
       <c r="F17" s="141">
-        <v>4445</v>
+        <v>3367</v>
       </c>
       <c r="G17" s="141">
-        <v>10184</v>
+        <v>13326</v>
       </c>
       <c r="H17" s="141">
-        <v>3827</v>
+        <v>5616</v>
       </c>
       <c r="I17" s="141">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="J17" s="141">
-        <v>5881</v>
+        <v>7194</v>
       </c>
       <c r="K17" s="141">
-        <v>239</v>
+        <v>342</v>
       </c>
       <c r="L17" s="141">
-        <v>224</v>
+        <v>156</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>573</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>245</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>246</v>
       </c>
       <c r="B19" s="141">
-        <v>5351</v>
+        <v>7713</v>
       </c>
       <c r="C19" s="141">
-        <v>3168</v>
+        <v>4543</v>
       </c>
       <c r="D19" s="141">
-        <v>535</v>
+        <v>819</v>
       </c>
       <c r="E19" s="141">
-        <v>1593</v>
+        <v>2270</v>
       </c>
       <c r="F19" s="141">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="G19" s="141">
-        <v>4529</v>
+        <v>6458</v>
       </c>
       <c r="H19" s="141">
-        <v>2475</v>
+        <v>3493</v>
       </c>
       <c r="I19" s="141">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
       <c r="K19" s="141">
-        <v>779</v>
+        <v>1121</v>
       </c>
       <c r="L19" s="141">
-        <v>1234</v>
+        <v>1786</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>822</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>247</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>248</v>
       </c>
       <c r="B21" s="141">
-        <v>8716</v>
+        <v>11001</v>
       </c>
       <c r="C21" s="141">
-        <v>4116</v>
+        <v>6523</v>
       </c>
       <c r="D21" s="141">
-        <v>36</v>
+        <v>58</v>
       </c>
       <c r="E21" s="141">
-        <v>1698</v>
+        <v>2030</v>
       </c>
       <c r="F21" s="141">
-        <v>2865</v>
+        <v>2390</v>
       </c>
       <c r="G21" s="141">
-        <v>8739</v>
+        <v>10780</v>
       </c>
       <c r="H21" s="141">
-        <v>4130</v>
+        <v>6462</v>
       </c>
       <c r="I21" s="141">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="J21" s="141">
-        <v>3919</v>
+        <v>3472</v>
       </c>
       <c r="K21" s="141">
-        <v>131</v>
+        <v>180</v>
       </c>
       <c r="L21" s="141">
-        <v>549</v>
+        <v>641</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
       <c r="N21" s="145">
-        <v>-23</v>
+        <v>221</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>249</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>250</v>
       </c>
       <c r="B23" s="141">
-        <v>166</v>
+        <v>225</v>
       </c>
       <c r="C23" s="141">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D23" s="141">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E23" s="143">
         <v>0</v>
       </c>
       <c r="F23" s="141">
-        <v>157</v>
+        <v>213</v>
       </c>
       <c r="G23" s="141">
-        <v>156</v>
+        <v>229</v>
       </c>
       <c r="H23" s="141">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I23" s="141">
         <v>0</v>
       </c>
       <c r="J23" s="143">
         <v>0</v>
       </c>
       <c r="K23" s="141">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="L23" s="141">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
       <c r="N23" s="145">
-        <v>10</v>
+        <v>-3</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>251</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>252</v>
       </c>
       <c r="B25" s="141">
-        <v>19571</v>
+        <v>35226</v>
       </c>
       <c r="C25" s="141">
-        <v>5812</v>
+        <v>8750</v>
       </c>
       <c r="D25" s="141">
-        <v>110</v>
+        <v>176</v>
       </c>
       <c r="E25" s="141">
-        <v>13649</v>
+        <v>26299</v>
       </c>
       <c r="F25" s="141">
         <v>0</v>
       </c>
       <c r="G25" s="141">
-        <v>17693</v>
+        <v>32174</v>
       </c>
       <c r="H25" s="141">
-        <v>4782</v>
+        <v>7302</v>
       </c>
       <c r="I25" s="141">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="J25" s="141">
-        <v>12250</v>
+        <v>24181</v>
       </c>
       <c r="K25" s="141">
-        <v>260</v>
+        <v>336</v>
       </c>
       <c r="L25" s="141">
-        <v>381</v>
+        <v>326</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
       <c r="N25" s="145">
-        <v>1878</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>253</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>254</v>
       </c>
       <c r="B27" s="141">
-        <v>17657</v>
+        <v>22158</v>
       </c>
       <c r="C27" s="141">
-        <v>11421</v>
+        <v>16305</v>
       </c>
       <c r="D27" s="141">
-        <v>239</v>
+        <v>295</v>
       </c>
       <c r="E27" s="141">
-        <v>2818</v>
+        <v>3566</v>
       </c>
       <c r="F27" s="141">
-        <v>3179</v>
+        <v>1992</v>
       </c>
       <c r="G27" s="141">
-        <v>16576</v>
+        <v>20638</v>
       </c>
       <c r="H27" s="141">
-        <v>11113</v>
+        <v>15690</v>
       </c>
       <c r="I27" s="141">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="J27" s="141">
-        <v>4902</v>
+        <v>4252</v>
       </c>
       <c r="K27" s="141">
-        <v>202</v>
+        <v>256</v>
       </c>
       <c r="L27" s="141">
-        <v>334</v>
+        <v>411</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>1081</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>255</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>256</v>
       </c>
       <c r="B29" s="141">
-        <v>1136</v>
+        <v>1621</v>
       </c>
       <c r="C29" s="141">
-        <v>1136</v>
+        <v>1621</v>
       </c>
       <c r="D29" s="143">
         <v>0</v>
       </c>
       <c r="E29" s="143">
         <v>0</v>
       </c>
       <c r="F29" s="143">
         <v>0</v>
       </c>
       <c r="G29" s="141">
-        <v>1231</v>
+        <v>1726</v>
       </c>
       <c r="H29" s="141">
-        <v>987</v>
+        <v>1404</v>
       </c>
       <c r="I29" s="141">
         <v>0</v>
       </c>
       <c r="J29" s="141">
         <v>0</v>
       </c>
       <c r="K29" s="141">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="L29" s="141">
-        <v>229</v>
+        <v>300</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>-96</v>
+        <v>-106</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>257</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>258</v>
       </c>
       <c r="B31" s="141">
-        <v>1147</v>
+        <v>1693</v>
       </c>
       <c r="C31" s="141">
-        <v>884</v>
+        <v>1329</v>
       </c>
       <c r="D31" s="141">
-        <v>220</v>
+        <v>261</v>
       </c>
       <c r="E31" s="143">
         <v>0</v>
       </c>
       <c r="F31" s="141">
-        <v>43</v>
+        <v>103</v>
       </c>
       <c r="G31" s="141">
-        <v>871</v>
+        <v>1418</v>
       </c>
       <c r="H31" s="141">
-        <v>753</v>
+        <v>1125</v>
       </c>
       <c r="I31" s="141">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J31" s="143">
         <v>0</v>
       </c>
       <c r="K31" s="141">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="L31" s="141">
-        <v>73</v>
+        <v>236</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>276</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>259</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>260</v>
       </c>
       <c r="B33" s="141">
-        <v>2781</v>
+        <v>3034</v>
       </c>
       <c r="C33" s="141">
-        <v>1061</v>
+        <v>1767</v>
       </c>
       <c r="D33" s="141">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="E33" s="143">
         <v>0</v>
       </c>
       <c r="F33" s="141">
-        <v>1643</v>
+        <v>1170</v>
       </c>
       <c r="G33" s="141">
-        <v>2705</v>
+        <v>2807</v>
       </c>
       <c r="H33" s="141">
-        <v>1513</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2207</v>
+      </c>
+      <c r="I33" s="147">
+        <v>0</v>
       </c>
       <c r="J33" s="141">
-        <v>965</v>
+        <v>366</v>
       </c>
       <c r="K33" s="141">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="L33" s="141">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
       <c r="N33" s="145">
-        <v>76</v>
+        <v>227</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>261</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>262</v>
       </c>
       <c r="B35" s="141">
-        <v>4552</v>
+        <v>5879</v>
       </c>
       <c r="C35" s="141">
-        <v>2425</v>
+        <v>3175</v>
       </c>
       <c r="D35" s="141">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="E35" s="141">
-        <v>1247</v>
+        <v>1527</v>
       </c>
       <c r="F35" s="141">
-        <v>853</v>
+        <v>1139</v>
       </c>
       <c r="G35" s="141">
-        <v>4271</v>
+        <v>5439</v>
       </c>
       <c r="H35" s="141">
-        <v>3291</v>
+        <v>4353</v>
       </c>
       <c r="I35" s="141">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="J35" s="141">
-        <v>497</v>
+        <v>460</v>
       </c>
       <c r="K35" s="141">
-        <v>247</v>
+        <v>355</v>
       </c>
       <c r="L35" s="141">
-        <v>221</v>
+        <v>251</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
-        <v>282</v>
+        <v>440</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>263</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3"/>
@@ -17575,57 +17575,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -17826,211 +17826,211 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="116">
-        <v>2774</v>
+        <v>3570</v>
       </c>
       <c r="C11" s="116">
-        <v>444</v>
+        <v>624</v>
       </c>
       <c r="D11" s="116">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E11" s="116">
-        <v>1732</v>
+        <v>2678</v>
       </c>
       <c r="F11" s="116">
-        <v>587</v>
+        <v>257</v>
       </c>
       <c r="G11" s="116">
-        <v>2637</v>
+        <v>3539</v>
       </c>
       <c r="H11" s="116">
-        <v>578</v>
+        <v>865</v>
       </c>
       <c r="I11" s="116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J11" s="116">
-        <v>1873</v>
+        <v>2123</v>
       </c>
       <c r="K11" s="116">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="L11" s="116">
-        <v>126</v>
+        <v>465</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>137</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>264</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>265</v>
       </c>
       <c r="B13" s="141">
-        <v>272</v>
+        <v>407</v>
       </c>
       <c r="C13" s="141">
-        <v>237</v>
+        <v>356</v>
       </c>
       <c r="D13" s="141">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E13" s="143">
         <v>0</v>
       </c>
       <c r="F13" s="141">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="G13" s="141">
-        <v>197</v>
+        <v>290</v>
       </c>
       <c r="H13" s="141">
-        <v>144</v>
+        <v>214</v>
       </c>
       <c r="I13" s="141">
         <v>1</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="141">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="L13" s="141">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>75</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>266</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>267</v>
       </c>
       <c r="B15" s="141">
-        <v>80</v>
+        <v>154</v>
       </c>
       <c r="C15" s="141">
-        <v>77</v>
+        <v>131</v>
       </c>
       <c r="D15" s="141">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="E15" s="143">
         <v>0</v>
       </c>
       <c r="F15" s="141">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G15" s="141">
-        <v>110</v>
+        <v>190</v>
       </c>
       <c r="H15" s="141">
-        <v>53</v>
+        <v>91</v>
       </c>
       <c r="I15" s="141">
         <v>1</v>
       </c>
       <c r="J15" s="143">
         <v>0</v>
       </c>
       <c r="K15" s="141">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="L15" s="141">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>-30</v>
+        <v>-36</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>268</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33"/>
       <c r="B17" s="68"/>
       <c r="C17" s="68"/>
       <c r="D17" s="68"/>
@@ -18677,57 +18677,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -18928,831 +18928,831 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>137672</v>
+        <v>171144</v>
       </c>
       <c r="C11" s="117">
-        <v>43154</v>
+        <v>63029</v>
       </c>
       <c r="D11" s="117">
-        <v>3632</v>
+        <v>5127</v>
       </c>
       <c r="E11" s="117">
-        <v>49140</v>
+        <v>71890</v>
       </c>
       <c r="F11" s="117">
-        <v>41747</v>
+        <v>31098</v>
       </c>
       <c r="G11" s="117">
-        <v>125275</v>
+        <v>155670</v>
       </c>
       <c r="H11" s="117">
-        <v>39432</v>
+        <v>56137</v>
       </c>
       <c r="I11" s="117">
-        <v>305</v>
+        <v>427</v>
       </c>
       <c r="J11" s="117">
-        <v>65468</v>
+        <v>70385</v>
       </c>
       <c r="K11" s="117">
-        <v>4423</v>
+        <v>6208</v>
       </c>
       <c r="L11" s="117">
-        <v>15648</v>
+        <v>22513</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>12397</v>
+        <v>15473</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="141">
-        <v>17626</v>
+        <v>15304</v>
       </c>
       <c r="C13" s="141">
-        <v>5946</v>
+        <v>8461</v>
       </c>
       <c r="D13" s="141">
-        <v>411</v>
+        <v>545</v>
       </c>
       <c r="E13" s="141">
-        <v>1097</v>
+        <v>1831</v>
       </c>
       <c r="F13" s="141">
-        <v>10172</v>
+        <v>4466</v>
       </c>
       <c r="G13" s="141">
-        <v>15694</v>
+        <v>12769</v>
       </c>
       <c r="H13" s="141">
-        <v>5547</v>
+        <v>7502</v>
       </c>
       <c r="I13" s="141">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="J13" s="141">
-        <v>7994</v>
+        <v>1654</v>
       </c>
       <c r="K13" s="141">
-        <v>391</v>
+        <v>499</v>
       </c>
       <c r="L13" s="141">
-        <v>1744</v>
+        <v>3085</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>1932</v>
+        <v>2534</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="141">
-        <v>5629</v>
+        <v>7944</v>
       </c>
       <c r="C15" s="141">
-        <v>2190</v>
+        <v>3314</v>
       </c>
       <c r="D15" s="141">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="E15" s="141">
-        <v>2420</v>
+        <v>2978</v>
       </c>
       <c r="F15" s="141">
-        <v>932</v>
+        <v>1530</v>
       </c>
       <c r="G15" s="141">
-        <v>4529</v>
+        <v>6520</v>
       </c>
       <c r="H15" s="141">
-        <v>1834</v>
+        <v>2767</v>
       </c>
       <c r="I15" s="141">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="J15" s="141">
-        <v>2542</v>
+        <v>3373</v>
       </c>
       <c r="K15" s="141">
-        <v>262</v>
+        <v>372</v>
       </c>
       <c r="L15" s="141">
-        <v>-115</v>
+        <v>-1</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>1100</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="141">
-        <v>739</v>
+        <v>1016</v>
       </c>
       <c r="C17" s="141">
-        <v>293</v>
+        <v>409</v>
       </c>
       <c r="D17" s="141">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="E17" s="141">
-        <v>336</v>
+        <v>464</v>
       </c>
       <c r="F17" s="141">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="G17" s="141">
-        <v>695</v>
+        <v>952</v>
       </c>
       <c r="H17" s="141">
-        <v>320</v>
+        <v>439</v>
       </c>
       <c r="I17" s="141">
         <v>1</v>
       </c>
       <c r="J17" s="141">
-        <v>136</v>
+        <v>190</v>
       </c>
       <c r="K17" s="141">
-        <v>115</v>
+        <v>161</v>
       </c>
       <c r="L17" s="141">
-        <v>123</v>
+        <v>160</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>44</v>
+        <v>64</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="141">
-        <v>290</v>
+        <v>389</v>
       </c>
       <c r="C19" s="141">
-        <v>153</v>
+        <v>216</v>
       </c>
       <c r="D19" s="141">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="E19" s="141">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F19" s="141">
-        <v>103</v>
+        <v>127</v>
       </c>
       <c r="G19" s="141">
-        <v>281</v>
+        <v>375</v>
       </c>
       <c r="H19" s="141">
-        <v>192</v>
+        <v>260</v>
       </c>
       <c r="I19" s="141">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
       <c r="K19" s="141">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="L19" s="141">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>10</v>
+        <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="141">
-        <v>313</v>
+        <v>437</v>
       </c>
       <c r="C21" s="141">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="D21" s="141">
         <v>1</v>
       </c>
       <c r="E21" s="141">
-        <v>139</v>
+        <v>192</v>
       </c>
       <c r="F21" s="141">
-        <v>139</v>
+        <v>197</v>
       </c>
       <c r="G21" s="141">
-        <v>343</v>
+        <v>387</v>
       </c>
       <c r="H21" s="141">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="I21" s="143">
         <v>0</v>
       </c>
       <c r="J21" s="143">
         <v>0</v>
       </c>
       <c r="K21" s="141">
-        <v>79</v>
+        <v>108</v>
       </c>
       <c r="L21" s="141">
-        <v>241</v>
+        <v>252</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
       <c r="N21" s="145">
-        <v>-30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="141">
-        <v>6024</v>
+        <v>6881</v>
       </c>
       <c r="C23" s="141">
-        <v>2908</v>
+        <v>4234</v>
       </c>
       <c r="D23" s="141">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="E23" s="143">
+        <v>62</v>
+      </c>
+      <c r="E23" s="141">
         <v>0</v>
       </c>
       <c r="F23" s="141">
-        <v>3071</v>
+        <v>2584</v>
       </c>
       <c r="G23" s="141">
-        <v>6242</v>
+        <v>7027</v>
       </c>
       <c r="H23" s="141">
-        <v>2958</v>
+        <v>4284</v>
       </c>
       <c r="I23" s="141">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J23" s="141">
-        <v>2732</v>
+        <v>2121</v>
       </c>
       <c r="K23" s="141">
-        <v>154</v>
+        <v>203</v>
       </c>
       <c r="L23" s="141">
-        <v>394</v>
+        <v>414</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
       <c r="N23" s="145">
-        <v>-218</v>
+        <v>-146</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="141">
-        <v>2802</v>
+        <v>3323</v>
       </c>
       <c r="C25" s="141">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D25" s="141">
-        <v>127</v>
+        <v>194</v>
       </c>
       <c r="E25" s="141">
-        <v>28</v>
+        <v>730</v>
       </c>
       <c r="F25" s="141">
-        <v>2619</v>
+        <v>2363</v>
       </c>
       <c r="G25" s="141">
-        <v>2230</v>
+        <v>2468</v>
       </c>
       <c r="H25" s="141">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="I25" s="143">
         <v>0</v>
       </c>
-      <c r="J25" s="141">
-        <v>620</v>
+      <c r="J25" s="143">
+        <v>0</v>
       </c>
       <c r="K25" s="141">
-        <v>139</v>
+        <v>196</v>
       </c>
       <c r="L25" s="141">
-        <v>1444</v>
+        <v>2214</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
       <c r="N25" s="145">
-        <v>572</v>
+        <v>855</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>228</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>229</v>
       </c>
       <c r="B27" s="141">
-        <v>16047</v>
+        <v>25838</v>
       </c>
       <c r="C27" s="141">
-        <v>289</v>
+        <v>432</v>
       </c>
       <c r="D27" s="141">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E27" s="141">
-        <v>15509</v>
+        <v>24985</v>
       </c>
       <c r="F27" s="141">
-        <v>167</v>
+        <v>333</v>
       </c>
       <c r="G27" s="141">
-        <v>15785</v>
+        <v>25447</v>
       </c>
       <c r="H27" s="141">
-        <v>261</v>
+        <v>395</v>
       </c>
       <c r="I27" s="141">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="J27" s="141">
-        <v>15121</v>
+        <v>24567</v>
       </c>
       <c r="K27" s="141">
-        <v>131</v>
+        <v>206</v>
       </c>
       <c r="L27" s="141">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>263</v>
+        <v>391</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>230</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>231</v>
       </c>
       <c r="B29" s="141">
-        <v>6295</v>
+        <v>7281</v>
       </c>
       <c r="C29" s="141">
-        <v>3809</v>
+        <v>5748</v>
       </c>
       <c r="D29" s="141">
-        <v>74</v>
+        <v>112</v>
       </c>
       <c r="E29" s="141">
-        <v>2351</v>
+        <v>1265</v>
       </c>
       <c r="F29" s="141">
-        <v>61</v>
+        <v>155</v>
       </c>
       <c r="G29" s="141">
-        <v>5518</v>
+        <v>7264</v>
       </c>
       <c r="H29" s="141">
-        <v>388</v>
+        <v>596</v>
       </c>
       <c r="I29" s="141">
-        <v>24</v>
+        <v>35</v>
       </c>
       <c r="J29" s="141">
-        <v>613</v>
+        <v>45</v>
       </c>
       <c r="K29" s="141">
-        <v>245</v>
+        <v>346</v>
       </c>
       <c r="L29" s="141">
-        <v>4247</v>
+        <v>6242</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>777</v>
+        <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>232</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>233</v>
       </c>
       <c r="B31" s="141">
-        <v>1335</v>
+        <v>1677</v>
       </c>
       <c r="C31" s="141">
-        <v>391</v>
+        <v>584</v>
       </c>
       <c r="D31" s="141">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E31" s="141">
-        <v>473</v>
+        <v>873</v>
       </c>
       <c r="F31" s="141">
-        <v>458</v>
+        <v>203</v>
       </c>
       <c r="G31" s="141">
-        <v>1350</v>
+        <v>1606</v>
       </c>
       <c r="H31" s="141">
-        <v>391</v>
+        <v>579</v>
       </c>
       <c r="I31" s="141">
         <v>1</v>
       </c>
       <c r="J31" s="141">
-        <v>806</v>
+        <v>894</v>
       </c>
       <c r="K31" s="141">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="L31" s="141">
-        <v>107</v>
+        <v>75</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>-16</v>
+        <v>71</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>234</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>235</v>
       </c>
       <c r="B33" s="141">
-        <v>4943</v>
+        <v>5045</v>
       </c>
       <c r="C33" s="141">
-        <v>990</v>
+        <v>1429</v>
       </c>
       <c r="D33" s="141">
-        <v>725</v>
+        <v>1050</v>
       </c>
       <c r="E33" s="141">
-        <v>212</v>
+        <v>441</v>
       </c>
       <c r="F33" s="141">
-        <v>3017</v>
+        <v>2125</v>
       </c>
       <c r="G33" s="141">
-        <v>2480</v>
+        <v>3179</v>
       </c>
       <c r="H33" s="141">
-        <v>772</v>
+        <v>1086</v>
       </c>
       <c r="I33" s="141">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>38</v>
+      </c>
+      <c r="J33" s="143">
+        <v>0</v>
       </c>
       <c r="K33" s="141">
-        <v>547</v>
+        <v>793</v>
       </c>
       <c r="L33" s="141">
-        <v>864</v>
+        <v>1262</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
       <c r="N33" s="145">
-        <v>2463</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>236</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>237</v>
       </c>
       <c r="B35" s="141">
-        <v>3518</v>
+        <v>5365</v>
       </c>
       <c r="C35" s="141">
-        <v>3000</v>
+        <v>4305</v>
       </c>
       <c r="D35" s="141">
-        <v>202</v>
+        <v>379</v>
       </c>
       <c r="E35" s="141">
-        <v>151</v>
+        <v>516</v>
       </c>
       <c r="F35" s="141">
         <v>165</v>
       </c>
       <c r="G35" s="141">
-        <v>3107</v>
+        <v>4764</v>
       </c>
       <c r="H35" s="141">
-        <v>2382</v>
+        <v>3456</v>
       </c>
       <c r="I35" s="143">
         <v>0</v>
       </c>
       <c r="J35" s="141">
-        <v>169</v>
+        <v>723</v>
       </c>
       <c r="K35" s="141">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="L35" s="141">
-        <v>518</v>
+        <v>531</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
-        <v>410</v>
+        <v>601</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>238</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -20083,57 +20083,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -20334,831 +20334,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="116">
-        <v>15288</v>
+        <v>22122</v>
       </c>
       <c r="C11" s="116">
-        <v>7907</v>
+        <v>11354</v>
       </c>
       <c r="D11" s="116">
-        <v>1560</v>
+        <v>2287</v>
       </c>
       <c r="E11" s="116">
-        <v>2846</v>
+        <v>4842</v>
       </c>
       <c r="F11" s="116">
-        <v>2976</v>
+        <v>3640</v>
       </c>
       <c r="G11" s="116">
-        <v>8456</v>
+        <v>12608</v>
       </c>
       <c r="H11" s="116">
-        <v>1963</v>
+        <v>3104</v>
       </c>
       <c r="I11" s="116">
-        <v>444</v>
+        <v>640</v>
       </c>
       <c r="J11" s="116">
-        <v>3434</v>
+        <v>4817</v>
       </c>
       <c r="K11" s="116">
-        <v>1310</v>
+        <v>1748</v>
       </c>
       <c r="L11" s="116">
-        <v>1305</v>
+        <v>2299</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>6832</v>
+        <v>9515</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>178</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>179</v>
       </c>
       <c r="B13" s="128">
-        <v>20448</v>
+        <v>27743</v>
       </c>
       <c r="C13" s="128">
-        <v>6384</v>
+        <v>9287</v>
       </c>
       <c r="D13" s="128">
-        <v>618</v>
+        <v>871</v>
       </c>
       <c r="E13" s="128">
-        <v>11081</v>
+        <v>15140</v>
       </c>
       <c r="F13" s="128">
-        <v>2365</v>
+        <v>2445</v>
       </c>
       <c r="G13" s="128">
-        <v>19043</v>
+        <v>25787</v>
       </c>
       <c r="H13" s="128">
-        <v>4668</v>
+        <v>6761</v>
       </c>
       <c r="I13" s="128">
-        <v>105</v>
+        <v>147</v>
       </c>
       <c r="J13" s="128">
-        <v>11647</v>
+        <v>15183</v>
       </c>
       <c r="K13" s="128">
-        <v>1225</v>
+        <v>1747</v>
       </c>
       <c r="L13" s="128">
-        <v>1399</v>
+        <v>1949</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>1405</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="128">
-        <v>43820</v>
+        <v>62937</v>
       </c>
       <c r="C15" s="128">
-        <v>32691</v>
+        <v>47132</v>
       </c>
       <c r="D15" s="128">
-        <v>4524</v>
+        <v>6552</v>
       </c>
       <c r="E15" s="128">
-        <v>4674</v>
+        <v>6717</v>
       </c>
       <c r="F15" s="128">
-        <v>1931</v>
+        <v>2537</v>
       </c>
       <c r="G15" s="128">
-        <v>34521</v>
+        <v>49557</v>
       </c>
       <c r="H15" s="128">
-        <v>21245</v>
+        <v>30331</v>
       </c>
       <c r="I15" s="128">
-        <v>291</v>
+        <v>422</v>
       </c>
       <c r="J15" s="128">
-        <v>1337</v>
+        <v>2104</v>
       </c>
       <c r="K15" s="128">
-        <v>5811</v>
+        <v>8584</v>
       </c>
       <c r="L15" s="128">
-        <v>5836</v>
+        <v>8116</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>9299</v>
+        <v>13380</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="128">
-        <v>25064</v>
+        <v>33159</v>
       </c>
       <c r="C17" s="128">
-        <v>13063</v>
+        <v>18160</v>
       </c>
       <c r="D17" s="128">
-        <v>4733</v>
+        <v>7111</v>
       </c>
       <c r="E17" s="128">
-        <v>6220</v>
+        <v>7071</v>
       </c>
       <c r="F17" s="128">
-        <v>1049</v>
+        <v>817</v>
       </c>
       <c r="G17" s="128">
-        <v>21485</v>
+        <v>27158</v>
       </c>
       <c r="H17" s="128">
-        <v>8991</v>
+        <v>12475</v>
       </c>
       <c r="I17" s="128">
-        <v>804</v>
+        <v>1187</v>
       </c>
       <c r="J17" s="128">
-        <v>4668</v>
+        <v>3949</v>
       </c>
       <c r="K17" s="128">
-        <v>2992</v>
+        <v>4373</v>
       </c>
       <c r="L17" s="128">
-        <v>4031</v>
+        <v>5174</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>3579</v>
+        <v>6001</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>184</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>185</v>
       </c>
       <c r="B19" s="128">
-        <v>29889</v>
+        <v>40594</v>
       </c>
       <c r="C19" s="128">
-        <v>15112</v>
+        <v>21715</v>
       </c>
       <c r="D19" s="128">
-        <v>2342</v>
+        <v>3372</v>
       </c>
       <c r="E19" s="128">
-        <v>10231</v>
+        <v>12835</v>
       </c>
       <c r="F19" s="128">
-        <v>2204</v>
+        <v>2672</v>
       </c>
       <c r="G19" s="128">
-        <v>23934</v>
+        <v>31831</v>
       </c>
       <c r="H19" s="128">
-        <v>8052</v>
+        <v>11476</v>
       </c>
       <c r="I19" s="128">
-        <v>107</v>
+        <v>154</v>
       </c>
       <c r="J19" s="128">
-        <v>10890</v>
+        <v>12876</v>
       </c>
       <c r="K19" s="128">
-        <v>2880</v>
+        <v>4313</v>
       </c>
       <c r="L19" s="128">
-        <v>2004</v>
+        <v>3012</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>5955</v>
+        <v>8763</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>186</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>187</v>
       </c>
       <c r="B21" s="128">
-        <v>8837</v>
+        <v>12248</v>
       </c>
       <c r="C21" s="128">
-        <v>6063</v>
+        <v>8422</v>
       </c>
       <c r="D21" s="128">
-        <v>1184</v>
+        <v>1719</v>
       </c>
       <c r="E21" s="128">
-        <v>881</v>
+        <v>1347</v>
       </c>
       <c r="F21" s="128">
-        <v>710</v>
+        <v>760</v>
       </c>
       <c r="G21" s="128">
-        <v>5803</v>
+        <v>8289</v>
       </c>
       <c r="H21" s="128">
-        <v>2404</v>
+        <v>3315</v>
       </c>
       <c r="I21" s="128">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="J21" s="128">
-        <v>415</v>
+        <v>534</v>
       </c>
       <c r="K21" s="128">
-        <v>1332</v>
+        <v>1624</v>
       </c>
       <c r="L21" s="128">
-        <v>1604</v>
+        <v>2751</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>3034</v>
+        <v>3959</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>188</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>189</v>
       </c>
       <c r="B23" s="128">
-        <v>102790</v>
+        <v>120824</v>
       </c>
       <c r="C23" s="128">
-        <v>9464</v>
+        <v>13525</v>
       </c>
       <c r="D23" s="128">
-        <v>7117</v>
+        <v>10438</v>
       </c>
       <c r="E23" s="128">
-        <v>70081</v>
+        <v>83690</v>
       </c>
       <c r="F23" s="128">
-        <v>16128</v>
+        <v>13171</v>
       </c>
       <c r="G23" s="128">
-        <v>95315</v>
+        <v>110093</v>
       </c>
       <c r="H23" s="128">
-        <v>5800</v>
+        <v>8178</v>
       </c>
       <c r="I23" s="128">
-        <v>1645</v>
+        <v>2453</v>
       </c>
       <c r="J23" s="128">
-        <v>81145</v>
+        <v>89844</v>
       </c>
       <c r="K23" s="128">
-        <v>2918</v>
+        <v>4125</v>
       </c>
       <c r="L23" s="128">
-        <v>3806</v>
+        <v>5493</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>7475</v>
+        <v>10731</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>190</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>191</v>
       </c>
       <c r="B25" s="128">
-        <v>1609</v>
+        <v>2290</v>
       </c>
       <c r="C25" s="128">
-        <v>1360</v>
+        <v>1971</v>
       </c>
       <c r="D25" s="128">
-        <v>101</v>
+        <v>143</v>
       </c>
       <c r="E25" s="128">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F25" s="128">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="G25" s="128">
-        <v>1413</v>
+        <v>2021</v>
       </c>
       <c r="H25" s="128">
-        <v>711</v>
+        <v>1020</v>
       </c>
       <c r="I25" s="128">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="J25" s="128">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="K25" s="128">
-        <v>267</v>
+        <v>385</v>
       </c>
       <c r="L25" s="128">
-        <v>410</v>
+        <v>589</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>196</v>
+        <v>270</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>192</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>193</v>
       </c>
       <c r="B27" s="128">
-        <v>4262</v>
+        <v>6233</v>
       </c>
       <c r="C27" s="128">
-        <v>3796</v>
+        <v>5554</v>
       </c>
       <c r="D27" s="128">
-        <v>291</v>
+        <v>421</v>
       </c>
       <c r="E27" s="128">
-        <v>125</v>
+        <v>192</v>
       </c>
       <c r="F27" s="128">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="G27" s="128">
-        <v>3409</v>
+        <v>4964</v>
       </c>
       <c r="H27" s="128">
-        <v>1743</v>
+        <v>2550</v>
       </c>
       <c r="I27" s="128">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="J27" s="128">
-        <v>178</v>
+        <v>203</v>
       </c>
       <c r="K27" s="128">
-        <v>699</v>
+        <v>995</v>
       </c>
       <c r="L27" s="128">
-        <v>767</v>
+        <v>1185</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>853</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>194</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>195</v>
       </c>
       <c r="B29" s="128">
-        <v>37528</v>
+        <v>54607</v>
       </c>
       <c r="C29" s="128">
-        <v>18972</v>
+        <v>27201</v>
       </c>
       <c r="D29" s="128">
-        <v>3722</v>
+        <v>5443</v>
       </c>
       <c r="E29" s="128">
-        <v>13672</v>
+        <v>20515</v>
       </c>
       <c r="F29" s="128">
-        <v>1162</v>
+        <v>1448</v>
       </c>
       <c r="G29" s="128">
-        <v>34752</v>
+        <v>48857</v>
       </c>
       <c r="H29" s="128">
-        <v>10783</v>
+        <v>15433</v>
       </c>
       <c r="I29" s="128">
-        <v>921</v>
+        <v>1312</v>
       </c>
       <c r="J29" s="128">
-        <v>12936</v>
+        <v>19292</v>
       </c>
       <c r="K29" s="128">
-        <v>5811</v>
+        <v>7279</v>
       </c>
       <c r="L29" s="128">
-        <v>4301</v>
+        <v>5541</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>2776</v>
+        <v>5750</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>196</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="128">
-        <v>13723</v>
+        <v>19701</v>
       </c>
       <c r="C31" s="128">
-        <v>11523</v>
+        <v>16611</v>
       </c>
       <c r="D31" s="128">
-        <v>1195</v>
+        <v>1693</v>
       </c>
       <c r="E31" s="128">
-        <v>638</v>
+        <v>909</v>
       </c>
       <c r="F31" s="128">
-        <v>366</v>
+        <v>488</v>
       </c>
       <c r="G31" s="128">
-        <v>9902</v>
+        <v>14445</v>
       </c>
       <c r="H31" s="128">
-        <v>6732</v>
+        <v>9717</v>
       </c>
       <c r="I31" s="128">
-        <v>156</v>
+        <v>224</v>
       </c>
       <c r="J31" s="128">
-        <v>283</v>
+        <v>351</v>
       </c>
       <c r="K31" s="128">
-        <v>1735</v>
+        <v>2492</v>
       </c>
       <c r="L31" s="128">
-        <v>996</v>
+        <v>1661</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>3821</v>
+        <v>5256</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>198</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>199</v>
       </c>
       <c r="B33" s="128">
-        <v>6158</v>
+        <v>8878</v>
       </c>
       <c r="C33" s="128">
-        <v>5085</v>
+        <v>7342</v>
       </c>
       <c r="D33" s="128">
-        <v>790</v>
+        <v>1135</v>
       </c>
       <c r="E33" s="128">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F33" s="128">
-        <v>191</v>
+        <v>266</v>
       </c>
       <c r="G33" s="128">
-        <v>5074</v>
+        <v>7363</v>
       </c>
       <c r="H33" s="128">
-        <v>2880</v>
+        <v>4144</v>
       </c>
       <c r="I33" s="128">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="J33" s="128">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K33" s="128">
-        <v>997</v>
+        <v>1431</v>
       </c>
       <c r="L33" s="128">
-        <v>1134</v>
+        <v>1703</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>1084</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>200</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>201</v>
       </c>
       <c r="B35" s="128">
-        <v>3635</v>
+        <v>5223</v>
       </c>
       <c r="C35" s="128">
-        <v>3169</v>
+        <v>4582</v>
       </c>
       <c r="D35" s="128">
-        <v>321</v>
+        <v>436</v>
       </c>
       <c r="E35" s="128">
-        <v>81</v>
+        <v>133</v>
       </c>
       <c r="F35" s="128">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="G35" s="128">
-        <v>2898</v>
+        <v>4105</v>
       </c>
       <c r="H35" s="128">
-        <v>1368</v>
+        <v>1981</v>
       </c>
       <c r="I35" s="128">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="J35" s="128">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="K35" s="128">
-        <v>898</v>
+        <v>1300</v>
       </c>
       <c r="L35" s="128">
-        <v>555</v>
+        <v>768</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>736</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3"/>
@@ -21488,57 +21488,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -21739,831 +21739,831 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>88</v>
       </c>
       <c r="B11" s="116">
-        <v>4065</v>
+        <v>5575</v>
       </c>
       <c r="C11" s="116">
-        <v>1809</v>
+        <v>2652</v>
       </c>
       <c r="D11" s="116">
-        <v>498</v>
+        <v>723</v>
       </c>
       <c r="E11" s="116">
-        <v>1070</v>
+        <v>1235</v>
       </c>
       <c r="F11" s="116">
-        <v>688</v>
+        <v>965</v>
       </c>
       <c r="G11" s="116">
-        <v>3408</v>
+        <v>4767</v>
       </c>
       <c r="H11" s="116">
-        <v>1928</v>
+        <v>2775</v>
       </c>
       <c r="I11" s="116">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="J11" s="119">
         <v>0</v>
       </c>
       <c r="K11" s="116">
-        <v>560</v>
+        <v>791</v>
       </c>
       <c r="L11" s="116">
-        <v>895</v>
+        <v>1164</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>657</v>
+        <v>808</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>239</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>240</v>
       </c>
       <c r="B13" s="141">
-        <v>367</v>
+        <v>453</v>
       </c>
       <c r="C13" s="141">
-        <v>316</v>
+        <v>437</v>
       </c>
       <c r="D13" s="141">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="E13" s="143">
         <v>0</v>
       </c>
       <c r="F13" s="141">
         <v>0</v>
       </c>
       <c r="G13" s="141">
-        <v>231</v>
+        <v>278</v>
       </c>
       <c r="H13" s="141">
-        <v>178</v>
+        <v>248</v>
       </c>
       <c r="I13" s="141">
         <v>17</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="141">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="L13" s="141">
-        <v>23</v>
+        <v>-6</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>136</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>241</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>242</v>
       </c>
       <c r="B15" s="141">
-        <v>8520</v>
+        <v>8309</v>
       </c>
       <c r="C15" s="141">
-        <v>1700</v>
+        <v>2726</v>
       </c>
       <c r="D15" s="141">
-        <v>115</v>
+        <v>152</v>
       </c>
       <c r="E15" s="141">
-        <v>556</v>
+        <v>482</v>
       </c>
       <c r="F15" s="141">
-        <v>6149</v>
+        <v>4949</v>
       </c>
       <c r="G15" s="141">
-        <v>8751</v>
+        <v>8635</v>
       </c>
       <c r="H15" s="141">
-        <v>3246</v>
+        <v>4718</v>
       </c>
       <c r="I15" s="141">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="J15" s="141">
-        <v>5020</v>
+        <v>3188</v>
       </c>
       <c r="K15" s="141">
-        <v>62</v>
+        <v>90</v>
       </c>
       <c r="L15" s="141">
-        <v>415</v>
+        <v>626</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>-232</v>
+        <v>-326</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>243</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>244</v>
       </c>
       <c r="B17" s="141">
-        <v>10234</v>
+        <v>13599</v>
       </c>
       <c r="C17" s="141">
-        <v>2102</v>
+        <v>3242</v>
       </c>
       <c r="D17" s="141">
-        <v>200</v>
+        <v>310</v>
       </c>
       <c r="E17" s="141">
-        <v>3489</v>
+        <v>6684</v>
       </c>
       <c r="F17" s="141">
-        <v>4442</v>
+        <v>3363</v>
       </c>
       <c r="G17" s="141">
-        <v>9744</v>
+        <v>12632</v>
       </c>
       <c r="H17" s="141">
-        <v>2237</v>
+        <v>3287</v>
       </c>
       <c r="I17" s="141">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="J17" s="141">
-        <v>5592</v>
+        <v>6656</v>
       </c>
       <c r="K17" s="141">
-        <v>239</v>
+        <v>342</v>
       </c>
       <c r="L17" s="141">
-        <v>1662</v>
+        <v>2329</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>489</v>
+        <v>967</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>245</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>246</v>
       </c>
       <c r="B19" s="141">
-        <v>2512</v>
+        <v>3614</v>
       </c>
       <c r="C19" s="141">
-        <v>1548</v>
+        <v>2225</v>
       </c>
       <c r="D19" s="141">
-        <v>217</v>
+        <v>336</v>
       </c>
       <c r="E19" s="141">
-        <v>692</v>
+        <v>973</v>
       </c>
       <c r="F19" s="141">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="G19" s="141">
-        <v>2043</v>
+        <v>2967</v>
       </c>
       <c r="H19" s="141">
-        <v>1061</v>
+        <v>1479</v>
       </c>
       <c r="I19" s="141">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
       <c r="K19" s="141">
-        <v>371</v>
+        <v>556</v>
       </c>
       <c r="L19" s="141">
-        <v>589</v>
+        <v>898</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>469</v>
+        <v>647</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>247</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>248</v>
       </c>
       <c r="B21" s="141">
-        <v>6264</v>
+        <v>7537</v>
       </c>
       <c r="C21" s="141">
-        <v>2121</v>
+        <v>3250</v>
       </c>
       <c r="D21" s="141">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="E21" s="141">
-        <v>1302</v>
+        <v>1805</v>
       </c>
       <c r="F21" s="141">
-        <v>2804</v>
+        <v>2424</v>
       </c>
       <c r="G21" s="141">
-        <v>6310</v>
+        <v>7396</v>
       </c>
       <c r="H21" s="141">
-        <v>2198</v>
+        <v>3441</v>
       </c>
       <c r="I21" s="141">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="J21" s="141">
-        <v>3523</v>
+        <v>3249</v>
       </c>
       <c r="K21" s="141">
-        <v>111</v>
+        <v>160</v>
       </c>
       <c r="L21" s="141">
-        <v>468</v>
+        <v>521</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
       <c r="N21" s="145">
-        <v>-46</v>
+        <v>141</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>249</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>250</v>
       </c>
       <c r="B23" s="141">
-        <v>166</v>
+        <v>225</v>
       </c>
       <c r="C23" s="141">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D23" s="141">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E23" s="143">
         <v>0</v>
       </c>
       <c r="F23" s="141">
-        <v>157</v>
+        <v>213</v>
       </c>
       <c r="G23" s="141">
-        <v>156</v>
+        <v>229</v>
       </c>
       <c r="H23" s="141">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I23" s="141">
         <v>0</v>
       </c>
       <c r="J23" s="143">
         <v>0</v>
       </c>
       <c r="K23" s="141">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="L23" s="141">
-        <v>86</v>
+        <v>129</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
       <c r="N23" s="145">
-        <v>10</v>
+        <v>-3</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>251</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>252</v>
       </c>
       <c r="B25" s="141">
-        <v>16838</v>
+        <v>23357</v>
       </c>
       <c r="C25" s="141">
-        <v>3223</v>
+        <v>4568</v>
       </c>
       <c r="D25" s="141">
-        <v>109</v>
+        <v>157</v>
       </c>
       <c r="E25" s="141">
-        <v>13505</v>
+        <v>18631</v>
       </c>
       <c r="F25" s="141">
         <v>0</v>
       </c>
       <c r="G25" s="141">
-        <v>15191</v>
+        <v>20577</v>
       </c>
       <c r="H25" s="141">
-        <v>2124</v>
+        <v>3066</v>
       </c>
       <c r="I25" s="141">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="J25" s="141">
-        <v>12090</v>
+        <v>16509</v>
       </c>
       <c r="K25" s="141">
-        <v>254</v>
+        <v>331</v>
       </c>
       <c r="L25" s="141">
-        <v>702</v>
+        <v>642</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
       <c r="N25" s="145">
-        <v>1647</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>253</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>254</v>
       </c>
       <c r="B27" s="141">
-        <v>10979</v>
+        <v>12490</v>
       </c>
       <c r="C27" s="141">
-        <v>4771</v>
+        <v>6663</v>
       </c>
       <c r="D27" s="141">
-        <v>233</v>
+        <v>287</v>
       </c>
       <c r="E27" s="141">
-        <v>2797</v>
+        <v>3548</v>
       </c>
       <c r="F27" s="141">
-        <v>3179</v>
+        <v>1992</v>
       </c>
       <c r="G27" s="141">
-        <v>9809</v>
+        <v>10901</v>
       </c>
       <c r="H27" s="141">
-        <v>4422</v>
+        <v>6025</v>
       </c>
       <c r="I27" s="141">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="J27" s="141">
-        <v>4880</v>
+        <v>4233</v>
       </c>
       <c r="K27" s="141">
-        <v>181</v>
+        <v>235</v>
       </c>
       <c r="L27" s="141">
-        <v>300</v>
+        <v>379</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>1170</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>255</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>256</v>
       </c>
       <c r="B29" s="141">
-        <v>1102</v>
+        <v>1562</v>
       </c>
       <c r="C29" s="141">
-        <v>1102</v>
+        <v>1562</v>
       </c>
       <c r="D29" s="143">
         <v>0</v>
       </c>
       <c r="E29" s="143">
         <v>0</v>
       </c>
       <c r="F29" s="143">
         <v>0</v>
       </c>
       <c r="G29" s="141">
-        <v>1040</v>
+        <v>1542</v>
       </c>
       <c r="H29" s="141">
-        <v>972</v>
+        <v>1374</v>
       </c>
       <c r="I29" s="141">
         <v>0</v>
       </c>
       <c r="J29" s="141">
         <v>0</v>
       </c>
       <c r="K29" s="141">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="L29" s="141">
-        <v>55</v>
+        <v>147</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>62</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>257</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>258</v>
       </c>
       <c r="B31" s="141">
-        <v>1143</v>
+        <v>1683</v>
       </c>
       <c r="C31" s="141">
-        <v>841</v>
+        <v>1225</v>
       </c>
       <c r="D31" s="141">
-        <v>220</v>
+        <v>261</v>
       </c>
       <c r="E31" s="143">
         <v>0</v>
       </c>
       <c r="F31" s="141">
-        <v>82</v>
+        <v>197</v>
       </c>
       <c r="G31" s="141">
-        <v>865</v>
+        <v>1409</v>
       </c>
       <c r="H31" s="141">
-        <v>753</v>
+        <v>1125</v>
       </c>
       <c r="I31" s="141">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="J31" s="143">
         <v>0</v>
       </c>
       <c r="K31" s="141">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="L31" s="141">
-        <v>67</v>
+        <v>228</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>278</v>
+        <v>274</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>259</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>260</v>
       </c>
       <c r="B33" s="141">
-        <v>2781</v>
+        <v>3034</v>
       </c>
       <c r="C33" s="141">
-        <v>1061</v>
+        <v>1767</v>
       </c>
       <c r="D33" s="141">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="E33" s="143">
         <v>0</v>
       </c>
       <c r="F33" s="141">
-        <v>1643</v>
+        <v>1170</v>
       </c>
       <c r="G33" s="141">
-        <v>2705</v>
+        <v>2807</v>
       </c>
       <c r="H33" s="141">
-        <v>1513</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2207</v>
+      </c>
+      <c r="I33" s="147">
+        <v>0</v>
       </c>
       <c r="J33" s="141">
-        <v>965</v>
+        <v>366</v>
       </c>
       <c r="K33" s="141">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="L33" s="141">
-        <v>178</v>
+        <v>168</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
       <c r="N33" s="145">
-        <v>76</v>
+        <v>227</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>261</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>262</v>
       </c>
       <c r="B35" s="141">
-        <v>4046</v>
+        <v>5156</v>
       </c>
       <c r="C35" s="141">
-        <v>1793</v>
+        <v>2443</v>
       </c>
       <c r="D35" s="141">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="E35" s="141">
-        <v>1271</v>
+        <v>1569</v>
       </c>
       <c r="F35" s="141">
-        <v>956</v>
+        <v>1109</v>
       </c>
       <c r="G35" s="141">
-        <v>3881</v>
+        <v>4878</v>
       </c>
       <c r="H35" s="141">
-        <v>2952</v>
+        <v>3823</v>
       </c>
       <c r="I35" s="141">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="J35" s="141">
-        <v>515</v>
+        <v>494</v>
       </c>
       <c r="K35" s="141">
-        <v>215</v>
+        <v>307</v>
       </c>
       <c r="L35" s="141">
-        <v>184</v>
+        <v>235</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
-        <v>165</v>
+        <v>278</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>263</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3"/>
@@ -22891,57 +22891,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -23142,211 +23142,211 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="116">
-        <v>2774</v>
+        <v>3570</v>
       </c>
       <c r="C11" s="116">
-        <v>444</v>
+        <v>624</v>
       </c>
       <c r="D11" s="116">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E11" s="116">
-        <v>1732</v>
+        <v>2678</v>
       </c>
       <c r="F11" s="116">
-        <v>587</v>
+        <v>257</v>
       </c>
       <c r="G11" s="116">
-        <v>2637</v>
+        <v>3539</v>
       </c>
       <c r="H11" s="116">
-        <v>578</v>
+        <v>865</v>
       </c>
       <c r="I11" s="116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J11" s="116">
-        <v>1873</v>
+        <v>2123</v>
       </c>
       <c r="K11" s="116">
-        <v>59</v>
+        <v>84</v>
       </c>
       <c r="L11" s="116">
-        <v>126</v>
+        <v>465</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>137</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>264</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>265</v>
       </c>
       <c r="B13" s="141">
-        <v>272</v>
+        <v>407</v>
       </c>
       <c r="C13" s="141">
-        <v>237</v>
+        <v>356</v>
       </c>
       <c r="D13" s="141">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E13" s="143">
         <v>0</v>
       </c>
       <c r="F13" s="141">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="G13" s="141">
-        <v>197</v>
+        <v>290</v>
       </c>
       <c r="H13" s="141">
-        <v>144</v>
+        <v>214</v>
       </c>
       <c r="I13" s="141">
         <v>1</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="141">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="L13" s="141">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>75</v>
+        <v>116</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>266</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>267</v>
       </c>
       <c r="B15" s="141">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="C15" s="141">
-        <v>47</v>
+        <v>65</v>
       </c>
       <c r="D15" s="141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E15" s="143">
         <v>0</v>
       </c>
       <c r="F15" s="141">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G15" s="141">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="H15" s="141">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="I15" s="141">
         <v>0</v>
       </c>
       <c r="J15" s="143">
         <v>0</v>
       </c>
       <c r="K15" s="141">
         <v>9</v>
       </c>
       <c r="L15" s="141">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>-3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>268</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33"/>
       <c r="B17" s="68"/>
       <c r="C17" s="68"/>
       <c r="D17" s="68"/>
@@ -23992,57 +23992,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>56</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -24243,459 +24243,459 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>33452</v>
+        <v>56932</v>
       </c>
       <c r="C11" s="117">
-        <v>22009</v>
+        <v>33116</v>
       </c>
       <c r="D11" s="117">
-        <v>880</v>
+        <v>1348</v>
       </c>
       <c r="E11" s="117">
-        <v>2895</v>
+        <v>11287</v>
       </c>
       <c r="F11" s="117">
-        <v>7668</v>
+        <v>11181</v>
       </c>
       <c r="G11" s="117">
-        <v>31021</v>
+        <v>52396</v>
       </c>
       <c r="H11" s="117">
-        <v>24569</v>
+        <v>37378</v>
       </c>
       <c r="I11" s="117">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="J11" s="117">
-        <v>2595</v>
+        <v>10388</v>
       </c>
       <c r="K11" s="117">
-        <v>604</v>
+        <v>838</v>
       </c>
       <c r="L11" s="117">
-        <v>3216</v>
+        <v>3738</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>2431</v>
+        <v>4537</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="141">
-        <v>4031</v>
+        <v>6767</v>
       </c>
       <c r="C13" s="141">
-        <v>3134</v>
+        <v>5087</v>
       </c>
       <c r="D13" s="141">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E13" s="143">
+        <v>21</v>
+      </c>
+      <c r="E13" s="141">
         <v>0</v>
       </c>
       <c r="F13" s="141">
-        <v>882</v>
+        <v>1660</v>
       </c>
       <c r="G13" s="141">
-        <v>3836</v>
+        <v>6517</v>
       </c>
       <c r="H13" s="141">
-        <v>3779</v>
+        <v>6437</v>
       </c>
       <c r="I13" s="141">
         <v>0</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="141">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="L13" s="141">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="141">
-        <v>219</v>
+        <v>334</v>
       </c>
       <c r="C15" s="141">
-        <v>209</v>
+        <v>307</v>
       </c>
       <c r="D15" s="141">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E15" s="141">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="F15" s="141">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G15" s="141">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="H15" s="141">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="I15" s="143">
         <v>0</v>
       </c>
       <c r="J15" s="141">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="K15" s="141">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="L15" s="141">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>119</v>
+        <v>183</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="141">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="C17" s="141">
-        <v>147</v>
+        <v>174</v>
       </c>
       <c r="D17" s="141">
         <v>1</v>
       </c>
       <c r="E17" s="143">
         <v>0</v>
       </c>
       <c r="F17" s="141">
         <v>0</v>
       </c>
       <c r="G17" s="141">
-        <v>98</v>
+        <v>123</v>
       </c>
       <c r="H17" s="141">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="I17" s="141">
         <v>0</v>
       </c>
       <c r="J17" s="143">
         <v>0</v>
       </c>
       <c r="K17" s="141">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L17" s="141">
-        <v>14</v>
+        <v>33</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="141">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="C19" s="141">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="D19" s="141">
         <v>1</v>
       </c>
       <c r="E19" s="143">
         <v>0</v>
       </c>
       <c r="F19" s="141">
         <v>0</v>
       </c>
       <c r="G19" s="141">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="H19" s="141">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="I19" s="143">
         <v>0</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
       <c r="K19" s="143">
         <v>0</v>
       </c>
       <c r="L19" s="141">
         <v>-3</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>21</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="141">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C21" s="143">
         <v>0</v>
       </c>
       <c r="D21" s="141">
         <v>0</v>
       </c>
       <c r="E21" s="143">
         <v>0</v>
       </c>
       <c r="F21" s="141">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="G21" s="141">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="H21" s="143">
         <v>0</v>
       </c>
       <c r="I21" s="143">
         <v>0</v>
       </c>
       <c r="J21" s="143">
         <v>0</v>
       </c>
       <c r="K21" s="143">
         <v>0</v>
       </c>
       <c r="L21" s="141">
-        <v>53</v>
+        <v>37</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
       <c r="N21" s="145">
-        <v>-38</v>
+        <v>-16</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="141">
-        <v>170</v>
+        <v>274</v>
       </c>
       <c r="C23" s="141">
-        <v>162</v>
+        <v>261</v>
       </c>
       <c r="D23" s="141">
         <v>1</v>
       </c>
       <c r="E23" s="143">
         <v>0</v>
       </c>
       <c r="F23" s="141">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="G23" s="141">
-        <v>138</v>
+        <v>236</v>
       </c>
       <c r="H23" s="141">
-        <v>70</v>
+        <v>125</v>
       </c>
       <c r="I23" s="141">
         <v>0</v>
       </c>
       <c r="J23" s="141">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="K23" s="143">
         <v>0</v>
       </c>
       <c r="L23" s="141">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
       <c r="N23" s="145">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="143">
@@ -24712,362 +24712,362 @@
       </c>
       <c r="F25" s="143">
         <v>0</v>
       </c>
       <c r="G25" s="143">
         <v>0</v>
       </c>
       <c r="H25" s="143">
         <v>0</v>
       </c>
       <c r="I25" s="143">
         <v>0</v>
       </c>
       <c r="J25" s="143">
         <v>0</v>
       </c>
       <c r="K25" s="143">
         <v>0</v>
       </c>
       <c r="L25" s="143">
         <v>0</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
-      <c r="N25" s="147">
+      <c r="N25" s="149">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>228</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>229</v>
       </c>
       <c r="B27" s="141">
-        <v>1888</v>
+        <v>2657</v>
       </c>
       <c r="C27" s="141">
-        <v>1406</v>
+        <v>2061</v>
       </c>
       <c r="D27" s="143">
         <v>0</v>
       </c>
       <c r="E27" s="141">
-        <v>482</v>
+        <v>595</v>
       </c>
       <c r="F27" s="143">
         <v>0</v>
       </c>
       <c r="G27" s="141">
-        <v>1901</v>
+        <v>2673</v>
       </c>
       <c r="H27" s="141">
-        <v>1393</v>
+        <v>2037</v>
       </c>
       <c r="I27" s="143">
         <v>0</v>
       </c>
       <c r="J27" s="141">
-        <v>483</v>
+        <v>595</v>
       </c>
       <c r="K27" s="141">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="L27" s="141">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>-12</v>
+        <v>-17</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>230</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>231</v>
       </c>
       <c r="B29" s="141">
-        <v>3829</v>
+        <v>5745</v>
       </c>
       <c r="C29" s="141">
         <v>0</v>
       </c>
       <c r="D29" s="141">
         <v>0</v>
       </c>
       <c r="E29" s="141">
-        <v>129</v>
+        <v>188</v>
       </c>
       <c r="F29" s="141">
-        <v>3700</v>
+        <v>5556</v>
       </c>
       <c r="G29" s="141">
-        <v>3601</v>
+        <v>4933</v>
       </c>
       <c r="H29" s="141">
-        <v>2987</v>
+        <v>4442</v>
       </c>
       <c r="I29" s="143">
         <v>0</v>
       </c>
       <c r="J29" s="141">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="K29" s="143">
         <v>0</v>
       </c>
       <c r="L29" s="141">
-        <v>549</v>
+        <v>435</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>228</v>
+        <v>812</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>232</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>233</v>
       </c>
       <c r="B31" s="141">
-        <v>287</v>
+        <v>425</v>
       </c>
       <c r="C31" s="141">
-        <v>278</v>
+        <v>411</v>
       </c>
       <c r="D31" s="141">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E31" s="141">
         <v>1</v>
       </c>
       <c r="F31" s="143">
         <v>0</v>
       </c>
       <c r="G31" s="141">
-        <v>180</v>
+        <v>280</v>
       </c>
       <c r="H31" s="141">
-        <v>146</v>
+        <v>215</v>
       </c>
       <c r="I31" s="141">
         <v>0</v>
       </c>
       <c r="J31" s="141">
         <v>1</v>
       </c>
       <c r="K31" s="141">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="L31" s="141">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>107</v>
+        <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>234</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>235</v>
       </c>
       <c r="B33" s="141">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="C33" s="141">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="D33" s="141">
         <v>2</v>
       </c>
       <c r="E33" s="143">
         <v>0</v>
       </c>
       <c r="F33" s="141">
         <v>0</v>
       </c>
       <c r="G33" s="141">
-        <v>145</v>
+        <v>114</v>
       </c>
       <c r="H33" s="141">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I33" s="143">
         <v>0</v>
       </c>
       <c r="J33" s="141">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="K33" s="143">
         <v>0</v>
       </c>
       <c r="L33" s="141">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
       <c r="N33" s="145">
-        <v>-107</v>
+        <v>-62</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>236</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>237</v>
       </c>
       <c r="B35" s="141">
-        <v>780</v>
+        <v>1135</v>
       </c>
       <c r="C35" s="141">
-        <v>615</v>
+        <v>933</v>
       </c>
       <c r="D35" s="141">
-        <v>143</v>
+        <v>154</v>
       </c>
       <c r="E35" s="141">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="F35" s="143">
         <v>0</v>
       </c>
       <c r="G35" s="141">
-        <v>658</v>
+        <v>940</v>
       </c>
       <c r="H35" s="141">
-        <v>463</v>
+        <v>714</v>
       </c>
       <c r="I35" s="143">
         <v>0</v>
       </c>
       <c r="J35" s="141">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="K35" s="141">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="L35" s="141">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
-        <v>122</v>
+        <v>194</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>238</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -25396,57 +25396,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>56</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -25647,707 +25647,707 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>88</v>
       </c>
       <c r="B11" s="116">
-        <v>2098</v>
+        <v>3160</v>
       </c>
       <c r="C11" s="116">
-        <v>1219</v>
+        <v>1888</v>
       </c>
       <c r="D11" s="116">
-        <v>364</v>
+        <v>592</v>
       </c>
       <c r="E11" s="116">
-        <v>450</v>
+        <v>623</v>
       </c>
       <c r="F11" s="116">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="G11" s="116">
-        <v>1206</v>
+        <v>1677</v>
       </c>
       <c r="H11" s="116">
-        <v>842</v>
+        <v>1253</v>
       </c>
       <c r="I11" s="116">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>25</v>
+      </c>
+      <c r="J11" s="119">
+        <v>0</v>
       </c>
       <c r="K11" s="119">
         <v>0</v>
       </c>
       <c r="L11" s="116">
-        <v>274</v>
+        <v>399</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>892</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>239</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>240</v>
       </c>
       <c r="B13" s="141">
-        <v>104</v>
+        <v>130</v>
       </c>
       <c r="C13" s="141">
-        <v>104</v>
+        <v>130</v>
       </c>
       <c r="D13" s="141">
         <v>0</v>
       </c>
       <c r="E13" s="143">
         <v>0</v>
       </c>
       <c r="F13" s="143">
         <v>0</v>
       </c>
       <c r="G13" s="141">
-        <v>88</v>
+        <v>107</v>
       </c>
       <c r="H13" s="141">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="I13" s="143">
         <v>0</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="143">
         <v>0</v>
       </c>
       <c r="L13" s="141">
         <v>4</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>241</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>242</v>
       </c>
       <c r="B15" s="141">
-        <v>1935</v>
+        <v>2398</v>
       </c>
       <c r="C15" s="141">
-        <v>875</v>
+        <v>1135</v>
       </c>
       <c r="D15" s="141">
         <v>3</v>
       </c>
       <c r="E15" s="141">
         <v>0</v>
       </c>
       <c r="F15" s="141">
-        <v>1056</v>
+        <v>1260</v>
       </c>
       <c r="G15" s="141">
-        <v>1660</v>
+        <v>2006</v>
       </c>
       <c r="H15" s="141">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="I15" s="141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J15" s="141">
-        <v>1009</v>
+        <v>1153</v>
       </c>
       <c r="K15" s="141">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="L15" s="141">
-        <v>622</v>
+        <v>806</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>275</v>
+        <v>392</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>243</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>244</v>
       </c>
       <c r="B17" s="141">
-        <v>2004</v>
+        <v>3043</v>
       </c>
       <c r="C17" s="141">
-        <v>185</v>
+        <v>238</v>
       </c>
       <c r="D17" s="141">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E17" s="141">
-        <v>324</v>
+        <v>569</v>
       </c>
       <c r="F17" s="141">
-        <v>1483</v>
+        <v>2206</v>
       </c>
       <c r="G17" s="141">
-        <v>1921</v>
+        <v>2897</v>
       </c>
       <c r="H17" s="141">
-        <v>1590</v>
+        <v>2330</v>
       </c>
       <c r="I17" s="141">
         <v>0</v>
       </c>
       <c r="J17" s="141">
-        <v>289</v>
+        <v>538</v>
       </c>
       <c r="K17" s="143">
         <v>0</v>
       </c>
       <c r="L17" s="141">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>83</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>245</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>246</v>
       </c>
       <c r="B19" s="141">
-        <v>2840</v>
+        <v>4099</v>
       </c>
       <c r="C19" s="141">
-        <v>1620</v>
+        <v>2318</v>
       </c>
       <c r="D19" s="141">
-        <v>317</v>
+        <v>483</v>
       </c>
       <c r="E19" s="141">
-        <v>901</v>
+        <v>1297</v>
       </c>
       <c r="F19" s="141">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G19" s="141">
-        <v>2487</v>
+        <v>3491</v>
       </c>
       <c r="H19" s="141">
-        <v>1414</v>
+        <v>2014</v>
       </c>
       <c r="I19" s="141">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
       <c r="K19" s="141">
-        <v>408</v>
+        <v>565</v>
       </c>
       <c r="L19" s="141">
-        <v>646</v>
+        <v>888</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>353</v>
+        <v>608</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>247</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>248</v>
       </c>
       <c r="B21" s="141">
-        <v>2513</v>
+        <v>3540</v>
       </c>
       <c r="C21" s="141">
-        <v>1995</v>
+        <v>3273</v>
       </c>
       <c r="D21" s="141">
         <v>0</v>
       </c>
       <c r="E21" s="141">
-        <v>396</v>
+        <v>225</v>
       </c>
       <c r="F21" s="141">
-        <v>122</v>
+        <v>43</v>
       </c>
       <c r="G21" s="141">
-        <v>2490</v>
+        <v>3460</v>
       </c>
       <c r="H21" s="141">
-        <v>1932</v>
+        <v>3021</v>
       </c>
       <c r="I21" s="141">
         <v>0</v>
       </c>
       <c r="J21" s="141">
-        <v>396</v>
+        <v>223</v>
       </c>
       <c r="K21" s="141">
         <v>20</v>
       </c>
       <c r="L21" s="141">
-        <v>142</v>
+        <v>196</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
       <c r="N21" s="145">
-        <v>23</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>249</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>250</v>
       </c>
-      <c r="B23" s="143">
+      <c r="B23" s="141">
         <v>0</v>
       </c>
       <c r="C23" s="143">
         <v>0</v>
       </c>
       <c r="D23" s="143">
         <v>0</v>
       </c>
       <c r="E23" s="143">
         <v>0</v>
       </c>
-      <c r="F23" s="143">
-[...2 lines deleted...]
-      <c r="G23" s="141">
+      <c r="F23" s="141">
+        <v>0</v>
+      </c>
+      <c r="G23" s="143">
         <v>0</v>
       </c>
       <c r="H23" s="143">
         <v>0</v>
       </c>
       <c r="I23" s="143">
         <v>0</v>
       </c>
       <c r="J23" s="143">
         <v>0</v>
       </c>
       <c r="K23" s="143">
         <v>0</v>
       </c>
-      <c r="L23" s="141">
+      <c r="L23" s="143">
         <v>0</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
-      <c r="N23" s="149">
+      <c r="N23" s="145">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>251</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>252</v>
       </c>
       <c r="B25" s="141">
-        <v>3027</v>
+        <v>12198</v>
       </c>
       <c r="C25" s="141">
-        <v>2589</v>
+        <v>4182</v>
       </c>
       <c r="D25" s="141">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="E25" s="141">
-        <v>144</v>
+        <v>7668</v>
       </c>
       <c r="F25" s="141">
-        <v>293</v>
+        <v>329</v>
       </c>
       <c r="G25" s="141">
-        <v>2796</v>
+        <v>11926</v>
       </c>
       <c r="H25" s="141">
-        <v>2658</v>
+        <v>4235</v>
       </c>
       <c r="I25" s="141">
         <v>0</v>
       </c>
       <c r="J25" s="141">
-        <v>160</v>
+        <v>7672</v>
       </c>
       <c r="K25" s="141">
         <v>5</v>
       </c>
       <c r="L25" s="141">
-        <v>-28</v>
+        <v>13</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
       <c r="N25" s="145">
-        <v>232</v>
+        <v>272</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>253</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>254</v>
       </c>
       <c r="B27" s="141">
-        <v>6678</v>
+        <v>9668</v>
       </c>
       <c r="C27" s="141">
-        <v>6650</v>
+        <v>9642</v>
       </c>
       <c r="D27" s="141">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E27" s="141">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="F27" s="143">
         <v>0</v>
       </c>
       <c r="G27" s="141">
-        <v>6767</v>
+        <v>9737</v>
       </c>
       <c r="H27" s="141">
-        <v>6690</v>
+        <v>9665</v>
       </c>
       <c r="I27" s="143">
         <v>0</v>
       </c>
       <c r="J27" s="141">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="K27" s="141">
         <v>21</v>
       </c>
       <c r="L27" s="141">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>-89</v>
+        <v>-69</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>255</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>256</v>
       </c>
       <c r="B29" s="141">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="C29" s="141">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="D29" s="143">
         <v>0</v>
       </c>
       <c r="E29" s="143">
         <v>0</v>
       </c>
       <c r="F29" s="141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G29" s="141">
-        <v>193</v>
+        <v>187</v>
       </c>
       <c r="H29" s="141">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I29" s="141">
         <v>0</v>
       </c>
       <c r="J29" s="143">
         <v>0</v>
       </c>
       <c r="K29" s="141">
         <v>2</v>
       </c>
       <c r="L29" s="141">
-        <v>175</v>
+        <v>155</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>-157</v>
+        <v>-127</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>257</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>258</v>
       </c>
       <c r="B31" s="141">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="C31" s="141">
-        <v>43</v>
+        <v>103</v>
       </c>
       <c r="D31" s="143">
         <v>0</v>
       </c>
       <c r="E31" s="143">
         <v>0</v>
       </c>
       <c r="F31" s="141">
         <v>0</v>
       </c>
       <c r="G31" s="141">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="H31" s="143">
+        <v>103</v>
+      </c>
+      <c r="H31" s="141">
         <v>0</v>
       </c>
       <c r="I31" s="143">
         <v>0</v>
       </c>
       <c r="J31" s="143">
         <v>0</v>
       </c>
       <c r="K31" s="143">
         <v>0</v>
       </c>
       <c r="L31" s="141">
-        <v>44</v>
+        <v>103</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>-2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>259</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>260</v>
       </c>
       <c r="B33" s="143">
@@ -26364,114 +26364,114 @@
       </c>
       <c r="F33" s="143">
         <v>0</v>
       </c>
       <c r="G33" s="143">
         <v>0</v>
       </c>
       <c r="H33" s="143">
         <v>0</v>
       </c>
       <c r="I33" s="143">
         <v>0</v>
       </c>
       <c r="J33" s="143">
         <v>0</v>
       </c>
       <c r="K33" s="143">
         <v>0</v>
       </c>
       <c r="L33" s="143">
         <v>0</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
-      <c r="N33" s="147">
+      <c r="N33" s="149">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>261</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>262</v>
       </c>
       <c r="B35" s="141">
-        <v>692</v>
+        <v>800</v>
       </c>
       <c r="C35" s="141">
-        <v>632</v>
+        <v>732</v>
       </c>
       <c r="D35" s="141">
         <v>3</v>
       </c>
       <c r="E35" s="141">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F35" s="141">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="G35" s="141">
-        <v>575</v>
+        <v>638</v>
       </c>
       <c r="H35" s="141">
-        <v>339</v>
+        <v>531</v>
       </c>
       <c r="I35" s="141">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J35" s="141">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="K35" s="141">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="L35" s="141">
-        <v>179</v>
+        <v>17</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
-        <v>117</v>
+        <v>161</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>263</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3"/>
@@ -26800,57 +26800,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>56</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -27148,114 +27148,114 @@
       </c>
       <c r="F13" s="143">
         <v>0</v>
       </c>
       <c r="G13" s="143">
         <v>0</v>
       </c>
       <c r="H13" s="143">
         <v>0</v>
       </c>
       <c r="I13" s="143">
         <v>0</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="143">
         <v>0</v>
       </c>
       <c r="L13" s="143">
         <v>0</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
-      <c r="N13" s="147">
+      <c r="N13" s="149">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>266</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>267</v>
       </c>
       <c r="B15" s="141">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="C15" s="141">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="D15" s="141">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="E15" s="143">
         <v>0</v>
       </c>
-      <c r="F15" s="143">
+      <c r="F15" s="141">
         <v>0</v>
       </c>
       <c r="G15" s="141">
-        <v>58</v>
+        <v>127</v>
       </c>
       <c r="H15" s="141">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="I15" s="141">
         <v>1</v>
       </c>
       <c r="J15" s="143">
         <v>0</v>
       </c>
       <c r="K15" s="141">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="L15" s="141">
-        <v>26</v>
+        <v>60</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>-28</v>
+        <v>-44</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>268</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33"/>
       <c r="B17" s="68"/>
       <c r="C17" s="68"/>
       <c r="D17" s="68"/>
@@ -27902,57 +27902,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>73</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -28153,273 +28153,273 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>42310</v>
+        <v>55491</v>
       </c>
       <c r="C11" s="117">
-        <v>25701</v>
+        <v>34926</v>
       </c>
       <c r="D11" s="117">
-        <v>108</v>
+        <v>139</v>
       </c>
       <c r="E11" s="117">
-        <v>12684</v>
+        <v>15790</v>
       </c>
       <c r="F11" s="117">
-        <v>3818</v>
+        <v>4635</v>
       </c>
       <c r="G11" s="117">
-        <v>40019</v>
+        <v>52398</v>
       </c>
       <c r="H11" s="117">
-        <v>24233</v>
+        <v>32980</v>
       </c>
       <c r="I11" s="117">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="J11" s="117">
-        <v>14409</v>
+        <v>17896</v>
       </c>
       <c r="K11" s="117">
-        <v>364</v>
+        <v>499</v>
       </c>
       <c r="L11" s="117">
-        <v>937</v>
+        <v>914</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>2291</v>
+        <v>3093</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>80</v>
       </c>
       <c r="B13" s="141">
-        <v>16470</v>
+        <v>21419</v>
       </c>
       <c r="C13" s="141">
-        <v>11951</v>
+        <v>15811</v>
       </c>
       <c r="D13" s="141">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="E13" s="141">
-        <v>4432</v>
+        <v>5484</v>
       </c>
       <c r="F13" s="141">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="G13" s="141">
-        <v>15696</v>
+        <v>20363</v>
       </c>
       <c r="H13" s="141">
-        <v>10943</v>
+        <v>14520</v>
       </c>
       <c r="I13" s="141">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="J13" s="141">
-        <v>3652</v>
+        <v>4538</v>
       </c>
       <c r="K13" s="141">
-        <v>190</v>
+        <v>265</v>
       </c>
       <c r="L13" s="141">
-        <v>863</v>
+        <v>969</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>773</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>82</v>
       </c>
       <c r="B15" s="141">
-        <v>10287</v>
+        <v>12718</v>
       </c>
       <c r="C15" s="141">
-        <v>5817</v>
+        <v>7436</v>
       </c>
       <c r="D15" s="141">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E15" s="141">
-        <v>2794</v>
+        <v>3680</v>
       </c>
       <c r="F15" s="141">
-        <v>1672</v>
+        <v>1597</v>
       </c>
       <c r="G15" s="141">
-        <v>9527</v>
+        <v>11804</v>
       </c>
       <c r="H15" s="141">
-        <v>5332</v>
+        <v>6733</v>
       </c>
       <c r="I15" s="141">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J15" s="141">
-        <v>4261</v>
+        <v>5220</v>
       </c>
       <c r="K15" s="141">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="L15" s="141">
-        <v>-132</v>
+        <v>-246</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>760</v>
+        <v>914</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>83</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>84</v>
       </c>
       <c r="B17" s="141">
-        <v>15554</v>
+        <v>21354</v>
       </c>
       <c r="C17" s="141">
-        <v>7932</v>
+        <v>11679</v>
       </c>
       <c r="D17" s="141">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E17" s="141">
-        <v>5457</v>
+        <v>6626</v>
       </c>
       <c r="F17" s="141">
-        <v>2126</v>
+        <v>3007</v>
       </c>
       <c r="G17" s="141">
-        <v>14795</v>
+        <v>20231</v>
       </c>
       <c r="H17" s="141">
-        <v>7958</v>
+        <v>11727</v>
       </c>
       <c r="I17" s="141">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="J17" s="141">
-        <v>6497</v>
+        <v>8138</v>
       </c>
       <c r="K17" s="141">
-        <v>116</v>
+        <v>149</v>
       </c>
       <c r="L17" s="141">
-        <v>206</v>
+        <v>191</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>758</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>85</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33"/>
       <c r="B19" s="68"/>
       <c r="C19" s="68"/>
       <c r="D19" s="68"/>
@@ -29048,57 +29048,57 @@
         <v>71</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
     </row>
     <row r="4" spans="1:17" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="37"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
     </row>
     <row r="5" spans="1:17" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>43</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
@@ -29320,631 +29320,631 @@
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
     </row>
     <row r="11" spans="1:17" ht="12.6" customHeight="1">
       <c r="A11" s="151" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="155">
-        <v>20500</v>
+        <v>29518</v>
       </c>
       <c r="C11" s="155">
-        <v>14434</v>
+        <v>20799</v>
       </c>
       <c r="D11" s="155">
-        <v>3351</v>
+        <v>4819</v>
       </c>
       <c r="E11" s="155">
-        <v>1663</v>
+        <v>2492</v>
       </c>
       <c r="F11" s="155">
-        <v>1052</v>
+        <v>1408</v>
       </c>
       <c r="G11" s="155">
-        <v>14430</v>
+        <v>20728</v>
       </c>
       <c r="H11" s="155">
-        <v>11414</v>
+        <v>16256</v>
       </c>
       <c r="I11" s="155">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="J11" s="155">
-        <v>686</v>
+        <v>771</v>
       </c>
       <c r="K11" s="155">
-        <v>1333</v>
+        <v>1946</v>
       </c>
       <c r="L11" s="155">
-        <v>967</v>
+        <v>1714</v>
       </c>
       <c r="M11" s="159">
         <v>0</v>
       </c>
       <c r="N11" s="163">
-        <v>6070</v>
+        <v>8790</v>
       </c>
       <c r="O11" s="8"/>
       <c r="P11" s="8"/>
       <c r="Q11" s="8"/>
     </row>
     <row r="12" spans="1:17" ht="11.1" customHeight="1">
       <c r="A12" s="166" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="88"/>
       <c r="C12" s="88"/>
       <c r="D12" s="88"/>
       <c r="E12" s="88"/>
       <c r="F12" s="88"/>
       <c r="G12" s="88"/>
       <c r="H12" s="88"/>
       <c r="I12" s="88"/>
       <c r="J12" s="88"/>
       <c r="K12" s="88"/>
       <c r="L12" s="88"/>
       <c r="M12" s="90"/>
       <c r="N12" s="92"/>
       <c r="O12" s="8"/>
       <c r="P12" s="8"/>
       <c r="Q12" s="8"/>
     </row>
     <row r="13" spans="1:17" ht="12.6" customHeight="1">
       <c r="A13" s="39" t="s">
         <v>79</v>
       </c>
       <c r="B13" s="169">
-        <v>5732</v>
+        <v>8144</v>
       </c>
       <c r="C13" s="169">
-        <v>4090</v>
+        <v>5923</v>
       </c>
       <c r="D13" s="169">
-        <v>797</v>
+        <v>1145</v>
       </c>
       <c r="E13" s="169">
-        <v>432</v>
+        <v>602</v>
       </c>
       <c r="F13" s="169">
-        <v>413</v>
+        <v>474</v>
       </c>
       <c r="G13" s="169">
-        <v>3874</v>
+        <v>5539</v>
       </c>
       <c r="H13" s="169">
-        <v>3027</v>
+        <v>4322</v>
       </c>
       <c r="I13" s="169">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J13" s="169">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="K13" s="169">
-        <v>374</v>
+        <v>534</v>
       </c>
       <c r="L13" s="169">
-        <v>301</v>
+        <v>507</v>
       </c>
       <c r="M13" s="172">
         <v>0</v>
       </c>
       <c r="N13" s="175">
-        <v>1859</v>
+        <v>2605</v>
       </c>
       <c r="O13" s="8"/>
       <c r="P13" s="8"/>
       <c r="Q13" s="8"/>
     </row>
     <row r="14" spans="1:17" ht="11.1" customHeight="1">
       <c r="A14" s="165" t="s">
         <v>86</v>
       </c>
       <c r="B14" s="86"/>
       <c r="C14" s="86"/>
       <c r="D14" s="86"/>
       <c r="E14" s="86"/>
       <c r="F14" s="86"/>
       <c r="G14" s="86"/>
       <c r="H14" s="86"/>
       <c r="I14" s="86"/>
       <c r="J14" s="86"/>
       <c r="K14" s="86"/>
       <c r="L14" s="86"/>
       <c r="M14" s="82"/>
       <c r="N14" s="84"/>
       <c r="O14" s="8"/>
       <c r="P14" s="8"/>
       <c r="Q14" s="8"/>
     </row>
     <row r="15" spans="1:17" ht="12.6" customHeight="1">
       <c r="A15" s="39" t="s">
         <v>269</v>
       </c>
       <c r="B15" s="169">
-        <v>4218</v>
+        <v>5993</v>
       </c>
       <c r="C15" s="169">
-        <v>2796</v>
+        <v>4037</v>
       </c>
       <c r="D15" s="169">
-        <v>942</v>
+        <v>1347</v>
       </c>
       <c r="E15" s="169">
-        <v>201</v>
+        <v>264</v>
       </c>
       <c r="F15" s="169">
-        <v>280</v>
+        <v>345</v>
       </c>
       <c r="G15" s="169">
-        <v>2799</v>
+        <v>4048</v>
       </c>
       <c r="H15" s="169">
-        <v>2329</v>
+        <v>3313</v>
       </c>
       <c r="I15" s="169">
-        <v>-4</v>
+        <v>-7</v>
       </c>
       <c r="J15" s="169">
-        <v>127</v>
+        <v>161</v>
       </c>
       <c r="K15" s="169">
-        <v>234</v>
+        <v>345</v>
       </c>
       <c r="L15" s="169">
-        <v>113</v>
+        <v>236</v>
       </c>
       <c r="M15" s="172">
         <v>0</v>
       </c>
       <c r="N15" s="175">
-        <v>1419</v>
+        <v>1944</v>
       </c>
       <c r="O15" s="8"/>
       <c r="P15" s="8"/>
       <c r="Q15" s="8"/>
     </row>
     <row r="16" spans="1:17" ht="11.1" customHeight="1">
       <c r="A16" s="165" t="s">
         <v>270</v>
       </c>
       <c r="B16" s="86"/>
       <c r="C16" s="86"/>
       <c r="D16" s="86"/>
       <c r="E16" s="86"/>
       <c r="F16" s="86"/>
       <c r="G16" s="86"/>
       <c r="H16" s="86"/>
       <c r="I16" s="86"/>
       <c r="J16" s="86"/>
       <c r="K16" s="86"/>
       <c r="L16" s="86"/>
       <c r="M16" s="82"/>
       <c r="N16" s="84"/>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
     </row>
     <row r="17" spans="1:17" ht="12.6" customHeight="1">
       <c r="A17" s="39" t="s">
         <v>271</v>
       </c>
       <c r="B17" s="169">
-        <v>4691</v>
+        <v>6835</v>
       </c>
       <c r="C17" s="169">
-        <v>3220</v>
+        <v>4614</v>
       </c>
       <c r="D17" s="169">
-        <v>891</v>
+        <v>1273</v>
       </c>
       <c r="E17" s="169">
-        <v>404</v>
+        <v>630</v>
       </c>
       <c r="F17" s="169">
-        <v>177</v>
+        <v>318</v>
       </c>
       <c r="G17" s="169">
-        <v>3377</v>
+        <v>4835</v>
       </c>
       <c r="H17" s="169">
-        <v>2636</v>
+        <v>3766</v>
       </c>
       <c r="I17" s="169">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J17" s="169">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="K17" s="169">
-        <v>290</v>
+        <v>429</v>
       </c>
       <c r="L17" s="169">
-        <v>247</v>
+        <v>407</v>
       </c>
       <c r="M17" s="172">
         <v>0</v>
       </c>
       <c r="N17" s="175">
-        <v>1314</v>
+        <v>2000</v>
       </c>
       <c r="O17" s="8"/>
       <c r="P17" s="8"/>
       <c r="Q17" s="8"/>
     </row>
     <row r="18" spans="1:17" ht="11.1" customHeight="1">
       <c r="A18" s="165" t="s">
         <v>272</v>
       </c>
       <c r="B18" s="86"/>
       <c r="C18" s="86"/>
       <c r="D18" s="86"/>
       <c r="E18" s="86"/>
       <c r="F18" s="86"/>
       <c r="G18" s="86"/>
       <c r="H18" s="86"/>
       <c r="I18" s="86"/>
       <c r="J18" s="86"/>
       <c r="K18" s="86"/>
       <c r="L18" s="86"/>
       <c r="M18" s="82"/>
       <c r="N18" s="84"/>
       <c r="O18" s="8"/>
       <c r="P18" s="8"/>
       <c r="Q18" s="8"/>
     </row>
     <row r="19" spans="1:17" ht="12.6" customHeight="1">
       <c r="A19" s="39" t="s">
         <v>273</v>
       </c>
       <c r="B19" s="169">
-        <v>1348</v>
+        <v>2031</v>
       </c>
       <c r="C19" s="169">
-        <v>951</v>
+        <v>1379</v>
       </c>
       <c r="D19" s="169">
-        <v>158</v>
+        <v>221</v>
       </c>
       <c r="E19" s="169">
-        <v>224</v>
+        <v>415</v>
       </c>
       <c r="F19" s="169">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G19" s="169">
-        <v>1028</v>
+        <v>1518</v>
       </c>
       <c r="H19" s="169">
-        <v>755</v>
+        <v>1080</v>
       </c>
       <c r="I19" s="169">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="J19" s="169">
-        <v>61</v>
+        <v>86</v>
       </c>
       <c r="K19" s="169">
-        <v>96</v>
+        <v>141</v>
       </c>
       <c r="L19" s="169">
-        <v>102</v>
+        <v>191</v>
       </c>
       <c r="M19" s="172">
         <v>0</v>
       </c>
       <c r="N19" s="175">
-        <v>320</v>
+        <v>512</v>
       </c>
       <c r="O19" s="8"/>
       <c r="P19" s="8"/>
       <c r="Q19" s="8"/>
     </row>
     <row r="20" spans="1:17" ht="11.1" customHeight="1">
       <c r="A20" s="165" t="s">
         <v>274</v>
       </c>
       <c r="B20" s="86"/>
       <c r="C20" s="86"/>
       <c r="D20" s="86"/>
       <c r="E20" s="86"/>
       <c r="F20" s="86"/>
       <c r="G20" s="86"/>
       <c r="H20" s="86"/>
       <c r="I20" s="86"/>
       <c r="J20" s="86"/>
       <c r="K20" s="86"/>
       <c r="L20" s="86"/>
       <c r="M20" s="82"/>
       <c r="N20" s="84"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
     </row>
     <row r="21" spans="1:17" ht="12.6" customHeight="1">
       <c r="A21" s="39" t="s">
         <v>275</v>
       </c>
       <c r="B21" s="169">
-        <v>989</v>
+        <v>1450</v>
       </c>
       <c r="C21" s="169">
-        <v>775</v>
+        <v>1114</v>
       </c>
       <c r="D21" s="169">
-        <v>127</v>
+        <v>189</v>
       </c>
       <c r="E21" s="169">
-        <v>63</v>
+        <v>115</v>
       </c>
       <c r="F21" s="169">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="G21" s="169">
-        <v>771</v>
+        <v>1129</v>
       </c>
       <c r="H21" s="169">
-        <v>617</v>
+        <v>875</v>
       </c>
       <c r="I21" s="169">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="J21" s="169">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="K21" s="169">
-        <v>71</v>
+        <v>104</v>
       </c>
       <c r="L21" s="169">
-        <v>48</v>
+        <v>101</v>
       </c>
       <c r="M21" s="172">
         <v>0</v>
       </c>
       <c r="N21" s="175">
-        <v>219</v>
+        <v>321</v>
       </c>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
     </row>
     <row r="22" spans="1:17" ht="11.1" customHeight="1">
       <c r="A22" s="165" t="s">
         <v>276</v>
       </c>
       <c r="B22" s="86"/>
       <c r="C22" s="86"/>
       <c r="D22" s="86"/>
       <c r="E22" s="86"/>
       <c r="F22" s="86"/>
       <c r="G22" s="86"/>
       <c r="H22" s="86"/>
       <c r="I22" s="86"/>
       <c r="J22" s="86"/>
       <c r="K22" s="86"/>
       <c r="L22" s="86"/>
       <c r="M22" s="82"/>
       <c r="N22" s="84"/>
       <c r="O22" s="8"/>
       <c r="P22" s="8"/>
       <c r="Q22" s="8"/>
     </row>
     <row r="23" spans="1:17" ht="12.6" customHeight="1">
       <c r="A23" s="39" t="s">
         <v>277</v>
       </c>
       <c r="B23" s="169">
-        <v>1271</v>
+        <v>1830</v>
       </c>
       <c r="C23" s="169">
-        <v>881</v>
+        <v>1262</v>
       </c>
       <c r="D23" s="169">
-        <v>192</v>
+        <v>280</v>
       </c>
       <c r="E23" s="169">
-        <v>181</v>
+        <v>267</v>
       </c>
       <c r="F23" s="169">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="G23" s="169">
-        <v>980</v>
+        <v>1359</v>
       </c>
       <c r="H23" s="169">
-        <v>780</v>
+        <v>1105</v>
       </c>
       <c r="I23" s="169">
         <v>2</v>
       </c>
       <c r="J23" s="169">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="K23" s="169">
-        <v>98</v>
+        <v>145</v>
       </c>
       <c r="L23" s="169">
-        <v>54</v>
+        <v>82</v>
       </c>
       <c r="M23" s="172">
         <v>0</v>
       </c>
       <c r="N23" s="175">
-        <v>291</v>
+        <v>471</v>
       </c>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
     </row>
     <row r="24" spans="1:17" ht="11.1" customHeight="1">
       <c r="A24" s="165" t="s">
         <v>278</v>
       </c>
       <c r="B24" s="86"/>
       <c r="C24" s="86"/>
       <c r="D24" s="86"/>
       <c r="E24" s="86"/>
       <c r="F24" s="86"/>
       <c r="G24" s="86"/>
       <c r="H24" s="86"/>
       <c r="I24" s="86"/>
       <c r="J24" s="86"/>
       <c r="K24" s="86"/>
       <c r="L24" s="86"/>
       <c r="M24" s="82"/>
       <c r="N24" s="84"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
     </row>
     <row r="25" spans="1:17" ht="12.6" customHeight="1">
       <c r="A25" s="39" t="s">
         <v>279</v>
       </c>
       <c r="B25" s="169">
-        <v>1173</v>
+        <v>1701</v>
       </c>
       <c r="C25" s="169">
-        <v>893</v>
+        <v>1290</v>
       </c>
       <c r="D25" s="169">
+        <v>167</v>
+      </c>
+      <c r="E25" s="169">
+        <v>131</v>
+      </c>
+      <c r="F25" s="169">
         <v>113</v>
       </c>
-      <c r="E25" s="169">
-[...4 lines deleted...]
-      </c>
       <c r="G25" s="169">
-        <v>796</v>
+        <v>1144</v>
       </c>
       <c r="H25" s="169">
-        <v>630</v>
+        <v>895</v>
       </c>
       <c r="I25" s="178">
         <v>0</v>
       </c>
       <c r="J25" s="169">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="K25" s="169">
-        <v>105</v>
+        <v>152</v>
       </c>
       <c r="L25" s="169">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="M25" s="172">
         <v>0</v>
       </c>
       <c r="N25" s="175">
-        <v>377</v>
+        <v>557</v>
       </c>
       <c r="O25" s="8"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="8"/>
     </row>
     <row r="26" spans="1:17" ht="11.1" customHeight="1">
       <c r="A26" s="165" t="s">
         <v>280</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="86"/>
       <c r="G26" s="86"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="86"/>
       <c r="M26" s="82"/>
       <c r="N26" s="84"/>
       <c r="O26" s="8"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="8"/>
     </row>
     <row r="27" spans="1:17" ht="12.6" customHeight="1">
       <c r="A27" s="39" t="s">
         <v>281</v>
       </c>
       <c r="B27" s="169">
-        <v>1076</v>
+        <v>1534</v>
       </c>
       <c r="C27" s="169">
-        <v>829</v>
+        <v>1181</v>
       </c>
       <c r="D27" s="169">
-        <v>131</v>
+        <v>196</v>
       </c>
       <c r="E27" s="169">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="F27" s="169">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="G27" s="169">
-        <v>805</v>
+        <v>1155</v>
       </c>
       <c r="H27" s="169">
-        <v>641</v>
+        <v>901</v>
       </c>
       <c r="I27" s="169">
         <v>1</v>
       </c>
       <c r="J27" s="169">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="K27" s="169">
-        <v>66</v>
+        <v>96</v>
       </c>
       <c r="L27" s="169">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="M27" s="172">
         <v>0</v>
       </c>
       <c r="N27" s="175">
-        <v>271</v>
+        <v>379</v>
       </c>
       <c r="O27" s="8"/>
       <c r="P27" s="8"/>
       <c r="Q27" s="8"/>
     </row>
     <row r="28" spans="1:17" ht="11.1" customHeight="1">
       <c r="A28" s="165" t="s">
         <v>282</v>
       </c>
       <c r="B28" s="86"/>
       <c r="C28" s="86"/>
       <c r="D28" s="86"/>
       <c r="E28" s="86"/>
       <c r="F28" s="86"/>
       <c r="G28" s="86"/>
       <c r="H28" s="86"/>
       <c r="I28" s="86"/>
       <c r="J28" s="86"/>
       <c r="K28" s="86"/>
       <c r="L28" s="86"/>
       <c r="M28" s="82"/>
       <c r="N28" s="84"/>
       <c r="O28" s="8"/>
       <c r="P28" s="8"/>
       <c r="Q28" s="8"/>
@@ -30471,57 +30471,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>72</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>33</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>45</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>46</v>
       </c>
@@ -30722,831 +30722,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="181" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="155">
-        <v>13932</v>
+        <v>20200</v>
       </c>
       <c r="C11" s="155">
-        <v>13166</v>
+        <v>18904</v>
       </c>
       <c r="D11" s="155">
-        <v>331</v>
+        <v>476</v>
       </c>
       <c r="E11" s="155">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="F11" s="155">
-        <v>399</v>
+        <v>758</v>
       </c>
       <c r="G11" s="155">
-        <v>10401</v>
+        <v>15372</v>
       </c>
       <c r="H11" s="155">
-        <v>5775</v>
+        <v>8288</v>
       </c>
       <c r="I11" s="155">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="J11" s="155">
         <v>45</v>
       </c>
       <c r="K11" s="155">
-        <v>2753</v>
+        <v>4173</v>
       </c>
       <c r="L11" s="155">
-        <v>1799</v>
+        <v>2824</v>
       </c>
       <c r="M11" s="185">
         <v>0</v>
       </c>
       <c r="N11" s="188">
-        <v>3531</v>
+        <v>4829</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="166" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="102"/>
       <c r="C12" s="102"/>
       <c r="D12" s="102"/>
       <c r="E12" s="102"/>
       <c r="F12" s="102"/>
       <c r="G12" s="102"/>
       <c r="H12" s="102"/>
       <c r="I12" s="102"/>
       <c r="J12" s="102"/>
       <c r="K12" s="102"/>
       <c r="L12" s="102"/>
       <c r="M12" s="102"/>
       <c r="N12" s="104"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="190" t="s">
         <v>78</v>
       </c>
       <c r="B13" s="169">
-        <v>396</v>
+        <v>583</v>
       </c>
       <c r="C13" s="169">
-        <v>388</v>
+        <v>556</v>
       </c>
       <c r="D13" s="169">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E13" s="178">
         <v>0</v>
       </c>
       <c r="F13" s="169">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="G13" s="169">
-        <v>332</v>
+        <v>493</v>
       </c>
       <c r="H13" s="169">
-        <v>162</v>
+        <v>232</v>
       </c>
       <c r="I13" s="169">
         <v>0</v>
       </c>
       <c r="J13" s="178">
         <v>0</v>
       </c>
       <c r="K13" s="169">
-        <v>120</v>
+        <v>190</v>
       </c>
       <c r="L13" s="169">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="M13" s="178">
         <v>0</v>
       </c>
       <c r="N13" s="194">
-        <v>64</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="165" t="s">
         <v>283</v>
       </c>
       <c r="B14" s="98"/>
       <c r="C14" s="98"/>
       <c r="D14" s="98"/>
       <c r="E14" s="98"/>
       <c r="F14" s="98"/>
       <c r="G14" s="98"/>
       <c r="H14" s="98"/>
       <c r="I14" s="98"/>
       <c r="J14" s="98"/>
       <c r="K14" s="98"/>
       <c r="L14" s="98"/>
       <c r="M14" s="98"/>
       <c r="N14" s="100"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="190" t="s">
         <v>284</v>
       </c>
       <c r="B15" s="169">
-        <v>630</v>
+        <v>891</v>
       </c>
       <c r="C15" s="169">
-        <v>572</v>
+        <v>820</v>
       </c>
       <c r="D15" s="169">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E15" s="169">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="F15" s="169">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G15" s="169">
-        <v>479</v>
+        <v>674</v>
       </c>
       <c r="H15" s="169">
-        <v>205</v>
+        <v>292</v>
       </c>
       <c r="I15" s="169">
         <v>2</v>
       </c>
       <c r="J15" s="169">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K15" s="169">
-        <v>156</v>
+        <v>229</v>
       </c>
       <c r="L15" s="169">
-        <v>108</v>
+        <v>140</v>
       </c>
       <c r="M15" s="178">
         <v>0</v>
       </c>
       <c r="N15" s="194">
-        <v>151</v>
+        <v>217</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="165" t="s">
         <v>285</v>
       </c>
       <c r="B16" s="98"/>
       <c r="C16" s="98"/>
       <c r="D16" s="98"/>
       <c r="E16" s="98"/>
       <c r="F16" s="98"/>
       <c r="G16" s="98"/>
       <c r="H16" s="98"/>
       <c r="I16" s="98"/>
       <c r="J16" s="98"/>
       <c r="K16" s="98"/>
       <c r="L16" s="98"/>
       <c r="M16" s="98"/>
       <c r="N16" s="100"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="190" t="s">
         <v>286</v>
       </c>
       <c r="B17" s="169">
-        <v>566</v>
+        <v>824</v>
       </c>
       <c r="C17" s="169">
-        <v>531</v>
+        <v>765</v>
       </c>
       <c r="D17" s="169">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="E17" s="178">
         <v>0</v>
       </c>
       <c r="F17" s="169">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="G17" s="169">
-        <v>399</v>
+        <v>597</v>
       </c>
       <c r="H17" s="169">
-        <v>181</v>
+        <v>259</v>
       </c>
       <c r="I17" s="169">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J17" s="178">
         <v>0</v>
       </c>
       <c r="K17" s="169">
-        <v>156</v>
+        <v>234</v>
       </c>
       <c r="L17" s="169">
-        <v>60</v>
+        <v>100</v>
       </c>
       <c r="M17" s="178">
         <v>0</v>
       </c>
       <c r="N17" s="194">
-        <v>167</v>
+        <v>226</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="165" t="s">
         <v>287</v>
       </c>
       <c r="B18" s="98"/>
       <c r="C18" s="98"/>
       <c r="D18" s="98"/>
       <c r="E18" s="98"/>
       <c r="F18" s="98"/>
       <c r="G18" s="98"/>
       <c r="H18" s="98"/>
       <c r="I18" s="98"/>
       <c r="J18" s="98"/>
       <c r="K18" s="98"/>
       <c r="L18" s="98"/>
       <c r="M18" s="98"/>
       <c r="N18" s="100"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="190" t="s">
         <v>288</v>
       </c>
       <c r="B19" s="169">
-        <v>1582</v>
+        <v>2319</v>
       </c>
       <c r="C19" s="169">
-        <v>1487</v>
+        <v>2145</v>
       </c>
       <c r="D19" s="169">
-        <v>66</v>
+        <v>99</v>
       </c>
       <c r="E19" s="169">
         <v>2</v>
       </c>
       <c r="F19" s="169">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="G19" s="169">
-        <v>1278</v>
+        <v>1911</v>
       </c>
       <c r="H19" s="169">
-        <v>750</v>
+        <v>1081</v>
       </c>
       <c r="I19" s="169">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="J19" s="169">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="K19" s="169">
-        <v>270</v>
+        <v>416</v>
       </c>
       <c r="L19" s="169">
-        <v>244</v>
+        <v>397</v>
       </c>
       <c r="M19" s="178">
         <v>0</v>
       </c>
       <c r="N19" s="194">
-        <v>304</v>
+        <v>408</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="165" t="s">
         <v>289</v>
       </c>
       <c r="B20" s="98"/>
       <c r="C20" s="98"/>
       <c r="D20" s="98"/>
       <c r="E20" s="98"/>
       <c r="F20" s="98"/>
       <c r="G20" s="98"/>
       <c r="H20" s="98"/>
       <c r="I20" s="98"/>
       <c r="J20" s="98"/>
       <c r="K20" s="98"/>
       <c r="L20" s="98"/>
       <c r="M20" s="98"/>
       <c r="N20" s="100"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="190" t="s">
         <v>290</v>
       </c>
       <c r="B21" s="169">
-        <v>431</v>
+        <v>620</v>
       </c>
       <c r="C21" s="169">
-        <v>415</v>
+        <v>597</v>
       </c>
       <c r="D21" s="169">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E21" s="178">
         <v>0</v>
       </c>
       <c r="F21" s="169">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G21" s="169">
-        <v>319</v>
+        <v>484</v>
       </c>
       <c r="H21" s="169">
-        <v>164</v>
+        <v>237</v>
       </c>
       <c r="I21" s="169">
         <v>0</v>
       </c>
       <c r="J21" s="178">
         <v>0</v>
       </c>
       <c r="K21" s="169">
-        <v>81</v>
+        <v>116</v>
       </c>
       <c r="L21" s="169">
-        <v>74</v>
+        <v>131</v>
       </c>
       <c r="M21" s="178">
         <v>0</v>
       </c>
       <c r="N21" s="194">
-        <v>112</v>
+        <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="165" t="s">
         <v>291</v>
       </c>
       <c r="B22" s="98"/>
       <c r="C22" s="98"/>
       <c r="D22" s="98"/>
       <c r="E22" s="98"/>
       <c r="F22" s="98"/>
       <c r="G22" s="98"/>
       <c r="H22" s="98"/>
       <c r="I22" s="98"/>
       <c r="J22" s="98"/>
       <c r="K22" s="98"/>
       <c r="L22" s="98"/>
       <c r="M22" s="98"/>
       <c r="N22" s="100"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="190" t="s">
         <v>292</v>
       </c>
       <c r="B23" s="169">
-        <v>222</v>
+        <v>321</v>
       </c>
       <c r="C23" s="169">
-        <v>211</v>
+        <v>304</v>
       </c>
       <c r="D23" s="169">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E23" s="178">
         <v>0</v>
       </c>
       <c r="F23" s="169">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="G23" s="169">
-        <v>167</v>
+        <v>245</v>
       </c>
       <c r="H23" s="169">
-        <v>106</v>
+        <v>153</v>
       </c>
       <c r="I23" s="169">
         <v>0</v>
       </c>
       <c r="J23" s="178">
         <v>0</v>
       </c>
       <c r="K23" s="169">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="L23" s="169">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="M23" s="178">
         <v>0</v>
       </c>
       <c r="N23" s="194">
-        <v>54</v>
+        <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="165" t="s">
         <v>293</v>
       </c>
       <c r="B24" s="98"/>
       <c r="C24" s="98"/>
       <c r="D24" s="98"/>
       <c r="E24" s="98"/>
       <c r="F24" s="98"/>
       <c r="G24" s="98"/>
       <c r="H24" s="98"/>
       <c r="I24" s="98"/>
       <c r="J24" s="98"/>
       <c r="K24" s="98"/>
       <c r="L24" s="98"/>
       <c r="M24" s="98"/>
       <c r="N24" s="100"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="190" t="s">
         <v>294</v>
       </c>
       <c r="B25" s="169">
-        <v>296</v>
+        <v>441</v>
       </c>
       <c r="C25" s="169">
-        <v>284</v>
+        <v>410</v>
       </c>
       <c r="D25" s="169">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E25" s="178">
         <v>0</v>
       </c>
       <c r="F25" s="169">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="G25" s="169">
-        <v>233</v>
+        <v>346</v>
       </c>
       <c r="H25" s="169">
-        <v>118</v>
+        <v>170</v>
       </c>
       <c r="I25" s="169">
         <v>0</v>
       </c>
       <c r="J25" s="178">
         <v>0</v>
       </c>
       <c r="K25" s="169">
-        <v>84</v>
+        <v>122</v>
       </c>
       <c r="L25" s="169">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="M25" s="178">
         <v>0</v>
       </c>
       <c r="N25" s="194">
-        <v>63</v>
+        <v>95</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="165" t="s">
         <v>295</v>
       </c>
       <c r="B26" s="98"/>
       <c r="C26" s="98"/>
       <c r="D26" s="98"/>
       <c r="E26" s="98"/>
       <c r="F26" s="98"/>
       <c r="G26" s="98"/>
       <c r="H26" s="98"/>
       <c r="I26" s="98"/>
       <c r="J26" s="98"/>
       <c r="K26" s="98"/>
       <c r="L26" s="98"/>
       <c r="M26" s="98"/>
       <c r="N26" s="100"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="190" t="s">
         <v>296</v>
       </c>
       <c r="B27" s="169">
-        <v>1166</v>
+        <v>1671</v>
       </c>
       <c r="C27" s="169">
+        <v>1609</v>
+      </c>
+      <c r="D27" s="169">
+        <v>8</v>
+      </c>
+      <c r="E27" s="178">
+        <v>0</v>
+      </c>
+      <c r="F27" s="169">
+        <v>54</v>
+      </c>
+      <c r="G27" s="169">
         <v>1121</v>
       </c>
-      <c r="D27" s="169">
-[...10 lines deleted...]
-      </c>
       <c r="H27" s="169">
-        <v>543</v>
+        <v>777</v>
       </c>
       <c r="I27" s="169">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J27" s="178">
         <v>0</v>
       </c>
       <c r="K27" s="169">
-        <v>121</v>
+        <v>174</v>
       </c>
       <c r="L27" s="169">
-        <v>123</v>
+        <v>168</v>
       </c>
       <c r="M27" s="178">
         <v>0</v>
       </c>
       <c r="N27" s="194">
-        <v>377</v>
+        <v>550</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="165" t="s">
         <v>297</v>
       </c>
       <c r="B28" s="98"/>
       <c r="C28" s="98"/>
       <c r="D28" s="98"/>
       <c r="E28" s="98"/>
       <c r="F28" s="98"/>
       <c r="G28" s="98"/>
       <c r="H28" s="98"/>
       <c r="I28" s="98"/>
       <c r="J28" s="98"/>
       <c r="K28" s="98"/>
       <c r="L28" s="98"/>
       <c r="M28" s="98"/>
       <c r="N28" s="100"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="190" t="s">
         <v>298</v>
       </c>
       <c r="B29" s="169">
-        <v>593</v>
+        <v>847</v>
       </c>
       <c r="C29" s="169">
-        <v>576</v>
+        <v>825</v>
       </c>
       <c r="D29" s="169">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E29" s="178">
         <v>0</v>
       </c>
       <c r="F29" s="169">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="G29" s="169">
-        <v>422</v>
+        <v>621</v>
       </c>
       <c r="H29" s="169">
-        <v>272</v>
+        <v>390</v>
       </c>
       <c r="I29" s="169">
         <v>0</v>
       </c>
       <c r="J29" s="178">
         <v>0</v>
       </c>
       <c r="K29" s="169">
-        <v>74</v>
+        <v>115</v>
       </c>
       <c r="L29" s="169">
-        <v>76</v>
+        <v>116</v>
       </c>
       <c r="M29" s="178">
         <v>0</v>
       </c>
       <c r="N29" s="194">
-        <v>172</v>
+        <v>225</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="165" t="s">
         <v>299</v>
       </c>
       <c r="B30" s="98"/>
       <c r="C30" s="98"/>
       <c r="D30" s="98"/>
       <c r="E30" s="98"/>
       <c r="F30" s="98"/>
       <c r="G30" s="98"/>
       <c r="H30" s="98"/>
       <c r="I30" s="98"/>
       <c r="J30" s="98"/>
       <c r="K30" s="98"/>
       <c r="L30" s="98"/>
       <c r="M30" s="98"/>
       <c r="N30" s="100"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="190" t="s">
         <v>300</v>
       </c>
       <c r="B31" s="169">
-        <v>1689</v>
+        <v>2424</v>
       </c>
       <c r="C31" s="169">
-        <v>1624</v>
+        <v>2325</v>
       </c>
       <c r="D31" s="169">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="E31" s="178">
         <v>0</v>
       </c>
       <c r="F31" s="169">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="G31" s="169">
-        <v>1155</v>
+        <v>1841</v>
       </c>
       <c r="H31" s="169">
-        <v>780</v>
+        <v>1116</v>
       </c>
       <c r="I31" s="169">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J31" s="178">
         <v>0</v>
       </c>
       <c r="K31" s="169">
-        <v>252</v>
+        <v>410</v>
       </c>
       <c r="L31" s="169">
-        <v>121</v>
+        <v>312</v>
       </c>
       <c r="M31" s="178">
         <v>0</v>
       </c>
       <c r="N31" s="194">
-        <v>534</v>
+        <v>583</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="165" t="s">
         <v>301</v>
       </c>
       <c r="B32" s="98"/>
       <c r="C32" s="98"/>
       <c r="D32" s="98"/>
       <c r="E32" s="98"/>
       <c r="F32" s="98"/>
       <c r="G32" s="98"/>
       <c r="H32" s="98"/>
       <c r="I32" s="98"/>
       <c r="J32" s="98"/>
       <c r="K32" s="98"/>
       <c r="L32" s="98"/>
       <c r="M32" s="98"/>
       <c r="N32" s="100"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="190" t="s">
         <v>302</v>
       </c>
       <c r="B33" s="169">
-        <v>351</v>
+        <v>511</v>
       </c>
       <c r="C33" s="169">
-        <v>303</v>
+        <v>434</v>
       </c>
       <c r="D33" s="169">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E33" s="178">
         <v>0</v>
       </c>
       <c r="F33" s="169">
-        <v>45</v>
+        <v>74</v>
       </c>
       <c r="G33" s="169">
-        <v>297</v>
+        <v>434</v>
       </c>
       <c r="H33" s="169">
-        <v>89</v>
+        <v>128</v>
       </c>
       <c r="I33" s="169">
         <v>0</v>
       </c>
       <c r="J33" s="178">
         <v>0</v>
       </c>
       <c r="K33" s="169">
-        <v>137</v>
+        <v>203</v>
       </c>
       <c r="L33" s="169">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="M33" s="178">
         <v>0</v>
       </c>
       <c r="N33" s="194">
-        <v>53</v>
+        <v>77</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="165" t="s">
         <v>303</v>
       </c>
       <c r="B34" s="98"/>
       <c r="C34" s="98"/>
       <c r="D34" s="98"/>
       <c r="E34" s="98"/>
       <c r="F34" s="98"/>
       <c r="G34" s="98"/>
       <c r="H34" s="98"/>
       <c r="I34" s="98"/>
       <c r="J34" s="98"/>
       <c r="K34" s="98"/>
       <c r="L34" s="98"/>
       <c r="M34" s="98"/>
       <c r="N34" s="100"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="190" t="s">
         <v>304</v>
       </c>
       <c r="B35" s="196">
-        <v>259</v>
+        <v>377</v>
       </c>
       <c r="C35" s="196">
-        <v>252</v>
+        <v>360</v>
       </c>
       <c r="D35" s="196">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E35" s="198">
         <v>0</v>
       </c>
       <c r="F35" s="196">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="G35" s="196">
-        <v>203</v>
+        <v>299</v>
       </c>
       <c r="H35" s="196">
-        <v>99</v>
+        <v>142</v>
       </c>
       <c r="I35" s="196">
         <v>0</v>
       </c>
       <c r="J35" s="198">
         <v>0</v>
       </c>
       <c r="K35" s="196">
-        <v>69</v>
+        <v>105</v>
       </c>
       <c r="L35" s="196">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="M35" s="198">
         <v>0</v>
       </c>
       <c r="N35" s="200">
-        <v>56</v>
+        <v>78</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="202" t="s">
         <v>305</v>
       </c>
       <c r="B36" s="96"/>
       <c r="C36" s="96"/>
       <c r="D36" s="96"/>
       <c r="E36" s="96"/>
       <c r="F36" s="96"/>
       <c r="G36" s="96"/>
       <c r="H36" s="96"/>
       <c r="I36" s="96"/>
       <c r="J36" s="96"/>
       <c r="K36" s="96"/>
       <c r="L36" s="96"/>
       <c r="M36" s="96"/>
       <c r="N36" s="94"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="7"/>
@@ -31895,57 +31895,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>72</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>33</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>45</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>46</v>
       </c>
@@ -32146,707 +32146,707 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="180" t="s">
         <v>77</v>
       </c>
       <c r="B11" s="154">
-        <v>934</v>
+        <v>1346</v>
       </c>
       <c r="C11" s="154">
-        <v>803</v>
+        <v>1149</v>
       </c>
       <c r="D11" s="154">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="E11" s="154">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F11" s="154">
-        <v>107</v>
+        <v>160</v>
       </c>
       <c r="G11" s="154">
-        <v>669</v>
+        <v>961</v>
       </c>
       <c r="H11" s="154">
-        <v>203</v>
+        <v>291</v>
       </c>
       <c r="I11" s="154">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J11" s="184">
         <v>0</v>
       </c>
       <c r="K11" s="154">
-        <v>233</v>
+        <v>344</v>
       </c>
       <c r="L11" s="154">
-        <v>232</v>
+        <v>324</v>
       </c>
       <c r="M11" s="184">
         <v>0</v>
       </c>
       <c r="N11" s="187">
-        <v>265</v>
+        <v>385</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="165" t="s">
         <v>306</v>
       </c>
       <c r="B12" s="102"/>
       <c r="C12" s="102"/>
       <c r="D12" s="102"/>
       <c r="E12" s="102"/>
       <c r="F12" s="102"/>
       <c r="G12" s="102"/>
       <c r="H12" s="102"/>
       <c r="I12" s="102"/>
       <c r="J12" s="102"/>
       <c r="K12" s="102"/>
       <c r="L12" s="102"/>
       <c r="M12" s="102"/>
       <c r="N12" s="104"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="190" t="s">
         <v>307</v>
       </c>
       <c r="B13" s="169">
-        <v>245</v>
+        <v>357</v>
       </c>
       <c r="C13" s="169">
-        <v>242</v>
+        <v>346</v>
       </c>
       <c r="D13" s="169">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E13" s="178">
         <v>0</v>
       </c>
       <c r="F13" s="169">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="G13" s="169">
-        <v>174</v>
+        <v>255</v>
       </c>
       <c r="H13" s="169">
-        <v>82</v>
+        <v>118</v>
       </c>
       <c r="I13" s="169">
         <v>1</v>
       </c>
       <c r="J13" s="178">
         <v>0</v>
       </c>
       <c r="K13" s="169">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="L13" s="169">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="M13" s="178">
         <v>0</v>
       </c>
       <c r="N13" s="194">
-        <v>71</v>
+        <v>101</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="165" t="s">
         <v>308</v>
       </c>
       <c r="B14" s="98"/>
       <c r="C14" s="98"/>
       <c r="D14" s="98"/>
       <c r="E14" s="98"/>
       <c r="F14" s="98"/>
       <c r="G14" s="98"/>
       <c r="H14" s="98"/>
       <c r="I14" s="98"/>
       <c r="J14" s="98"/>
       <c r="K14" s="98"/>
       <c r="L14" s="98"/>
       <c r="M14" s="98"/>
       <c r="N14" s="100"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="190" t="s">
         <v>309</v>
       </c>
       <c r="B15" s="169">
-        <v>444</v>
+        <v>642</v>
       </c>
       <c r="C15" s="169">
-        <v>426</v>
+        <v>610</v>
       </c>
       <c r="D15" s="169">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E15" s="178">
         <v>0</v>
       </c>
       <c r="F15" s="169">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G15" s="169">
-        <v>322</v>
+        <v>469</v>
       </c>
       <c r="H15" s="169">
-        <v>176</v>
+        <v>253</v>
       </c>
       <c r="I15" s="169">
         <v>0</v>
       </c>
       <c r="J15" s="178">
         <v>0</v>
       </c>
       <c r="K15" s="169">
-        <v>96</v>
+        <v>135</v>
       </c>
       <c r="L15" s="169">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="M15" s="178">
         <v>0</v>
       </c>
       <c r="N15" s="194">
-        <v>122</v>
+        <v>173</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="165" t="s">
         <v>310</v>
       </c>
       <c r="B16" s="98"/>
       <c r="C16" s="98"/>
       <c r="D16" s="98"/>
       <c r="E16" s="98"/>
       <c r="F16" s="98"/>
       <c r="G16" s="98"/>
       <c r="H16" s="98"/>
       <c r="I16" s="98"/>
       <c r="J16" s="98"/>
       <c r="K16" s="98"/>
       <c r="L16" s="98"/>
       <c r="M16" s="98"/>
       <c r="N16" s="100"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="190" t="s">
         <v>311</v>
       </c>
       <c r="B17" s="169">
-        <v>219</v>
+        <v>315</v>
       </c>
       <c r="C17" s="169">
-        <v>211</v>
+        <v>303</v>
       </c>
       <c r="D17" s="169">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E17" s="178">
         <v>0</v>
       </c>
       <c r="F17" s="169">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G17" s="169">
-        <v>158</v>
+        <v>231</v>
       </c>
       <c r="H17" s="169">
-        <v>89</v>
+        <v>129</v>
       </c>
       <c r="I17" s="169">
         <v>0</v>
       </c>
       <c r="J17" s="178">
         <v>0</v>
       </c>
       <c r="K17" s="169">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="L17" s="169">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M17" s="178">
         <v>0</v>
       </c>
       <c r="N17" s="194">
-        <v>61</v>
+        <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="165" t="s">
         <v>312</v>
       </c>
       <c r="B18" s="98"/>
       <c r="C18" s="98"/>
       <c r="D18" s="98"/>
       <c r="E18" s="98"/>
       <c r="F18" s="98"/>
       <c r="G18" s="98"/>
       <c r="H18" s="98"/>
       <c r="I18" s="98"/>
       <c r="J18" s="98"/>
       <c r="K18" s="98"/>
       <c r="L18" s="98"/>
       <c r="M18" s="98"/>
       <c r="N18" s="100"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="190" t="s">
         <v>313</v>
       </c>
       <c r="B19" s="169">
-        <v>408</v>
+        <v>594</v>
       </c>
       <c r="C19" s="169">
-        <v>386</v>
+        <v>558</v>
       </c>
       <c r="D19" s="169">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="E19" s="178">
         <v>0</v>
       </c>
       <c r="F19" s="169">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="G19" s="169">
-        <v>326</v>
+        <v>489</v>
       </c>
       <c r="H19" s="169">
-        <v>164</v>
+        <v>237</v>
       </c>
       <c r="I19" s="169">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J19" s="178">
         <v>0</v>
       </c>
       <c r="K19" s="169">
-        <v>115</v>
+        <v>188</v>
       </c>
       <c r="L19" s="169">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="M19" s="178">
         <v>0</v>
       </c>
       <c r="N19" s="194">
-        <v>83</v>
+        <v>104</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="165" t="s">
         <v>314</v>
       </c>
       <c r="B20" s="98"/>
       <c r="C20" s="98"/>
       <c r="D20" s="98"/>
       <c r="E20" s="98"/>
       <c r="F20" s="98"/>
       <c r="G20" s="98"/>
       <c r="H20" s="98"/>
       <c r="I20" s="98"/>
       <c r="J20" s="98"/>
       <c r="K20" s="98"/>
       <c r="L20" s="98"/>
       <c r="M20" s="98"/>
       <c r="N20" s="100"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="190" t="s">
         <v>315</v>
       </c>
       <c r="B21" s="169">
-        <v>1336</v>
+        <v>1960</v>
       </c>
       <c r="C21" s="169">
-        <v>1272</v>
+        <v>1827</v>
       </c>
       <c r="D21" s="169">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="E21" s="178">
         <v>0</v>
       </c>
       <c r="F21" s="169">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="G21" s="169">
-        <v>883</v>
+        <v>1292</v>
       </c>
       <c r="H21" s="169">
-        <v>633</v>
+        <v>909</v>
       </c>
       <c r="I21" s="169">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J21" s="178">
         <v>0</v>
       </c>
       <c r="K21" s="169">
-        <v>156</v>
+        <v>246</v>
       </c>
       <c r="L21" s="169">
-        <v>93</v>
+        <v>135</v>
       </c>
       <c r="M21" s="178">
         <v>0</v>
       </c>
       <c r="N21" s="194">
-        <v>453</v>
+        <v>669</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="165" t="s">
         <v>316</v>
       </c>
       <c r="B22" s="98"/>
       <c r="C22" s="98"/>
       <c r="D22" s="98"/>
       <c r="E22" s="98"/>
       <c r="F22" s="98"/>
       <c r="G22" s="98"/>
       <c r="H22" s="98"/>
       <c r="I22" s="98"/>
       <c r="J22" s="98"/>
       <c r="K22" s="98"/>
       <c r="L22" s="98"/>
       <c r="M22" s="98"/>
       <c r="N22" s="100"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="190" t="s">
         <v>317</v>
       </c>
       <c r="B23" s="169">
-        <v>544</v>
+        <v>776</v>
       </c>
       <c r="C23" s="169">
-        <v>522</v>
+        <v>746</v>
       </c>
       <c r="D23" s="169">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="E23" s="169">
         <v>0</v>
       </c>
       <c r="F23" s="169">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="G23" s="169">
-        <v>473</v>
+        <v>671</v>
       </c>
       <c r="H23" s="169">
-        <v>254</v>
+        <v>363</v>
       </c>
       <c r="I23" s="169">
         <v>2</v>
       </c>
       <c r="J23" s="169">
         <v>0</v>
       </c>
       <c r="K23" s="169">
-        <v>136</v>
+        <v>197</v>
       </c>
       <c r="L23" s="169">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="M23" s="178">
         <v>0</v>
       </c>
       <c r="N23" s="194">
-        <v>71</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="165" t="s">
         <v>318</v>
       </c>
       <c r="B24" s="98"/>
       <c r="C24" s="98"/>
       <c r="D24" s="98"/>
       <c r="E24" s="98"/>
       <c r="F24" s="98"/>
       <c r="G24" s="98"/>
       <c r="H24" s="98"/>
       <c r="I24" s="98"/>
       <c r="J24" s="98"/>
       <c r="K24" s="98"/>
       <c r="L24" s="98"/>
       <c r="M24" s="98"/>
       <c r="N24" s="100"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="190" t="s">
         <v>319</v>
       </c>
       <c r="B25" s="169">
-        <v>1290</v>
+        <v>1908</v>
       </c>
       <c r="C25" s="169">
-        <v>1229</v>
+        <v>1766</v>
       </c>
       <c r="D25" s="169">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="E25" s="169">
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="F25" s="169">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="G25" s="169">
-        <v>1075</v>
+        <v>1586</v>
       </c>
       <c r="H25" s="169">
-        <v>588</v>
+        <v>841</v>
       </c>
       <c r="I25" s="169">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="J25" s="169">
         <v>31</v>
       </c>
       <c r="K25" s="169">
-        <v>227</v>
+        <v>355</v>
       </c>
       <c r="L25" s="169">
-        <v>224</v>
+        <v>352</v>
       </c>
       <c r="M25" s="178">
         <v>0</v>
       </c>
       <c r="N25" s="194">
-        <v>215</v>
+        <v>321</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="165" t="s">
         <v>320</v>
       </c>
       <c r="B26" s="98"/>
       <c r="C26" s="98"/>
       <c r="D26" s="98"/>
       <c r="E26" s="98"/>
       <c r="F26" s="98"/>
       <c r="G26" s="98"/>
       <c r="H26" s="98"/>
       <c r="I26" s="98"/>
       <c r="J26" s="98"/>
       <c r="K26" s="98"/>
       <c r="L26" s="98"/>
       <c r="M26" s="98"/>
       <c r="N26" s="100"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="190" t="s">
         <v>321</v>
       </c>
       <c r="B27" s="169">
-        <v>86</v>
+        <v>124</v>
       </c>
       <c r="C27" s="169">
-        <v>80</v>
+        <v>115</v>
       </c>
       <c r="D27" s="169">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E27" s="178">
         <v>0</v>
       </c>
       <c r="F27" s="169">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G27" s="169">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="H27" s="169">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="I27" s="169">
         <v>0</v>
       </c>
       <c r="J27" s="178">
         <v>0</v>
       </c>
       <c r="K27" s="169">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="L27" s="169">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="M27" s="178">
         <v>0</v>
       </c>
       <c r="N27" s="194">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="165" t="s">
         <v>322</v>
       </c>
       <c r="B28" s="98"/>
       <c r="C28" s="98"/>
       <c r="D28" s="98"/>
       <c r="E28" s="98"/>
       <c r="F28" s="98"/>
       <c r="G28" s="98"/>
       <c r="H28" s="98"/>
       <c r="I28" s="98"/>
       <c r="J28" s="98"/>
       <c r="K28" s="98"/>
       <c r="L28" s="98"/>
       <c r="M28" s="98"/>
       <c r="N28" s="100"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="190" t="s">
         <v>323</v>
       </c>
       <c r="B29" s="169">
-        <v>146</v>
+        <v>213</v>
       </c>
       <c r="C29" s="169">
-        <v>139</v>
+        <v>201</v>
       </c>
       <c r="D29" s="169">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E29" s="178">
         <v>0</v>
       </c>
       <c r="F29" s="169">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="G29" s="169">
-        <v>105</v>
+        <v>151</v>
       </c>
       <c r="H29" s="169">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="I29" s="169">
         <v>0</v>
       </c>
       <c r="J29" s="178">
         <v>0</v>
       </c>
       <c r="K29" s="169">
-        <v>43</v>
+        <v>62</v>
       </c>
       <c r="L29" s="169">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="M29" s="178">
         <v>0</v>
       </c>
       <c r="N29" s="194">
-        <v>41</v>
+        <v>62</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="165" t="s">
         <v>324</v>
       </c>
       <c r="B30" s="98"/>
       <c r="C30" s="98"/>
       <c r="D30" s="98"/>
       <c r="E30" s="98"/>
       <c r="F30" s="98"/>
       <c r="G30" s="98"/>
       <c r="H30" s="98"/>
       <c r="I30" s="98"/>
       <c r="J30" s="98"/>
       <c r="K30" s="98"/>
       <c r="L30" s="98"/>
       <c r="M30" s="98"/>
       <c r="N30" s="100"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="190" t="s">
         <v>325</v>
       </c>
       <c r="B31" s="169">
-        <v>97</v>
+        <v>140</v>
       </c>
       <c r="C31" s="169">
-        <v>92</v>
+        <v>132</v>
       </c>
       <c r="D31" s="169">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E31" s="178">
         <v>0</v>
       </c>
       <c r="F31" s="169">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G31" s="169">
-        <v>81</v>
+        <v>114</v>
       </c>
       <c r="H31" s="169">
-        <v>42</v>
+        <v>60</v>
       </c>
       <c r="I31" s="169">
         <v>0</v>
       </c>
       <c r="J31" s="178">
         <v>0</v>
       </c>
       <c r="K31" s="169">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="L31" s="169">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="M31" s="178">
         <v>0</v>
       </c>
       <c r="N31" s="194">
-        <v>16</v>
+        <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="165" t="s">
         <v>326</v>
       </c>
       <c r="B32" s="98"/>
       <c r="C32" s="98"/>
       <c r="D32" s="98"/>
       <c r="E32" s="98"/>
       <c r="F32" s="98"/>
       <c r="G32" s="98"/>
       <c r="H32" s="98"/>
       <c r="I32" s="98"/>
       <c r="J32" s="98"/>
       <c r="K32" s="98"/>
       <c r="L32" s="98"/>
       <c r="M32" s="98"/>
       <c r="N32" s="100"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="43"/>
       <c r="B33" s="97"/>
       <c r="C33" s="97"/>
       <c r="D33" s="97"/>
@@ -33257,57 +33257,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -33508,831 +33508,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="116">
-        <v>25362</v>
+        <v>32561</v>
       </c>
       <c r="C11" s="116">
-        <v>13533</v>
+        <v>19481</v>
       </c>
       <c r="D11" s="116">
-        <v>4318</v>
+        <v>6297</v>
       </c>
       <c r="E11" s="116">
-        <v>3485</v>
+        <v>5550</v>
       </c>
       <c r="F11" s="116">
-        <v>4025</v>
+        <v>1232</v>
       </c>
       <c r="G11" s="116">
-        <v>21539</v>
+        <v>26607</v>
       </c>
       <c r="H11" s="116">
-        <v>8162</v>
+        <v>11642</v>
       </c>
       <c r="I11" s="116">
-        <v>1982</v>
+        <v>2882</v>
       </c>
       <c r="J11" s="116">
-        <v>4993</v>
+        <v>2716</v>
       </c>
       <c r="K11" s="116">
-        <v>2847</v>
+        <v>4033</v>
       </c>
       <c r="L11" s="116">
-        <v>3555</v>
+        <v>5334</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>3823</v>
+        <v>5954</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>203</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>204</v>
       </c>
       <c r="B13" s="128">
-        <v>21958</v>
+        <v>32137</v>
       </c>
       <c r="C13" s="128">
-        <v>11620</v>
+        <v>16789</v>
       </c>
       <c r="D13" s="128">
-        <v>2176</v>
+        <v>3128</v>
       </c>
       <c r="E13" s="128">
-        <v>7705</v>
+        <v>11557</v>
       </c>
       <c r="F13" s="128">
-        <v>457</v>
+        <v>663</v>
       </c>
       <c r="G13" s="128">
-        <v>19393</v>
+        <v>28252</v>
       </c>
       <c r="H13" s="128">
-        <v>7836</v>
+        <v>11238</v>
       </c>
       <c r="I13" s="128">
-        <v>529</v>
+        <v>742</v>
       </c>
       <c r="J13" s="128">
-        <v>6302</v>
+        <v>9638</v>
       </c>
       <c r="K13" s="128">
-        <v>2621</v>
+        <v>3846</v>
       </c>
       <c r="L13" s="128">
-        <v>2105</v>
+        <v>2788</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>2564</v>
+        <v>3886</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>205</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>206</v>
       </c>
       <c r="B15" s="128">
-        <v>49227</v>
+        <v>69680</v>
       </c>
       <c r="C15" s="128">
-        <v>24731</v>
+        <v>36157</v>
       </c>
       <c r="D15" s="128">
-        <v>5298</v>
+        <v>7732</v>
       </c>
       <c r="E15" s="128">
-        <v>18120</v>
+        <v>24146</v>
       </c>
       <c r="F15" s="128">
-        <v>1078</v>
+        <v>1646</v>
       </c>
       <c r="G15" s="128">
-        <v>41424</v>
+        <v>58078</v>
       </c>
       <c r="H15" s="128">
-        <v>14598</v>
+        <v>20951</v>
       </c>
       <c r="I15" s="128">
-        <v>921</v>
+        <v>1335</v>
       </c>
       <c r="J15" s="128">
-        <v>15107</v>
+        <v>21960</v>
       </c>
       <c r="K15" s="128">
-        <v>5242</v>
+        <v>7705</v>
       </c>
       <c r="L15" s="128">
-        <v>5555</v>
+        <v>6127</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>7803</v>
+        <v>11602</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>207</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>208</v>
       </c>
       <c r="B17" s="128">
-        <v>96084</v>
+        <v>136202</v>
       </c>
       <c r="C17" s="128">
-        <v>44830</v>
+        <v>64569</v>
       </c>
       <c r="D17" s="128">
-        <v>8904</v>
+        <v>11978</v>
       </c>
       <c r="E17" s="128">
-        <v>36220</v>
+        <v>51155</v>
       </c>
       <c r="F17" s="128">
-        <v>6129</v>
+        <v>8501</v>
       </c>
       <c r="G17" s="128">
-        <v>80873</v>
+        <v>115226</v>
       </c>
       <c r="H17" s="128">
-        <v>28291</v>
+        <v>40095</v>
       </c>
       <c r="I17" s="128">
-        <v>1436</v>
+        <v>2093</v>
       </c>
       <c r="J17" s="128">
-        <v>33053</v>
+        <v>46133</v>
       </c>
       <c r="K17" s="128">
-        <v>8416</v>
+        <v>11554</v>
       </c>
       <c r="L17" s="128">
-        <v>9678</v>
+        <v>15352</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>15211</v>
+        <v>20975</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>209</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>210</v>
       </c>
       <c r="B19" s="128">
-        <v>121299</v>
+        <v>189101</v>
       </c>
       <c r="C19" s="128">
-        <v>58408</v>
+        <v>84742</v>
       </c>
       <c r="D19" s="128">
-        <v>17450</v>
+        <v>25916</v>
       </c>
       <c r="E19" s="128">
-        <v>41960</v>
+        <v>73954</v>
       </c>
       <c r="F19" s="128">
-        <v>3482</v>
+        <v>4489</v>
       </c>
       <c r="G19" s="128">
-        <v>97970</v>
+        <v>156035</v>
       </c>
       <c r="H19" s="128">
-        <v>36761</v>
+        <v>52831</v>
       </c>
       <c r="I19" s="128">
-        <v>2842</v>
+        <v>3986</v>
       </c>
       <c r="J19" s="128">
-        <v>33565</v>
+        <v>61856</v>
       </c>
       <c r="K19" s="128">
-        <v>9667</v>
+        <v>14244</v>
       </c>
       <c r="L19" s="128">
-        <v>15136</v>
+        <v>23119</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>23330</v>
+        <v>33066</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>211</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>212</v>
       </c>
       <c r="B21" s="128">
-        <v>44494</v>
+        <v>59652</v>
       </c>
       <c r="C21" s="128">
-        <v>15355</v>
+        <v>21862</v>
       </c>
       <c r="D21" s="128">
-        <v>2200</v>
+        <v>3009</v>
       </c>
       <c r="E21" s="128">
-        <v>25639</v>
+        <v>32816</v>
       </c>
       <c r="F21" s="128">
-        <v>1299</v>
+        <v>1965</v>
       </c>
       <c r="G21" s="128">
-        <v>39839</v>
+        <v>52875</v>
       </c>
       <c r="H21" s="128">
-        <v>9825</v>
+        <v>13559</v>
       </c>
       <c r="I21" s="128">
-        <v>286</v>
+        <v>415</v>
       </c>
       <c r="J21" s="128">
-        <v>24193</v>
+        <v>30880</v>
       </c>
       <c r="K21" s="128">
-        <v>2991</v>
+        <v>4368</v>
       </c>
       <c r="L21" s="128">
-        <v>2544</v>
+        <v>3652</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>4655</v>
+        <v>6777</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>213</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>214</v>
       </c>
       <c r="B23" s="128">
-        <v>30409</v>
+        <v>42371</v>
       </c>
       <c r="C23" s="128">
-        <v>15487</v>
+        <v>22603</v>
       </c>
       <c r="D23" s="128">
-        <v>8347</v>
+        <v>12317</v>
       </c>
       <c r="E23" s="128">
-        <v>6264</v>
+        <v>6648</v>
       </c>
       <c r="F23" s="128">
-        <v>312</v>
+        <v>803</v>
       </c>
       <c r="G23" s="128">
-        <v>24128</v>
+        <v>33526</v>
       </c>
       <c r="H23" s="128">
-        <v>6698</v>
+        <v>9668</v>
       </c>
       <c r="I23" s="128">
-        <v>848</v>
+        <v>1188</v>
       </c>
       <c r="J23" s="128">
-        <v>4030</v>
+        <v>4512</v>
       </c>
       <c r="K23" s="128">
-        <v>6502</v>
+        <v>9430</v>
       </c>
       <c r="L23" s="128">
-        <v>6050</v>
+        <v>8728</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>6281</v>
+        <v>8845</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>215</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>216</v>
       </c>
       <c r="B25" s="128">
-        <v>112231</v>
+        <v>166612</v>
       </c>
       <c r="C25" s="128">
-        <v>45704</v>
+        <v>66069</v>
       </c>
       <c r="D25" s="128">
-        <v>13333</v>
+        <v>19633</v>
       </c>
       <c r="E25" s="128">
-        <v>51450</v>
+        <v>78017</v>
       </c>
       <c r="F25" s="128">
-        <v>1744</v>
+        <v>2893</v>
       </c>
       <c r="G25" s="128">
-        <v>98203</v>
+        <v>145225</v>
       </c>
       <c r="H25" s="128">
-        <v>27809</v>
+        <v>39510</v>
       </c>
       <c r="I25" s="128">
-        <v>3642</v>
+        <v>5262</v>
       </c>
       <c r="J25" s="128">
-        <v>48091</v>
+        <v>73352</v>
       </c>
       <c r="K25" s="128">
-        <v>9596</v>
+        <v>14052</v>
       </c>
       <c r="L25" s="128">
-        <v>9066</v>
+        <v>13050</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>14028</v>
+        <v>21387</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>217</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>218</v>
       </c>
       <c r="B27" s="128">
-        <v>7355</v>
+        <v>10806</v>
       </c>
       <c r="C27" s="128">
-        <v>5272</v>
+        <v>7689</v>
       </c>
       <c r="D27" s="128">
-        <v>971</v>
+        <v>1373</v>
       </c>
       <c r="E27" s="128">
-        <v>978</v>
+        <v>1585</v>
       </c>
       <c r="F27" s="128">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="G27" s="128">
-        <v>6350</v>
+        <v>9378</v>
       </c>
       <c r="H27" s="128">
-        <v>3637</v>
+        <v>5263</v>
       </c>
       <c r="I27" s="128">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="J27" s="128">
-        <v>417</v>
+        <v>728</v>
       </c>
       <c r="K27" s="128">
-        <v>1202</v>
+        <v>1770</v>
       </c>
       <c r="L27" s="128">
-        <v>1053</v>
+        <v>1560</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>1005</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>219</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>220</v>
       </c>
       <c r="B29" s="128">
-        <v>201507</v>
+        <v>288806</v>
       </c>
       <c r="C29" s="128">
-        <v>87970</v>
+        <v>127295</v>
       </c>
       <c r="D29" s="128">
-        <v>33598</v>
+        <v>48726</v>
       </c>
       <c r="E29" s="128">
-        <v>69865</v>
+        <v>99174</v>
       </c>
       <c r="F29" s="128">
-        <v>10074</v>
+        <v>13612</v>
       </c>
       <c r="G29" s="128">
-        <v>163507</v>
+        <v>233734</v>
       </c>
       <c r="H29" s="128">
-        <v>49425</v>
+        <v>69728</v>
       </c>
       <c r="I29" s="128">
-        <v>2769</v>
+        <v>4059</v>
       </c>
       <c r="J29" s="128">
-        <v>61504</v>
+        <v>87883</v>
       </c>
       <c r="K29" s="128">
-        <v>21733</v>
+        <v>32509</v>
       </c>
       <c r="L29" s="128">
-        <v>28075</v>
+        <v>39556</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>38000</v>
+        <v>55072</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>221</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>222</v>
       </c>
       <c r="B31" s="128">
-        <v>675</v>
+        <v>1021</v>
       </c>
       <c r="C31" s="128">
-        <v>598</v>
+        <v>906</v>
       </c>
       <c r="D31" s="128">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="E31" s="130">
         <v>0</v>
       </c>
       <c r="F31" s="128">
         <v>1</v>
       </c>
       <c r="G31" s="128">
-        <v>1313</v>
+        <v>1890</v>
       </c>
       <c r="H31" s="128">
+        <v>603</v>
+      </c>
+      <c r="I31" s="128">
+        <v>120</v>
+      </c>
+      <c r="J31" s="130">
+        <v>0</v>
+      </c>
+      <c r="K31" s="128">
         <v>392</v>
       </c>
-      <c r="I31" s="128">
-[...7 lines deleted...]
-      </c>
       <c r="L31" s="128">
-        <v>567</v>
+        <v>775</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>-638</v>
+        <v>-869</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>223</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>224</v>
       </c>
       <c r="B33" s="128">
-        <v>1940</v>
+        <v>2969</v>
       </c>
       <c r="C33" s="128">
-        <v>1593</v>
+        <v>2435</v>
       </c>
       <c r="D33" s="128">
-        <v>334</v>
+        <v>514</v>
       </c>
       <c r="E33" s="130">
         <v>0</v>
       </c>
       <c r="F33" s="128">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G33" s="128">
-        <v>2388</v>
+        <v>3473</v>
       </c>
       <c r="H33" s="128">
-        <v>689</v>
+        <v>1018</v>
       </c>
       <c r="I33" s="128">
-        <v>236</v>
+        <v>354</v>
       </c>
       <c r="J33" s="130">
         <v>0</v>
       </c>
       <c r="K33" s="128">
-        <v>489</v>
+        <v>694</v>
       </c>
       <c r="L33" s="128">
-        <v>974</v>
+        <v>1407</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>-448</v>
+        <v>-505</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>225</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>226</v>
       </c>
       <c r="B35" s="128">
-        <v>601</v>
+        <v>889</v>
       </c>
       <c r="C35" s="128">
-        <v>536</v>
+        <v>793</v>
       </c>
       <c r="D35" s="128">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E35" s="128">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="F35" s="128">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G35" s="128">
-        <v>969</v>
+        <v>1397</v>
       </c>
       <c r="H35" s="128">
-        <v>439</v>
+        <v>648</v>
       </c>
       <c r="I35" s="128">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="J35" s="128">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="K35" s="128">
-        <v>161</v>
+        <v>231</v>
       </c>
       <c r="L35" s="128">
-        <v>336</v>
+        <v>488</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>-368</v>
+        <v>-508</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>227</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32"/>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
@@ -34705,57 +34705,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -34956,831 +34956,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>1912879</v>
+        <v>2677315</v>
       </c>
       <c r="C11" s="117">
-        <v>723928</v>
+        <v>1045316</v>
       </c>
       <c r="D11" s="117">
-        <v>204560</v>
+        <v>295834</v>
       </c>
       <c r="E11" s="117">
-        <v>609201</v>
+        <v>852285</v>
       </c>
       <c r="F11" s="117">
-        <v>375190</v>
+        <v>483880</v>
       </c>
       <c r="G11" s="117">
-        <v>1653559</v>
+        <v>2307802</v>
       </c>
       <c r="H11" s="117">
-        <v>477535</v>
+        <v>685605</v>
       </c>
       <c r="I11" s="117">
-        <v>36047</v>
+        <v>51758</v>
       </c>
       <c r="J11" s="117">
-        <v>594233</v>
+        <v>693558</v>
       </c>
       <c r="K11" s="117">
-        <v>183223</v>
+        <v>264190</v>
       </c>
       <c r="L11" s="117">
-        <v>362521</v>
+        <v>612692</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>259320</v>
+        <v>369513</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="128">
-        <v>283013</v>
+        <v>491577</v>
       </c>
       <c r="C13" s="128">
-        <v>55368</v>
+        <v>79480</v>
       </c>
       <c r="D13" s="128">
-        <v>2985</v>
+        <v>4403</v>
       </c>
       <c r="E13" s="128">
-        <v>62546</v>
+        <v>161102</v>
       </c>
       <c r="F13" s="128">
-        <v>162114</v>
+        <v>246592</v>
       </c>
       <c r="G13" s="128">
-        <v>268960</v>
+        <v>467633</v>
       </c>
       <c r="H13" s="128">
-        <v>46557</v>
+        <v>66049</v>
       </c>
       <c r="I13" s="128">
-        <v>542</v>
+        <v>757</v>
       </c>
       <c r="J13" s="128">
-        <v>41454</v>
+        <v>54871</v>
       </c>
       <c r="K13" s="128">
-        <v>8203</v>
+        <v>12066</v>
       </c>
       <c r="L13" s="128">
-        <v>172204</v>
+        <v>333891</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>14054</v>
+        <v>23944</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="128">
-        <v>57612</v>
+        <v>77480</v>
       </c>
       <c r="C15" s="128">
-        <v>39610</v>
+        <v>57011</v>
       </c>
       <c r="D15" s="128">
-        <v>2438</v>
+        <v>3354</v>
       </c>
       <c r="E15" s="128">
-        <v>2711</v>
+        <v>5322</v>
       </c>
       <c r="F15" s="128">
-        <v>12852</v>
+        <v>11793</v>
       </c>
       <c r="G15" s="128">
-        <v>46819</v>
+        <v>63205</v>
       </c>
       <c r="H15" s="128">
-        <v>25602</v>
+        <v>36938</v>
       </c>
       <c r="I15" s="128">
-        <v>599</v>
+        <v>834</v>
       </c>
       <c r="J15" s="128">
-        <v>10643</v>
+        <v>9930</v>
       </c>
       <c r="K15" s="128">
-        <v>5860</v>
+        <v>8361</v>
       </c>
       <c r="L15" s="128">
-        <v>4115</v>
+        <v>7142</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>10793</v>
+        <v>14275</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="128">
-        <v>95105</v>
+        <v>117565</v>
       </c>
       <c r="C17" s="128">
-        <v>49287</v>
+        <v>71187</v>
       </c>
       <c r="D17" s="128">
-        <v>7187</v>
+        <v>10478</v>
       </c>
       <c r="E17" s="128">
-        <v>9922</v>
+        <v>14148</v>
       </c>
       <c r="F17" s="128">
-        <v>28709</v>
+        <v>21752</v>
       </c>
       <c r="G17" s="128">
-        <v>81419</v>
+        <v>99179</v>
       </c>
       <c r="H17" s="128">
-        <v>33113</v>
+        <v>47643</v>
       </c>
       <c r="I17" s="128">
-        <v>1233</v>
+        <v>1781</v>
       </c>
       <c r="J17" s="128">
-        <v>28983</v>
+        <v>23297</v>
       </c>
       <c r="K17" s="128">
-        <v>10116</v>
+        <v>14508</v>
       </c>
       <c r="L17" s="128">
-        <v>7974</v>
+        <v>11950</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>13686</v>
+        <v>18386</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="128">
-        <v>158482</v>
+        <v>207772</v>
       </c>
       <c r="C19" s="128">
-        <v>39305</v>
+        <v>57023</v>
       </c>
       <c r="D19" s="128">
-        <v>9301</v>
+        <v>13107</v>
       </c>
       <c r="E19" s="128">
-        <v>92840</v>
+        <v>114247</v>
       </c>
       <c r="F19" s="128">
-        <v>17035</v>
+        <v>23395</v>
       </c>
       <c r="G19" s="128">
-        <v>143639</v>
+        <v>188900</v>
       </c>
       <c r="H19" s="128">
-        <v>31636</v>
+        <v>45150</v>
       </c>
       <c r="I19" s="128">
-        <v>2160</v>
+        <v>3061</v>
       </c>
       <c r="J19" s="128">
-        <v>83954</v>
+        <v>101780</v>
       </c>
       <c r="K19" s="128">
-        <v>9870</v>
+        <v>13936</v>
       </c>
       <c r="L19" s="128">
-        <v>16019</v>
+        <v>24972</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>14842</v>
+        <v>18872</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="128">
-        <v>101346</v>
+        <v>121093</v>
       </c>
       <c r="C21" s="128">
-        <v>43930</v>
+        <v>62927</v>
       </c>
       <c r="D21" s="128">
-        <v>9399</v>
+        <v>13541</v>
       </c>
       <c r="E21" s="128">
-        <v>20533</v>
+        <v>24556</v>
       </c>
       <c r="F21" s="128">
-        <v>27484</v>
+        <v>20069</v>
       </c>
       <c r="G21" s="128">
-        <v>86484</v>
+        <v>100017</v>
       </c>
       <c r="H21" s="128">
-        <v>30813</v>
+        <v>44044</v>
       </c>
       <c r="I21" s="128">
-        <v>1159</v>
+        <v>1630</v>
       </c>
       <c r="J21" s="128">
-        <v>39298</v>
+        <v>31727</v>
       </c>
       <c r="K21" s="128">
-        <v>9960</v>
+        <v>14293</v>
       </c>
       <c r="L21" s="128">
-        <v>5253</v>
+        <v>8324</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>14863</v>
+        <v>21076</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="128">
-        <v>75624</v>
+        <v>99756</v>
       </c>
       <c r="C23" s="128">
-        <v>28474</v>
+        <v>41170</v>
       </c>
       <c r="D23" s="128">
-        <v>5339</v>
+        <v>7695</v>
       </c>
       <c r="E23" s="128">
-        <v>33445</v>
+        <v>39468</v>
       </c>
       <c r="F23" s="128">
-        <v>8366</v>
+        <v>11423</v>
       </c>
       <c r="G23" s="128">
-        <v>65867</v>
+        <v>86530</v>
       </c>
       <c r="H23" s="128">
-        <v>22247</v>
+        <v>31951</v>
       </c>
       <c r="I23" s="128">
-        <v>1150</v>
+        <v>1690</v>
       </c>
       <c r="J23" s="128">
-        <v>28896</v>
+        <v>33346</v>
       </c>
       <c r="K23" s="128">
-        <v>7454</v>
+        <v>10833</v>
       </c>
       <c r="L23" s="128">
-        <v>6120</v>
+        <v>8710</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>9757</v>
+        <v>13226</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="128">
-        <v>31201</v>
+        <v>41885</v>
       </c>
       <c r="C25" s="128">
-        <v>17433</v>
+        <v>25058</v>
       </c>
       <c r="D25" s="128">
-        <v>3013</v>
+        <v>4303</v>
       </c>
       <c r="E25" s="128">
-        <v>5847</v>
+        <v>6673</v>
       </c>
       <c r="F25" s="128">
-        <v>4908</v>
+        <v>5850</v>
       </c>
       <c r="G25" s="128">
-        <v>22704</v>
+        <v>30219</v>
       </c>
       <c r="H25" s="128">
-        <v>9889</v>
+        <v>14082</v>
       </c>
       <c r="I25" s="128">
-        <v>423</v>
+        <v>603</v>
       </c>
       <c r="J25" s="128">
-        <v>5499</v>
+        <v>6399</v>
       </c>
       <c r="K25" s="128">
-        <v>2969</v>
+        <v>4255</v>
       </c>
       <c r="L25" s="128">
-        <v>3924</v>
+        <v>4880</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>8497</v>
+        <v>11666</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="128">
-        <v>109607</v>
+        <v>155110</v>
       </c>
       <c r="C27" s="128">
-        <v>40083</v>
+        <v>58449</v>
       </c>
       <c r="D27" s="128">
-        <v>15680</v>
+        <v>22554</v>
       </c>
       <c r="E27" s="128">
-        <v>46852</v>
+        <v>64513</v>
       </c>
       <c r="F27" s="128">
-        <v>6992</v>
+        <v>9594</v>
       </c>
       <c r="G27" s="128">
-        <v>93628</v>
+        <v>131419</v>
       </c>
       <c r="H27" s="128">
-        <v>26290</v>
+        <v>38116</v>
       </c>
       <c r="I27" s="128">
-        <v>2559</v>
+        <v>3652</v>
       </c>
       <c r="J27" s="128">
-        <v>41608</v>
+        <v>56556</v>
       </c>
       <c r="K27" s="128">
-        <v>9955</v>
+        <v>14460</v>
       </c>
       <c r="L27" s="128">
-        <v>13216</v>
+        <v>18634</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>15979</v>
+        <v>23691</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>169</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>170</v>
       </c>
       <c r="B29" s="128">
-        <v>133709</v>
+        <v>170793</v>
       </c>
       <c r="C29" s="128">
-        <v>46617</v>
+        <v>67647</v>
       </c>
       <c r="D29" s="128">
-        <v>25459</v>
+        <v>35933</v>
       </c>
       <c r="E29" s="128">
-        <v>45796</v>
+        <v>44581</v>
       </c>
       <c r="F29" s="128">
-        <v>15836</v>
+        <v>22632</v>
       </c>
       <c r="G29" s="128">
-        <v>105761</v>
+        <v>130959</v>
       </c>
       <c r="H29" s="128">
-        <v>24761</v>
+        <v>36159</v>
       </c>
       <c r="I29" s="128">
-        <v>5500</v>
+        <v>7914</v>
       </c>
       <c r="J29" s="128">
-        <v>43351</v>
+        <v>40935</v>
       </c>
       <c r="K29" s="128">
-        <v>13758</v>
+        <v>19891</v>
       </c>
       <c r="L29" s="128">
-        <v>18391</v>
+        <v>26062</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>27948</v>
+        <v>39833</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>171</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>172</v>
       </c>
       <c r="B31" s="128">
-        <v>2605</v>
+        <v>3529</v>
       </c>
       <c r="C31" s="128">
-        <v>1589</v>
+        <v>2303</v>
       </c>
       <c r="D31" s="128">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="E31" s="128">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="F31" s="128">
-        <v>746</v>
+        <v>943</v>
       </c>
       <c r="G31" s="128">
-        <v>1865</v>
+        <v>2516</v>
       </c>
       <c r="H31" s="128">
-        <v>274</v>
+        <v>404</v>
       </c>
       <c r="I31" s="128">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="J31" s="128">
-        <v>630</v>
+        <v>757</v>
       </c>
       <c r="K31" s="128">
-        <v>245</v>
+        <v>357</v>
       </c>
       <c r="L31" s="128">
-        <v>699</v>
+        <v>968</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>739</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>173</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>174</v>
       </c>
       <c r="B33" s="128">
-        <v>5298</v>
+        <v>7238</v>
       </c>
       <c r="C33" s="128">
-        <v>3865</v>
+        <v>5569</v>
       </c>
       <c r="D33" s="128">
-        <v>574</v>
+        <v>798</v>
       </c>
       <c r="E33" s="128">
-        <v>347</v>
+        <v>401</v>
       </c>
       <c r="F33" s="128">
-        <v>512</v>
+        <v>470</v>
       </c>
       <c r="G33" s="128">
-        <v>4276</v>
+        <v>5858</v>
       </c>
       <c r="H33" s="128">
-        <v>2661</v>
+        <v>3817</v>
       </c>
       <c r="I33" s="128">
-        <v>45</v>
+        <v>64</v>
       </c>
       <c r="J33" s="128">
-        <v>625</v>
+        <v>543</v>
       </c>
       <c r="K33" s="128">
-        <v>1081</v>
+        <v>1603</v>
       </c>
       <c r="L33" s="128">
-        <v>-135</v>
+        <v>-168</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>1022</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="128">
-        <v>58038</v>
+        <v>83748</v>
       </c>
       <c r="C35" s="128">
-        <v>33587</v>
+        <v>48682</v>
       </c>
       <c r="D35" s="128">
-        <v>5394</v>
+        <v>7977</v>
       </c>
       <c r="E35" s="128">
-        <v>8152</v>
+        <v>12659</v>
       </c>
       <c r="F35" s="128">
-        <v>10905</v>
+        <v>14429</v>
       </c>
       <c r="G35" s="128">
-        <v>42124</v>
+        <v>62800</v>
       </c>
       <c r="H35" s="128">
-        <v>24573</v>
+        <v>35813</v>
       </c>
       <c r="I35" s="128">
-        <v>1030</v>
+        <v>1477</v>
       </c>
       <c r="J35" s="128">
-        <v>1333</v>
+        <v>1796</v>
       </c>
       <c r="K35" s="128">
-        <v>9365</v>
+        <v>13460</v>
       </c>
       <c r="L35" s="128">
-        <v>5823</v>
+        <v>10254</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>15915</v>
+        <v>20948</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -35796,51 +35796,51 @@
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
     </row>
     <row r="38" spans="1:14" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
     </row>
     <row r="39" spans="1:14" ht="13.5" customHeight="1">
       <c r="A39" s="3" t="str">
         <f>'10-2'!A39</f>
-        <v>　　　　　2.至114年7月止，38家本國銀行放款及催收款之備抵呆帳餘額為587,711百萬元，114年1至7月轉銷呆帳31,997百萬元。</v>
+        <v>　　　　　2.至114年10月止，38家本國銀行放款及催收款之備抵呆帳餘額為597,762百萬元，114年1至10月轉銷呆帳46,605百萬元。</v>
       </c>
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
       <c r="N39" s="3"/>
     </row>
     <row r="40" spans="1:14" ht="13.5" customHeight="1">
       <c r="A40" s="3"/>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
@@ -36160,57 +36160,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -36411,831 +36411,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="116">
-        <v>12974</v>
+        <v>18719</v>
       </c>
       <c r="C11" s="116">
-        <v>3790</v>
+        <v>5247</v>
       </c>
       <c r="D11" s="116">
-        <v>1529</v>
+        <v>2244</v>
       </c>
       <c r="E11" s="116">
-        <v>2749</v>
+        <v>4688</v>
       </c>
       <c r="F11" s="116">
-        <v>4906</v>
+        <v>6541</v>
       </c>
       <c r="G11" s="116">
-        <v>7042</v>
+        <v>10495</v>
       </c>
       <c r="H11" s="116">
-        <v>859</v>
+        <v>1422</v>
       </c>
       <c r="I11" s="116">
-        <v>434</v>
+        <v>626</v>
       </c>
       <c r="J11" s="116">
-        <v>3429</v>
+        <v>4821</v>
       </c>
       <c r="K11" s="116">
-        <v>1218</v>
+        <v>1647</v>
       </c>
       <c r="L11" s="116">
-        <v>1101</v>
+        <v>1979</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>5932</v>
+        <v>8224</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>178</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>179</v>
       </c>
       <c r="B13" s="128">
-        <v>9482</v>
+        <v>12652</v>
       </c>
       <c r="C13" s="128">
-        <v>2660</v>
+        <v>3849</v>
       </c>
       <c r="D13" s="128">
-        <v>465</v>
+        <v>656</v>
       </c>
       <c r="E13" s="128">
-        <v>3854</v>
+        <v>5699</v>
       </c>
       <c r="F13" s="128">
-        <v>2504</v>
+        <v>2448</v>
       </c>
       <c r="G13" s="128">
-        <v>8862</v>
+        <v>11886</v>
       </c>
       <c r="H13" s="128">
-        <v>1842</v>
+        <v>2627</v>
       </c>
       <c r="I13" s="128">
-        <v>101</v>
+        <v>142</v>
       </c>
       <c r="J13" s="128">
-        <v>4875</v>
+        <v>6207</v>
       </c>
       <c r="K13" s="128">
-        <v>1071</v>
+        <v>1519</v>
       </c>
       <c r="L13" s="128">
-        <v>973</v>
+        <v>1391</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>620</v>
+        <v>766</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="128">
-        <v>36981</v>
+        <v>53090</v>
       </c>
       <c r="C15" s="128">
-        <v>24383</v>
+        <v>35210</v>
       </c>
       <c r="D15" s="128">
-        <v>4437</v>
+        <v>6422</v>
       </c>
       <c r="E15" s="128">
-        <v>4378</v>
+        <v>6243</v>
       </c>
       <c r="F15" s="128">
-        <v>3783</v>
+        <v>5214</v>
       </c>
       <c r="G15" s="128">
-        <v>29185</v>
+        <v>41963</v>
       </c>
       <c r="H15" s="128">
-        <v>16778</v>
+        <v>24018</v>
       </c>
       <c r="I15" s="128">
-        <v>276</v>
+        <v>401</v>
       </c>
       <c r="J15" s="128">
-        <v>1032</v>
+        <v>1626</v>
       </c>
       <c r="K15" s="128">
-        <v>5555</v>
+        <v>8222</v>
       </c>
       <c r="L15" s="128">
-        <v>5543</v>
+        <v>7697</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>7795</v>
+        <v>11127</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="128">
-        <v>19926</v>
+        <v>26627</v>
       </c>
       <c r="C17" s="128">
-        <v>8305</v>
+        <v>11555</v>
       </c>
       <c r="D17" s="128">
-        <v>4657</v>
+        <v>6944</v>
       </c>
       <c r="E17" s="128">
-        <v>6074</v>
+        <v>7010</v>
       </c>
       <c r="F17" s="128">
-        <v>891</v>
+        <v>1118</v>
       </c>
       <c r="G17" s="128">
-        <v>17340</v>
+        <v>21861</v>
       </c>
       <c r="H17" s="128">
-        <v>5183</v>
+        <v>7541</v>
       </c>
       <c r="I17" s="128">
-        <v>800</v>
+        <v>1181</v>
       </c>
       <c r="J17" s="128">
-        <v>4668</v>
+        <v>3930</v>
       </c>
       <c r="K17" s="128">
-        <v>2992</v>
+        <v>4226</v>
       </c>
       <c r="L17" s="128">
-        <v>3697</v>
+        <v>4983</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>2586</v>
+        <v>4766</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>184</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>185</v>
       </c>
       <c r="B19" s="128">
-        <v>26915</v>
+        <v>36380</v>
       </c>
       <c r="C19" s="128">
-        <v>13722</v>
+        <v>19750</v>
       </c>
       <c r="D19" s="128">
-        <v>2244</v>
+        <v>3233</v>
       </c>
       <c r="E19" s="128">
-        <v>8888</v>
+        <v>10964</v>
       </c>
       <c r="F19" s="128">
-        <v>2062</v>
+        <v>2433</v>
       </c>
       <c r="G19" s="128">
-        <v>21756</v>
+        <v>28783</v>
       </c>
       <c r="H19" s="128">
-        <v>7398</v>
+        <v>10586</v>
       </c>
       <c r="I19" s="128">
-        <v>101</v>
+        <v>146</v>
       </c>
       <c r="J19" s="128">
-        <v>9615</v>
+        <v>11117</v>
       </c>
       <c r="K19" s="128">
-        <v>2865</v>
+        <v>4292</v>
       </c>
       <c r="L19" s="128">
-        <v>1776</v>
+        <v>2642</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>5159</v>
+        <v>7597</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>186</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>187</v>
       </c>
       <c r="B21" s="128">
-        <v>7821</v>
+        <v>11017</v>
       </c>
       <c r="C21" s="128">
-        <v>4988</v>
+        <v>6993</v>
       </c>
       <c r="D21" s="128">
-        <v>1169</v>
+        <v>1689</v>
       </c>
       <c r="E21" s="128">
-        <v>776</v>
+        <v>1163</v>
       </c>
       <c r="F21" s="128">
-        <v>889</v>
+        <v>1173</v>
       </c>
       <c r="G21" s="128">
-        <v>4713</v>
+        <v>7194</v>
       </c>
       <c r="H21" s="128">
-        <v>2319</v>
+        <v>3224</v>
       </c>
       <c r="I21" s="128">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="J21" s="128">
-        <v>415</v>
+        <v>534</v>
       </c>
       <c r="K21" s="128">
-        <v>1328</v>
+        <v>1619</v>
       </c>
       <c r="L21" s="128">
-        <v>603</v>
+        <v>1752</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>3109</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>188</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>189</v>
       </c>
       <c r="B23" s="128">
-        <v>99277</v>
+        <v>116600</v>
       </c>
       <c r="C23" s="128">
-        <v>9102</v>
+        <v>13027</v>
       </c>
       <c r="D23" s="128">
-        <v>6929</v>
+        <v>10166</v>
       </c>
       <c r="E23" s="128">
-        <v>67077</v>
+        <v>80242</v>
       </c>
       <c r="F23" s="128">
-        <v>16169</v>
+        <v>13164</v>
       </c>
       <c r="G23" s="128">
-        <v>92212</v>
+        <v>106483</v>
       </c>
       <c r="H23" s="128">
-        <v>5005</v>
+        <v>7066</v>
       </c>
       <c r="I23" s="128">
-        <v>1644</v>
+        <v>2443</v>
       </c>
       <c r="J23" s="128">
-        <v>78184</v>
+        <v>86427</v>
       </c>
       <c r="K23" s="128">
-        <v>2918</v>
+        <v>4125</v>
       </c>
       <c r="L23" s="128">
-        <v>4462</v>
+        <v>6423</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>7065</v>
+        <v>10116</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>190</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>191</v>
       </c>
       <c r="B25" s="128">
-        <v>1608</v>
+        <v>2292</v>
       </c>
       <c r="C25" s="128">
-        <v>1269</v>
+        <v>1842</v>
       </c>
       <c r="D25" s="128">
-        <v>101</v>
+        <v>143</v>
       </c>
       <c r="E25" s="128">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="F25" s="128">
-        <v>223</v>
+        <v>281</v>
       </c>
       <c r="G25" s="128">
-        <v>1401</v>
+        <v>2008</v>
       </c>
       <c r="H25" s="128">
-        <v>705</v>
+        <v>1014</v>
       </c>
       <c r="I25" s="128">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="J25" s="128">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="K25" s="128">
-        <v>265</v>
+        <v>383</v>
       </c>
       <c r="L25" s="128">
-        <v>409</v>
+        <v>587</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>207</v>
+        <v>284</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>192</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>193</v>
       </c>
       <c r="B27" s="128">
-        <v>4184</v>
+        <v>6118</v>
       </c>
       <c r="C27" s="128">
-        <v>3644</v>
+        <v>5337</v>
       </c>
       <c r="D27" s="128">
-        <v>291</v>
+        <v>421</v>
       </c>
       <c r="E27" s="128">
-        <v>118</v>
+        <v>182</v>
       </c>
       <c r="F27" s="128">
-        <v>132</v>
+        <v>178</v>
       </c>
       <c r="G27" s="128">
-        <v>3374</v>
+        <v>4918</v>
       </c>
       <c r="H27" s="128">
-        <v>1720</v>
+        <v>2517</v>
       </c>
       <c r="I27" s="128">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="J27" s="128">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="K27" s="128">
-        <v>696</v>
+        <v>991</v>
       </c>
       <c r="L27" s="128">
-        <v>764</v>
+        <v>1182</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>810</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>194</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>195</v>
       </c>
       <c r="B29" s="128">
-        <v>35051</v>
+        <v>50280</v>
       </c>
       <c r="C29" s="128">
-        <v>15637</v>
+        <v>22503</v>
       </c>
       <c r="D29" s="128">
-        <v>3650</v>
+        <v>5348</v>
       </c>
       <c r="E29" s="128">
-        <v>12832</v>
+        <v>18525</v>
       </c>
       <c r="F29" s="128">
-        <v>2932</v>
+        <v>3904</v>
       </c>
       <c r="G29" s="128">
-        <v>32430</v>
+        <v>44787</v>
       </c>
       <c r="H29" s="128">
-        <v>9317</v>
+        <v>13373</v>
       </c>
       <c r="I29" s="128">
-        <v>916</v>
+        <v>1304</v>
       </c>
       <c r="J29" s="128">
-        <v>12308</v>
+        <v>17580</v>
       </c>
       <c r="K29" s="128">
-        <v>5748</v>
+        <v>7191</v>
       </c>
       <c r="L29" s="128">
-        <v>4141</v>
+        <v>5338</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>2621</v>
+        <v>5493</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>196</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="128">
-        <v>13411</v>
+        <v>19258</v>
       </c>
       <c r="C31" s="128">
-        <v>9935</v>
+        <v>14333</v>
       </c>
       <c r="D31" s="128">
-        <v>1182</v>
+        <v>1673</v>
       </c>
       <c r="E31" s="128">
-        <v>636</v>
+        <v>903</v>
       </c>
       <c r="F31" s="128">
-        <v>1658</v>
+        <v>2349</v>
       </c>
       <c r="G31" s="128">
-        <v>9511</v>
+        <v>13983</v>
       </c>
       <c r="H31" s="128">
-        <v>6524</v>
+        <v>9446</v>
       </c>
       <c r="I31" s="128">
-        <v>156</v>
+        <v>224</v>
       </c>
       <c r="J31" s="128">
-        <v>284</v>
+        <v>351</v>
       </c>
       <c r="K31" s="128">
-        <v>1733</v>
+        <v>2488</v>
       </c>
       <c r="L31" s="128">
-        <v>815</v>
+        <v>1474</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>3900</v>
+        <v>5275</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>198</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>199</v>
       </c>
       <c r="B33" s="128">
-        <v>5361</v>
+        <v>7752</v>
       </c>
       <c r="C33" s="128">
-        <v>4099</v>
+        <v>5924</v>
       </c>
       <c r="D33" s="128">
-        <v>746</v>
+        <v>1066</v>
       </c>
       <c r="E33" s="128">
-        <v>90</v>
+        <v>131</v>
       </c>
       <c r="F33" s="128">
-        <v>426</v>
+        <v>630</v>
       </c>
       <c r="G33" s="128">
-        <v>4703</v>
+        <v>6879</v>
       </c>
       <c r="H33" s="128">
-        <v>2595</v>
+        <v>3755</v>
       </c>
       <c r="I33" s="128">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="J33" s="128">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="K33" s="128">
-        <v>996</v>
+        <v>1429</v>
       </c>
       <c r="L33" s="128">
-        <v>1049</v>
+        <v>1612</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>658</v>
+        <v>873</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>200</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>201</v>
       </c>
       <c r="B35" s="128">
-        <v>3604</v>
+        <v>5173</v>
       </c>
       <c r="C35" s="128">
-        <v>3093</v>
+        <v>4469</v>
       </c>
       <c r="D35" s="128">
-        <v>319</v>
+        <v>434</v>
       </c>
       <c r="E35" s="128">
-        <v>81</v>
+        <v>133</v>
       </c>
       <c r="F35" s="128">
-        <v>110</v>
+        <v>137</v>
       </c>
       <c r="G35" s="128">
-        <v>2897</v>
+        <v>4102</v>
       </c>
       <c r="H35" s="128">
-        <v>1367</v>
+        <v>1980</v>
       </c>
       <c r="I35" s="128">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="J35" s="128">
-        <v>63</v>
+        <v>35</v>
       </c>
       <c r="K35" s="128">
-        <v>898</v>
+        <v>1300</v>
       </c>
       <c r="L35" s="128">
-        <v>555</v>
+        <v>767</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>707</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3"/>
@@ -37612,57 +37612,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -37863,831 +37863,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="116">
-        <v>23674</v>
+        <v>30196</v>
       </c>
       <c r="C11" s="116">
-        <v>12053</v>
+        <v>17357</v>
       </c>
       <c r="D11" s="116">
-        <v>4280</v>
+        <v>6231</v>
       </c>
       <c r="E11" s="116">
-        <v>3484</v>
+        <v>5549</v>
       </c>
       <c r="F11" s="116">
-        <v>3857</v>
+        <v>1059</v>
       </c>
       <c r="G11" s="116">
-        <v>20301</v>
+        <v>24853</v>
       </c>
       <c r="H11" s="116">
-        <v>6964</v>
+        <v>9967</v>
       </c>
       <c r="I11" s="116">
-        <v>1978</v>
+        <v>2877</v>
       </c>
       <c r="J11" s="116">
-        <v>4992</v>
+        <v>2715</v>
       </c>
       <c r="K11" s="116">
-        <v>2846</v>
+        <v>4031</v>
       </c>
       <c r="L11" s="116">
-        <v>3521</v>
+        <v>5264</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>3373</v>
+        <v>5342</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>203</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>204</v>
       </c>
       <c r="B13" s="128">
-        <v>18299</v>
+        <v>27161</v>
       </c>
       <c r="C13" s="128">
-        <v>8353</v>
+        <v>12162</v>
       </c>
       <c r="D13" s="128">
-        <v>1867</v>
+        <v>2741</v>
       </c>
       <c r="E13" s="128">
-        <v>5903</v>
+        <v>9148</v>
       </c>
       <c r="F13" s="128">
-        <v>2176</v>
+        <v>3110</v>
       </c>
       <c r="G13" s="128">
-        <v>17302</v>
+        <v>25628</v>
       </c>
       <c r="H13" s="128">
-        <v>6772</v>
+        <v>9789</v>
       </c>
       <c r="I13" s="128">
-        <v>520</v>
+        <v>729</v>
       </c>
       <c r="J13" s="128">
-        <v>5529</v>
+        <v>8673</v>
       </c>
       <c r="K13" s="128">
-        <v>2553</v>
+        <v>3748</v>
       </c>
       <c r="L13" s="128">
-        <v>1929</v>
+        <v>2689</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>997</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>205</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>206</v>
       </c>
       <c r="B15" s="128">
-        <v>47179</v>
+        <v>66388</v>
       </c>
       <c r="C15" s="128">
-        <v>20233</v>
+        <v>29569</v>
       </c>
       <c r="D15" s="128">
-        <v>5223</v>
+        <v>7603</v>
       </c>
       <c r="E15" s="128">
-        <v>17306</v>
+        <v>22859</v>
       </c>
       <c r="F15" s="128">
-        <v>4417</v>
+        <v>6355</v>
       </c>
       <c r="G15" s="128">
-        <v>39402</v>
+        <v>54847</v>
       </c>
       <c r="H15" s="128">
-        <v>13291</v>
+        <v>19184</v>
       </c>
       <c r="I15" s="128">
-        <v>919</v>
+        <v>1332</v>
       </c>
       <c r="J15" s="128">
-        <v>14193</v>
+        <v>20788</v>
       </c>
       <c r="K15" s="128">
-        <v>5194</v>
+        <v>7637</v>
       </c>
       <c r="L15" s="128">
-        <v>5805</v>
+        <v>5906</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>7777</v>
+        <v>11541</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>207</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>208</v>
       </c>
       <c r="B17" s="128">
-        <v>67230</v>
+        <v>92645</v>
       </c>
       <c r="C17" s="128">
-        <v>24723</v>
+        <v>35629</v>
       </c>
       <c r="D17" s="128">
-        <v>7140</v>
+        <v>9686</v>
       </c>
       <c r="E17" s="128">
-        <v>23461</v>
+        <v>29950</v>
       </c>
       <c r="F17" s="128">
-        <v>11906</v>
+        <v>17380</v>
       </c>
       <c r="G17" s="128">
-        <v>57719</v>
+        <v>79882</v>
       </c>
       <c r="H17" s="128">
-        <v>19176</v>
+        <v>27386</v>
       </c>
       <c r="I17" s="128">
-        <v>1377</v>
+        <v>2007</v>
       </c>
       <c r="J17" s="128">
-        <v>21217</v>
+        <v>26457</v>
       </c>
       <c r="K17" s="128">
-        <v>7772</v>
+        <v>10636</v>
       </c>
       <c r="L17" s="128">
-        <v>8177</v>
+        <v>13396</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>9510</v>
+        <v>12764</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>209</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>210</v>
       </c>
       <c r="B19" s="128">
-        <v>86953</v>
+        <v>107989</v>
       </c>
       <c r="C19" s="128">
-        <v>39098</v>
+        <v>56674</v>
       </c>
       <c r="D19" s="128">
-        <v>16361</v>
+        <v>24245</v>
       </c>
       <c r="E19" s="128">
-        <v>27403</v>
+        <v>21778</v>
       </c>
       <c r="F19" s="128">
-        <v>4091</v>
+        <v>5291</v>
       </c>
       <c r="G19" s="128">
-        <v>74441</v>
+        <v>90750</v>
       </c>
       <c r="H19" s="128">
-        <v>25151</v>
+        <v>36143</v>
       </c>
       <c r="I19" s="128">
-        <v>2763</v>
+        <v>3872</v>
       </c>
       <c r="J19" s="128">
-        <v>23259</v>
+        <v>15694</v>
       </c>
       <c r="K19" s="128">
-        <v>8820</v>
+        <v>13013</v>
       </c>
       <c r="L19" s="128">
-        <v>14448</v>
+        <v>22028</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>12512</v>
+        <v>17239</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>211</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>212</v>
       </c>
       <c r="B21" s="128">
-        <v>39407</v>
+        <v>52530</v>
       </c>
       <c r="C21" s="128">
-        <v>10760</v>
+        <v>15324</v>
       </c>
       <c r="D21" s="128">
-        <v>1824</v>
+        <v>2524</v>
       </c>
       <c r="E21" s="128">
-        <v>24700</v>
+        <v>31538</v>
       </c>
       <c r="F21" s="128">
-        <v>2123</v>
+        <v>3144</v>
       </c>
       <c r="G21" s="128">
-        <v>36339</v>
+        <v>48110</v>
       </c>
       <c r="H21" s="128">
-        <v>7143</v>
+        <v>10107</v>
       </c>
       <c r="I21" s="128">
-        <v>285</v>
+        <v>413</v>
       </c>
       <c r="J21" s="128">
-        <v>23467</v>
+        <v>29879</v>
       </c>
       <c r="K21" s="128">
-        <v>2940</v>
+        <v>4266</v>
       </c>
       <c r="L21" s="128">
-        <v>2504</v>
+        <v>3446</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>3069</v>
+        <v>4421</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>213</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>214</v>
       </c>
       <c r="B23" s="128">
-        <v>27727</v>
+        <v>38404</v>
       </c>
       <c r="C23" s="128">
-        <v>13854</v>
+        <v>20003</v>
       </c>
       <c r="D23" s="128">
-        <v>7934</v>
+        <v>11666</v>
       </c>
       <c r="E23" s="128">
-        <v>5837</v>
+        <v>6263</v>
       </c>
       <c r="F23" s="128">
-        <v>102</v>
+        <v>473</v>
       </c>
       <c r="G23" s="128">
-        <v>23015</v>
+        <v>31898</v>
       </c>
       <c r="H23" s="128">
-        <v>5173</v>
+        <v>7451</v>
       </c>
       <c r="I23" s="128">
-        <v>843</v>
+        <v>1180</v>
       </c>
       <c r="J23" s="128">
-        <v>4025</v>
+        <v>4589</v>
       </c>
       <c r="K23" s="128">
-        <v>6273</v>
+        <v>9122</v>
       </c>
       <c r="L23" s="128">
-        <v>6700</v>
+        <v>9556</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>4712</v>
+        <v>6506</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>215</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>216</v>
       </c>
       <c r="B25" s="128">
-        <v>84763</v>
+        <v>131196</v>
       </c>
       <c r="C25" s="128">
-        <v>31936</v>
+        <v>46153</v>
       </c>
       <c r="D25" s="128">
-        <v>12815</v>
+        <v>18937</v>
       </c>
       <c r="E25" s="128">
-        <v>35025</v>
+        <v>58536</v>
       </c>
       <c r="F25" s="128">
-        <v>4988</v>
+        <v>7570</v>
       </c>
       <c r="G25" s="128">
-        <v>73531</v>
+        <v>114187</v>
       </c>
       <c r="H25" s="128">
-        <v>20310</v>
+        <v>28810</v>
       </c>
       <c r="I25" s="128">
-        <v>3584</v>
+        <v>5176</v>
       </c>
       <c r="J25" s="128">
-        <v>32150</v>
+        <v>54685</v>
       </c>
       <c r="K25" s="128">
-        <v>9091</v>
+        <v>13324</v>
       </c>
       <c r="L25" s="128">
-        <v>8396</v>
+        <v>12193</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>11232</v>
+        <v>17008</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>217</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>218</v>
       </c>
       <c r="B27" s="128">
-        <v>6180</v>
+        <v>9039</v>
       </c>
       <c r="C27" s="128">
-        <v>4113</v>
+        <v>5956</v>
       </c>
       <c r="D27" s="128">
-        <v>915</v>
+        <v>1293</v>
       </c>
       <c r="E27" s="128">
-        <v>919</v>
+        <v>1503</v>
       </c>
       <c r="F27" s="128">
-        <v>232</v>
+        <v>288</v>
       </c>
       <c r="G27" s="128">
-        <v>5891</v>
+        <v>8674</v>
       </c>
       <c r="H27" s="128">
-        <v>3288</v>
+        <v>4740</v>
       </c>
       <c r="I27" s="128">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="J27" s="128">
-        <v>361</v>
+        <v>652</v>
       </c>
       <c r="K27" s="128">
-        <v>1201</v>
+        <v>1768</v>
       </c>
       <c r="L27" s="128">
-        <v>1002</v>
+        <v>1458</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>289</v>
+        <v>366</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>219</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>220</v>
       </c>
       <c r="B29" s="128">
-        <v>120018</v>
+        <v>173384</v>
       </c>
       <c r="C29" s="128">
-        <v>52303</v>
+        <v>75809</v>
       </c>
       <c r="D29" s="128">
-        <v>31209</v>
+        <v>45558</v>
       </c>
       <c r="E29" s="128">
-        <v>28365</v>
+        <v>41346</v>
       </c>
       <c r="F29" s="128">
-        <v>8140</v>
+        <v>10672</v>
       </c>
       <c r="G29" s="128">
-        <v>101978</v>
+        <v>147637</v>
       </c>
       <c r="H29" s="128">
-        <v>28718</v>
+        <v>41025</v>
       </c>
       <c r="I29" s="128">
-        <v>2441</v>
+        <v>3500</v>
       </c>
       <c r="J29" s="128">
-        <v>23651</v>
+        <v>34596</v>
       </c>
       <c r="K29" s="128">
-        <v>18493</v>
+        <v>27874</v>
       </c>
       <c r="L29" s="128">
-        <v>28675</v>
+        <v>40641</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>18040</v>
+        <v>25747</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>221</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>222</v>
       </c>
       <c r="B31" s="128">
-        <v>675</v>
+        <v>1021</v>
       </c>
       <c r="C31" s="128">
-        <v>598</v>
+        <v>906</v>
       </c>
       <c r="D31" s="128">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="E31" s="130">
         <v>0</v>
       </c>
       <c r="F31" s="128">
         <v>1</v>
       </c>
       <c r="G31" s="128">
-        <v>1313</v>
+        <v>1890</v>
       </c>
       <c r="H31" s="128">
+        <v>603</v>
+      </c>
+      <c r="I31" s="128">
+        <v>120</v>
+      </c>
+      <c r="J31" s="130">
+        <v>0</v>
+      </c>
+      <c r="K31" s="128">
         <v>392</v>
       </c>
-      <c r="I31" s="128">
-[...7 lines deleted...]
-      </c>
       <c r="L31" s="128">
-        <v>567</v>
+        <v>775</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>-638</v>
+        <v>-869</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>223</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>224</v>
       </c>
       <c r="B33" s="128">
-        <v>1940</v>
+        <v>2969</v>
       </c>
       <c r="C33" s="128">
-        <v>1593</v>
+        <v>2435</v>
       </c>
       <c r="D33" s="128">
-        <v>334</v>
+        <v>514</v>
       </c>
       <c r="E33" s="130">
         <v>0</v>
       </c>
       <c r="F33" s="128">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G33" s="128">
-        <v>2388</v>
+        <v>3473</v>
       </c>
       <c r="H33" s="128">
-        <v>689</v>
+        <v>1018</v>
       </c>
       <c r="I33" s="128">
-        <v>236</v>
+        <v>354</v>
       </c>
       <c r="J33" s="130">
         <v>0</v>
       </c>
       <c r="K33" s="128">
-        <v>489</v>
+        <v>694</v>
       </c>
       <c r="L33" s="128">
-        <v>974</v>
+        <v>1407</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>-448</v>
+        <v>-505</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>225</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>226</v>
       </c>
       <c r="B35" s="128">
-        <v>601</v>
+        <v>889</v>
       </c>
       <c r="C35" s="128">
-        <v>536</v>
+        <v>793</v>
       </c>
       <c r="D35" s="128">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E35" s="128">
-        <v>54</v>
+        <v>79</v>
       </c>
       <c r="F35" s="128">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G35" s="128">
-        <v>969</v>
+        <v>1397</v>
       </c>
       <c r="H35" s="128">
-        <v>439</v>
+        <v>648</v>
       </c>
       <c r="I35" s="128">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="J35" s="128">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="K35" s="128">
-        <v>161</v>
+        <v>231</v>
       </c>
       <c r="L35" s="128">
-        <v>336</v>
+        <v>488</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>-368</v>
+        <v>-508</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>227</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32"/>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
@@ -39060,57 +39060,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -39311,831 +39311,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>295311</v>
+        <v>411473</v>
       </c>
       <c r="C11" s="117">
-        <v>193657</v>
+        <v>277503</v>
       </c>
       <c r="D11" s="117">
-        <v>5560</v>
+        <v>7661</v>
       </c>
       <c r="E11" s="117">
-        <v>86376</v>
+        <v>112826</v>
       </c>
       <c r="F11" s="117">
-        <v>9718</v>
+        <v>13483</v>
       </c>
       <c r="G11" s="117">
-        <v>243142</v>
+        <v>333932</v>
       </c>
       <c r="H11" s="117">
-        <v>97948</v>
+        <v>136153</v>
       </c>
       <c r="I11" s="117">
-        <v>361</v>
+        <v>525</v>
       </c>
       <c r="J11" s="117">
-        <v>72955</v>
+        <v>94502</v>
       </c>
       <c r="K11" s="117">
-        <v>718</v>
+        <v>1120</v>
       </c>
       <c r="L11" s="117">
-        <v>71160</v>
+        <v>101631</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>52170</v>
+        <v>77542</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="128">
-        <v>17108</v>
+        <v>24579</v>
       </c>
       <c r="C13" s="128">
-        <v>16469</v>
+        <v>23406</v>
       </c>
       <c r="D13" s="128">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="E13" s="128">
-        <v>607</v>
+        <v>1132</v>
       </c>
       <c r="F13" s="128">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="G13" s="128">
-        <v>15103</v>
+        <v>21664</v>
       </c>
       <c r="H13" s="128">
-        <v>6245</v>
+        <v>8814</v>
       </c>
       <c r="I13" s="128">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="J13" s="128">
-        <v>579</v>
+        <v>1146</v>
       </c>
       <c r="K13" s="128">
-        <v>37</v>
+        <v>54</v>
       </c>
       <c r="L13" s="128">
-        <v>8221</v>
+        <v>11621</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>2006</v>
+        <v>2915</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="128">
-        <v>4495</v>
+        <v>6322</v>
       </c>
       <c r="C15" s="128">
-        <v>4156</v>
+        <v>5872</v>
       </c>
       <c r="D15" s="128">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="E15" s="128">
-        <v>88</v>
+        <v>109</v>
       </c>
       <c r="F15" s="128">
-        <v>210</v>
+        <v>279</v>
       </c>
       <c r="G15" s="128">
-        <v>3868</v>
+        <v>5352</v>
       </c>
       <c r="H15" s="128">
-        <v>1564</v>
+        <v>2080</v>
       </c>
       <c r="I15" s="128">
         <v>0</v>
       </c>
       <c r="J15" s="128">
-        <v>49</v>
+        <v>64</v>
       </c>
       <c r="K15" s="128">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="L15" s="128">
-        <v>2248</v>
+        <v>3197</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>626</v>
+        <v>970</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="128">
-        <v>9326</v>
+        <v>13215</v>
       </c>
       <c r="C17" s="128">
-        <v>9178</v>
+        <v>12944</v>
       </c>
       <c r="D17" s="128">
-        <v>78</v>
+        <v>117</v>
       </c>
       <c r="E17" s="128">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="F17" s="128">
-        <v>8</v>
+        <v>60</v>
       </c>
       <c r="G17" s="128">
-        <v>8449</v>
+        <v>11894</v>
       </c>
       <c r="H17" s="128">
-        <v>8357</v>
+        <v>11709</v>
       </c>
       <c r="I17" s="128">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="J17" s="128">
         <v>1</v>
       </c>
       <c r="K17" s="128">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="L17" s="128">
-        <v>63</v>
+        <v>142</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>877</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="128">
-        <v>14597</v>
+        <v>20763</v>
       </c>
       <c r="C19" s="128">
-        <v>12498</v>
+        <v>17740</v>
       </c>
       <c r="D19" s="128">
-        <v>145</v>
+        <v>205</v>
       </c>
       <c r="E19" s="128">
-        <v>1902</v>
+        <v>2667</v>
       </c>
       <c r="F19" s="128">
-        <v>52</v>
+        <v>152</v>
       </c>
       <c r="G19" s="128">
-        <v>13402</v>
+        <v>18962</v>
       </c>
       <c r="H19" s="128">
-        <v>9294</v>
+        <v>13257</v>
       </c>
       <c r="I19" s="128">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="J19" s="128">
-        <v>163</v>
+        <v>212</v>
       </c>
       <c r="K19" s="128">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L19" s="128">
-        <v>3898</v>
+        <v>5426</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>1194</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="128">
-        <v>11320</v>
+        <v>16430</v>
       </c>
       <c r="C21" s="128">
-        <v>10039</v>
+        <v>14260</v>
       </c>
       <c r="D21" s="128">
-        <v>95</v>
+        <v>128</v>
       </c>
       <c r="E21" s="128">
-        <v>972</v>
+        <v>1417</v>
       </c>
       <c r="F21" s="128">
-        <v>213</v>
+        <v>625</v>
       </c>
       <c r="G21" s="128">
-        <v>10942</v>
+        <v>15721</v>
       </c>
       <c r="H21" s="128">
-        <v>9813</v>
+        <v>13769</v>
       </c>
       <c r="I21" s="128">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="J21" s="128">
-        <v>1026</v>
+        <v>1804</v>
       </c>
       <c r="K21" s="128">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="L21" s="128">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>378</v>
+        <v>710</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="128">
-        <v>9697</v>
+        <v>13723</v>
       </c>
       <c r="C23" s="128">
-        <v>9126</v>
+        <v>12880</v>
       </c>
       <c r="D23" s="128">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="E23" s="128">
-        <v>217</v>
+        <v>284</v>
       </c>
       <c r="F23" s="128">
-        <v>292</v>
+        <v>478</v>
       </c>
       <c r="G23" s="128">
-        <v>8183</v>
+        <v>11536</v>
       </c>
       <c r="H23" s="128">
-        <v>2923</v>
+        <v>3966</v>
       </c>
       <c r="I23" s="128">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="J23" s="128">
-        <v>76</v>
+        <v>108</v>
       </c>
       <c r="K23" s="128">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="L23" s="128">
-        <v>5159</v>
+        <v>7428</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>1514</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="128">
-        <v>4422</v>
+        <v>6234</v>
       </c>
       <c r="C25" s="128">
-        <v>2918</v>
+        <v>4303</v>
       </c>
       <c r="D25" s="128">
-        <v>253</v>
+        <v>361</v>
       </c>
       <c r="E25" s="128">
-        <v>1121</v>
+        <v>1322</v>
       </c>
       <c r="F25" s="128">
-        <v>130</v>
+        <v>247</v>
       </c>
       <c r="G25" s="128">
-        <v>2603</v>
+        <v>3446</v>
       </c>
       <c r="H25" s="128">
-        <v>1542</v>
+        <v>2221</v>
       </c>
       <c r="I25" s="128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J25" s="128">
-        <v>1003</v>
+        <v>1155</v>
       </c>
       <c r="K25" s="128">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="L25" s="128">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>1819</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="128">
-        <v>24106</v>
+        <v>34421</v>
       </c>
       <c r="C27" s="128">
-        <v>17070</v>
+        <v>24299</v>
       </c>
       <c r="D27" s="128">
-        <v>340</v>
+        <v>490</v>
       </c>
       <c r="E27" s="128">
-        <v>6479</v>
+        <v>9323</v>
       </c>
       <c r="F27" s="128">
-        <v>217</v>
+        <v>308</v>
       </c>
       <c r="G27" s="128">
-        <v>18268</v>
+        <v>26015</v>
       </c>
       <c r="H27" s="128">
-        <v>6829</v>
+        <v>9522</v>
       </c>
       <c r="I27" s="128">
+        <v>55</v>
+      </c>
+      <c r="J27" s="128">
+        <v>8031</v>
+      </c>
+      <c r="K27" s="128">
         <v>40</v>
       </c>
-      <c r="J27" s="128">
-[...4 lines deleted...]
-      </c>
       <c r="L27" s="128">
-        <v>5858</v>
+        <v>8368</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>5838</v>
+        <v>8405</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>169</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>170</v>
       </c>
       <c r="B29" s="128">
-        <v>23594</v>
+        <v>32149</v>
       </c>
       <c r="C29" s="128">
-        <v>14874</v>
+        <v>21529</v>
       </c>
       <c r="D29" s="128">
-        <v>443</v>
+        <v>505</v>
       </c>
       <c r="E29" s="128">
-        <v>7681</v>
+        <v>9519</v>
       </c>
       <c r="F29" s="128">
-        <v>597</v>
+        <v>596</v>
       </c>
       <c r="G29" s="128">
-        <v>19603</v>
+        <v>26775</v>
       </c>
       <c r="H29" s="128">
-        <v>2189</v>
+        <v>3015</v>
       </c>
       <c r="I29" s="128">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="J29" s="128">
-        <v>6332</v>
+        <v>7175</v>
       </c>
       <c r="K29" s="128">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="L29" s="128">
-        <v>11036</v>
+        <v>16520</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>3991</v>
+        <v>5374</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>171</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>172</v>
       </c>
       <c r="B31" s="128">
-        <v>2623</v>
+        <v>3754</v>
       </c>
       <c r="C31" s="128">
-        <v>2584</v>
+        <v>3687</v>
       </c>
       <c r="D31" s="128">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E31" s="128">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="F31" s="128">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G31" s="128">
-        <v>2212</v>
+        <v>3167</v>
       </c>
       <c r="H31" s="128">
-        <v>1845</v>
+        <v>2662</v>
       </c>
       <c r="I31" s="128">
         <v>0</v>
       </c>
-      <c r="J31" s="128">
-        <v>2</v>
+      <c r="J31" s="130">
+        <v>0</v>
       </c>
       <c r="K31" s="128">
         <v>10</v>
       </c>
       <c r="L31" s="128">
-        <v>355</v>
+        <v>494</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>410</v>
+        <v>587</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>173</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>174</v>
       </c>
       <c r="B33" s="128">
-        <v>1312</v>
+        <v>1870</v>
       </c>
       <c r="C33" s="128">
-        <v>1205</v>
+        <v>1673</v>
       </c>
       <c r="D33" s="128">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="E33" s="128">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="F33" s="128">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="G33" s="128">
-        <v>1438</v>
+        <v>1988</v>
       </c>
       <c r="H33" s="128">
-        <v>392</v>
+        <v>495</v>
       </c>
       <c r="I33" s="128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J33" s="130">
         <v>0</v>
       </c>
       <c r="K33" s="128">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L33" s="128">
-        <v>1037</v>
+        <v>1482</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>-126</v>
+        <v>-118</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="128">
-        <v>13182</v>
+        <v>18120</v>
       </c>
       <c r="C35" s="128">
-        <v>11340</v>
+        <v>15584</v>
       </c>
       <c r="D35" s="128">
-        <v>299</v>
+        <v>403</v>
       </c>
       <c r="E35" s="128">
-        <v>1196</v>
+        <v>1742</v>
       </c>
       <c r="F35" s="128">
-        <v>347</v>
+        <v>391</v>
       </c>
       <c r="G35" s="128">
-        <v>10393</v>
+        <v>14263</v>
       </c>
       <c r="H35" s="128">
-        <v>5859</v>
+        <v>8229</v>
       </c>
       <c r="I35" s="128">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="J35" s="128">
-        <v>108</v>
+        <v>166</v>
       </c>
       <c r="K35" s="128">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="L35" s="128">
-        <v>4380</v>
+        <v>5804</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>2789</v>
+        <v>3857</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -40151,51 +40151,51 @@
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
     </row>
     <row r="38" spans="1:14" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
     </row>
     <row r="39" spans="1:14" ht="13.5" customHeight="1">
       <c r="A39" s="3" t="str">
         <f>'10-2'!A39</f>
-        <v>　　　　　2.至114年7月止，38家本國銀行放款及催收款之備抵呆帳餘額為587,711百萬元，114年1至7月轉銷呆帳31,997百萬元。</v>
+        <v>　　　　　2.至114年10月止，38家本國銀行放款及催收款之備抵呆帳餘額為597,762百萬元，114年1至10月轉銷呆帳46,605百萬元。</v>
       </c>
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
       <c r="N39" s="3"/>
     </row>
     <row r="40" spans="1:14" ht="13.5" customHeight="1">
       <c r="A40" s="3"/>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
@@ -40515,57 +40515,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -40766,831 +40766,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="116">
-        <v>4378</v>
+        <v>6388</v>
       </c>
       <c r="C11" s="116">
-        <v>4117</v>
+        <v>6107</v>
       </c>
       <c r="D11" s="116">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="E11" s="116">
-        <v>96</v>
+        <v>160</v>
       </c>
       <c r="F11" s="116">
-        <v>133</v>
+        <v>78</v>
       </c>
       <c r="G11" s="116">
-        <v>3478</v>
+        <v>5097</v>
       </c>
       <c r="H11" s="116">
-        <v>1104</v>
+        <v>1681</v>
       </c>
       <c r="I11" s="116">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="J11" s="116">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K11" s="116">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="L11" s="116">
-        <v>2268</v>
+        <v>3299</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>900</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>178</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>179</v>
       </c>
       <c r="B13" s="128">
-        <v>1942</v>
+        <v>2853</v>
       </c>
       <c r="C13" s="128">
-        <v>1715</v>
+        <v>2525</v>
       </c>
       <c r="D13" s="128">
-        <v>60</v>
+        <v>97</v>
       </c>
       <c r="E13" s="128">
-        <v>151</v>
+        <v>207</v>
       </c>
       <c r="F13" s="128">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="G13" s="128">
-        <v>1700</v>
+        <v>2472</v>
       </c>
       <c r="H13" s="128">
-        <v>1544</v>
+        <v>2265</v>
       </c>
       <c r="I13" s="128">
         <v>0</v>
       </c>
       <c r="J13" s="128">
-        <v>126</v>
+        <v>168</v>
       </c>
       <c r="K13" s="130">
         <v>0</v>
       </c>
       <c r="L13" s="128">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>242</v>
+        <v>381</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="128">
-        <v>4509</v>
+        <v>6580</v>
       </c>
       <c r="C15" s="128">
-        <v>4098</v>
+        <v>5959</v>
       </c>
       <c r="D15" s="128">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="E15" s="128">
-        <v>309</v>
+        <v>486</v>
       </c>
       <c r="F15" s="128">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="G15" s="128">
-        <v>4121</v>
+        <v>5911</v>
       </c>
       <c r="H15" s="128">
-        <v>3091</v>
+        <v>4365</v>
       </c>
       <c r="I15" s="128">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="J15" s="128">
-        <v>318</v>
+        <v>490</v>
       </c>
       <c r="K15" s="128">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="L15" s="128">
-        <v>694</v>
+        <v>1029</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>388</v>
+        <v>668</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="128">
-        <v>6313</v>
+        <v>8350</v>
       </c>
       <c r="C17" s="128">
-        <v>4758</v>
+        <v>6605</v>
       </c>
       <c r="D17" s="128">
-        <v>77</v>
+        <v>167</v>
       </c>
       <c r="E17" s="128">
-        <v>1075</v>
+        <v>1203</v>
       </c>
       <c r="F17" s="128">
-        <v>404</v>
+        <v>375</v>
       </c>
       <c r="G17" s="128">
-        <v>5320</v>
+        <v>7115</v>
       </c>
       <c r="H17" s="128">
-        <v>3808</v>
+        <v>4934</v>
       </c>
       <c r="I17" s="128">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J17" s="128">
-        <v>929</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1161</v>
+      </c>
+      <c r="K17" s="128">
+        <v>147</v>
       </c>
       <c r="L17" s="128">
-        <v>579</v>
+        <v>867</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>993</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>184</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>185</v>
       </c>
       <c r="B19" s="128">
-        <v>4319</v>
+        <v>6215</v>
       </c>
       <c r="C19" s="128">
-        <v>2748</v>
+        <v>3987</v>
       </c>
       <c r="D19" s="128">
-        <v>88</v>
+        <v>117</v>
       </c>
       <c r="E19" s="128">
-        <v>1343</v>
+        <v>1871</v>
       </c>
       <c r="F19" s="128">
-        <v>140</v>
+        <v>240</v>
       </c>
       <c r="G19" s="128">
-        <v>3596</v>
+        <v>5160</v>
       </c>
       <c r="H19" s="128">
-        <v>2115</v>
+        <v>3064</v>
       </c>
       <c r="I19" s="128">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J19" s="128">
-        <v>1275</v>
+        <v>1759</v>
       </c>
       <c r="K19" s="130">
         <v>0</v>
       </c>
       <c r="L19" s="128">
-        <v>201</v>
+        <v>329</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>723</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>186</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>187</v>
       </c>
       <c r="B21" s="128">
-        <v>1744</v>
+        <v>2197</v>
       </c>
       <c r="C21" s="128">
-        <v>1075</v>
+        <v>1429</v>
       </c>
       <c r="D21" s="128">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="E21" s="128">
-        <v>105</v>
+        <v>185</v>
       </c>
       <c r="F21" s="128">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="G21" s="128">
-        <v>1819</v>
+        <v>2062</v>
       </c>
       <c r="H21" s="128">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="I21" s="130">
         <v>0</v>
       </c>
       <c r="J21" s="130">
         <v>0</v>
       </c>
       <c r="K21" s="128">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L21" s="128">
-        <v>1730</v>
+        <v>1966</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>-75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>188</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>189</v>
       </c>
       <c r="B23" s="128">
-        <v>4425</v>
+        <v>5393</v>
       </c>
       <c r="C23" s="128">
-        <v>361</v>
+        <v>498</v>
       </c>
       <c r="D23" s="128">
-        <v>188</v>
+        <v>272</v>
       </c>
       <c r="E23" s="128">
-        <v>3099</v>
+        <v>3519</v>
       </c>
       <c r="F23" s="128">
-        <v>776</v>
+        <v>1104</v>
       </c>
       <c r="G23" s="128">
-        <v>4015</v>
+        <v>4777</v>
       </c>
       <c r="H23" s="128">
-        <v>795</v>
+        <v>1112</v>
       </c>
       <c r="I23" s="128">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="J23" s="128">
-        <v>3057</v>
+        <v>3488</v>
       </c>
       <c r="K23" s="130">
         <v>0</v>
       </c>
       <c r="L23" s="128">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>410</v>
+        <v>615</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>190</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>191</v>
       </c>
       <c r="B25" s="128">
-        <v>96</v>
+        <v>135</v>
       </c>
       <c r="C25" s="128">
-        <v>91</v>
+        <v>129</v>
       </c>
       <c r="D25" s="128">
         <v>0</v>
       </c>
       <c r="E25" s="128">
         <v>1</v>
       </c>
       <c r="F25" s="128">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G25" s="128">
-        <v>107</v>
+        <v>150</v>
       </c>
       <c r="H25" s="128">
         <v>6</v>
       </c>
       <c r="I25" s="130">
         <v>0</v>
       </c>
       <c r="J25" s="128">
         <v>3</v>
       </c>
       <c r="K25" s="128">
         <v>2</v>
       </c>
       <c r="L25" s="128">
-        <v>96</v>
+        <v>138</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>-11</v>
+        <v>-14</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>192</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>193</v>
       </c>
       <c r="B27" s="128">
-        <v>160</v>
+        <v>228</v>
       </c>
       <c r="C27" s="128">
-        <v>152</v>
+        <v>217</v>
       </c>
       <c r="D27" s="128">
         <v>0</v>
       </c>
       <c r="E27" s="128">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F27" s="128">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G27" s="128">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="H27" s="128">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I27" s="128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J27" s="128">
         <v>3</v>
       </c>
       <c r="K27" s="128">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L27" s="128">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>44</v>
+        <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>194</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>195</v>
       </c>
       <c r="B29" s="128">
-        <v>2520</v>
+        <v>3507</v>
       </c>
       <c r="C29" s="128">
-        <v>2105</v>
+        <v>2962</v>
       </c>
       <c r="D29" s="128">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="E29" s="128">
-        <v>339</v>
+        <v>450</v>
       </c>
       <c r="F29" s="128">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G29" s="128">
-        <v>2626</v>
+        <v>3647</v>
       </c>
       <c r="H29" s="128">
-        <v>600</v>
+        <v>850</v>
       </c>
       <c r="I29" s="128">
         <v>0</v>
       </c>
       <c r="J29" s="128">
-        <v>131</v>
+        <v>179</v>
       </c>
       <c r="K29" s="130">
         <v>0</v>
       </c>
       <c r="L29" s="128">
-        <v>1895</v>
+        <v>2618</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>-106</v>
+        <v>-140</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>196</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="128">
-        <v>1626</v>
+        <v>2329</v>
       </c>
       <c r="C31" s="128">
-        <v>1588</v>
+        <v>2279</v>
       </c>
       <c r="D31" s="128">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E31" s="128">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F31" s="128">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="G31" s="128">
-        <v>1705</v>
+        <v>2348</v>
       </c>
       <c r="H31" s="128">
-        <v>208</v>
+        <v>272</v>
       </c>
       <c r="I31" s="128">
         <v>0</v>
       </c>
       <c r="J31" s="128">
         <v>0</v>
       </c>
       <c r="K31" s="128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L31" s="128">
-        <v>1495</v>
+        <v>2072</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>-79</v>
+        <v>-19</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>198</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>199</v>
       </c>
       <c r="B33" s="128">
-        <v>1039</v>
+        <v>1497</v>
       </c>
       <c r="C33" s="128">
-        <v>986</v>
+        <v>1419</v>
       </c>
       <c r="D33" s="128">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="E33" s="128">
         <v>2</v>
       </c>
       <c r="F33" s="128">
         <v>7</v>
       </c>
       <c r="G33" s="128">
-        <v>613</v>
+        <v>855</v>
       </c>
       <c r="H33" s="128">
-        <v>285</v>
+        <v>389</v>
       </c>
       <c r="I33" s="128">
         <v>0</v>
       </c>
       <c r="J33" s="128">
+        <v>1</v>
+      </c>
+      <c r="K33" s="128">
         <v>2</v>
       </c>
-      <c r="K33" s="128">
-[...1 lines deleted...]
-      </c>
       <c r="L33" s="128">
-        <v>326</v>
+        <v>463</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>426</v>
+        <v>642</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>200</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>201</v>
       </c>
       <c r="B35" s="128">
-        <v>77</v>
+        <v>115</v>
       </c>
       <c r="C35" s="128">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="D35" s="128">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E35" s="130">
         <v>0</v>
       </c>
       <c r="F35" s="128">
         <v>0</v>
       </c>
       <c r="G35" s="128">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="H35" s="128">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I35" s="128">
         <v>0</v>
       </c>
       <c r="J35" s="130">
         <v>0</v>
       </c>
       <c r="K35" s="128">
         <v>0</v>
       </c>
       <c r="L35" s="128">
+        <v>66</v>
+      </c>
+      <c r="M35" s="130">
+        <v>0</v>
+      </c>
+      <c r="N35" s="132">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3"/>
@@ -41967,57 +41967,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 - 7月</v>
+        <v>114年 1 -10月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - July 2025</v>
+        <v> Jan. - Oct. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -42218,645 +42218,645 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="116">
-        <v>1985</v>
+        <v>2763</v>
       </c>
       <c r="C11" s="116">
-        <v>1777</v>
+        <v>2523</v>
       </c>
       <c r="D11" s="116">
-        <v>38</v>
+        <v>67</v>
       </c>
       <c r="E11" s="116">
         <v>1</v>
       </c>
       <c r="F11" s="116">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="G11" s="116">
-        <v>1535</v>
+        <v>2151</v>
       </c>
       <c r="H11" s="116">
-        <v>1495</v>
+        <v>2074</v>
       </c>
       <c r="I11" s="116">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J11" s="116">
         <v>1</v>
       </c>
       <c r="K11" s="116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L11" s="116">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>450</v>
+        <v>612</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>203</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>204</v>
       </c>
       <c r="B13" s="128">
-        <v>4897</v>
+        <v>6752</v>
       </c>
       <c r="C13" s="128">
-        <v>2773</v>
+        <v>3951</v>
       </c>
       <c r="D13" s="128">
-        <v>302</v>
+        <v>378</v>
       </c>
       <c r="E13" s="128">
-        <v>1802</v>
+        <v>2409</v>
       </c>
       <c r="F13" s="128">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="G13" s="128">
-        <v>3464</v>
+        <v>4604</v>
       </c>
       <c r="H13" s="128">
-        <v>801</v>
+        <v>1090</v>
       </c>
       <c r="I13" s="128">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="J13" s="128">
-        <v>774</v>
+        <v>965</v>
       </c>
       <c r="K13" s="128">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="L13" s="128">
-        <v>1864</v>
+        <v>2513</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>1433</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>205</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>206</v>
       </c>
       <c r="B15" s="128">
-        <v>5230</v>
+        <v>7806</v>
       </c>
       <c r="C15" s="128">
-        <v>4186</v>
+        <v>6117</v>
       </c>
       <c r="D15" s="128">
-        <v>69</v>
+        <v>115</v>
       </c>
       <c r="E15" s="128">
-        <v>786</v>
+        <v>1291</v>
       </c>
       <c r="F15" s="128">
-        <v>189</v>
+        <v>282</v>
       </c>
       <c r="G15" s="128">
-        <v>5249</v>
+        <v>7803</v>
       </c>
       <c r="H15" s="128">
-        <v>1094</v>
+        <v>1454</v>
       </c>
       <c r="I15" s="128">
         <v>1</v>
       </c>
       <c r="J15" s="128">
-        <v>654</v>
+        <v>923</v>
       </c>
       <c r="K15" s="128">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L15" s="128">
-        <v>3495</v>
+        <v>5417</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>-19</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>207</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>208</v>
       </c>
       <c r="B17" s="128">
-        <v>23323</v>
+        <v>29962</v>
       </c>
       <c r="C17" s="128">
-        <v>13309</v>
+        <v>19112</v>
       </c>
       <c r="D17" s="128">
-        <v>896</v>
+        <v>1142</v>
       </c>
       <c r="E17" s="128">
-        <v>8855</v>
+        <v>9399</v>
       </c>
       <c r="F17" s="128">
-        <v>264</v>
+        <v>309</v>
       </c>
       <c r="G17" s="128">
-        <v>20294</v>
+        <v>25574</v>
       </c>
       <c r="H17" s="128">
-        <v>5372</v>
+        <v>7231</v>
       </c>
       <c r="I17" s="128">
-        <v>19</v>
+        <v>28</v>
       </c>
       <c r="J17" s="128">
-        <v>8079</v>
+        <v>8198</v>
       </c>
       <c r="K17" s="128">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="L17" s="128">
-        <v>6773</v>
+        <v>10046</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>3030</v>
+        <v>4387</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>209</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>210</v>
       </c>
       <c r="B19" s="128">
-        <v>35131</v>
+        <v>49804</v>
       </c>
       <c r="C19" s="128">
-        <v>6143</v>
+        <v>9056</v>
       </c>
       <c r="D19" s="128">
-        <v>337</v>
+        <v>488</v>
       </c>
       <c r="E19" s="128">
-        <v>28499</v>
+        <v>39983</v>
       </c>
       <c r="F19" s="128">
-        <v>153</v>
+        <v>276</v>
       </c>
       <c r="G19" s="128">
-        <v>29785</v>
+        <v>42177</v>
       </c>
       <c r="H19" s="128">
-        <v>3807</v>
+        <v>5500</v>
       </c>
       <c r="I19" s="128">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="J19" s="128">
-        <v>24934</v>
+        <v>35035</v>
       </c>
       <c r="K19" s="130">
         <v>0</v>
       </c>
       <c r="L19" s="128">
-        <v>1014</v>
+        <v>1599</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>5346</v>
+        <v>7627</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>211</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>212</v>
       </c>
       <c r="B21" s="128">
-        <v>6194</v>
+        <v>8660</v>
       </c>
       <c r="C21" s="128">
-        <v>4594</v>
+        <v>6502</v>
       </c>
       <c r="D21" s="128">
-        <v>375</v>
+        <v>484</v>
       </c>
       <c r="E21" s="128">
-        <v>940</v>
+        <v>1278</v>
       </c>
       <c r="F21" s="128">
-        <v>285</v>
+        <v>397</v>
       </c>
       <c r="G21" s="128">
-        <v>4606</v>
+        <v>6266</v>
       </c>
       <c r="H21" s="128">
-        <v>2682</v>
+        <v>3426</v>
       </c>
       <c r="I21" s="128">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J21" s="128">
-        <v>725</v>
+        <v>1000</v>
       </c>
       <c r="K21" s="128">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="L21" s="128">
-        <v>1146</v>
+        <v>1764</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>1588</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>213</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>214</v>
       </c>
       <c r="B23" s="128">
-        <v>3672</v>
+        <v>5363</v>
       </c>
       <c r="C23" s="128">
-        <v>1633</v>
+        <v>2600</v>
       </c>
       <c r="D23" s="128">
-        <v>413</v>
+        <v>651</v>
       </c>
       <c r="E23" s="128">
-        <v>430</v>
+        <v>500</v>
       </c>
       <c r="F23" s="128">
-        <v>1196</v>
+        <v>1611</v>
       </c>
       <c r="G23" s="128">
-        <v>2103</v>
+        <v>3024</v>
       </c>
       <c r="H23" s="128">
-        <v>1525</v>
+        <v>2217</v>
       </c>
       <c r="I23" s="128">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="J23" s="128">
-        <v>8</v>
+        <v>38</v>
       </c>
       <c r="K23" s="128">
-        <v>228</v>
+        <v>308</v>
       </c>
       <c r="L23" s="128">
-        <v>336</v>
+        <v>453</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>1569</v>
+        <v>2339</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>215</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>216</v>
       </c>
       <c r="B25" s="128">
-        <v>21525</v>
+        <v>27829</v>
       </c>
       <c r="C25" s="128">
-        <v>8615</v>
+        <v>12400</v>
       </c>
       <c r="D25" s="128">
-        <v>240</v>
+        <v>342</v>
       </c>
       <c r="E25" s="128">
-        <v>12336</v>
+        <v>14685</v>
       </c>
       <c r="F25" s="128">
-        <v>334</v>
+        <v>402</v>
       </c>
       <c r="G25" s="128">
-        <v>19485</v>
+        <v>24695</v>
       </c>
       <c r="H25" s="128">
-        <v>3757</v>
+        <v>5247</v>
       </c>
       <c r="I25" s="128">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="J25" s="128">
-        <v>11900</v>
+        <v>13942</v>
       </c>
       <c r="K25" s="128">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="L25" s="128">
-        <v>3782</v>
+        <v>5440</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>2040</v>
+        <v>3133</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>217</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>218</v>
       </c>
       <c r="B27" s="128">
-        <v>1318</v>
+        <v>1958</v>
       </c>
       <c r="C27" s="128">
-        <v>1158</v>
+        <v>1733</v>
       </c>
       <c r="D27" s="128">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="E27" s="128">
-        <v>81</v>
+        <v>105</v>
       </c>
       <c r="F27" s="128">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G27" s="128">
-        <v>601</v>
+        <v>896</v>
       </c>
       <c r="H27" s="128">
-        <v>349</v>
+        <v>524</v>
       </c>
       <c r="I27" s="128">
         <v>1</v>
       </c>
       <c r="J27" s="128">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="K27" s="128">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L27" s="128">
-        <v>171</v>
+        <v>271</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>717</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>219</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>220</v>
       </c>
       <c r="B29" s="128">
-        <v>23107</v>
+        <v>33209</v>
       </c>
       <c r="C29" s="128">
-        <v>14140</v>
+        <v>21105</v>
       </c>
       <c r="D29" s="128">
-        <v>420</v>
+        <v>560</v>
       </c>
       <c r="E29" s="128">
-        <v>5688</v>
+        <v>7292</v>
       </c>
       <c r="F29" s="128">
-        <v>2859</v>
+        <v>4252</v>
       </c>
       <c r="G29" s="128">
-        <v>12291</v>
+        <v>16136</v>
       </c>
       <c r="H29" s="128">
-        <v>6552</v>
+        <v>8588</v>
       </c>
       <c r="I29" s="128">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="J29" s="128">
-        <v>5099</v>
+        <v>7185</v>
       </c>
       <c r="K29" s="130">
         <v>0</v>
       </c>
       <c r="L29" s="128">
-        <v>596</v>
+        <v>298</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>10816</v>
+        <v>17073</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>221</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>222</v>
       </c>
       <c r="B31" s="130">