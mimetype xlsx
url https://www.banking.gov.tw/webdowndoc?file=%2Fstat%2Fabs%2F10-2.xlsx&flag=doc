--- v1 (2026-01-09)
+++ v2 (2026-02-28)
@@ -264,51 +264,51 @@
       <t>by Company</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">信　合　社　別
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>by Credit Cooperative</t>
     </r>
   </si>
   <si>
     <t>稅前</t>
   </si>
   <si>
     <t>說　　明：1.#係金融控股公司之子公司。</t>
   </si>
   <si>
-    <t>114年 1 -10月</t>
+    <t>114年 1 -12月</t>
   </si>
   <si>
     <r>
       <t>（１）本國銀行（全行）</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Domestic Banks (All Branches)</t>
     </r>
   </si>
   <si>
     <r>
       <t>單位：新臺幣百萬元</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
@@ -476,51 +476,51 @@
       <t># refer to the subsidary of financial holding companies.</t>
     </r>
   </si>
   <si>
     <r>
       <t>Source</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>：</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Provided by individual institution.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve"> Jan. - Oct. 2025</t>
+    <t xml:space="preserve"> Jan. - Dec. 2025</t>
   </si>
   <si>
     <r>
       <t>10-2 Abridged Income Statement</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
       </rPr>
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
       </rPr>
       <t>Cont.2</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
@@ -2010,51 +2010,51 @@
       <t>（</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Cont.27 End</t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>）</t>
     </r>
   </si>
   <si>
     <t>Note: Beginning Jan. 2013, the data include "Local Branches of Mainland Chinese Banks".</t>
   </si>
   <si>
-    <t>10月</t>
+    <t>12月</t>
   </si>
   <si>
     <t>臺灣銀行　　　　　　#</t>
   </si>
   <si>
     <t>Bank of Taiwan</t>
   </si>
   <si>
     <t>臺灣土地銀行</t>
   </si>
   <si>
     <t>Land Bank of Taiwan</t>
   </si>
   <si>
     <t>合作金庫商業銀行　　#</t>
   </si>
   <si>
     <t>Taiwan Cooperative Bank</t>
   </si>
   <si>
     <t>第一商業銀行　　　　#</t>
   </si>
   <si>
     <t>First Commercial Bank</t>
   </si>
@@ -2532,51 +2532,51 @@
   <si>
     <t>花蓮第二信用合作社</t>
   </si>
   <si>
     <t>Hualien 2Nd Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖縣第一信用合作社</t>
   </si>
   <si>
     <t>Penghu First Credit Cooperative</t>
   </si>
   <si>
     <t>澎湖第二信用合作社</t>
   </si>
   <si>
     <t>Limited Liability Penghu Second Credit Society</t>
   </si>
   <si>
     <t>金門縣信用合作社</t>
   </si>
   <si>
     <t>Kinmen Credit Cooperative</t>
   </si>
   <si>
-    <t>　　　　　2.至114年10月止，38家本國銀行放款及催收款之備抵呆帳餘額為597,762百萬元，114年1至10月轉銷呆帳46,605百萬元。</t>
+    <t>　　　　　2.至114年12月止，38家本國銀行放款及催收款之備抵呆帳餘額為609,454百萬元，114年1至12月轉銷呆帳59,314百萬元。</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="15">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="###,###,##0"/>
     <numFmt numFmtId="177" formatCode="###,###,##0;-###,###,##0;&quot;－&quot;"/>
     <numFmt numFmtId="178" formatCode="-##,###,##0"/>
   </numFmts>
   <fonts count="62">
     <font>
@@ -4263,213 +4263,219 @@
     </xf>
     <xf xxid="203" numFmtId="176" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="204" numFmtId="176" fontId="48" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="205" numFmtId="177" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="206" numFmtId="177" fontId="48" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="207" numFmtId="176" fontId="6" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="208" numFmtId="176" fontId="48" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="209" numFmtId="178" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="210" numFmtId="178" fontId="48" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="211" numFmtId="177" fontId="6" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="211" numFmtId="178" fontId="6" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="212" numFmtId="177" fontId="48" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="212" numFmtId="178" fontId="48" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="213" numFmtId="0" fontId="54" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="213" numFmtId="177" fontId="6" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="214" numFmtId="177" fontId="48" fillId="2" borderId="30" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf xxid="215" numFmtId="0" fontId="54" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf xxid="214" numFmtId="0" fontId="55" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="216" numFmtId="0" fontId="55" fillId="2" borderId="10" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf xxid="215" numFmtId="176" fontId="9" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="217" numFmtId="176" fontId="9" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="216" numFmtId="176" fontId="56" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="218" numFmtId="176" fontId="56" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="217" numFmtId="176" fontId="57" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="219" numFmtId="176" fontId="57" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="218" numFmtId="176" fontId="58" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="220" numFmtId="176" fontId="58" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="219" numFmtId="177" fontId="9" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="221" numFmtId="177" fontId="9" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="220" numFmtId="177" fontId="56" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="222" numFmtId="177" fontId="56" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="221" numFmtId="177" fontId="57" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="223" numFmtId="177" fontId="57" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="222" numFmtId="177" fontId="58" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="224" numFmtId="177" fontId="58" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="223" numFmtId="176" fontId="9" fillId="2" borderId="44" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="225" numFmtId="176" fontId="9" fillId="2" borderId="44" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="224" numFmtId="176" fontId="56" fillId="2" borderId="44" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="226" numFmtId="176" fontId="56" fillId="2" borderId="44" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="225" numFmtId="176" fontId="57" fillId="2" borderId="44" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="227" numFmtId="176" fontId="57" fillId="2" borderId="44" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="226" numFmtId="176" fontId="58" fillId="2" borderId="44" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="228" numFmtId="176" fontId="58" fillId="2" borderId="44" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="227" numFmtId="0" fontId="56" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="229" numFmtId="0" fontId="56" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="228" numFmtId="0" fontId="59" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="230" numFmtId="0" fontId="59" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="229" numFmtId="0" fontId="60" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="231" numFmtId="0" fontId="60" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="230" numFmtId="176" fontId="9" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="232" numFmtId="176" fontId="9" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="231" numFmtId="176" fontId="56" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="233" numFmtId="176" fontId="56" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="232" numFmtId="176" fontId="57" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="234" numFmtId="176" fontId="57" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="233" numFmtId="177" fontId="9" fillId="2" borderId="38" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="235" numFmtId="177" fontId="9" fillId="2" borderId="38" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="234" numFmtId="177" fontId="56" fillId="2" borderId="38" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="236" numFmtId="177" fontId="56" fillId="2" borderId="38" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="235" numFmtId="177" fontId="57" fillId="2" borderId="38" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="237" numFmtId="177" fontId="57" fillId="2" borderId="38" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="236" numFmtId="176" fontId="9" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="238" numFmtId="176" fontId="9" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="237" numFmtId="176" fontId="56" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="239" numFmtId="176" fontId="56" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="238" numFmtId="176" fontId="57" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="240" numFmtId="176" fontId="57" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="239" numFmtId="177" fontId="9" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="241" numFmtId="177" fontId="9" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="240" numFmtId="177" fontId="56" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="242" numFmtId="177" fontId="56" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="241" numFmtId="177" fontId="57" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="243" numFmtId="177" fontId="57" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="242" numFmtId="0" fontId="61" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="244" numFmtId="0" fontId="61" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf xxid="243" numFmtId="0" fontId="54" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="245" numFmtId="0" fontId="54" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf xxid="244" numFmtId="0" fontId="55" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="246" numFmtId="0" fontId="55" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf xxid="245" numFmtId="176" fontId="11" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="247" numFmtId="176" fontId="11" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="246" numFmtId="177" fontId="11" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="248" numFmtId="177" fontId="11" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="247" numFmtId="177" fontId="57" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="249" numFmtId="177" fontId="57" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="248" numFmtId="177" fontId="58" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="250" numFmtId="177" fontId="58" fillId="2" borderId="24" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="249" numFmtId="176" fontId="11" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="251" numFmtId="176" fontId="11" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="250" numFmtId="176" fontId="57" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="252" numFmtId="176" fontId="57" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="251" numFmtId="176" fontId="58" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="253" numFmtId="176" fontId="58" fillId="2" borderId="25" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="252" numFmtId="0" fontId="57" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="254" numFmtId="0" fontId="57" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="253" numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="255" numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
-    <xf xxid="254" numFmtId="176" fontId="11" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="256" numFmtId="176" fontId="11" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="255" numFmtId="177" fontId="11" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="257" numFmtId="177" fontId="11" fillId="2" borderId="13" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="256" numFmtId="176" fontId="11" fillId="2" borderId="33" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="258" numFmtId="176" fontId="11" fillId="2" borderId="33" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="257" numFmtId="176" fontId="57" fillId="2" borderId="33" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="259" numFmtId="176" fontId="57" fillId="2" borderId="33" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="258" numFmtId="176" fontId="11" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="260" numFmtId="176" fontId="11" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="259" numFmtId="176" fontId="57" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="261" numFmtId="176" fontId="57" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="260" numFmtId="177" fontId="11" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="262" numFmtId="177" fontId="11" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="261" numFmtId="177" fontId="57" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="263" numFmtId="177" fontId="57" fillId="2" borderId="18" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="262" numFmtId="176" fontId="11" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="264" numFmtId="176" fontId="11" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="263" numFmtId="176" fontId="57" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="265" numFmtId="176" fontId="57" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="264" numFmtId="0" fontId="57" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="266" numFmtId="0" fontId="57" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf xxid="265" numFmtId="0" fontId="59" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="267" numFmtId="0" fontId="59" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="20% - 輔色1" xfId="15"/>
     <cellStyle name="20% - 輔色2" xfId="16"/>
     <cellStyle name="20% - 輔色3" xfId="17"/>
     <cellStyle name="20% - 輔色4" xfId="18"/>
     <cellStyle name="20% - 輔色5" xfId="19"/>
     <cellStyle name="20% - 輔色6" xfId="20"/>
     <cellStyle name="40% - 輔色1" xfId="21"/>
     <cellStyle name="40% - 輔色2" xfId="22"/>
     <cellStyle name="40% - 輔色3" xfId="23"/>
     <cellStyle name="40% - 輔色4" xfId="24"/>
     <cellStyle name="40% - 輔色5" xfId="25"/>
     <cellStyle name="40% - 輔色6" xfId="26"/>
     <cellStyle name="60% - 輔色1" xfId="27"/>
     <cellStyle name="60% - 輔色2" xfId="28"/>
     <cellStyle name="60% - 輔色3" xfId="29"/>
     <cellStyle name="60% - 輔色4" xfId="30"/>
     <cellStyle name="60% - 輔色5" xfId="31"/>
     <cellStyle name="60% - 輔色6" xfId="32"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Comma" xfId="33" builtinId="3"/>
     <cellStyle name="Comma [0]" xfId="34" builtinId="6"/>
@@ -4821,831 +4827,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>3407738</v>
+        <v>3999282</v>
       </c>
       <c r="C11" s="117">
-        <v>1510130</v>
+        <v>1819745</v>
       </c>
       <c r="D11" s="117">
-        <v>312177</v>
+        <v>369878</v>
       </c>
       <c r="E11" s="117">
-        <v>1188849</v>
+        <v>1357583</v>
       </c>
       <c r="F11" s="117">
-        <v>396581</v>
+        <v>452076</v>
       </c>
       <c r="G11" s="117">
-        <v>2900661</v>
+        <v>3415686</v>
       </c>
       <c r="H11" s="117">
-        <v>931335</v>
+        <v>1115527</v>
       </c>
       <c r="I11" s="117">
-        <v>53510</v>
+        <v>65383</v>
       </c>
       <c r="J11" s="117">
-        <v>1003292</v>
+        <v>1119483</v>
       </c>
       <c r="K11" s="117">
-        <v>282049</v>
+        <v>338078</v>
       </c>
       <c r="L11" s="117">
-        <v>630475</v>
+        <v>777214</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>507077</v>
+        <v>583596</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="128">
-        <v>513423</v>
+        <v>611313</v>
       </c>
       <c r="C13" s="128">
-        <v>113366</v>
+        <v>136141</v>
       </c>
       <c r="D13" s="128">
-        <v>4499</v>
+        <v>5469</v>
       </c>
       <c r="E13" s="128">
-        <v>162369</v>
+        <v>180968</v>
       </c>
       <c r="F13" s="128">
-        <v>233189</v>
+        <v>288735</v>
       </c>
       <c r="G13" s="128">
-        <v>483827</v>
+        <v>578590</v>
       </c>
       <c r="H13" s="128">
-        <v>79630</v>
+        <v>95004</v>
       </c>
       <c r="I13" s="128">
-        <v>812</v>
+        <v>1058</v>
       </c>
       <c r="J13" s="128">
-        <v>56105</v>
+        <v>63457</v>
       </c>
       <c r="K13" s="128">
-        <v>12741</v>
+        <v>15106</v>
       </c>
       <c r="L13" s="128">
-        <v>334539</v>
+        <v>403964</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>29596</v>
+        <v>32723</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="128">
-        <v>88225</v>
+        <v>103350</v>
       </c>
       <c r="C15" s="128">
-        <v>69891</v>
+        <v>84188</v>
       </c>
       <c r="D15" s="128">
-        <v>3579</v>
+        <v>4266</v>
       </c>
       <c r="E15" s="128">
-        <v>5430</v>
+        <v>6803</v>
       </c>
       <c r="F15" s="128">
-        <v>9325</v>
+        <v>8093</v>
       </c>
       <c r="G15" s="128">
-        <v>71634</v>
+        <v>83316</v>
       </c>
       <c r="H15" s="128">
-        <v>43717</v>
+        <v>52571</v>
       </c>
       <c r="I15" s="128">
-        <v>860</v>
+        <v>1044</v>
       </c>
       <c r="J15" s="128">
-        <v>10217</v>
+        <v>9164</v>
       </c>
       <c r="K15" s="128">
-        <v>8798</v>
+        <v>10592</v>
       </c>
       <c r="L15" s="128">
-        <v>8042</v>
+        <v>9945</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>16591</v>
+        <v>20034</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="128">
-        <v>135203</v>
+        <v>155505</v>
       </c>
       <c r="C17" s="128">
-        <v>88445</v>
+        <v>106261</v>
       </c>
       <c r="D17" s="128">
-        <v>10657</v>
+        <v>12981</v>
       </c>
       <c r="E17" s="128">
-        <v>14148</v>
+        <v>19614</v>
       </c>
       <c r="F17" s="128">
-        <v>21953</v>
+        <v>16649</v>
       </c>
       <c r="G17" s="128">
-        <v>113678</v>
+        <v>130344</v>
       </c>
       <c r="H17" s="128">
-        <v>60347</v>
+        <v>72287</v>
       </c>
       <c r="I17" s="128">
-        <v>1834</v>
+        <v>2232</v>
       </c>
       <c r="J17" s="128">
-        <v>23205</v>
+        <v>21146</v>
       </c>
       <c r="K17" s="128">
-        <v>15066</v>
+        <v>17391</v>
       </c>
       <c r="L17" s="128">
-        <v>13226</v>
+        <v>17288</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>21525</v>
+        <v>25161</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="128">
-        <v>243714</v>
+        <v>285390</v>
       </c>
       <c r="C19" s="128">
-        <v>93876</v>
+        <v>113161</v>
       </c>
       <c r="D19" s="128">
-        <v>13875</v>
+        <v>16908</v>
       </c>
       <c r="E19" s="128">
-        <v>118925</v>
+        <v>134885</v>
       </c>
       <c r="F19" s="128">
-        <v>17038</v>
+        <v>20436</v>
       </c>
       <c r="G19" s="128">
-        <v>216757</v>
+        <v>253872</v>
       </c>
       <c r="H19" s="128">
-        <v>68246</v>
+        <v>81809</v>
       </c>
       <c r="I19" s="128">
-        <v>3183</v>
+        <v>3849</v>
       </c>
       <c r="J19" s="128">
-        <v>103955</v>
+        <v>117037</v>
       </c>
       <c r="K19" s="128">
-        <v>14964</v>
+        <v>17771</v>
       </c>
       <c r="L19" s="128">
-        <v>26408</v>
+        <v>33406</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>26957</v>
+        <v>31518</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="128">
-        <v>139128</v>
+        <v>156921</v>
       </c>
       <c r="C21" s="128">
-        <v>78489</v>
+        <v>94061</v>
       </c>
       <c r="D21" s="128">
-        <v>13786</v>
+        <v>16222</v>
       </c>
       <c r="E21" s="128">
-        <v>26056</v>
+        <v>31568</v>
       </c>
       <c r="F21" s="128">
-        <v>20797</v>
+        <v>15069</v>
       </c>
       <c r="G21" s="128">
-        <v>113978</v>
+        <v>127626</v>
       </c>
       <c r="H21" s="128">
-        <v>54253</v>
+        <v>64774</v>
       </c>
       <c r="I21" s="128">
-        <v>1683</v>
+        <v>2023</v>
       </c>
       <c r="J21" s="128">
-        <v>33683</v>
+        <v>30998</v>
       </c>
       <c r="K21" s="128">
-        <v>15067</v>
+        <v>17832</v>
       </c>
       <c r="L21" s="128">
-        <v>9293</v>
+        <v>11998</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>25150</v>
+        <v>29295</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="128">
-        <v>118390</v>
+        <v>137728</v>
       </c>
       <c r="C23" s="128">
-        <v>63879</v>
+        <v>76892</v>
       </c>
       <c r="D23" s="128">
-        <v>7883</v>
+        <v>9337</v>
       </c>
       <c r="E23" s="128">
-        <v>42490</v>
+        <v>46962</v>
       </c>
       <c r="F23" s="128">
-        <v>4138</v>
+        <v>4536</v>
       </c>
       <c r="G23" s="128">
-        <v>99869</v>
+        <v>116622</v>
       </c>
       <c r="H23" s="128">
-        <v>42007</v>
+        <v>50205</v>
       </c>
       <c r="I23" s="128">
-        <v>1738</v>
+        <v>2160</v>
       </c>
       <c r="J23" s="128">
-        <v>36130</v>
+        <v>39782</v>
       </c>
       <c r="K23" s="128">
-        <v>11224</v>
+        <v>13312</v>
       </c>
       <c r="L23" s="128">
-        <v>8770</v>
+        <v>11162</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>18522</v>
+        <v>21106</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="128">
-        <v>51276</v>
+        <v>58753</v>
       </c>
       <c r="C25" s="128">
-        <v>31585</v>
+        <v>38185</v>
       </c>
       <c r="D25" s="128">
-        <v>4928</v>
+        <v>5562</v>
       </c>
       <c r="E25" s="128">
-        <v>8865</v>
+        <v>9154</v>
       </c>
       <c r="F25" s="128">
-        <v>5898</v>
+        <v>5852</v>
       </c>
       <c r="G25" s="128">
-        <v>36093</v>
+        <v>42016</v>
       </c>
       <c r="H25" s="128">
-        <v>17378</v>
+        <v>20844</v>
       </c>
       <c r="I25" s="128">
-        <v>615</v>
+        <v>736</v>
       </c>
       <c r="J25" s="128">
-        <v>8340</v>
+        <v>8659</v>
       </c>
       <c r="K25" s="128">
-        <v>4516</v>
+        <v>5445</v>
       </c>
       <c r="L25" s="128">
-        <v>5243</v>
+        <v>6331</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>15183</v>
+        <v>16737</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="128">
-        <v>223762</v>
+        <v>265062</v>
       </c>
       <c r="C27" s="128">
-        <v>97963</v>
+        <v>118627</v>
       </c>
       <c r="D27" s="128">
-        <v>23754</v>
+        <v>27237</v>
       </c>
       <c r="E27" s="128">
-        <v>95039</v>
+        <v>111268</v>
       </c>
       <c r="F27" s="128">
-        <v>7006</v>
+        <v>7930</v>
       </c>
       <c r="G27" s="128">
-        <v>185840</v>
+        <v>222435</v>
       </c>
       <c r="H27" s="128">
-        <v>61035</v>
+        <v>73414</v>
       </c>
       <c r="I27" s="128">
-        <v>3788</v>
+        <v>4687</v>
       </c>
       <c r="J27" s="128">
-        <v>84998</v>
+        <v>99647</v>
       </c>
       <c r="K27" s="128">
-        <v>15707</v>
+        <v>19637</v>
       </c>
       <c r="L27" s="128">
-        <v>20313</v>
+        <v>25050</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>37922</v>
+        <v>42627</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>169</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>170</v>
       </c>
       <c r="B29" s="128">
-        <v>302650</v>
+        <v>343931</v>
       </c>
       <c r="C29" s="128">
-        <v>97634</v>
+        <v>118006</v>
       </c>
       <c r="D29" s="128">
-        <v>37021</v>
+        <v>43798</v>
       </c>
       <c r="E29" s="128">
-        <v>161988</v>
+        <v>175322</v>
       </c>
       <c r="F29" s="128">
-        <v>6007</v>
+        <v>6806</v>
       </c>
       <c r="G29" s="128">
-        <v>256703</v>
+        <v>292082</v>
       </c>
       <c r="H29" s="128">
-        <v>44141</v>
+        <v>53185</v>
       </c>
       <c r="I29" s="128">
-        <v>8094</v>
+        <v>9898</v>
       </c>
       <c r="J29" s="128">
-        <v>154590</v>
+        <v>165867</v>
       </c>
       <c r="K29" s="128">
-        <v>21537</v>
+        <v>26327</v>
       </c>
       <c r="L29" s="128">
-        <v>28340</v>
+        <v>36805</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>45947</v>
+        <v>51849</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>171</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>172</v>
       </c>
       <c r="B31" s="128">
-        <v>6825</v>
+        <v>8178</v>
       </c>
       <c r="C31" s="128">
-        <v>5990</v>
+        <v>7213</v>
       </c>
       <c r="D31" s="128">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="E31" s="128">
-        <v>218</v>
+        <v>250</v>
       </c>
       <c r="F31" s="128">
-        <v>488</v>
+        <v>558</v>
       </c>
       <c r="G31" s="128">
-        <v>5224</v>
+        <v>6379</v>
       </c>
       <c r="H31" s="128">
-        <v>3067</v>
+        <v>3659</v>
       </c>
       <c r="I31" s="128">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="J31" s="128">
-        <v>756</v>
+        <v>835</v>
       </c>
       <c r="K31" s="128">
-        <v>368</v>
+        <v>463</v>
       </c>
       <c r="L31" s="128">
-        <v>1003</v>
+        <v>1386</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>1601</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>173</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>174</v>
       </c>
       <c r="B33" s="128">
-        <v>9109</v>
+        <v>10809</v>
       </c>
       <c r="C33" s="128">
-        <v>7243</v>
+        <v>8714</v>
       </c>
       <c r="D33" s="128">
-        <v>820</v>
+        <v>967</v>
       </c>
       <c r="E33" s="128">
-        <v>513</v>
+        <v>573</v>
       </c>
       <c r="F33" s="128">
-        <v>532</v>
+        <v>555</v>
       </c>
       <c r="G33" s="128">
-        <v>7847</v>
+        <v>9242</v>
       </c>
       <c r="H33" s="128">
-        <v>4312</v>
+        <v>5154</v>
       </c>
       <c r="I33" s="128">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="J33" s="128">
-        <v>543</v>
+        <v>531</v>
       </c>
       <c r="K33" s="128">
-        <v>1612</v>
+        <v>1912</v>
       </c>
       <c r="L33" s="128">
-        <v>1313</v>
+        <v>1566</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>1262</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="128">
-        <v>126666</v>
+        <v>149941</v>
       </c>
       <c r="C35" s="128">
-        <v>97523</v>
+        <v>116640</v>
       </c>
       <c r="D35" s="128">
-        <v>8878</v>
+        <v>10727</v>
       </c>
       <c r="E35" s="128">
-        <v>14577</v>
+        <v>16388</v>
       </c>
       <c r="F35" s="128">
-        <v>5689</v>
+        <v>6186</v>
       </c>
       <c r="G35" s="128">
-        <v>96440</v>
+        <v>116639</v>
       </c>
       <c r="H35" s="128">
-        <v>65963</v>
+        <v>78850</v>
       </c>
       <c r="I35" s="128">
-        <v>1587</v>
+        <v>1904</v>
       </c>
       <c r="J35" s="128">
-        <v>1855</v>
+        <v>1588</v>
       </c>
       <c r="K35" s="128">
-        <v>15225</v>
+        <v>18398</v>
       </c>
       <c r="L35" s="128">
-        <v>11809</v>
+        <v>15899</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>30227</v>
+        <v>33302</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -5703,76 +5709,76 @@
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="3"/>
       <c r="K40" s="3"/>
       <c r="L40" s="3"/>
       <c r="M40" s="3"/>
       <c r="N40" s="4"/>
     </row>
     <row r="41" spans="1:14" ht="13.5" customHeight="1" hidden="1">
       <c r="A41" s="107" t="s">
         <v>2</v>
       </c>
       <c r="B41" s="107" t="s">
         <v>153</v>
       </c>
       <c r="C41" s="109">
         <v>38</v>
       </c>
       <c r="D41" s="112">
-        <v>597762</v>
+        <v>609454</v>
       </c>
       <c r="E41" s="112">
-        <v>46605</v>
+        <v>59314</v>
       </c>
       <c r="F41" s="11"/>
       <c r="G41" s="11"/>
       <c r="H41" s="11"/>
       <c r="I41" s="11"/>
       <c r="J41" s="11"/>
       <c r="K41" s="11"/>
       <c r="L41" s="11"/>
       <c r="M41" s="11"/>
       <c r="N41" s="4"/>
     </row>
     <row r="42" spans="1:14" ht="13.5" customHeight="1" hidden="1">
       <c r="A42" s="3"/>
       <c r="B42" s="3"/>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="str">
         <f>TEXT(D41,"##,##0")</f>
-        <v>597,762</v>
+        <v>609,454</v>
       </c>
       <c r="E42" s="3" t="str">
         <f>TEXT(E41,"##,##0")</f>
-        <v>46,605</v>
+        <v>59,314</v>
       </c>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3"/>
       <c r="K42" s="3"/>
       <c r="L42" s="3"/>
       <c r="M42" s="3"/>
       <c r="N42" s="3"/>
     </row>
     <row r="43" spans="1:14" ht="13.5" customHeight="1">
       <c r="A43" s="3"/>
       <c r="B43" s="3"/>
       <c r="C43" s="3"/>
       <c r="D43" s="3"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3"/>
       <c r="K43" s="3"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3"/>
@@ -6034,57 +6040,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -6285,645 +6291,645 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>428562</v>
+        <v>492618</v>
       </c>
       <c r="C11" s="117">
-        <v>197172</v>
+        <v>237066</v>
       </c>
       <c r="D11" s="117">
-        <v>8454</v>
+        <v>9739</v>
       </c>
       <c r="E11" s="117">
-        <v>211873</v>
+        <v>232635</v>
       </c>
       <c r="F11" s="117">
-        <v>11064</v>
+        <v>13178</v>
       </c>
       <c r="G11" s="117">
-        <v>371020</v>
+        <v>425829</v>
       </c>
       <c r="H11" s="117">
-        <v>125412</v>
+        <v>149985</v>
       </c>
       <c r="I11" s="117">
-        <v>1097</v>
+        <v>1337</v>
       </c>
       <c r="J11" s="117">
-        <v>203448</v>
+        <v>222618</v>
       </c>
       <c r="K11" s="117">
-        <v>14955</v>
+        <v>18462</v>
       </c>
       <c r="L11" s="117">
-        <v>26108</v>
+        <v>33428</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>57542</v>
+        <v>66789</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="128">
-        <v>10416</v>
+        <v>12410</v>
       </c>
       <c r="C13" s="128">
-        <v>9707</v>
+        <v>11672</v>
       </c>
       <c r="D13" s="128">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="E13" s="128">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="F13" s="128">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="G13" s="128">
-        <v>8138</v>
+        <v>9750</v>
       </c>
       <c r="H13" s="128">
-        <v>4514</v>
+        <v>5401</v>
       </c>
       <c r="I13" s="128">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="J13" s="128">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="K13" s="128">
-        <v>486</v>
+        <v>593</v>
       </c>
       <c r="L13" s="128">
-        <v>2761</v>
+        <v>3372</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>2278</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="128">
-        <v>6576</v>
+        <v>8053</v>
       </c>
       <c r="C15" s="128">
-        <v>6108</v>
+        <v>7321</v>
       </c>
       <c r="D15" s="128">
-        <v>148</v>
+        <v>174</v>
       </c>
       <c r="E15" s="130">
         <v>0</v>
       </c>
       <c r="F15" s="128">
-        <v>320</v>
+        <v>559</v>
       </c>
       <c r="G15" s="128">
-        <v>5345</v>
+        <v>6597</v>
       </c>
       <c r="H15" s="128">
-        <v>4530</v>
+        <v>5399</v>
       </c>
       <c r="I15" s="128">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="J15" s="128">
-        <v>223</v>
+        <v>441</v>
       </c>
       <c r="K15" s="128">
-        <v>308</v>
+        <v>376</v>
       </c>
       <c r="L15" s="128">
-        <v>261</v>
+        <v>352</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>1231</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="128">
-        <v>8640</v>
+        <v>10327</v>
       </c>
       <c r="C17" s="128">
-        <v>8568</v>
+        <v>10238</v>
       </c>
       <c r="D17" s="128">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="E17" s="130">
         <v>0</v>
       </c>
       <c r="F17" s="128">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="G17" s="128">
-        <v>7320</v>
+        <v>8824</v>
       </c>
       <c r="H17" s="128">
-        <v>5834</v>
+        <v>6924</v>
       </c>
       <c r="I17" s="128">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="J17" s="130">
         <v>0</v>
       </c>
       <c r="K17" s="128">
-        <v>425</v>
+        <v>575</v>
       </c>
       <c r="L17" s="128">
-        <v>1034</v>
+        <v>1293</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>1320</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="128">
-        <v>21200</v>
+        <v>25209</v>
       </c>
       <c r="C19" s="128">
-        <v>18265</v>
+        <v>22029</v>
       </c>
       <c r="D19" s="128">
-        <v>536</v>
+        <v>659</v>
       </c>
       <c r="E19" s="128">
-        <v>2289</v>
+        <v>2393</v>
       </c>
       <c r="F19" s="128">
-        <v>110</v>
+        <v>128</v>
       </c>
       <c r="G19" s="128">
-        <v>15376</v>
+        <v>18557</v>
       </c>
       <c r="H19" s="128">
-        <v>9671</v>
+        <v>11647</v>
       </c>
       <c r="I19" s="128">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="J19" s="128">
-        <v>2241</v>
+        <v>2296</v>
       </c>
       <c r="K19" s="128">
-        <v>907</v>
+        <v>1092</v>
       </c>
       <c r="L19" s="128">
-        <v>2479</v>
+        <v>3425</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>5824</v>
+        <v>6652</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="128">
-        <v>11937</v>
+        <v>14267</v>
       </c>
       <c r="C21" s="128">
-        <v>11589</v>
+        <v>13867</v>
       </c>
       <c r="D21" s="128">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="E21" s="128">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="F21" s="128">
-        <v>152</v>
+        <v>165</v>
       </c>
       <c r="G21" s="128">
-        <v>8779</v>
+        <v>10775</v>
       </c>
       <c r="H21" s="128">
-        <v>7140</v>
+        <v>8554</v>
       </c>
       <c r="I21" s="128">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="J21" s="128">
-        <v>153</v>
+        <v>191</v>
       </c>
       <c r="K21" s="128">
-        <v>593</v>
+        <v>709</v>
       </c>
       <c r="L21" s="128">
-        <v>869</v>
+        <v>1292</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>3158</v>
+        <v>3491</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="128">
-        <v>12874</v>
+        <v>15350</v>
       </c>
       <c r="C23" s="128">
-        <v>9830</v>
+        <v>11966</v>
       </c>
       <c r="D23" s="128">
-        <v>106</v>
+        <v>122</v>
       </c>
       <c r="E23" s="128">
-        <v>2760</v>
+        <v>3042</v>
       </c>
       <c r="F23" s="128">
-        <v>178</v>
+        <v>220</v>
       </c>
       <c r="G23" s="128">
-        <v>9766</v>
+        <v>11697</v>
       </c>
       <c r="H23" s="128">
-        <v>6090</v>
+        <v>7358</v>
       </c>
       <c r="I23" s="128">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="J23" s="128">
-        <v>2698</v>
+        <v>2974</v>
       </c>
       <c r="K23" s="128">
-        <v>375</v>
+        <v>453</v>
       </c>
       <c r="L23" s="128">
-        <v>573</v>
+        <v>876</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>3108</v>
+        <v>3653</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="128">
-        <v>3294</v>
+        <v>3778</v>
       </c>
       <c r="C25" s="128">
-        <v>2060</v>
+        <v>2485</v>
       </c>
       <c r="D25" s="128">
-        <v>247</v>
+        <v>271</v>
       </c>
       <c r="E25" s="128">
-        <v>869</v>
+        <v>890</v>
       </c>
       <c r="F25" s="128">
-        <v>119</v>
+        <v>133</v>
       </c>
       <c r="G25" s="128">
-        <v>2616</v>
+        <v>2910</v>
       </c>
       <c r="H25" s="128">
-        <v>1037</v>
+        <v>1246</v>
       </c>
       <c r="I25" s="128">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J25" s="128">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="K25" s="128">
-        <v>185</v>
+        <v>223</v>
       </c>
       <c r="L25" s="128">
-        <v>600</v>
+        <v>635</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>679</v>
+        <v>868</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="128">
-        <v>44834</v>
+        <v>52759</v>
       </c>
       <c r="C27" s="128">
-        <v>15215</v>
+        <v>18420</v>
       </c>
       <c r="D27" s="128">
-        <v>710</v>
+        <v>767</v>
       </c>
       <c r="E27" s="128">
-        <v>24065</v>
+        <v>27909</v>
       </c>
       <c r="F27" s="128">
-        <v>4844</v>
+        <v>5664</v>
       </c>
       <c r="G27" s="128">
-        <v>39009</v>
+        <v>45810</v>
       </c>
       <c r="H27" s="128">
-        <v>13397</v>
+        <v>16079</v>
       </c>
       <c r="I27" s="128">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="J27" s="128">
-        <v>23273</v>
+        <v>26937</v>
       </c>
       <c r="K27" s="128">
-        <v>1206</v>
+        <v>1454</v>
       </c>
       <c r="L27" s="128">
-        <v>1051</v>
+        <v>1243</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>5826</v>
+        <v>6949</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>169</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>170</v>
       </c>
       <c r="B29" s="128">
-        <v>117096</v>
+        <v>126637</v>
       </c>
       <c r="C29" s="128">
-        <v>8458</v>
+        <v>10238</v>
       </c>
       <c r="D29" s="128">
-        <v>583</v>
+        <v>755</v>
       </c>
       <c r="E29" s="128">
-        <v>107952</v>
+        <v>115541</v>
       </c>
       <c r="F29" s="128">
         <v>103</v>
       </c>
       <c r="G29" s="128">
-        <v>116356</v>
+        <v>126130</v>
       </c>
       <c r="H29" s="128">
-        <v>4967</v>
+        <v>5977</v>
       </c>
       <c r="I29" s="128">
-        <v>136</v>
+        <v>159</v>
       </c>
       <c r="J29" s="128">
-        <v>106544</v>
+        <v>113752</v>
       </c>
       <c r="K29" s="128">
-        <v>1627</v>
+        <v>2003</v>
       </c>
       <c r="L29" s="128">
-        <v>3081</v>
+        <v>4239</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>740</v>
+        <v>507</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>171</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>172</v>
       </c>
       <c r="B31" s="130">
@@ -7029,87 +7035,87 @@
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="128">
-        <v>33381</v>
+        <v>39383</v>
       </c>
       <c r="C35" s="128">
-        <v>32235</v>
+        <v>38036</v>
       </c>
       <c r="D35" s="128">
-        <v>476</v>
+        <v>584</v>
       </c>
       <c r="E35" s="128">
-        <v>327</v>
+        <v>369</v>
       </c>
       <c r="F35" s="128">
-        <v>343</v>
+        <v>394</v>
       </c>
       <c r="G35" s="128">
-        <v>28446</v>
+        <v>34016</v>
       </c>
       <c r="H35" s="128">
-        <v>21450</v>
+        <v>25244</v>
       </c>
       <c r="I35" s="128">
-        <v>88</v>
+        <v>102</v>
       </c>
       <c r="J35" s="128">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="K35" s="128">
-        <v>1578</v>
+        <v>1903</v>
       </c>
       <c r="L35" s="128">
-        <v>5285</v>
+        <v>6719</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>4935</v>
+        <v>5367</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -7125,51 +7131,51 @@
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
     </row>
     <row r="38" spans="1:14" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
     </row>
     <row r="39" spans="1:14" ht="13.5" customHeight="1">
       <c r="A39" s="3" t="str">
         <f>'10-2'!A39</f>
-        <v>　　　　　2.至114年10月止，38家本國銀行放款及催收款之備抵呆帳餘額為597,762百萬元，114年1至10月轉銷呆帳46,605百萬元。</v>
+        <v>　　　　　2.至114年12月止，38家本國銀行放款及催收款之備抵呆帳餘額為609,454百萬元，114年1至12月轉銷呆帳59,314百萬元。</v>
       </c>
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
       <c r="N39" s="3"/>
     </row>
     <row r="40" spans="1:14" ht="13.5" customHeight="1">
       <c r="A40" s="3"/>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
@@ -7489,57 +7495,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -7802,149 +7808,149 @@
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>178</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>179</v>
       </c>
       <c r="B13" s="128">
-        <v>12303</v>
+        <v>14716</v>
       </c>
       <c r="C13" s="128">
-        <v>2913</v>
+        <v>3569</v>
       </c>
       <c r="D13" s="128">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="E13" s="128">
-        <v>9249</v>
+        <v>10999</v>
       </c>
       <c r="F13" s="128">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G13" s="128">
-        <v>11495</v>
+        <v>13755</v>
       </c>
       <c r="H13" s="128">
-        <v>1869</v>
+        <v>2285</v>
       </c>
       <c r="I13" s="128">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J13" s="128">
-        <v>8823</v>
+        <v>10436</v>
       </c>
       <c r="K13" s="128">
-        <v>227</v>
+        <v>278</v>
       </c>
       <c r="L13" s="128">
-        <v>570</v>
+        <v>749</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>809</v>
+        <v>961</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="128">
-        <v>5752</v>
+        <v>6927</v>
       </c>
       <c r="C15" s="128">
-        <v>5677</v>
+        <v>6839</v>
       </c>
       <c r="D15" s="128">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="E15" s="130">
         <v>0</v>
       </c>
       <c r="F15" s="128">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G15" s="128">
-        <v>4291</v>
+        <v>5173</v>
       </c>
       <c r="H15" s="128">
-        <v>1931</v>
+        <v>2330</v>
       </c>
       <c r="I15" s="128">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="J15" s="130">
         <v>0</v>
       </c>
       <c r="K15" s="128">
-        <v>285</v>
+        <v>343</v>
       </c>
       <c r="L15" s="128">
-        <v>2067</v>
+        <v>2491</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>1461</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="130">
@@ -7988,87 +7994,87 @@
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>184</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>185</v>
       </c>
       <c r="B19" s="128">
-        <v>531</v>
+        <v>650</v>
       </c>
       <c r="C19" s="128">
-        <v>508</v>
+        <v>620</v>
       </c>
       <c r="D19" s="128">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E19" s="130">
         <v>0</v>
       </c>
       <c r="F19" s="128">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G19" s="128">
-        <v>421</v>
+        <v>511</v>
       </c>
       <c r="H19" s="128">
-        <v>357</v>
+        <v>433</v>
       </c>
       <c r="I19" s="128">
         <v>0</v>
       </c>
       <c r="J19" s="130">
         <v>0</v>
       </c>
       <c r="K19" s="128">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="L19" s="128">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>110</v>
+        <v>138</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>186</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>187</v>
       </c>
       <c r="B21" s="130">
@@ -8298,87 +8304,87 @@
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>194</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>195</v>
       </c>
       <c r="B29" s="128">
-        <v>3697</v>
+        <v>4969</v>
       </c>
       <c r="C29" s="128">
-        <v>1736</v>
+        <v>2072</v>
       </c>
       <c r="D29" s="128">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="E29" s="128">
-        <v>1917</v>
+        <v>2845</v>
       </c>
       <c r="F29" s="128">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="G29" s="128">
-        <v>3300</v>
+        <v>4504</v>
       </c>
       <c r="H29" s="128">
-        <v>1209</v>
+        <v>1421</v>
       </c>
       <c r="I29" s="128">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J29" s="128">
-        <v>1911</v>
+        <v>2838</v>
       </c>
       <c r="K29" s="128">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="L29" s="128">
-        <v>84</v>
+        <v>132</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>397</v>
+        <v>465</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>196</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="130">
@@ -8941,57 +8947,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>61</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -9254,335 +9260,335 @@
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>203</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>204</v>
       </c>
       <c r="B13" s="128">
-        <v>689</v>
+        <v>829</v>
       </c>
       <c r="C13" s="128">
-        <v>676</v>
+        <v>796</v>
       </c>
       <c r="D13" s="128">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E13" s="128">
         <v>0</v>
       </c>
       <c r="F13" s="128">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="G13" s="128">
-        <v>485</v>
+        <v>581</v>
       </c>
       <c r="H13" s="128">
-        <v>358</v>
+        <v>419</v>
       </c>
       <c r="I13" s="128">
         <v>3</v>
       </c>
       <c r="J13" s="128">
         <v>0</v>
       </c>
       <c r="K13" s="128">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="L13" s="128">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>205</v>
+        <v>248</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>205</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>206</v>
       </c>
       <c r="B15" s="128">
-        <v>901</v>
+        <v>1121</v>
       </c>
       <c r="C15" s="128">
-        <v>470</v>
+        <v>589</v>
       </c>
       <c r="D15" s="128">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="E15" s="128">
-        <v>141</v>
+        <v>186</v>
       </c>
       <c r="F15" s="128">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="G15" s="128">
-        <v>842</v>
+        <v>1029</v>
       </c>
       <c r="H15" s="128">
-        <v>313</v>
+        <v>387</v>
       </c>
       <c r="I15" s="128">
         <v>2</v>
       </c>
       <c r="J15" s="128">
-        <v>395</v>
+        <v>468</v>
       </c>
       <c r="K15" s="128">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="L15" s="128">
-        <v>72</v>
+        <v>100</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>59</v>
+        <v>91</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>207</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>208</v>
       </c>
       <c r="B17" s="128">
-        <v>22863</v>
+        <v>25637</v>
       </c>
       <c r="C17" s="128">
-        <v>9828</v>
+        <v>11833</v>
       </c>
       <c r="D17" s="128">
-        <v>1150</v>
+        <v>1259</v>
       </c>
       <c r="E17" s="128">
-        <v>11805</v>
+        <v>12530</v>
       </c>
       <c r="F17" s="128">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="G17" s="128">
-        <v>19039</v>
+        <v>21218</v>
       </c>
       <c r="H17" s="128">
-        <v>5478</v>
+        <v>6581</v>
       </c>
       <c r="I17" s="128">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="J17" s="128">
-        <v>11479</v>
+        <v>12037</v>
       </c>
       <c r="K17" s="128">
-        <v>847</v>
+        <v>1015</v>
       </c>
       <c r="L17" s="128">
-        <v>1178</v>
+        <v>1513</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>3824</v>
+        <v>4419</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>209</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>210</v>
       </c>
       <c r="B19" s="128">
-        <v>34341</v>
+        <v>39058</v>
       </c>
       <c r="C19" s="128">
-        <v>19011</v>
+        <v>23151</v>
       </c>
       <c r="D19" s="128">
-        <v>1183</v>
+        <v>1419</v>
       </c>
       <c r="E19" s="128">
-        <v>13898</v>
+        <v>14110</v>
       </c>
       <c r="F19" s="128">
-        <v>249</v>
+        <v>378</v>
       </c>
       <c r="G19" s="128">
-        <v>26140</v>
+        <v>29134</v>
       </c>
       <c r="H19" s="128">
-        <v>11187</v>
+        <v>13477</v>
       </c>
       <c r="I19" s="128">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="J19" s="128">
-        <v>12833</v>
+        <v>12883</v>
       </c>
       <c r="K19" s="128">
-        <v>1231</v>
+        <v>1510</v>
       </c>
       <c r="L19" s="128">
-        <v>824</v>
+        <v>1181</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>8201</v>
+        <v>9924</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>211</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>212</v>
       </c>
       <c r="B21" s="128">
-        <v>40</v>
+        <v>96</v>
       </c>
       <c r="C21" s="128">
-        <v>36</v>
+        <v>85</v>
       </c>
       <c r="D21" s="128">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E21" s="128">
         <v>0</v>
       </c>
       <c r="F21" s="128">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G21" s="128">
-        <v>78</v>
+        <v>177</v>
       </c>
       <c r="H21" s="128">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="I21" s="128">
         <v>1</v>
       </c>
       <c r="J21" s="128">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K21" s="128">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="L21" s="128">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>-38</v>
+        <v>-82</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>213</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>214</v>
       </c>
       <c r="B23" s="130">
@@ -9626,87 +9632,87 @@
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>215</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>216</v>
       </c>
       <c r="B25" s="128">
-        <v>13295</v>
+        <v>16024</v>
       </c>
       <c r="C25" s="128">
-        <v>7516</v>
+        <v>9118</v>
       </c>
       <c r="D25" s="128">
-        <v>354</v>
+        <v>386</v>
       </c>
       <c r="E25" s="128">
-        <v>5112</v>
+        <v>6169</v>
       </c>
       <c r="F25" s="128">
-        <v>313</v>
+        <v>351</v>
       </c>
       <c r="G25" s="128">
-        <v>12049</v>
+        <v>14602</v>
       </c>
       <c r="H25" s="128">
-        <v>5453</v>
+        <v>6554</v>
       </c>
       <c r="I25" s="128">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="J25" s="128">
-        <v>5039</v>
+        <v>6077</v>
       </c>
       <c r="K25" s="128">
-        <v>703</v>
+        <v>847</v>
       </c>
       <c r="L25" s="128">
-        <v>810</v>
+        <v>1070</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>1246</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>217</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>218</v>
       </c>
       <c r="B27" s="130">
@@ -9750,87 +9756,87 @@
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>219</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>220</v>
       </c>
       <c r="B29" s="128">
-        <v>63903</v>
+        <v>74418</v>
       </c>
       <c r="C29" s="128">
-        <v>26766</v>
+        <v>32121</v>
       </c>
       <c r="D29" s="128">
-        <v>2474</v>
+        <v>2746</v>
       </c>
       <c r="E29" s="128">
-        <v>31004</v>
+        <v>35136</v>
       </c>
       <c r="F29" s="128">
-        <v>3660</v>
+        <v>4416</v>
       </c>
       <c r="G29" s="128">
-        <v>51731</v>
+        <v>60078</v>
       </c>
       <c r="H29" s="128">
-        <v>18600</v>
+        <v>22198</v>
       </c>
       <c r="I29" s="128">
-        <v>384</v>
+        <v>479</v>
       </c>
       <c r="J29" s="128">
-        <v>26651</v>
+        <v>30084</v>
       </c>
       <c r="K29" s="128">
-        <v>3703</v>
+        <v>4741</v>
       </c>
       <c r="L29" s="128">
-        <v>2393</v>
+        <v>2575</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>12172</v>
+        <v>14340</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>221</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>222</v>
       </c>
       <c r="B31" s="130">
@@ -10389,57 +10395,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>62</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -10640,397 +10646,397 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>30217</v>
+        <v>36269</v>
       </c>
       <c r="C11" s="117">
-        <v>8857</v>
+        <v>10468</v>
       </c>
       <c r="D11" s="117">
-        <v>228</v>
+        <v>268</v>
       </c>
       <c r="E11" s="117">
-        <v>19968</v>
+        <v>24040</v>
       </c>
       <c r="F11" s="117">
-        <v>1164</v>
+        <v>1493</v>
       </c>
       <c r="G11" s="117">
-        <v>27737</v>
+        <v>32993</v>
       </c>
       <c r="H11" s="117">
-        <v>2883</v>
+        <v>3354</v>
       </c>
       <c r="I11" s="117">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="J11" s="117">
-        <v>19886</v>
+        <v>23939</v>
       </c>
       <c r="K11" s="117">
-        <v>1784</v>
+        <v>2110</v>
       </c>
       <c r="L11" s="117">
-        <v>3058</v>
+        <v>3446</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>2480</v>
+        <v>3276</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="128">
-        <v>1030</v>
+        <v>1260</v>
       </c>
       <c r="C13" s="128">
-        <v>772</v>
+        <v>885</v>
       </c>
       <c r="D13" s="128">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E13" s="130">
         <v>0</v>
       </c>
       <c r="F13" s="128">
-        <v>252</v>
+        <v>368</v>
       </c>
       <c r="G13" s="128">
-        <v>571</v>
+        <v>631</v>
       </c>
       <c r="H13" s="128">
-        <v>253</v>
+        <v>281</v>
       </c>
       <c r="I13" s="128">
         <v>3</v>
       </c>
       <c r="J13" s="130">
         <v>0</v>
       </c>
       <c r="K13" s="128">
-        <v>135</v>
+        <v>167</v>
       </c>
       <c r="L13" s="128">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>460</v>
+        <v>628</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="128">
+        <v>1327</v>
+      </c>
+      <c r="C15" s="128">
         <v>1064</v>
       </c>
-      <c r="C15" s="128">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="128">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E15" s="130">
         <v>0</v>
       </c>
       <c r="F15" s="128">
-        <v>150</v>
+        <v>243</v>
       </c>
       <c r="G15" s="128">
-        <v>949</v>
+        <v>1003</v>
       </c>
       <c r="H15" s="128">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="I15" s="128">
         <v>3</v>
       </c>
       <c r="J15" s="130">
         <v>0</v>
       </c>
       <c r="K15" s="128">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="L15" s="128">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>115</v>
+        <v>324</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="128">
-        <v>885</v>
+        <v>1101</v>
       </c>
       <c r="C17" s="128">
-        <v>755</v>
+        <v>896</v>
       </c>
       <c r="D17" s="128">
         <v>3</v>
       </c>
       <c r="E17" s="130">
         <v>0</v>
       </c>
       <c r="F17" s="128">
-        <v>127</v>
+        <v>202</v>
       </c>
       <c r="G17" s="128">
-        <v>388</v>
+        <v>479</v>
       </c>
       <c r="H17" s="128">
-        <v>171</v>
+        <v>195</v>
       </c>
       <c r="I17" s="128">
         <v>2</v>
       </c>
       <c r="J17" s="130">
         <v>0</v>
       </c>
       <c r="K17" s="128">
-        <v>116</v>
+        <v>155</v>
       </c>
       <c r="L17" s="128">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>498</v>
+        <v>622</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="128">
-        <v>893</v>
+        <v>1071</v>
       </c>
       <c r="C19" s="128">
-        <v>848</v>
+        <v>1014</v>
       </c>
       <c r="D19" s="128">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E19" s="130">
         <v>0</v>
       </c>
       <c r="F19" s="128">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="G19" s="128">
-        <v>434</v>
+        <v>550</v>
       </c>
       <c r="H19" s="128">
-        <v>168</v>
+        <v>203</v>
       </c>
       <c r="I19" s="128">
         <v>3</v>
       </c>
       <c r="J19" s="130">
         <v>0</v>
       </c>
       <c r="K19" s="128">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="L19" s="128">
-        <v>167</v>
+        <v>228</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>459</v>
+        <v>521</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="128">
-        <v>499</v>
+        <v>582</v>
       </c>
       <c r="C21" s="128">
-        <v>494</v>
+        <v>577</v>
       </c>
       <c r="D21" s="128">
         <v>4</v>
       </c>
       <c r="E21" s="130">
         <v>0</v>
       </c>
       <c r="F21" s="128">
         <v>1</v>
       </c>
       <c r="G21" s="128">
-        <v>293</v>
+        <v>356</v>
       </c>
       <c r="H21" s="128">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="I21" s="128">
         <v>1</v>
       </c>
       <c r="J21" s="130">
         <v>0</v>
       </c>
       <c r="K21" s="128">
-        <v>137</v>
+        <v>164</v>
       </c>
       <c r="L21" s="128">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>206</v>
+        <v>227</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="130">
@@ -11074,87 +11080,87 @@
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="128">
-        <v>181</v>
+        <v>215</v>
       </c>
       <c r="C25" s="128">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="D25" s="128">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E25" s="130">
         <v>0</v>
       </c>
       <c r="F25" s="128">
         <v>0</v>
       </c>
       <c r="G25" s="128">
-        <v>131</v>
+        <v>148</v>
       </c>
       <c r="H25" s="128">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="I25" s="128">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J25" s="130">
         <v>0</v>
       </c>
       <c r="K25" s="128">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="L25" s="128">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>51</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="130">
@@ -11384,87 +11390,87 @@
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="128">
-        <v>1068</v>
+        <v>1287</v>
       </c>
       <c r="C35" s="128">
-        <v>1022</v>
+        <v>1227</v>
       </c>
       <c r="D35" s="128">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E35" s="130">
         <v>0</v>
       </c>
       <c r="F35" s="128">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="G35" s="128">
-        <v>581</v>
+        <v>718</v>
       </c>
       <c r="H35" s="128">
-        <v>471</v>
+        <v>558</v>
       </c>
       <c r="I35" s="128">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J35" s="130">
         <v>0</v>
       </c>
       <c r="K35" s="128">
-        <v>140</v>
+        <v>169</v>
       </c>
       <c r="L35" s="128">
-        <v>-34</v>
+        <v>-14</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>487</v>
+        <v>569</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -11480,51 +11486,51 @@
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
     </row>
     <row r="38" spans="1:14" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
     </row>
     <row r="39" spans="1:14" ht="13.5" customHeight="1">
       <c r="A39" s="3" t="str">
         <f>'10-2'!A39</f>
-        <v>　　　　　2.至114年10月止，38家本國銀行放款及催收款之備抵呆帳餘額為597,762百萬元，114年1至10月轉銷呆帳46,605百萬元。</v>
+        <v>　　　　　2.至114年12月止，38家本國銀行放款及催收款之備抵呆帳餘額為609,454百萬元，114年1至12月轉銷呆帳59,314百萬元。</v>
       </c>
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
       <c r="N39" s="3"/>
     </row>
     <row r="40" spans="1:14" ht="13.5" customHeight="1">
       <c r="A40" s="3"/>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
@@ -11844,57 +11850,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>62</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -12219,87 +12225,87 @@
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="128">
-        <v>287</v>
+        <v>346</v>
       </c>
       <c r="C15" s="128">
-        <v>286</v>
+        <v>345</v>
       </c>
       <c r="D15" s="128">
         <v>1</v>
       </c>
       <c r="E15" s="130">
         <v>0</v>
       </c>
       <c r="F15" s="128">
         <v>0</v>
       </c>
       <c r="G15" s="128">
-        <v>162</v>
+        <v>200</v>
       </c>
       <c r="H15" s="128">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I15" s="128">
         <v>1</v>
       </c>
       <c r="J15" s="130">
         <v>0</v>
       </c>
       <c r="K15" s="128">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="L15" s="128">
-        <v>82</v>
+        <v>105</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>125</v>
+        <v>146</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="130">
@@ -13296,57 +13302,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>62</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -14105,87 +14111,87 @@
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>219</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>220</v>
       </c>
       <c r="B29" s="128">
-        <v>24308</v>
+        <v>29081</v>
       </c>
       <c r="C29" s="128">
-        <v>3615</v>
+        <v>4263</v>
       </c>
       <c r="D29" s="128">
-        <v>134</v>
+        <v>157</v>
       </c>
       <c r="E29" s="128">
-        <v>19968</v>
+        <v>24040</v>
       </c>
       <c r="F29" s="128">
-        <v>591</v>
+        <v>621</v>
       </c>
       <c r="G29" s="128">
-        <v>24228</v>
+        <v>28908</v>
       </c>
       <c r="H29" s="128">
-        <v>1515</v>
+        <v>1769</v>
       </c>
       <c r="I29" s="128">
-        <v>108</v>
+        <v>125</v>
       </c>
       <c r="J29" s="128">
-        <v>19886</v>
+        <v>23939</v>
       </c>
       <c r="K29" s="128">
-        <v>932</v>
+        <v>1067</v>
       </c>
       <c r="L29" s="128">
-        <v>1787</v>
+        <v>2008</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>80</v>
+        <v>173</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>221</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>222</v>
       </c>
       <c r="B31" s="130">
@@ -14741,57 +14747,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -14992,831 +14998,831 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>216435</v>
+        <v>251669</v>
       </c>
       <c r="C11" s="117">
-        <v>96123</v>
+        <v>117224</v>
       </c>
       <c r="D11" s="117">
-        <v>6476</v>
+        <v>7684</v>
       </c>
       <c r="E11" s="117">
-        <v>82976</v>
+        <v>99381</v>
       </c>
       <c r="F11" s="117">
-        <v>30860</v>
+        <v>27380</v>
       </c>
       <c r="G11" s="117">
-        <v>196425</v>
+        <v>229643</v>
       </c>
       <c r="H11" s="117">
-        <v>93493</v>
+        <v>112945</v>
       </c>
       <c r="I11" s="117">
-        <v>481</v>
+        <v>570</v>
       </c>
       <c r="J11" s="117">
-        <v>80573</v>
+        <v>88084</v>
       </c>
       <c r="K11" s="117">
-        <v>7046</v>
+        <v>8513</v>
       </c>
       <c r="L11" s="117">
-        <v>14832</v>
+        <v>19531</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>20010</v>
+        <v>22026</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="141">
-        <v>20414</v>
+        <v>24557</v>
       </c>
       <c r="C13" s="141">
-        <v>13548</v>
+        <v>16403</v>
       </c>
       <c r="D13" s="141">
-        <v>566</v>
+        <v>692</v>
       </c>
       <c r="E13" s="141">
-        <v>1831</v>
+        <v>5356</v>
       </c>
       <c r="F13" s="141">
-        <v>4469</v>
+        <v>2106</v>
       </c>
       <c r="G13" s="141">
-        <v>17629</v>
+        <v>21414</v>
       </c>
       <c r="H13" s="141">
-        <v>13939</v>
+        <v>16845</v>
       </c>
       <c r="I13" s="141">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="J13" s="141">
-        <v>1654</v>
+        <v>1930</v>
       </c>
       <c r="K13" s="141">
-        <v>529</v>
+        <v>632</v>
       </c>
       <c r="L13" s="141">
-        <v>1478</v>
+        <v>1971</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>2785</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="141">
-        <v>8236</v>
+        <v>7121</v>
       </c>
       <c r="C15" s="141">
-        <v>3621</v>
+        <v>4492</v>
       </c>
       <c r="D15" s="141">
-        <v>123</v>
+        <v>148</v>
       </c>
       <c r="E15" s="141">
-        <v>2957</v>
+        <v>1112</v>
       </c>
       <c r="F15" s="141">
-        <v>1535</v>
+        <v>1370</v>
       </c>
       <c r="G15" s="141">
-        <v>6628</v>
+        <v>5321</v>
       </c>
       <c r="H15" s="141">
-        <v>2787</v>
+        <v>3446</v>
       </c>
       <c r="I15" s="141">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="J15" s="141">
-        <v>3352</v>
+        <v>783</v>
       </c>
       <c r="K15" s="141">
-        <v>436</v>
+        <v>529</v>
       </c>
       <c r="L15" s="141">
-        <v>43</v>
+        <v>549</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>1607</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="141">
-        <v>1181</v>
+        <v>1355</v>
       </c>
       <c r="C17" s="141">
-        <v>582</v>
+        <v>678</v>
       </c>
       <c r="D17" s="141">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="E17" s="141">
-        <v>464</v>
+        <v>521</v>
       </c>
       <c r="F17" s="141">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="G17" s="141">
-        <v>1065</v>
+        <v>1231</v>
       </c>
       <c r="H17" s="141">
-        <v>528</v>
+        <v>612</v>
       </c>
       <c r="I17" s="141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J17" s="141">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="K17" s="141">
-        <v>162</v>
+        <v>195</v>
       </c>
       <c r="L17" s="141">
-        <v>184</v>
+        <v>226</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>116</v>
+        <v>124</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="141">
-        <v>455</v>
+        <v>534</v>
       </c>
       <c r="C19" s="141">
-        <v>280</v>
+        <v>331</v>
       </c>
       <c r="D19" s="141">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="E19" s="141">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F19" s="141">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="G19" s="141">
-        <v>413</v>
+        <v>481</v>
       </c>
       <c r="H19" s="141">
-        <v>300</v>
+        <v>353</v>
       </c>
       <c r="I19" s="141">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
       <c r="K19" s="141">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="L19" s="141">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="141">
-        <v>437</v>
+        <v>512</v>
       </c>
       <c r="C21" s="141">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D21" s="141">
         <v>1</v>
       </c>
       <c r="E21" s="141">
-        <v>192</v>
+        <v>220</v>
       </c>
       <c r="F21" s="141">
-        <v>197</v>
+        <v>239</v>
       </c>
       <c r="G21" s="141">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="H21" s="141">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I21" s="143">
         <v>0</v>
       </c>
       <c r="J21" s="143">
         <v>0</v>
       </c>
       <c r="K21" s="141">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="L21" s="141">
-        <v>268</v>
+        <v>254</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
       <c r="N21" s="145">
-        <v>34</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="141">
-        <v>7133</v>
+        <v>8083</v>
       </c>
       <c r="C23" s="141">
-        <v>4474</v>
+        <v>5411</v>
       </c>
       <c r="D23" s="141">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="E23" s="141">
         <v>0</v>
       </c>
       <c r="F23" s="141">
-        <v>2596</v>
+        <v>2595</v>
       </c>
       <c r="G23" s="141">
-        <v>7241</v>
+        <v>7899</v>
       </c>
       <c r="H23" s="141">
-        <v>4387</v>
+        <v>5294</v>
       </c>
       <c r="I23" s="141">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J23" s="141">
-        <v>2130</v>
+        <v>2027</v>
       </c>
       <c r="K23" s="141">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="L23" s="141">
-        <v>516</v>
+        <v>362</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
       <c r="N23" s="145">
-        <v>-108</v>
+        <v>183</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="141">
-        <v>3323</v>
+        <v>3950</v>
       </c>
       <c r="C25" s="141">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D25" s="141">
-        <v>194</v>
+        <v>241</v>
       </c>
       <c r="E25" s="141">
-        <v>730</v>
+        <v>1453</v>
       </c>
       <c r="F25" s="141">
-        <v>2363</v>
+        <v>2218</v>
       </c>
       <c r="G25" s="141">
-        <v>2468</v>
+        <v>3063</v>
       </c>
       <c r="H25" s="141">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="I25" s="143">
         <v>0</v>
       </c>
       <c r="J25" s="143">
         <v>0</v>
       </c>
       <c r="K25" s="141">
-        <v>196</v>
+        <v>237</v>
       </c>
       <c r="L25" s="141">
-        <v>2214</v>
+        <v>2761</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
       <c r="N25" s="145">
-        <v>855</v>
+        <v>887</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>228</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>229</v>
       </c>
       <c r="B27" s="141">
-        <v>28468</v>
+        <v>34300</v>
       </c>
       <c r="C27" s="141">
-        <v>2494</v>
+        <v>2942</v>
       </c>
       <c r="D27" s="141">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E27" s="141">
-        <v>25580</v>
+        <v>30818</v>
       </c>
       <c r="F27" s="141">
-        <v>306</v>
+        <v>450</v>
       </c>
       <c r="G27" s="141">
-        <v>28094</v>
+        <v>34038</v>
       </c>
       <c r="H27" s="141">
-        <v>2432</v>
+        <v>2856</v>
       </c>
       <c r="I27" s="141">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J27" s="141">
-        <v>25162</v>
+        <v>30504</v>
       </c>
       <c r="K27" s="141">
-        <v>213</v>
+        <v>284</v>
       </c>
       <c r="L27" s="141">
-        <v>234</v>
+        <v>332</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>374</v>
+        <v>262</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>230</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>231</v>
       </c>
       <c r="B29" s="141">
-        <v>7470</v>
+        <v>8898</v>
       </c>
       <c r="C29" s="141">
-        <v>5748</v>
+        <v>6750</v>
       </c>
       <c r="D29" s="141">
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="E29" s="141">
-        <v>1454</v>
+        <v>1897</v>
       </c>
       <c r="F29" s="141">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="G29" s="141">
-        <v>6641</v>
+        <v>8089</v>
       </c>
       <c r="H29" s="141">
-        <v>5038</v>
+        <v>5928</v>
       </c>
       <c r="I29" s="141">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="J29" s="141">
-        <v>102</v>
+        <v>342</v>
       </c>
       <c r="K29" s="141">
-        <v>346</v>
+        <v>415</v>
       </c>
       <c r="L29" s="141">
-        <v>1121</v>
+        <v>1363</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>829</v>
+        <v>809</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>232</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>233</v>
       </c>
       <c r="B31" s="141">
-        <v>2102</v>
+        <v>2396</v>
       </c>
       <c r="C31" s="141">
-        <v>995</v>
+        <v>1216</v>
       </c>
       <c r="D31" s="141">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="E31" s="141">
-        <v>874</v>
+        <v>1037</v>
       </c>
       <c r="F31" s="141">
-        <v>203</v>
+        <v>105</v>
       </c>
       <c r="G31" s="141">
-        <v>1886</v>
+        <v>2146</v>
       </c>
       <c r="H31" s="141">
-        <v>794</v>
+        <v>948</v>
       </c>
       <c r="I31" s="141">
         <v>1</v>
       </c>
       <c r="J31" s="141">
-        <v>894</v>
+        <v>936</v>
       </c>
       <c r="K31" s="141">
-        <v>86</v>
+        <v>104</v>
       </c>
       <c r="L31" s="141">
-        <v>110</v>
+        <v>157</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>216</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>234</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>235</v>
       </c>
       <c r="B33" s="141">
-        <v>4982</v>
+        <v>5486</v>
       </c>
       <c r="C33" s="141">
-        <v>1479</v>
+        <v>1785</v>
       </c>
       <c r="D33" s="141">
-        <v>1052</v>
+        <v>1293</v>
       </c>
       <c r="E33" s="141">
-        <v>406</v>
+        <v>933</v>
       </c>
       <c r="F33" s="141">
-        <v>2044</v>
+        <v>1475</v>
       </c>
       <c r="G33" s="141">
-        <v>3178</v>
+        <v>3921</v>
       </c>
       <c r="H33" s="141">
-        <v>1090</v>
+        <v>1279</v>
       </c>
       <c r="I33" s="141">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="J33" s="143">
         <v>0</v>
       </c>
       <c r="K33" s="141">
-        <v>793</v>
+        <v>976</v>
       </c>
       <c r="L33" s="141">
-        <v>1257</v>
+        <v>1615</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
       <c r="N33" s="145">
-        <v>1804</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>236</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>237</v>
       </c>
       <c r="B35" s="141">
-        <v>6290</v>
+        <v>7747</v>
       </c>
       <c r="C35" s="141">
-        <v>5238</v>
+        <v>6379</v>
       </c>
       <c r="D35" s="141">
-        <v>533</v>
+        <v>648</v>
       </c>
       <c r="E35" s="141">
-        <v>516</v>
+        <v>690</v>
       </c>
       <c r="F35" s="141">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="G35" s="141">
-        <v>5495</v>
+        <v>6378</v>
       </c>
       <c r="H35" s="141">
-        <v>4170</v>
+        <v>5010</v>
       </c>
       <c r="I35" s="143">
         <v>0</v>
       </c>
       <c r="J35" s="141">
-        <v>699</v>
+        <v>1064</v>
       </c>
       <c r="K35" s="141">
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="L35" s="141">
-        <v>560</v>
+        <v>222</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
-        <v>796</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>238</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -16172,57 +16178,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -16423,831 +16429,831 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>88</v>
       </c>
       <c r="B11" s="116">
-        <v>8334</v>
+        <v>10204</v>
       </c>
       <c r="C11" s="116">
-        <v>4541</v>
+        <v>5517</v>
       </c>
       <c r="D11" s="116">
-        <v>1315</v>
+        <v>1505</v>
       </c>
       <c r="E11" s="116">
-        <v>1858</v>
+        <v>2084</v>
       </c>
       <c r="F11" s="116">
-        <v>620</v>
+        <v>1099</v>
       </c>
       <c r="G11" s="116">
-        <v>6042</v>
+        <v>7395</v>
       </c>
       <c r="H11" s="116">
-        <v>4028</v>
+        <v>4778</v>
       </c>
       <c r="I11" s="116">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>75</v>
+      </c>
+      <c r="J11" s="116">
+        <v>69</v>
       </c>
       <c r="K11" s="116">
-        <v>791</v>
+        <v>1002</v>
       </c>
       <c r="L11" s="116">
-        <v>1161</v>
+        <v>1470</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>2291</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>239</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>240</v>
       </c>
       <c r="B13" s="141">
-        <v>583</v>
+        <v>679</v>
       </c>
       <c r="C13" s="141">
-        <v>567</v>
+        <v>661</v>
       </c>
       <c r="D13" s="141">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E13" s="143">
         <v>0</v>
       </c>
       <c r="F13" s="141">
         <v>0</v>
       </c>
       <c r="G13" s="141">
-        <v>385</v>
+        <v>444</v>
       </c>
       <c r="H13" s="141">
-        <v>351</v>
+        <v>390</v>
       </c>
       <c r="I13" s="141">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="141">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L13" s="141">
-        <v>-2</v>
+        <v>14</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>198</v>
+        <v>236</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>241</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>242</v>
       </c>
       <c r="B15" s="141">
-        <v>9909</v>
+        <v>10269</v>
       </c>
       <c r="C15" s="141">
-        <v>3861</v>
+        <v>4657</v>
       </c>
       <c r="D15" s="141">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="E15" s="141">
-        <v>482</v>
+        <v>1019</v>
       </c>
       <c r="F15" s="141">
-        <v>5410</v>
+        <v>4419</v>
       </c>
       <c r="G15" s="141">
-        <v>9842</v>
+        <v>10152</v>
       </c>
       <c r="H15" s="141">
-        <v>4739</v>
+        <v>5640</v>
       </c>
       <c r="I15" s="141">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="J15" s="141">
-        <v>4341</v>
+        <v>3577</v>
       </c>
       <c r="K15" s="141">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="L15" s="141">
-        <v>633</v>
+        <v>778</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>66</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>243</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>244</v>
       </c>
       <c r="B17" s="141">
-        <v>14439</v>
+        <v>16418</v>
       </c>
       <c r="C17" s="141">
-        <v>3479</v>
+        <v>4243</v>
       </c>
       <c r="D17" s="141">
-        <v>340</v>
+        <v>405</v>
       </c>
       <c r="E17" s="141">
-        <v>7252</v>
+        <v>7927</v>
       </c>
       <c r="F17" s="141">
-        <v>3367</v>
+        <v>3843</v>
       </c>
       <c r="G17" s="141">
-        <v>13326</v>
+        <v>15431</v>
       </c>
       <c r="H17" s="141">
-        <v>5616</v>
+        <v>6597</v>
       </c>
       <c r="I17" s="141">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="J17" s="141">
-        <v>7194</v>
+        <v>8016</v>
       </c>
       <c r="K17" s="141">
-        <v>342</v>
+        <v>408</v>
       </c>
       <c r="L17" s="141">
-        <v>156</v>
+        <v>386</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>1113</v>
+        <v>987</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>245</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>246</v>
       </c>
       <c r="B19" s="141">
-        <v>7713</v>
+        <v>9199</v>
       </c>
       <c r="C19" s="141">
-        <v>4543</v>
+        <v>5467</v>
       </c>
       <c r="D19" s="141">
-        <v>819</v>
+        <v>972</v>
       </c>
       <c r="E19" s="141">
-        <v>2270</v>
+        <v>2445</v>
       </c>
       <c r="F19" s="141">
-        <v>80</v>
+        <v>315</v>
       </c>
       <c r="G19" s="141">
-        <v>6458</v>
+        <v>7750</v>
       </c>
       <c r="H19" s="141">
-        <v>3493</v>
+        <v>4175</v>
       </c>
       <c r="I19" s="141">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
       <c r="K19" s="141">
-        <v>1121</v>
+        <v>1306</v>
       </c>
       <c r="L19" s="141">
-        <v>1786</v>
+        <v>2198</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>1255</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>247</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>248</v>
       </c>
       <c r="B21" s="141">
-        <v>11001</v>
+        <v>12630</v>
       </c>
       <c r="C21" s="141">
-        <v>6523</v>
+        <v>8467</v>
       </c>
       <c r="D21" s="141">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="E21" s="141">
-        <v>2030</v>
+        <v>2149</v>
       </c>
       <c r="F21" s="141">
-        <v>2390</v>
+        <v>1961</v>
       </c>
       <c r="G21" s="141">
-        <v>10780</v>
+        <v>12574</v>
       </c>
       <c r="H21" s="141">
-        <v>6462</v>
+        <v>8301</v>
       </c>
       <c r="I21" s="141">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="J21" s="141">
-        <v>3472</v>
+        <v>3070</v>
       </c>
       <c r="K21" s="141">
-        <v>180</v>
+        <v>212</v>
       </c>
       <c r="L21" s="141">
-        <v>641</v>
+        <v>973</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
       <c r="N21" s="145">
-        <v>221</v>
+        <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>249</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>250</v>
       </c>
       <c r="B23" s="141">
-        <v>225</v>
+        <v>254</v>
       </c>
       <c r="C23" s="141">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D23" s="141">
         <v>3</v>
       </c>
       <c r="E23" s="143">
         <v>0</v>
       </c>
       <c r="F23" s="141">
-        <v>213</v>
+        <v>238</v>
       </c>
       <c r="G23" s="141">
-        <v>229</v>
+        <v>290</v>
       </c>
       <c r="H23" s="141">
         <v>3</v>
       </c>
       <c r="I23" s="141">
         <v>0</v>
       </c>
       <c r="J23" s="143">
         <v>0</v>
       </c>
       <c r="K23" s="141">
-        <v>97</v>
+        <v>149</v>
       </c>
       <c r="L23" s="141">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
       <c r="N23" s="145">
-        <v>-3</v>
+        <v>-37</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>251</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>252</v>
       </c>
       <c r="B25" s="141">
-        <v>35226</v>
+        <v>40742</v>
       </c>
       <c r="C25" s="141">
-        <v>8750</v>
+        <v>10699</v>
       </c>
       <c r="D25" s="141">
-        <v>176</v>
+        <v>200</v>
       </c>
       <c r="E25" s="141">
-        <v>26299</v>
+        <v>29843</v>
       </c>
       <c r="F25" s="141">
         <v>0</v>
       </c>
       <c r="G25" s="141">
-        <v>32174</v>
+        <v>37034</v>
       </c>
       <c r="H25" s="141">
-        <v>7302</v>
+        <v>8891</v>
       </c>
       <c r="I25" s="141">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="J25" s="141">
-        <v>24181</v>
+        <v>27262</v>
       </c>
       <c r="K25" s="141">
-        <v>336</v>
+        <v>387</v>
       </c>
       <c r="L25" s="141">
-        <v>326</v>
+        <v>460</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
       <c r="N25" s="145">
-        <v>3052</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>253</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>254</v>
       </c>
       <c r="B27" s="141">
-        <v>22158</v>
+        <v>27406</v>
       </c>
       <c r="C27" s="141">
-        <v>16305</v>
+        <v>20057</v>
       </c>
       <c r="D27" s="141">
-        <v>295</v>
+        <v>329</v>
       </c>
       <c r="E27" s="141">
-        <v>3566</v>
+        <v>5345</v>
       </c>
       <c r="F27" s="141">
-        <v>1992</v>
+        <v>1675</v>
       </c>
       <c r="G27" s="141">
-        <v>20638</v>
+        <v>25543</v>
       </c>
       <c r="H27" s="141">
-        <v>15690</v>
+        <v>19178</v>
       </c>
       <c r="I27" s="141">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="J27" s="141">
-        <v>4252</v>
+        <v>5562</v>
       </c>
       <c r="K27" s="141">
-        <v>256</v>
+        <v>291</v>
       </c>
       <c r="L27" s="141">
-        <v>411</v>
+        <v>471</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>1520</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>255</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>256</v>
       </c>
       <c r="B29" s="141">
-        <v>1621</v>
+        <v>2001</v>
       </c>
       <c r="C29" s="141">
-        <v>1621</v>
+        <v>2001</v>
       </c>
       <c r="D29" s="143">
         <v>0</v>
       </c>
-      <c r="E29" s="143">
-[...2 lines deleted...]
-      <c r="F29" s="143">
+      <c r="E29" s="141">
+        <v>0</v>
+      </c>
+      <c r="F29" s="141">
         <v>0</v>
       </c>
       <c r="G29" s="141">
+        <v>2239</v>
+      </c>
+      <c r="H29" s="141">
         <v>1726</v>
       </c>
-      <c r="H29" s="141">
-[...1 lines deleted...]
-      </c>
       <c r="I29" s="141">
         <v>0</v>
       </c>
-      <c r="J29" s="141">
+      <c r="J29" s="143">
         <v>0</v>
       </c>
       <c r="K29" s="141">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="L29" s="141">
-        <v>300</v>
+        <v>487</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>-106</v>
+        <v>-238</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>257</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>258</v>
       </c>
       <c r="B31" s="141">
-        <v>1693</v>
+        <v>2104</v>
       </c>
       <c r="C31" s="141">
-        <v>1329</v>
+        <v>1668</v>
       </c>
       <c r="D31" s="141">
-        <v>261</v>
+        <v>295</v>
       </c>
       <c r="E31" s="143">
         <v>0</v>
       </c>
       <c r="F31" s="141">
-        <v>103</v>
+        <v>141</v>
       </c>
       <c r="G31" s="141">
-        <v>1418</v>
+        <v>1927</v>
       </c>
       <c r="H31" s="141">
-        <v>1125</v>
+        <v>1408</v>
       </c>
       <c r="I31" s="141">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="J31" s="143">
         <v>0</v>
       </c>
       <c r="K31" s="141">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="L31" s="141">
-        <v>236</v>
+        <v>453</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>275</v>
+        <v>177</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>259</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>260</v>
       </c>
       <c r="B33" s="141">
-        <v>3034</v>
+        <v>3247</v>
       </c>
       <c r="C33" s="141">
-        <v>1767</v>
+        <v>2146</v>
       </c>
       <c r="D33" s="141">
-        <v>98</v>
+        <v>130</v>
       </c>
       <c r="E33" s="143">
         <v>0</v>
       </c>
       <c r="F33" s="141">
-        <v>1170</v>
+        <v>971</v>
       </c>
       <c r="G33" s="141">
-        <v>2807</v>
+        <v>3598</v>
       </c>
       <c r="H33" s="141">
-        <v>2207</v>
+        <v>2587</v>
       </c>
       <c r="I33" s="147">
         <v>0</v>
       </c>
       <c r="J33" s="141">
-        <v>366</v>
+        <v>12</v>
       </c>
       <c r="K33" s="141">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="L33" s="141">
-        <v>168</v>
+        <v>916</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
       <c r="N33" s="145">
-        <v>227</v>
+        <v>-351</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>261</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>262</v>
       </c>
       <c r="B35" s="141">
-        <v>5879</v>
+        <v>6772</v>
       </c>
       <c r="C35" s="141">
-        <v>3175</v>
+        <v>3807</v>
       </c>
       <c r="D35" s="141">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="E35" s="141">
-        <v>1527</v>
+        <v>1491</v>
       </c>
       <c r="F35" s="141">
-        <v>1139</v>
+        <v>1427</v>
       </c>
       <c r="G35" s="141">
-        <v>5439</v>
+        <v>6321</v>
       </c>
       <c r="H35" s="141">
-        <v>4353</v>
+        <v>5168</v>
       </c>
       <c r="I35" s="141">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="J35" s="141">
-        <v>460</v>
+        <v>326</v>
       </c>
       <c r="K35" s="141">
-        <v>355</v>
+        <v>429</v>
       </c>
       <c r="L35" s="141">
-        <v>251</v>
+        <v>373</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
-        <v>440</v>
+        <v>451</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>263</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3"/>
@@ -17575,57 +17581,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>54</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -17826,211 +17832,211 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="116">
-        <v>3570</v>
+        <v>4091</v>
       </c>
       <c r="C11" s="116">
-        <v>624</v>
+        <v>719</v>
       </c>
       <c r="D11" s="116">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E11" s="116">
-        <v>2678</v>
+        <v>3034</v>
       </c>
       <c r="F11" s="116">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="G11" s="116">
-        <v>3539</v>
+        <v>3936</v>
       </c>
       <c r="H11" s="116">
-        <v>865</v>
+        <v>1039</v>
       </c>
       <c r="I11" s="116">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J11" s="116">
-        <v>2123</v>
+        <v>2408</v>
       </c>
       <c r="K11" s="116">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="L11" s="116">
-        <v>465</v>
+        <v>379</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>31</v>
+        <v>155</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>264</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>265</v>
       </c>
       <c r="B13" s="141">
-        <v>407</v>
+        <v>503</v>
       </c>
       <c r="C13" s="141">
-        <v>356</v>
+        <v>441</v>
       </c>
       <c r="D13" s="141">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E13" s="143">
         <v>0</v>
       </c>
       <c r="F13" s="141">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G13" s="141">
-        <v>290</v>
+        <v>369</v>
       </c>
       <c r="H13" s="141">
-        <v>214</v>
+        <v>268</v>
       </c>
       <c r="I13" s="141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="141">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="L13" s="141">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>116</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>266</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>267</v>
       </c>
       <c r="B15" s="141">
-        <v>154</v>
+        <v>211</v>
       </c>
       <c r="C15" s="141">
-        <v>131</v>
+        <v>185</v>
       </c>
       <c r="D15" s="141">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E15" s="143">
         <v>0</v>
       </c>
       <c r="F15" s="141">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G15" s="141">
-        <v>190</v>
+        <v>246</v>
       </c>
       <c r="H15" s="141">
-        <v>91</v>
+        <v>130</v>
       </c>
       <c r="I15" s="141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J15" s="143">
         <v>0</v>
       </c>
       <c r="K15" s="141">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="L15" s="141">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>-36</v>
+        <v>-35</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>268</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33"/>
       <c r="B17" s="68"/>
       <c r="C17" s="68"/>
       <c r="D17" s="68"/>
@@ -18677,57 +18683,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -18928,831 +18934,831 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>171144</v>
+        <v>198987</v>
       </c>
       <c r="C11" s="117">
-        <v>63029</v>
+        <v>76384</v>
       </c>
       <c r="D11" s="117">
-        <v>5127</v>
+        <v>6077</v>
       </c>
       <c r="E11" s="117">
-        <v>71890</v>
+        <v>88326</v>
       </c>
       <c r="F11" s="117">
-        <v>31098</v>
+        <v>28200</v>
       </c>
       <c r="G11" s="117">
-        <v>155670</v>
+        <v>182511</v>
       </c>
       <c r="H11" s="117">
-        <v>56137</v>
+        <v>67537</v>
       </c>
       <c r="I11" s="117">
-        <v>427</v>
+        <v>504</v>
       </c>
       <c r="J11" s="117">
-        <v>70385</v>
+        <v>77975</v>
       </c>
       <c r="K11" s="117">
-        <v>6208</v>
+        <v>7525</v>
       </c>
       <c r="L11" s="117">
-        <v>22513</v>
+        <v>28970</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>15473</v>
+        <v>16476</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="141">
-        <v>15304</v>
+        <v>18294</v>
       </c>
       <c r="C13" s="141">
-        <v>8461</v>
+        <v>10184</v>
       </c>
       <c r="D13" s="141">
-        <v>545</v>
+        <v>652</v>
       </c>
       <c r="E13" s="141">
-        <v>1831</v>
+        <v>5356</v>
       </c>
       <c r="F13" s="141">
-        <v>4466</v>
+        <v>2103</v>
       </c>
       <c r="G13" s="141">
-        <v>12769</v>
+        <v>15434</v>
       </c>
       <c r="H13" s="141">
-        <v>7502</v>
+        <v>8901</v>
       </c>
       <c r="I13" s="141">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="J13" s="141">
-        <v>1654</v>
+        <v>1930</v>
       </c>
       <c r="K13" s="141">
-        <v>499</v>
+        <v>597</v>
       </c>
       <c r="L13" s="141">
-        <v>3085</v>
+        <v>3971</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>2534</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="141">
-        <v>7944</v>
+        <v>6747</v>
       </c>
       <c r="C15" s="141">
-        <v>3314</v>
+        <v>4123</v>
       </c>
       <c r="D15" s="141">
-        <v>122</v>
+        <v>147</v>
       </c>
       <c r="E15" s="141">
-        <v>2978</v>
+        <v>1113</v>
       </c>
       <c r="F15" s="141">
-        <v>1530</v>
+        <v>1365</v>
       </c>
       <c r="G15" s="141">
-        <v>6520</v>
+        <v>5168</v>
       </c>
       <c r="H15" s="141">
-        <v>2767</v>
+        <v>3423</v>
       </c>
       <c r="I15" s="141">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="J15" s="141">
-        <v>3373</v>
+        <v>784</v>
       </c>
       <c r="K15" s="141">
-        <v>372</v>
+        <v>451</v>
       </c>
       <c r="L15" s="141">
-        <v>-1</v>
+        <v>497</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>1424</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="141">
-        <v>1016</v>
+        <v>1172</v>
       </c>
       <c r="C17" s="141">
-        <v>409</v>
+        <v>486</v>
       </c>
       <c r="D17" s="141">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="E17" s="141">
-        <v>464</v>
+        <v>521</v>
       </c>
       <c r="F17" s="141">
-        <v>93</v>
+        <v>105</v>
       </c>
       <c r="G17" s="141">
-        <v>952</v>
+        <v>1102</v>
       </c>
       <c r="H17" s="141">
-        <v>439</v>
+        <v>520</v>
       </c>
       <c r="I17" s="141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J17" s="141">
+        <v>197</v>
+      </c>
+      <c r="K17" s="141">
+        <v>194</v>
+      </c>
+      <c r="L17" s="141">
         <v>190</v>
       </c>
-      <c r="K17" s="141">
-[...4 lines deleted...]
-      </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>64</v>
+        <v>70</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="141">
-        <v>389</v>
+        <v>460</v>
       </c>
       <c r="C19" s="141">
-        <v>216</v>
+        <v>258</v>
       </c>
       <c r="D19" s="141">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="E19" s="141">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="F19" s="141">
-        <v>127</v>
+        <v>149</v>
       </c>
       <c r="G19" s="141">
-        <v>375</v>
+        <v>411</v>
       </c>
       <c r="H19" s="141">
-        <v>260</v>
+        <v>307</v>
       </c>
       <c r="I19" s="141">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
       <c r="K19" s="141">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="L19" s="141">
-        <v>63</v>
+        <v>49</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>14</v>
+        <v>49</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="141">
-        <v>437</v>
+        <v>512</v>
       </c>
       <c r="C21" s="141">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D21" s="141">
         <v>1</v>
       </c>
       <c r="E21" s="141">
-        <v>192</v>
+        <v>220</v>
       </c>
       <c r="F21" s="141">
-        <v>197</v>
+        <v>239</v>
       </c>
       <c r="G21" s="141">
-        <v>387</v>
+        <v>412</v>
       </c>
       <c r="H21" s="141">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I21" s="143">
         <v>0</v>
       </c>
       <c r="J21" s="143">
         <v>0</v>
       </c>
       <c r="K21" s="141">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="L21" s="141">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
       <c r="N21" s="145">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="141">
-        <v>6881</v>
+        <v>7751</v>
       </c>
       <c r="C23" s="141">
-        <v>4234</v>
+        <v>5092</v>
       </c>
       <c r="D23" s="141">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="E23" s="141">
         <v>0</v>
       </c>
       <c r="F23" s="141">
-        <v>2584</v>
+        <v>2583</v>
       </c>
       <c r="G23" s="141">
-        <v>7027</v>
+        <v>7647</v>
       </c>
       <c r="H23" s="141">
-        <v>4284</v>
+        <v>5143</v>
       </c>
       <c r="I23" s="141">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J23" s="141">
-        <v>2121</v>
+        <v>2018</v>
       </c>
       <c r="K23" s="141">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="L23" s="141">
-        <v>414</v>
+        <v>269</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
       <c r="N23" s="145">
-        <v>-146</v>
+        <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="141">
-        <v>3323</v>
+        <v>3950</v>
       </c>
       <c r="C25" s="141">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D25" s="141">
-        <v>194</v>
+        <v>241</v>
       </c>
       <c r="E25" s="141">
-        <v>730</v>
+        <v>1453</v>
       </c>
       <c r="F25" s="141">
-        <v>2363</v>
+        <v>2218</v>
       </c>
       <c r="G25" s="141">
-        <v>2468</v>
+        <v>3063</v>
       </c>
       <c r="H25" s="141">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="I25" s="143">
         <v>0</v>
       </c>
       <c r="J25" s="143">
         <v>0</v>
       </c>
       <c r="K25" s="141">
-        <v>196</v>
+        <v>237</v>
       </c>
       <c r="L25" s="141">
-        <v>2214</v>
+        <v>2761</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
       <c r="N25" s="145">
-        <v>855</v>
+        <v>887</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>228</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>229</v>
       </c>
       <c r="B27" s="141">
-        <v>25838</v>
+        <v>31612</v>
       </c>
       <c r="C27" s="141">
-        <v>432</v>
+        <v>528</v>
       </c>
       <c r="D27" s="141">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E27" s="141">
-        <v>24985</v>
+        <v>30515</v>
       </c>
       <c r="F27" s="141">
-        <v>333</v>
+        <v>480</v>
       </c>
       <c r="G27" s="141">
-        <v>25447</v>
+        <v>31328</v>
       </c>
       <c r="H27" s="141">
-        <v>395</v>
+        <v>471</v>
       </c>
       <c r="I27" s="141">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J27" s="141">
-        <v>24567</v>
+        <v>30199</v>
       </c>
       <c r="K27" s="141">
-        <v>206</v>
+        <v>275</v>
       </c>
       <c r="L27" s="141">
-        <v>225</v>
+        <v>321</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>391</v>
+        <v>284</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>230</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>231</v>
       </c>
       <c r="B29" s="141">
-        <v>7281</v>
+        <v>8645</v>
       </c>
       <c r="C29" s="141">
-        <v>5748</v>
+        <v>6750</v>
       </c>
       <c r="D29" s="141">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="E29" s="141">
-        <v>1265</v>
+        <v>1645</v>
       </c>
       <c r="F29" s="141">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="G29" s="141">
-        <v>7264</v>
+        <v>8894</v>
       </c>
       <c r="H29" s="141">
-        <v>596</v>
+        <v>731</v>
       </c>
       <c r="I29" s="141">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="J29" s="141">
-        <v>45</v>
+        <v>298</v>
       </c>
       <c r="K29" s="141">
-        <v>346</v>
+        <v>404</v>
       </c>
       <c r="L29" s="141">
-        <v>6242</v>
+        <v>7420</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>17</v>
+        <v>-250</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>232</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>233</v>
       </c>
       <c r="B31" s="141">
-        <v>1677</v>
+        <v>1875</v>
       </c>
       <c r="C31" s="141">
-        <v>584</v>
+        <v>713</v>
       </c>
       <c r="D31" s="141">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E31" s="141">
-        <v>873</v>
+        <v>1036</v>
       </c>
       <c r="F31" s="141">
-        <v>203</v>
+        <v>105</v>
       </c>
       <c r="G31" s="141">
-        <v>1606</v>
+        <v>1818</v>
       </c>
       <c r="H31" s="141">
-        <v>579</v>
+        <v>688</v>
       </c>
       <c r="I31" s="141">
         <v>1</v>
       </c>
       <c r="J31" s="141">
-        <v>894</v>
+        <v>936</v>
       </c>
       <c r="K31" s="141">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="L31" s="141">
-        <v>75</v>
+        <v>127</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>71</v>
+        <v>57</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>234</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>235</v>
       </c>
       <c r="B33" s="141">
-        <v>5045</v>
+        <v>5430</v>
       </c>
       <c r="C33" s="141">
-        <v>1429</v>
+        <v>1728</v>
       </c>
       <c r="D33" s="141">
-        <v>1050</v>
+        <v>1291</v>
       </c>
       <c r="E33" s="141">
-        <v>441</v>
+        <v>868</v>
       </c>
       <c r="F33" s="141">
-        <v>2125</v>
+        <v>1543</v>
       </c>
       <c r="G33" s="141">
-        <v>3179</v>
+        <v>3922</v>
       </c>
       <c r="H33" s="141">
-        <v>1086</v>
+        <v>1275</v>
       </c>
       <c r="I33" s="141">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="J33" s="143">
         <v>0</v>
       </c>
       <c r="K33" s="141">
-        <v>793</v>
+        <v>976</v>
       </c>
       <c r="L33" s="141">
-        <v>1262</v>
+        <v>1620</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
       <c r="N33" s="145">
-        <v>1866</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>236</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>237</v>
       </c>
       <c r="B35" s="141">
-        <v>5365</v>
+        <v>6686</v>
       </c>
       <c r="C35" s="141">
-        <v>4305</v>
+        <v>5158</v>
       </c>
       <c r="D35" s="141">
-        <v>379</v>
+        <v>484</v>
       </c>
       <c r="E35" s="141">
-        <v>516</v>
+        <v>690</v>
       </c>
       <c r="F35" s="141">
-        <v>165</v>
+        <v>354</v>
       </c>
       <c r="G35" s="141">
-        <v>4764</v>
+        <v>5779</v>
       </c>
       <c r="H35" s="141">
-        <v>3456</v>
+        <v>4187</v>
       </c>
       <c r="I35" s="143">
         <v>0</v>
       </c>
       <c r="J35" s="141">
-        <v>723</v>
+        <v>1096</v>
       </c>
       <c r="K35" s="141">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="L35" s="141">
-        <v>531</v>
+        <v>429</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
-        <v>601</v>
+        <v>907</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>238</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -20083,57 +20089,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -20334,831 +20340,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="116">
-        <v>22122</v>
+        <v>26872</v>
       </c>
       <c r="C11" s="116">
-        <v>11354</v>
+        <v>13689</v>
       </c>
       <c r="D11" s="116">
-        <v>2287</v>
+        <v>2844</v>
       </c>
       <c r="E11" s="116">
-        <v>4842</v>
+        <v>6270</v>
       </c>
       <c r="F11" s="116">
-        <v>3640</v>
+        <v>4069</v>
       </c>
       <c r="G11" s="116">
-        <v>12608</v>
+        <v>16442</v>
       </c>
       <c r="H11" s="116">
-        <v>3104</v>
+        <v>3910</v>
       </c>
       <c r="I11" s="116">
-        <v>640</v>
+        <v>782</v>
       </c>
       <c r="J11" s="116">
-        <v>4817</v>
+        <v>5778</v>
       </c>
       <c r="K11" s="116">
-        <v>1748</v>
+        <v>2108</v>
       </c>
       <c r="L11" s="116">
-        <v>2299</v>
+        <v>3864</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>9515</v>
+        <v>10429</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>178</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>179</v>
       </c>
       <c r="B13" s="128">
-        <v>27743</v>
+        <v>32387</v>
       </c>
       <c r="C13" s="128">
-        <v>9287</v>
+        <v>11323</v>
       </c>
       <c r="D13" s="128">
-        <v>871</v>
+        <v>1059</v>
       </c>
       <c r="E13" s="128">
-        <v>15140</v>
+        <v>17645</v>
       </c>
       <c r="F13" s="128">
-        <v>2445</v>
+        <v>2361</v>
       </c>
       <c r="G13" s="128">
-        <v>25787</v>
+        <v>30192</v>
       </c>
       <c r="H13" s="128">
-        <v>6761</v>
+        <v>8188</v>
       </c>
       <c r="I13" s="128">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="J13" s="128">
-        <v>15183</v>
+        <v>17332</v>
       </c>
       <c r="K13" s="128">
-        <v>1747</v>
+        <v>2128</v>
       </c>
       <c r="L13" s="128">
-        <v>1949</v>
+        <v>2370</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>1956</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="128">
-        <v>62937</v>
+        <v>75080</v>
       </c>
       <c r="C15" s="128">
-        <v>47132</v>
+        <v>56890</v>
       </c>
       <c r="D15" s="128">
-        <v>6552</v>
+        <v>7178</v>
       </c>
       <c r="E15" s="128">
-        <v>6717</v>
+        <v>8170</v>
       </c>
       <c r="F15" s="128">
-        <v>2537</v>
+        <v>2841</v>
       </c>
       <c r="G15" s="128">
-        <v>49557</v>
+        <v>59869</v>
       </c>
       <c r="H15" s="128">
-        <v>30331</v>
+        <v>36454</v>
       </c>
       <c r="I15" s="128">
-        <v>422</v>
+        <v>509</v>
       </c>
       <c r="J15" s="128">
-        <v>2104</v>
+        <v>2813</v>
       </c>
       <c r="K15" s="128">
-        <v>8584</v>
+        <v>10302</v>
       </c>
       <c r="L15" s="128">
-        <v>8116</v>
+        <v>9790</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>13380</v>
+        <v>15211</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="128">
-        <v>33159</v>
+        <v>36581</v>
       </c>
       <c r="C17" s="128">
-        <v>18160</v>
+        <v>21324</v>
       </c>
       <c r="D17" s="128">
-        <v>7111</v>
+        <v>8291</v>
       </c>
       <c r="E17" s="128">
-        <v>7071</v>
+        <v>6067</v>
       </c>
       <c r="F17" s="128">
-        <v>817</v>
+        <v>899</v>
       </c>
       <c r="G17" s="128">
-        <v>27158</v>
+        <v>29787</v>
       </c>
       <c r="H17" s="128">
-        <v>12475</v>
+        <v>14750</v>
       </c>
       <c r="I17" s="128">
-        <v>1187</v>
+        <v>1402</v>
       </c>
       <c r="J17" s="128">
-        <v>3949</v>
+        <v>1854</v>
       </c>
       <c r="K17" s="128">
-        <v>4373</v>
+        <v>5408</v>
       </c>
       <c r="L17" s="128">
-        <v>5174</v>
+        <v>6373</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>6001</v>
+        <v>6794</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>184</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>185</v>
       </c>
       <c r="B19" s="128">
-        <v>40594</v>
+        <v>48110</v>
       </c>
       <c r="C19" s="128">
-        <v>21715</v>
+        <v>26154</v>
       </c>
       <c r="D19" s="128">
-        <v>3372</v>
+        <v>4078</v>
       </c>
       <c r="E19" s="128">
-        <v>12835</v>
+        <v>14356</v>
       </c>
       <c r="F19" s="128">
-        <v>2672</v>
+        <v>3522</v>
       </c>
       <c r="G19" s="128">
-        <v>31831</v>
+        <v>37471</v>
       </c>
       <c r="H19" s="128">
-        <v>11476</v>
+        <v>13758</v>
       </c>
       <c r="I19" s="128">
-        <v>154</v>
+        <v>187</v>
       </c>
       <c r="J19" s="128">
-        <v>12876</v>
+        <v>14631</v>
       </c>
       <c r="K19" s="128">
-        <v>4313</v>
+        <v>5086</v>
       </c>
       <c r="L19" s="128">
-        <v>3012</v>
+        <v>3809</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>8763</v>
+        <v>10639</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>186</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>187</v>
       </c>
       <c r="B21" s="128">
-        <v>12248</v>
+        <v>14327</v>
       </c>
       <c r="C21" s="128">
-        <v>8422</v>
+        <v>10006</v>
       </c>
       <c r="D21" s="128">
-        <v>1719</v>
+        <v>2062</v>
       </c>
       <c r="E21" s="128">
-        <v>1347</v>
+        <v>1481</v>
       </c>
       <c r="F21" s="128">
-        <v>760</v>
+        <v>778</v>
       </c>
       <c r="G21" s="128">
-        <v>8289</v>
+        <v>9469</v>
       </c>
       <c r="H21" s="128">
-        <v>3315</v>
+        <v>3924</v>
       </c>
       <c r="I21" s="128">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="J21" s="128">
-        <v>534</v>
+        <v>659</v>
       </c>
       <c r="K21" s="128">
-        <v>1624</v>
+        <v>1835</v>
       </c>
       <c r="L21" s="128">
-        <v>2751</v>
+        <v>2971</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>3959</v>
+        <v>4858</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>188</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>189</v>
       </c>
       <c r="B23" s="128">
-        <v>120824</v>
+        <v>139424</v>
       </c>
       <c r="C23" s="128">
-        <v>13525</v>
+        <v>16224</v>
       </c>
       <c r="D23" s="128">
-        <v>10438</v>
+        <v>12227</v>
       </c>
       <c r="E23" s="128">
-        <v>83690</v>
+        <v>100745</v>
       </c>
       <c r="F23" s="128">
-        <v>13171</v>
+        <v>10228</v>
       </c>
       <c r="G23" s="128">
-        <v>110093</v>
+        <v>127505</v>
       </c>
       <c r="H23" s="128">
-        <v>8178</v>
+        <v>9858</v>
       </c>
       <c r="I23" s="128">
-        <v>2453</v>
+        <v>3049</v>
       </c>
       <c r="J23" s="128">
-        <v>89844</v>
+        <v>102688</v>
       </c>
       <c r="K23" s="128">
-        <v>4125</v>
+        <v>5053</v>
       </c>
       <c r="L23" s="128">
-        <v>5493</v>
+        <v>6858</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>10731</v>
+        <v>11920</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>190</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>191</v>
       </c>
       <c r="B25" s="128">
-        <v>2290</v>
+        <v>2734</v>
       </c>
       <c r="C25" s="128">
-        <v>1971</v>
+        <v>2387</v>
       </c>
       <c r="D25" s="128">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="E25" s="128">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F25" s="128">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="G25" s="128">
-        <v>2021</v>
+        <v>2424</v>
       </c>
       <c r="H25" s="128">
-        <v>1020</v>
+        <v>1227</v>
       </c>
       <c r="I25" s="128">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="J25" s="128">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="K25" s="128">
-        <v>385</v>
+        <v>464</v>
       </c>
       <c r="L25" s="128">
-        <v>589</v>
+        <v>701</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>192</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>193</v>
       </c>
       <c r="B27" s="128">
-        <v>6233</v>
+        <v>7592</v>
       </c>
       <c r="C27" s="128">
-        <v>5554</v>
+        <v>6748</v>
       </c>
       <c r="D27" s="128">
-        <v>421</v>
+        <v>503</v>
       </c>
       <c r="E27" s="128">
-        <v>192</v>
+        <v>247</v>
       </c>
       <c r="F27" s="128">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="G27" s="128">
-        <v>4964</v>
+        <v>6070</v>
       </c>
       <c r="H27" s="128">
-        <v>2550</v>
+        <v>3099</v>
       </c>
       <c r="I27" s="128">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="J27" s="128">
-        <v>203</v>
+        <v>227</v>
       </c>
       <c r="K27" s="128">
-        <v>995</v>
+        <v>1188</v>
       </c>
       <c r="L27" s="128">
-        <v>1185</v>
+        <v>1518</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>1269</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>194</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>195</v>
       </c>
       <c r="B29" s="128">
-        <v>54607</v>
+        <v>64531</v>
       </c>
       <c r="C29" s="128">
-        <v>27201</v>
+        <v>32658</v>
       </c>
       <c r="D29" s="128">
-        <v>5443</v>
+        <v>6664</v>
       </c>
       <c r="E29" s="128">
-        <v>20515</v>
+        <v>23591</v>
       </c>
       <c r="F29" s="128">
-        <v>1448</v>
+        <v>1618</v>
       </c>
       <c r="G29" s="128">
-        <v>48857</v>
+        <v>57344</v>
       </c>
       <c r="H29" s="128">
-        <v>15433</v>
+        <v>18410</v>
       </c>
       <c r="I29" s="128">
-        <v>1312</v>
+        <v>1602</v>
       </c>
       <c r="J29" s="128">
-        <v>19292</v>
+        <v>22097</v>
       </c>
       <c r="K29" s="128">
-        <v>7279</v>
+        <v>8432</v>
       </c>
       <c r="L29" s="128">
-        <v>5541</v>
+        <v>6803</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>5750</v>
+        <v>7187</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>196</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="128">
-        <v>19701</v>
+        <v>23888</v>
       </c>
       <c r="C31" s="128">
-        <v>16611</v>
+        <v>20105</v>
       </c>
       <c r="D31" s="128">
-        <v>1693</v>
+        <v>2068</v>
       </c>
       <c r="E31" s="128">
-        <v>909</v>
+        <v>1118</v>
       </c>
       <c r="F31" s="128">
-        <v>488</v>
+        <v>598</v>
       </c>
       <c r="G31" s="128">
-        <v>14445</v>
+        <v>19075</v>
       </c>
       <c r="H31" s="128">
-        <v>9717</v>
+        <v>11733</v>
       </c>
       <c r="I31" s="128">
-        <v>224</v>
+        <v>276</v>
       </c>
       <c r="J31" s="128">
-        <v>351</v>
+        <v>446</v>
       </c>
       <c r="K31" s="128">
-        <v>2492</v>
+        <v>3180</v>
       </c>
       <c r="L31" s="128">
-        <v>1661</v>
+        <v>3440</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>5256</v>
+        <v>4813</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>198</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>199</v>
       </c>
       <c r="B33" s="128">
-        <v>8878</v>
+        <v>10703</v>
       </c>
       <c r="C33" s="128">
-        <v>7342</v>
+        <v>8875</v>
       </c>
       <c r="D33" s="128">
-        <v>1135</v>
+        <v>1348</v>
       </c>
       <c r="E33" s="128">
-        <v>134</v>
+        <v>176</v>
       </c>
       <c r="F33" s="128">
-        <v>266</v>
+        <v>304</v>
       </c>
       <c r="G33" s="128">
-        <v>7363</v>
+        <v>8967</v>
       </c>
       <c r="H33" s="128">
-        <v>4144</v>
+        <v>4987</v>
       </c>
       <c r="I33" s="128">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="J33" s="128">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K33" s="128">
-        <v>1431</v>
+        <v>1702</v>
       </c>
       <c r="L33" s="128">
-        <v>1703</v>
+        <v>2182</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>1515</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>200</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>201</v>
       </c>
       <c r="B35" s="128">
-        <v>5223</v>
+        <v>6289</v>
       </c>
       <c r="C35" s="128">
-        <v>4582</v>
+        <v>5534</v>
       </c>
       <c r="D35" s="128">
-        <v>436</v>
+        <v>510</v>
       </c>
       <c r="E35" s="128">
-        <v>133</v>
+        <v>170</v>
       </c>
       <c r="F35" s="128">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="G35" s="128">
-        <v>4105</v>
+        <v>5088</v>
       </c>
       <c r="H35" s="128">
-        <v>1981</v>
+        <v>2395</v>
       </c>
       <c r="I35" s="128">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="J35" s="128">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="K35" s="128">
-        <v>1300</v>
+        <v>1542</v>
       </c>
       <c r="L35" s="128">
-        <v>768</v>
+        <v>1081</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>1118</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3"/>
@@ -21488,57 +21494,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -21739,831 +21745,831 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>88</v>
       </c>
       <c r="B11" s="116">
-        <v>5575</v>
+        <v>7044</v>
       </c>
       <c r="C11" s="116">
-        <v>2652</v>
+        <v>3252</v>
       </c>
       <c r="D11" s="116">
-        <v>723</v>
+        <v>792</v>
       </c>
       <c r="E11" s="116">
-        <v>1235</v>
+        <v>1486</v>
       </c>
       <c r="F11" s="116">
-        <v>965</v>
+        <v>1515</v>
       </c>
       <c r="G11" s="116">
-        <v>4767</v>
+        <v>5713</v>
       </c>
       <c r="H11" s="116">
-        <v>2775</v>
+        <v>3279</v>
       </c>
       <c r="I11" s="116">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="J11" s="119">
         <v>0</v>
       </c>
       <c r="K11" s="116">
-        <v>791</v>
+        <v>962</v>
       </c>
       <c r="L11" s="116">
-        <v>1164</v>
+        <v>1428</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>808</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>239</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>240</v>
       </c>
       <c r="B13" s="141">
-        <v>453</v>
+        <v>544</v>
       </c>
       <c r="C13" s="141">
-        <v>437</v>
+        <v>526</v>
       </c>
       <c r="D13" s="141">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E13" s="143">
         <v>0</v>
       </c>
       <c r="F13" s="141">
         <v>0</v>
       </c>
       <c r="G13" s="141">
-        <v>278</v>
+        <v>334</v>
       </c>
       <c r="H13" s="141">
-        <v>248</v>
+        <v>287</v>
       </c>
       <c r="I13" s="141">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="141">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L13" s="141">
-        <v>-6</v>
+        <v>8</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>241</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>242</v>
       </c>
       <c r="B15" s="141">
-        <v>8309</v>
+        <v>8465</v>
       </c>
       <c r="C15" s="141">
-        <v>2726</v>
+        <v>3425</v>
       </c>
       <c r="D15" s="141">
-        <v>152</v>
+        <v>167</v>
       </c>
       <c r="E15" s="141">
-        <v>482</v>
+        <v>1019</v>
       </c>
       <c r="F15" s="141">
-        <v>4949</v>
+        <v>3853</v>
       </c>
       <c r="G15" s="141">
-        <v>8635</v>
+        <v>8843</v>
       </c>
       <c r="H15" s="141">
-        <v>4718</v>
+        <v>5610</v>
       </c>
       <c r="I15" s="141">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="J15" s="141">
-        <v>3188</v>
+        <v>2349</v>
       </c>
       <c r="K15" s="141">
-        <v>90</v>
+        <v>112</v>
       </c>
       <c r="L15" s="141">
-        <v>626</v>
+        <v>755</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>-326</v>
+        <v>-378</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>243</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>244</v>
       </c>
       <c r="B17" s="141">
-        <v>13599</v>
+        <v>15499</v>
       </c>
       <c r="C17" s="141">
-        <v>3242</v>
+        <v>3970</v>
       </c>
       <c r="D17" s="141">
-        <v>310</v>
+        <v>373</v>
       </c>
       <c r="E17" s="141">
-        <v>6684</v>
+        <v>7317</v>
       </c>
       <c r="F17" s="141">
-        <v>3363</v>
+        <v>3840</v>
       </c>
       <c r="G17" s="141">
-        <v>12632</v>
+        <v>14641</v>
       </c>
       <c r="H17" s="141">
-        <v>3287</v>
+        <v>3922</v>
       </c>
       <c r="I17" s="141">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="J17" s="141">
-        <v>6656</v>
+        <v>7419</v>
       </c>
       <c r="K17" s="141">
-        <v>342</v>
+        <v>408</v>
       </c>
       <c r="L17" s="141">
-        <v>2329</v>
+        <v>2868</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>967</v>
+        <v>858</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>245</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>246</v>
       </c>
       <c r="B19" s="141">
-        <v>3614</v>
+        <v>4491</v>
       </c>
       <c r="C19" s="141">
-        <v>2225</v>
+        <v>2688</v>
       </c>
       <c r="D19" s="141">
-        <v>336</v>
+        <v>392</v>
       </c>
       <c r="E19" s="141">
-        <v>973</v>
+        <v>1097</v>
       </c>
       <c r="F19" s="141">
-        <v>79</v>
+        <v>314</v>
       </c>
       <c r="G19" s="141">
-        <v>2967</v>
+        <v>3727</v>
       </c>
       <c r="H19" s="141">
-        <v>1479</v>
+        <v>1767</v>
       </c>
       <c r="I19" s="141">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
       <c r="K19" s="141">
-        <v>556</v>
+        <v>708</v>
       </c>
       <c r="L19" s="141">
-        <v>898</v>
+        <v>1212</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>647</v>
+        <v>764</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>247</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>248</v>
       </c>
       <c r="B21" s="141">
-        <v>7537</v>
+        <v>8448</v>
       </c>
       <c r="C21" s="141">
-        <v>3250</v>
+        <v>4103</v>
       </c>
       <c r="D21" s="141">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="E21" s="141">
-        <v>1805</v>
+        <v>1914</v>
       </c>
       <c r="F21" s="141">
-        <v>2424</v>
+        <v>2378</v>
       </c>
       <c r="G21" s="141">
-        <v>7396</v>
+        <v>8467</v>
       </c>
       <c r="H21" s="141">
-        <v>3441</v>
+        <v>4542</v>
       </c>
       <c r="I21" s="141">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="J21" s="141">
-        <v>3249</v>
+        <v>2836</v>
       </c>
       <c r="K21" s="141">
-        <v>160</v>
+        <v>186</v>
       </c>
       <c r="L21" s="141">
-        <v>521</v>
+        <v>885</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
       <c r="N21" s="145">
-        <v>141</v>
+        <v>-19</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>249</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>250</v>
       </c>
       <c r="B23" s="141">
-        <v>225</v>
+        <v>253</v>
       </c>
       <c r="C23" s="141">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D23" s="141">
         <v>3</v>
       </c>
       <c r="E23" s="143">
         <v>0</v>
       </c>
       <c r="F23" s="141">
-        <v>213</v>
+        <v>238</v>
       </c>
       <c r="G23" s="141">
-        <v>229</v>
+        <v>290</v>
       </c>
       <c r="H23" s="141">
         <v>3</v>
       </c>
       <c r="I23" s="141">
         <v>0</v>
       </c>
       <c r="J23" s="143">
         <v>0</v>
       </c>
       <c r="K23" s="141">
-        <v>97</v>
+        <v>149</v>
       </c>
       <c r="L23" s="141">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
       <c r="N23" s="145">
-        <v>-3</v>
+        <v>-36</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>251</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>252</v>
       </c>
       <c r="B25" s="141">
-        <v>23357</v>
+        <v>27835</v>
       </c>
       <c r="C25" s="141">
-        <v>4568</v>
+        <v>5480</v>
       </c>
       <c r="D25" s="141">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="E25" s="141">
-        <v>18631</v>
+        <v>22174</v>
       </c>
       <c r="F25" s="141">
         <v>0</v>
       </c>
       <c r="G25" s="141">
-        <v>20577</v>
+        <v>24455</v>
       </c>
       <c r="H25" s="141">
-        <v>3066</v>
+        <v>3622</v>
       </c>
       <c r="I25" s="141">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="J25" s="141">
-        <v>16509</v>
+        <v>19588</v>
       </c>
       <c r="K25" s="141">
-        <v>331</v>
+        <v>382</v>
       </c>
       <c r="L25" s="141">
-        <v>642</v>
+        <v>828</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
       <c r="N25" s="145">
-        <v>2779</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>253</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>254</v>
       </c>
       <c r="B27" s="141">
-        <v>12490</v>
+        <v>15452</v>
       </c>
       <c r="C27" s="141">
-        <v>6663</v>
+        <v>8132</v>
       </c>
       <c r="D27" s="141">
-        <v>287</v>
+        <v>321</v>
       </c>
       <c r="E27" s="141">
-        <v>3548</v>
+        <v>5324</v>
       </c>
       <c r="F27" s="141">
-        <v>1992</v>
+        <v>1675</v>
       </c>
       <c r="G27" s="141">
-        <v>10901</v>
+        <v>13518</v>
       </c>
       <c r="H27" s="141">
-        <v>6025</v>
+        <v>7228</v>
       </c>
       <c r="I27" s="141">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="J27" s="141">
-        <v>4233</v>
+        <v>5540</v>
       </c>
       <c r="K27" s="141">
-        <v>235</v>
+        <v>270</v>
       </c>
       <c r="L27" s="141">
-        <v>379</v>
+        <v>439</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>1589</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>255</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>256</v>
       </c>
       <c r="B29" s="141">
-        <v>1562</v>
+        <v>1926</v>
       </c>
       <c r="C29" s="141">
-        <v>1562</v>
+        <v>1925</v>
       </c>
       <c r="D29" s="143">
         <v>0</v>
       </c>
-      <c r="E29" s="143">
-[...2 lines deleted...]
-      <c r="F29" s="143">
+      <c r="E29" s="141">
+        <v>0</v>
+      </c>
+      <c r="F29" s="141">
         <v>0</v>
       </c>
       <c r="G29" s="141">
-        <v>1542</v>
+        <v>2057</v>
       </c>
       <c r="H29" s="141">
-        <v>1374</v>
+        <v>1686</v>
       </c>
       <c r="I29" s="141">
         <v>0</v>
       </c>
-      <c r="J29" s="141">
+      <c r="J29" s="143">
         <v>0</v>
       </c>
       <c r="K29" s="141">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L29" s="141">
-        <v>147</v>
+        <v>348</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>21</v>
+        <v>-131</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>257</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>258</v>
       </c>
       <c r="B31" s="141">
-        <v>1683</v>
+        <v>2088</v>
       </c>
       <c r="C31" s="141">
-        <v>1225</v>
+        <v>1525</v>
       </c>
       <c r="D31" s="141">
-        <v>261</v>
+        <v>295</v>
       </c>
       <c r="E31" s="143">
         <v>0</v>
       </c>
       <c r="F31" s="141">
-        <v>197</v>
+        <v>269</v>
       </c>
       <c r="G31" s="141">
-        <v>1409</v>
+        <v>1915</v>
       </c>
       <c r="H31" s="141">
-        <v>1125</v>
+        <v>1406</v>
       </c>
       <c r="I31" s="141">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="J31" s="143">
         <v>0</v>
       </c>
       <c r="K31" s="141">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="L31" s="141">
-        <v>228</v>
+        <v>443</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>274</v>
+        <v>174</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>259</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>260</v>
       </c>
       <c r="B33" s="141">
-        <v>3034</v>
+        <v>3247</v>
       </c>
       <c r="C33" s="141">
-        <v>1767</v>
+        <v>2146</v>
       </c>
       <c r="D33" s="141">
-        <v>98</v>
+        <v>130</v>
       </c>
       <c r="E33" s="143">
         <v>0</v>
       </c>
       <c r="F33" s="141">
-        <v>1170</v>
+        <v>971</v>
       </c>
       <c r="G33" s="141">
-        <v>2807</v>
+        <v>3598</v>
       </c>
       <c r="H33" s="141">
-        <v>2207</v>
+        <v>2587</v>
       </c>
       <c r="I33" s="147">
         <v>0</v>
       </c>
       <c r="J33" s="141">
-        <v>366</v>
+        <v>12</v>
       </c>
       <c r="K33" s="141">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="L33" s="141">
-        <v>168</v>
+        <v>916</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
       <c r="N33" s="145">
-        <v>227</v>
+        <v>-351</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>261</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>262</v>
       </c>
       <c r="B35" s="141">
-        <v>5156</v>
+        <v>5879</v>
       </c>
       <c r="C35" s="141">
-        <v>2443</v>
+        <v>2852</v>
       </c>
       <c r="D35" s="141">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="E35" s="141">
-        <v>1569</v>
+        <v>1538</v>
       </c>
       <c r="F35" s="141">
-        <v>1109</v>
+        <v>1445</v>
       </c>
       <c r="G35" s="141">
-        <v>4878</v>
+        <v>5589</v>
       </c>
       <c r="H35" s="141">
-        <v>3823</v>
+        <v>4512</v>
       </c>
       <c r="I35" s="141">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="J35" s="141">
-        <v>494</v>
+        <v>364</v>
       </c>
       <c r="K35" s="141">
-        <v>307</v>
+        <v>370</v>
       </c>
       <c r="L35" s="141">
-        <v>235</v>
+        <v>320</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
-        <v>278</v>
+        <v>291</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>263</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3"/>
@@ -22891,57 +22897,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>55</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -23142,205 +23148,205 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>87</v>
       </c>
       <c r="B11" s="116">
-        <v>3570</v>
+        <v>4091</v>
       </c>
       <c r="C11" s="116">
-        <v>624</v>
+        <v>719</v>
       </c>
       <c r="D11" s="116">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="E11" s="116">
-        <v>2678</v>
+        <v>3034</v>
       </c>
       <c r="F11" s="116">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="G11" s="116">
-        <v>3539</v>
+        <v>3936</v>
       </c>
       <c r="H11" s="116">
-        <v>865</v>
+        <v>1039</v>
       </c>
       <c r="I11" s="116">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J11" s="116">
-        <v>2123</v>
+        <v>2408</v>
       </c>
       <c r="K11" s="116">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="L11" s="116">
-        <v>465</v>
+        <v>379</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>31</v>
+        <v>155</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>264</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>265</v>
       </c>
       <c r="B13" s="141">
-        <v>407</v>
+        <v>503</v>
       </c>
       <c r="C13" s="141">
-        <v>356</v>
+        <v>441</v>
       </c>
       <c r="D13" s="141">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E13" s="143">
         <v>0</v>
       </c>
       <c r="F13" s="141">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="G13" s="141">
-        <v>290</v>
+        <v>369</v>
       </c>
       <c r="H13" s="141">
-        <v>214</v>
+        <v>268</v>
       </c>
       <c r="I13" s="141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="141">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="L13" s="141">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>116</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>266</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>267</v>
       </c>
       <c r="B15" s="141">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="C15" s="141">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="D15" s="141">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E15" s="143">
         <v>0</v>
       </c>
       <c r="F15" s="141">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G15" s="141">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="H15" s="141">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="I15" s="141">
         <v>0</v>
       </c>
       <c r="J15" s="143">
         <v>0</v>
       </c>
       <c r="K15" s="141">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="L15" s="141">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
         <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>268</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
@@ -23992,57 +23998,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>56</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -24243,459 +24249,459 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>56932</v>
+        <v>67072</v>
       </c>
       <c r="C11" s="117">
-        <v>33116</v>
+        <v>40883</v>
       </c>
       <c r="D11" s="117">
-        <v>1348</v>
+        <v>1606</v>
       </c>
       <c r="E11" s="117">
-        <v>11287</v>
+        <v>11627</v>
       </c>
       <c r="F11" s="117">
-        <v>11181</v>
+        <v>12955</v>
       </c>
       <c r="G11" s="117">
-        <v>52396</v>
+        <v>61522</v>
       </c>
       <c r="H11" s="117">
-        <v>37378</v>
+        <v>45451</v>
       </c>
       <c r="I11" s="117">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="J11" s="117">
-        <v>10388</v>
+        <v>10681</v>
       </c>
       <c r="K11" s="117">
-        <v>838</v>
+        <v>987</v>
       </c>
       <c r="L11" s="117">
-        <v>3738</v>
+        <v>4336</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>4537</v>
+        <v>5550</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>89</v>
       </c>
       <c r="B13" s="141">
-        <v>6767</v>
+        <v>8341</v>
       </c>
       <c r="C13" s="141">
-        <v>5087</v>
+        <v>6220</v>
       </c>
       <c r="D13" s="141">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E13" s="141">
         <v>0</v>
       </c>
       <c r="F13" s="141">
-        <v>1660</v>
+        <v>2081</v>
       </c>
       <c r="G13" s="141">
-        <v>6517</v>
+        <v>8058</v>
       </c>
       <c r="H13" s="141">
-        <v>6437</v>
+        <v>7945</v>
       </c>
       <c r="I13" s="141">
         <v>0</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="141">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="L13" s="141">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>250</v>
+        <v>283</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>90</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="141">
-        <v>334</v>
+        <v>377</v>
       </c>
       <c r="C15" s="141">
-        <v>307</v>
+        <v>370</v>
       </c>
       <c r="D15" s="141">
         <v>1</v>
       </c>
       <c r="E15" s="141">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F15" s="141">
         <v>5</v>
       </c>
       <c r="G15" s="141">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="H15" s="141">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I15" s="143">
         <v>0</v>
       </c>
       <c r="J15" s="141">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="K15" s="141">
-        <v>65</v>
+        <v>79</v>
       </c>
       <c r="L15" s="141">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>183</v>
+        <v>221</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="141">
-        <v>175</v>
+        <v>193</v>
       </c>
       <c r="C17" s="141">
-        <v>174</v>
+        <v>192</v>
       </c>
       <c r="D17" s="141">
         <v>1</v>
       </c>
       <c r="E17" s="143">
         <v>0</v>
       </c>
       <c r="F17" s="141">
         <v>0</v>
       </c>
       <c r="G17" s="141">
-        <v>123</v>
+        <v>139</v>
       </c>
       <c r="H17" s="141">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="I17" s="141">
         <v>0</v>
       </c>
       <c r="J17" s="143">
         <v>0</v>
       </c>
       <c r="K17" s="141">
         <v>1</v>
       </c>
       <c r="L17" s="141">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>94</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>95</v>
       </c>
       <c r="B19" s="141">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="C19" s="141">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="D19" s="141">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E19" s="143">
         <v>0</v>
       </c>
       <c r="F19" s="141">
         <v>0</v>
       </c>
       <c r="G19" s="141">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="H19" s="141">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="I19" s="143">
         <v>0</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
-      <c r="K19" s="143">
-        <v>0</v>
+      <c r="K19" s="141">
+        <v>8</v>
       </c>
       <c r="L19" s="141">
-        <v>-3</v>
+        <v>17</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>28</v>
+        <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>96</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>97</v>
       </c>
       <c r="B21" s="141">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C21" s="143">
         <v>0</v>
       </c>
       <c r="D21" s="141">
         <v>0</v>
       </c>
       <c r="E21" s="143">
         <v>0</v>
       </c>
       <c r="F21" s="141">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="G21" s="141">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="H21" s="143">
         <v>0</v>
       </c>
       <c r="I21" s="143">
         <v>0</v>
       </c>
       <c r="J21" s="143">
         <v>0</v>
       </c>
       <c r="K21" s="143">
         <v>0</v>
       </c>
       <c r="L21" s="141">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
-      <c r="N21" s="145">
-        <v>-16</v>
+      <c r="N21" s="149">
+        <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>98</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>99</v>
       </c>
       <c r="B23" s="141">
-        <v>274</v>
+        <v>375</v>
       </c>
       <c r="C23" s="141">
-        <v>261</v>
+        <v>362</v>
       </c>
       <c r="D23" s="141">
         <v>1</v>
       </c>
       <c r="E23" s="143">
         <v>0</v>
       </c>
       <c r="F23" s="141">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G23" s="141">
-        <v>236</v>
+        <v>295</v>
       </c>
       <c r="H23" s="141">
-        <v>125</v>
+        <v>194</v>
       </c>
       <c r="I23" s="141">
         <v>0</v>
       </c>
       <c r="J23" s="141">
         <v>9</v>
       </c>
       <c r="K23" s="143">
         <v>0</v>
       </c>
       <c r="L23" s="141">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
       <c r="N23" s="145">
-        <v>38</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>100</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>101</v>
       </c>
       <c r="B25" s="143">
@@ -24712,362 +24718,362 @@
       </c>
       <c r="F25" s="143">
         <v>0</v>
       </c>
       <c r="G25" s="143">
         <v>0</v>
       </c>
       <c r="H25" s="143">
         <v>0</v>
       </c>
       <c r="I25" s="143">
         <v>0</v>
       </c>
       <c r="J25" s="143">
         <v>0</v>
       </c>
       <c r="K25" s="143">
         <v>0</v>
       </c>
       <c r="L25" s="143">
         <v>0</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
-      <c r="N25" s="149">
+      <c r="N25" s="151">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>228</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>229</v>
       </c>
       <c r="B27" s="141">
-        <v>2657</v>
+        <v>3027</v>
       </c>
       <c r="C27" s="141">
-        <v>2061</v>
+        <v>2414</v>
       </c>
       <c r="D27" s="143">
         <v>0</v>
       </c>
       <c r="E27" s="141">
-        <v>595</v>
+        <v>614</v>
       </c>
       <c r="F27" s="143">
         <v>0</v>
       </c>
       <c r="G27" s="141">
-        <v>2673</v>
+        <v>3050</v>
       </c>
       <c r="H27" s="141">
-        <v>2037</v>
+        <v>2385</v>
       </c>
       <c r="I27" s="143">
         <v>0</v>
       </c>
       <c r="J27" s="141">
-        <v>595</v>
+        <v>615</v>
       </c>
       <c r="K27" s="141">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="L27" s="141">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>-17</v>
+        <v>-22</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>230</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>231</v>
       </c>
       <c r="B29" s="141">
-        <v>5745</v>
+        <v>6734</v>
       </c>
       <c r="C29" s="141">
         <v>0</v>
       </c>
       <c r="D29" s="141">
         <v>0</v>
       </c>
       <c r="E29" s="141">
-        <v>188</v>
+        <v>253</v>
       </c>
       <c r="F29" s="141">
-        <v>5556</v>
+        <v>6481</v>
       </c>
       <c r="G29" s="141">
-        <v>4933</v>
+        <v>5675</v>
       </c>
       <c r="H29" s="141">
-        <v>4442</v>
+        <v>5197</v>
       </c>
       <c r="I29" s="143">
         <v>0</v>
       </c>
       <c r="J29" s="141">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="K29" s="141">
+        <v>11</v>
       </c>
       <c r="L29" s="141">
-        <v>435</v>
+        <v>424</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>812</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>232</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>233</v>
       </c>
       <c r="B31" s="141">
-        <v>425</v>
+        <v>521</v>
       </c>
       <c r="C31" s="141">
-        <v>411</v>
+        <v>503</v>
       </c>
       <c r="D31" s="141">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E31" s="141">
         <v>1</v>
       </c>
       <c r="F31" s="143">
         <v>0</v>
       </c>
       <c r="G31" s="141">
-        <v>280</v>
+        <v>327</v>
       </c>
       <c r="H31" s="141">
-        <v>215</v>
+        <v>260</v>
       </c>
       <c r="I31" s="141">
         <v>0</v>
       </c>
       <c r="J31" s="141">
         <v>1</v>
       </c>
       <c r="K31" s="141">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="L31" s="141">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>145</v>
+        <v>193</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>234</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>235</v>
       </c>
       <c r="B33" s="141">
-        <v>52</v>
+        <v>125</v>
       </c>
       <c r="C33" s="141">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="D33" s="141">
         <v>2</v>
       </c>
-      <c r="E33" s="143">
-        <v>0</v>
+      <c r="E33" s="141">
+        <v>66</v>
       </c>
       <c r="F33" s="141">
         <v>0</v>
       </c>
       <c r="G33" s="141">
-        <v>114</v>
+        <v>67</v>
       </c>
       <c r="H33" s="141">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I33" s="143">
         <v>0</v>
       </c>
       <c r="J33" s="141">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="K33" s="143">
         <v>0</v>
       </c>
       <c r="L33" s="141">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
       <c r="N33" s="145">
-        <v>-62</v>
+        <v>58</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>236</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>237</v>
       </c>
       <c r="B35" s="141">
-        <v>1135</v>
+        <v>1456</v>
       </c>
       <c r="C35" s="141">
-        <v>933</v>
+        <v>1221</v>
       </c>
       <c r="D35" s="141">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="E35" s="141">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="F35" s="143">
         <v>0</v>
       </c>
       <c r="G35" s="141">
-        <v>940</v>
+        <v>994</v>
       </c>
       <c r="H35" s="141">
-        <v>714</v>
+        <v>824</v>
       </c>
       <c r="I35" s="143">
         <v>0</v>
       </c>
       <c r="J35" s="141">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="K35" s="141">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="L35" s="141">
-        <v>190</v>
+        <v>117</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
-        <v>194</v>
+        <v>462</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>238</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -25396,57 +25402,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>56</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -25647,707 +25653,707 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>88</v>
       </c>
       <c r="B11" s="116">
-        <v>3160</v>
+        <v>3730</v>
       </c>
       <c r="C11" s="116">
-        <v>1888</v>
+        <v>2265</v>
       </c>
       <c r="D11" s="116">
-        <v>592</v>
+        <v>713</v>
       </c>
       <c r="E11" s="116">
-        <v>623</v>
+        <v>699</v>
       </c>
       <c r="F11" s="116">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G11" s="116">
-        <v>1677</v>
+        <v>2252</v>
       </c>
       <c r="H11" s="116">
-        <v>1253</v>
+        <v>1500</v>
       </c>
       <c r="I11" s="116">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>31</v>
+      </c>
+      <c r="J11" s="116">
+        <v>170</v>
+      </c>
+      <c r="K11" s="116">
+        <v>40</v>
       </c>
       <c r="L11" s="116">
-        <v>399</v>
+        <v>511</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>1483</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>239</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>240</v>
       </c>
       <c r="B13" s="141">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C13" s="141">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="D13" s="141">
         <v>0</v>
       </c>
       <c r="E13" s="143">
         <v>0</v>
       </c>
       <c r="F13" s="143">
         <v>0</v>
       </c>
       <c r="G13" s="141">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H13" s="141">
         <v>103</v>
       </c>
       <c r="I13" s="143">
         <v>0</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="143">
         <v>0</v>
       </c>
       <c r="L13" s="141">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>241</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>242</v>
       </c>
       <c r="B15" s="141">
-        <v>2398</v>
+        <v>2629</v>
       </c>
       <c r="C15" s="141">
-        <v>1135</v>
+        <v>1232</v>
       </c>
       <c r="D15" s="141">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E15" s="141">
         <v>0</v>
       </c>
       <c r="F15" s="141">
-        <v>1260</v>
+        <v>1391</v>
       </c>
       <c r="G15" s="141">
-        <v>2006</v>
+        <v>2134</v>
       </c>
       <c r="H15" s="141">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="I15" s="141">
         <v>2</v>
       </c>
       <c r="J15" s="141">
-        <v>1153</v>
+        <v>1227</v>
       </c>
       <c r="K15" s="141">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="L15" s="141">
-        <v>806</v>
+        <v>848</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>392</v>
+        <v>495</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>243</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>244</v>
       </c>
       <c r="B17" s="141">
-        <v>3043</v>
+        <v>3447</v>
       </c>
       <c r="C17" s="141">
-        <v>238</v>
+        <v>274</v>
       </c>
       <c r="D17" s="141">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E17" s="141">
-        <v>569</v>
+        <v>611</v>
       </c>
       <c r="F17" s="141">
-        <v>2206</v>
+        <v>2530</v>
       </c>
       <c r="G17" s="141">
-        <v>2897</v>
+        <v>3318</v>
       </c>
       <c r="H17" s="141">
-        <v>2330</v>
+        <v>2675</v>
       </c>
       <c r="I17" s="141">
         <v>0</v>
       </c>
       <c r="J17" s="141">
-        <v>538</v>
+        <v>597</v>
       </c>
       <c r="K17" s="143">
         <v>0</v>
       </c>
       <c r="L17" s="141">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>145</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>245</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>246</v>
       </c>
       <c r="B19" s="141">
-        <v>4099</v>
+        <v>4708</v>
       </c>
       <c r="C19" s="141">
-        <v>2318</v>
+        <v>2779</v>
       </c>
       <c r="D19" s="141">
-        <v>483</v>
+        <v>580</v>
       </c>
       <c r="E19" s="141">
-        <v>1297</v>
+        <v>1348</v>
       </c>
       <c r="F19" s="141">
         <v>1</v>
       </c>
       <c r="G19" s="141">
-        <v>3491</v>
+        <v>4023</v>
       </c>
       <c r="H19" s="141">
-        <v>2014</v>
+        <v>2409</v>
       </c>
       <c r="I19" s="141">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="J19" s="143">
         <v>0</v>
       </c>
       <c r="K19" s="141">
-        <v>565</v>
+        <v>597</v>
       </c>
       <c r="L19" s="141">
-        <v>888</v>
+        <v>986</v>
       </c>
       <c r="M19" s="143">
         <v>0</v>
       </c>
       <c r="N19" s="145">
-        <v>608</v>
+        <v>686</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>247</v>
       </c>
       <c r="B20" s="71"/>
       <c r="C20" s="71"/>
       <c r="D20" s="71"/>
       <c r="E20" s="71"/>
       <c r="F20" s="71"/>
       <c r="G20" s="71"/>
       <c r="H20" s="71"/>
       <c r="I20" s="71"/>
       <c r="J20" s="71"/>
       <c r="K20" s="71"/>
       <c r="L20" s="71"/>
       <c r="M20" s="71"/>
       <c r="N20" s="70"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>248</v>
       </c>
       <c r="B21" s="141">
-        <v>3540</v>
+        <v>4581</v>
       </c>
       <c r="C21" s="141">
-        <v>3273</v>
+        <v>4363</v>
       </c>
       <c r="D21" s="141">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E21" s="141">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="F21" s="141">
-        <v>43</v>
+        <v>-17</v>
       </c>
       <c r="G21" s="141">
-        <v>3460</v>
+        <v>4507</v>
       </c>
       <c r="H21" s="141">
-        <v>3021</v>
+        <v>3760</v>
       </c>
       <c r="I21" s="141">
         <v>0</v>
       </c>
       <c r="J21" s="141">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="K21" s="141">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L21" s="141">
-        <v>196</v>
+        <v>487</v>
       </c>
       <c r="M21" s="143">
         <v>0</v>
       </c>
       <c r="N21" s="145">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>249</v>
       </c>
       <c r="B22" s="71"/>
       <c r="C22" s="71"/>
       <c r="D22" s="71"/>
       <c r="E22" s="71"/>
       <c r="F22" s="71"/>
       <c r="G22" s="71"/>
       <c r="H22" s="71"/>
       <c r="I22" s="71"/>
       <c r="J22" s="71"/>
       <c r="K22" s="71"/>
       <c r="L22" s="71"/>
       <c r="M22" s="71"/>
       <c r="N22" s="70"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>250</v>
       </c>
       <c r="B23" s="141">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C23" s="143">
         <v>0</v>
       </c>
       <c r="D23" s="143">
         <v>0</v>
       </c>
       <c r="E23" s="143">
         <v>0</v>
       </c>
       <c r="F23" s="141">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G23" s="141">
+        <v>1</v>
       </c>
       <c r="H23" s="143">
         <v>0</v>
       </c>
       <c r="I23" s="143">
         <v>0</v>
       </c>
       <c r="J23" s="143">
         <v>0</v>
       </c>
       <c r="K23" s="143">
         <v>0</v>
       </c>
-      <c r="L23" s="143">
-        <v>0</v>
+      <c r="L23" s="141">
+        <v>1</v>
       </c>
       <c r="M23" s="143">
         <v>0</v>
       </c>
-      <c r="N23" s="145">
+      <c r="N23" s="149">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>251</v>
       </c>
       <c r="B24" s="71"/>
       <c r="C24" s="71"/>
       <c r="D24" s="71"/>
       <c r="E24" s="71"/>
       <c r="F24" s="71"/>
       <c r="G24" s="71"/>
       <c r="H24" s="71"/>
       <c r="I24" s="71"/>
       <c r="J24" s="71"/>
       <c r="K24" s="71"/>
       <c r="L24" s="71"/>
       <c r="M24" s="71"/>
       <c r="N24" s="70"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>252</v>
       </c>
       <c r="B25" s="141">
-        <v>12198</v>
+        <v>13278</v>
       </c>
       <c r="C25" s="141">
-        <v>4182</v>
+        <v>5219</v>
       </c>
       <c r="D25" s="141">
         <v>19</v>
       </c>
       <c r="E25" s="141">
-        <v>7668</v>
+        <v>7669</v>
       </c>
       <c r="F25" s="141">
-        <v>329</v>
+        <v>370</v>
       </c>
       <c r="G25" s="141">
-        <v>11926</v>
+        <v>12950</v>
       </c>
       <c r="H25" s="141">
-        <v>4235</v>
+        <v>5269</v>
       </c>
       <c r="I25" s="141">
         <v>0</v>
       </c>
       <c r="J25" s="141">
-        <v>7672</v>
+        <v>7674</v>
       </c>
       <c r="K25" s="141">
         <v>5</v>
       </c>
       <c r="L25" s="141">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="M25" s="143">
         <v>0</v>
       </c>
       <c r="N25" s="145">
-        <v>272</v>
+        <v>327</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>253</v>
       </c>
       <c r="B26" s="71"/>
       <c r="C26" s="71"/>
       <c r="D26" s="71"/>
       <c r="E26" s="71"/>
       <c r="F26" s="71"/>
       <c r="G26" s="71"/>
       <c r="H26" s="71"/>
       <c r="I26" s="71"/>
       <c r="J26" s="71"/>
       <c r="K26" s="71"/>
       <c r="L26" s="71"/>
       <c r="M26" s="71"/>
       <c r="N26" s="70"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>254</v>
       </c>
       <c r="B27" s="141">
-        <v>9668</v>
+        <v>11955</v>
       </c>
       <c r="C27" s="141">
-        <v>9642</v>
+        <v>11925</v>
       </c>
       <c r="D27" s="141">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E27" s="141">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F27" s="143">
         <v>0</v>
       </c>
       <c r="G27" s="141">
-        <v>9737</v>
+        <v>12025</v>
       </c>
       <c r="H27" s="141">
-        <v>9665</v>
+        <v>11950</v>
       </c>
       <c r="I27" s="143">
         <v>0</v>
       </c>
       <c r="J27" s="141">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K27" s="141">
         <v>21</v>
       </c>
       <c r="L27" s="141">
         <v>32</v>
       </c>
       <c r="M27" s="143">
         <v>0</v>
       </c>
       <c r="N27" s="145">
-        <v>-69</v>
+        <v>-70</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>255</v>
       </c>
       <c r="B28" s="71"/>
       <c r="C28" s="71"/>
       <c r="D28" s="71"/>
       <c r="E28" s="71"/>
       <c r="F28" s="71"/>
       <c r="G28" s="71"/>
       <c r="H28" s="71"/>
       <c r="I28" s="71"/>
       <c r="J28" s="71"/>
       <c r="K28" s="71"/>
       <c r="L28" s="71"/>
       <c r="M28" s="71"/>
       <c r="N28" s="70"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>256</v>
       </c>
       <c r="B29" s="141">
-        <v>60</v>
+        <v>77</v>
       </c>
       <c r="C29" s="141">
-        <v>58</v>
+        <v>75</v>
       </c>
       <c r="D29" s="143">
         <v>0</v>
       </c>
       <c r="E29" s="143">
         <v>0</v>
       </c>
       <c r="F29" s="141">
         <v>2</v>
       </c>
       <c r="G29" s="141">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="H29" s="141">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I29" s="141">
         <v>0</v>
       </c>
       <c r="J29" s="143">
         <v>0</v>
       </c>
       <c r="K29" s="141">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L29" s="141">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="M29" s="143">
         <v>0</v>
       </c>
       <c r="N29" s="145">
-        <v>-127</v>
+        <v>-107</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>257</v>
       </c>
       <c r="B30" s="71"/>
       <c r="C30" s="71"/>
       <c r="D30" s="71"/>
       <c r="E30" s="71"/>
       <c r="F30" s="71"/>
       <c r="G30" s="71"/>
       <c r="H30" s="71"/>
       <c r="I30" s="71"/>
       <c r="J30" s="71"/>
       <c r="K30" s="71"/>
       <c r="L30" s="71"/>
       <c r="M30" s="71"/>
       <c r="N30" s="70"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>258</v>
       </c>
       <c r="B31" s="141">
-        <v>104</v>
+        <v>143</v>
       </c>
       <c r="C31" s="141">
-        <v>103</v>
+        <v>143</v>
       </c>
       <c r="D31" s="143">
         <v>0</v>
       </c>
       <c r="E31" s="143">
         <v>0</v>
       </c>
       <c r="F31" s="141">
         <v>0</v>
       </c>
       <c r="G31" s="141">
-        <v>103</v>
+        <v>140</v>
       </c>
       <c r="H31" s="141">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I31" s="143">
         <v>0</v>
       </c>
       <c r="J31" s="143">
         <v>0</v>
       </c>
       <c r="K31" s="143">
         <v>0</v>
       </c>
       <c r="L31" s="141">
-        <v>103</v>
+        <v>137</v>
       </c>
       <c r="M31" s="143">
         <v>0</v>
       </c>
       <c r="N31" s="145">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>259</v>
       </c>
       <c r="B32" s="71"/>
       <c r="C32" s="71"/>
       <c r="D32" s="71"/>
       <c r="E32" s="71"/>
       <c r="F32" s="71"/>
       <c r="G32" s="71"/>
       <c r="H32" s="71"/>
       <c r="I32" s="71"/>
       <c r="J32" s="71"/>
       <c r="K32" s="71"/>
       <c r="L32" s="71"/>
       <c r="M32" s="71"/>
       <c r="N32" s="70"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>260</v>
       </c>
       <c r="B33" s="143">
@@ -26364,108 +26370,108 @@
       </c>
       <c r="F33" s="143">
         <v>0</v>
       </c>
       <c r="G33" s="143">
         <v>0</v>
       </c>
       <c r="H33" s="143">
         <v>0</v>
       </c>
       <c r="I33" s="143">
         <v>0</v>
       </c>
       <c r="J33" s="143">
         <v>0</v>
       </c>
       <c r="K33" s="143">
         <v>0</v>
       </c>
       <c r="L33" s="143">
         <v>0</v>
       </c>
       <c r="M33" s="143">
         <v>0</v>
       </c>
-      <c r="N33" s="149">
+      <c r="N33" s="151">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>261</v>
       </c>
       <c r="B34" s="71"/>
       <c r="C34" s="71"/>
       <c r="D34" s="71"/>
       <c r="E34" s="71"/>
       <c r="F34" s="71"/>
       <c r="G34" s="71"/>
       <c r="H34" s="71"/>
       <c r="I34" s="71"/>
       <c r="J34" s="71"/>
       <c r="K34" s="71"/>
       <c r="L34" s="71"/>
       <c r="M34" s="71"/>
       <c r="N34" s="70"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>262</v>
       </c>
       <c r="B35" s="141">
-        <v>800</v>
+        <v>1016</v>
       </c>
       <c r="C35" s="141">
-        <v>732</v>
+        <v>955</v>
       </c>
       <c r="D35" s="141">
         <v>3</v>
       </c>
       <c r="E35" s="141">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F35" s="141">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="G35" s="141">
-        <v>638</v>
+        <v>856</v>
       </c>
       <c r="H35" s="141">
-        <v>531</v>
+        <v>657</v>
       </c>
       <c r="I35" s="141">
         <v>1</v>
       </c>
       <c r="J35" s="141">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="K35" s="141">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="L35" s="141">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="M35" s="143">
         <v>0</v>
       </c>
       <c r="N35" s="145">
         <v>161</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>263</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
@@ -26800,57 +26806,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>56</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -27148,114 +27154,114 @@
       </c>
       <c r="F13" s="143">
         <v>0</v>
       </c>
       <c r="G13" s="143">
         <v>0</v>
       </c>
       <c r="H13" s="143">
         <v>0</v>
       </c>
       <c r="I13" s="143">
         <v>0</v>
       </c>
       <c r="J13" s="143">
         <v>0</v>
       </c>
       <c r="K13" s="143">
         <v>0</v>
       </c>
       <c r="L13" s="143">
         <v>0</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
-      <c r="N13" s="149">
+      <c r="N13" s="151">
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>266</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>267</v>
       </c>
       <c r="B15" s="141">
-        <v>83</v>
+        <v>124</v>
       </c>
       <c r="C15" s="141">
-        <v>66</v>
+        <v>107</v>
       </c>
       <c r="D15" s="141">
         <v>17</v>
       </c>
       <c r="E15" s="143">
         <v>0</v>
       </c>
       <c r="F15" s="141">
         <v>0</v>
       </c>
       <c r="G15" s="141">
-        <v>127</v>
+        <v>167</v>
       </c>
       <c r="H15" s="141">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="I15" s="141">
         <v>1</v>
       </c>
       <c r="J15" s="143">
         <v>0</v>
       </c>
       <c r="K15" s="141">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="L15" s="141">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>-44</v>
+        <v>-42</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>268</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33"/>
       <c r="B17" s="68"/>
       <c r="C17" s="68"/>
       <c r="D17" s="68"/>
@@ -27902,57 +27908,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>73</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>41</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>42</v>
       </c>
@@ -28153,273 +28159,273 @@
       </c>
       <c r="I10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="24" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="25" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="25" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="26" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>55491</v>
+        <v>66736</v>
       </c>
       <c r="C11" s="117">
-        <v>34926</v>
+        <v>40329</v>
       </c>
       <c r="D11" s="117">
-        <v>139</v>
+        <v>157</v>
       </c>
       <c r="E11" s="117">
-        <v>15790</v>
+        <v>19080</v>
       </c>
       <c r="F11" s="117">
-        <v>4635</v>
+        <v>7170</v>
       </c>
       <c r="G11" s="117">
-        <v>52398</v>
+        <v>63230</v>
       </c>
       <c r="H11" s="117">
-        <v>32980</v>
+        <v>38075</v>
       </c>
       <c r="I11" s="117">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="J11" s="117">
-        <v>17896</v>
+        <v>23245</v>
       </c>
       <c r="K11" s="117">
-        <v>499</v>
+        <v>679</v>
       </c>
       <c r="L11" s="117">
-        <v>914</v>
+        <v>1108</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>3093</v>
+        <v>3506</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="72"/>
       <c r="C12" s="72"/>
       <c r="D12" s="72"/>
       <c r="E12" s="72"/>
       <c r="F12" s="72"/>
       <c r="G12" s="72"/>
       <c r="H12" s="72"/>
       <c r="I12" s="72"/>
       <c r="J12" s="72"/>
       <c r="K12" s="72"/>
       <c r="L12" s="72"/>
       <c r="M12" s="72"/>
       <c r="N12" s="73"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>80</v>
       </c>
       <c r="B13" s="141">
-        <v>21419</v>
+        <v>24250</v>
       </c>
       <c r="C13" s="141">
-        <v>15811</v>
+        <v>18108</v>
       </c>
       <c r="D13" s="141">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="E13" s="141">
-        <v>5484</v>
+        <v>5995</v>
       </c>
       <c r="F13" s="141">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G13" s="141">
-        <v>20363</v>
+        <v>23191</v>
       </c>
       <c r="H13" s="141">
-        <v>14520</v>
+        <v>16636</v>
       </c>
       <c r="I13" s="141">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="J13" s="141">
-        <v>4538</v>
+        <v>5079</v>
       </c>
       <c r="K13" s="141">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="L13" s="141">
-        <v>969</v>
+        <v>1128</v>
       </c>
       <c r="M13" s="143">
         <v>0</v>
       </c>
       <c r="N13" s="145">
-        <v>1056</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>81</v>
       </c>
       <c r="B14" s="71"/>
       <c r="C14" s="71"/>
       <c r="D14" s="71"/>
       <c r="E14" s="71"/>
       <c r="F14" s="71"/>
       <c r="G14" s="71"/>
       <c r="H14" s="71"/>
       <c r="I14" s="71"/>
       <c r="J14" s="71"/>
       <c r="K14" s="71"/>
       <c r="L14" s="71"/>
       <c r="M14" s="71"/>
       <c r="N14" s="70"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>82</v>
       </c>
       <c r="B15" s="141">
-        <v>12718</v>
+        <v>14097</v>
       </c>
       <c r="C15" s="141">
-        <v>7436</v>
+        <v>8402</v>
       </c>
       <c r="D15" s="141">
         <v>5</v>
       </c>
       <c r="E15" s="141">
-        <v>3680</v>
+        <v>4287</v>
       </c>
       <c r="F15" s="141">
-        <v>1597</v>
+        <v>1403</v>
       </c>
       <c r="G15" s="141">
-        <v>11804</v>
+        <v>13135</v>
       </c>
       <c r="H15" s="141">
-        <v>6733</v>
+        <v>7595</v>
       </c>
       <c r="I15" s="141">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J15" s="141">
-        <v>5220</v>
+        <v>5593</v>
       </c>
       <c r="K15" s="141">
-        <v>85</v>
+        <v>200</v>
       </c>
       <c r="L15" s="141">
-        <v>-246</v>
+        <v>-266</v>
       </c>
       <c r="M15" s="143">
         <v>0</v>
       </c>
       <c r="N15" s="145">
-        <v>914</v>
+        <v>963</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>83</v>
       </c>
       <c r="B16" s="71"/>
       <c r="C16" s="71"/>
       <c r="D16" s="71"/>
       <c r="E16" s="71"/>
       <c r="F16" s="71"/>
       <c r="G16" s="71"/>
       <c r="H16" s="71"/>
       <c r="I16" s="71"/>
       <c r="J16" s="71"/>
       <c r="K16" s="71"/>
       <c r="L16" s="71"/>
       <c r="M16" s="71"/>
       <c r="N16" s="70"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>84</v>
       </c>
       <c r="B17" s="141">
-        <v>21354</v>
+        <v>28389</v>
       </c>
       <c r="C17" s="141">
-        <v>11679</v>
+        <v>13819</v>
       </c>
       <c r="D17" s="141">
         <v>42</v>
       </c>
       <c r="E17" s="141">
-        <v>6626</v>
+        <v>8798</v>
       </c>
       <c r="F17" s="141">
-        <v>3007</v>
+        <v>5729</v>
       </c>
       <c r="G17" s="141">
-        <v>20231</v>
+        <v>26905</v>
       </c>
       <c r="H17" s="141">
-        <v>11727</v>
+        <v>13844</v>
       </c>
       <c r="I17" s="141">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="J17" s="141">
-        <v>8138</v>
+        <v>12572</v>
       </c>
       <c r="K17" s="141">
-        <v>149</v>
+        <v>207</v>
       </c>
       <c r="L17" s="141">
-        <v>191</v>
+        <v>247</v>
       </c>
       <c r="M17" s="143">
         <v>0</v>
       </c>
       <c r="N17" s="145">
-        <v>1123</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>85</v>
       </c>
       <c r="B18" s="71"/>
       <c r="C18" s="71"/>
       <c r="D18" s="71"/>
       <c r="E18" s="71"/>
       <c r="F18" s="71"/>
       <c r="G18" s="71"/>
       <c r="H18" s="71"/>
       <c r="I18" s="71"/>
       <c r="J18" s="71"/>
       <c r="K18" s="71"/>
       <c r="L18" s="71"/>
       <c r="M18" s="71"/>
       <c r="N18" s="70"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33"/>
       <c r="B19" s="68"/>
       <c r="C19" s="68"/>
       <c r="D19" s="68"/>
@@ -29048,57 +29054,57 @@
         <v>71</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
     </row>
     <row r="4" spans="1:17" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="37"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
     </row>
     <row r="5" spans="1:17" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>43</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
@@ -29316,642 +29322,642 @@
         <v>22</v>
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
     </row>
     <row r="11" spans="1:17" ht="12.6" customHeight="1">
-      <c r="A11" s="151" t="s">
+      <c r="A11" s="153" t="s">
         <v>1</v>
       </c>
-      <c r="B11" s="155">
-[...36 lines deleted...]
-        <v>8790</v>
+      <c r="B11" s="157">
+        <v>35430</v>
+      </c>
+      <c r="C11" s="157">
+        <v>25198</v>
+      </c>
+      <c r="D11" s="157">
+        <v>5756</v>
+      </c>
+      <c r="E11" s="157">
+        <v>2971</v>
+      </c>
+      <c r="F11" s="157">
+        <v>1504</v>
+      </c>
+      <c r="G11" s="157">
+        <v>25016</v>
+      </c>
+      <c r="H11" s="157">
+        <v>19459</v>
+      </c>
+      <c r="I11" s="157">
+        <v>44</v>
+      </c>
+      <c r="J11" s="157">
+        <v>961</v>
+      </c>
+      <c r="K11" s="157">
+        <v>2376</v>
+      </c>
+      <c r="L11" s="157">
+        <v>2176</v>
+      </c>
+      <c r="M11" s="161">
+        <v>0</v>
+      </c>
+      <c r="N11" s="165">
+        <v>10414</v>
       </c>
       <c r="O11" s="8"/>
       <c r="P11" s="8"/>
       <c r="Q11" s="8"/>
     </row>
     <row r="12" spans="1:17" ht="11.1" customHeight="1">
-      <c r="A12" s="166" t="s">
+      <c r="A12" s="168" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="88"/>
       <c r="C12" s="88"/>
       <c r="D12" s="88"/>
       <c r="E12" s="88"/>
       <c r="F12" s="88"/>
       <c r="G12" s="88"/>
       <c r="H12" s="88"/>
       <c r="I12" s="88"/>
       <c r="J12" s="88"/>
       <c r="K12" s="88"/>
       <c r="L12" s="88"/>
       <c r="M12" s="90"/>
       <c r="N12" s="92"/>
       <c r="O12" s="8"/>
       <c r="P12" s="8"/>
       <c r="Q12" s="8"/>
     </row>
     <row r="13" spans="1:17" ht="12.6" customHeight="1">
       <c r="A13" s="39" t="s">
         <v>79</v>
       </c>
-      <c r="B13" s="169">
-[...36 lines deleted...]
-        <v>2605</v>
+      <c r="B13" s="171">
+        <v>9755</v>
+      </c>
+      <c r="C13" s="171">
+        <v>7180</v>
+      </c>
+      <c r="D13" s="171">
+        <v>1366</v>
+      </c>
+      <c r="E13" s="171">
+        <v>704</v>
+      </c>
+      <c r="F13" s="171">
+        <v>505</v>
+      </c>
+      <c r="G13" s="171">
+        <v>6630</v>
+      </c>
+      <c r="H13" s="171">
+        <v>5182</v>
+      </c>
+      <c r="I13" s="171">
+        <v>10</v>
+      </c>
+      <c r="J13" s="171">
+        <v>230</v>
+      </c>
+      <c r="K13" s="171">
+        <v>639</v>
+      </c>
+      <c r="L13" s="171">
+        <v>569</v>
+      </c>
+      <c r="M13" s="174">
+        <v>0</v>
+      </c>
+      <c r="N13" s="177">
+        <v>3125</v>
       </c>
       <c r="O13" s="8"/>
       <c r="P13" s="8"/>
       <c r="Q13" s="8"/>
     </row>
     <row r="14" spans="1:17" ht="11.1" customHeight="1">
-      <c r="A14" s="165" t="s">
+      <c r="A14" s="167" t="s">
         <v>86</v>
       </c>
       <c r="B14" s="86"/>
       <c r="C14" s="86"/>
       <c r="D14" s="86"/>
       <c r="E14" s="86"/>
       <c r="F14" s="86"/>
       <c r="G14" s="86"/>
       <c r="H14" s="86"/>
       <c r="I14" s="86"/>
       <c r="J14" s="86"/>
       <c r="K14" s="86"/>
       <c r="L14" s="86"/>
       <c r="M14" s="82"/>
       <c r="N14" s="84"/>
       <c r="O14" s="8"/>
       <c r="P14" s="8"/>
       <c r="Q14" s="8"/>
     </row>
     <row r="15" spans="1:17" ht="12.6" customHeight="1">
       <c r="A15" s="39" t="s">
         <v>269</v>
       </c>
-      <c r="B15" s="169">
-[...36 lines deleted...]
-        <v>1944</v>
+      <c r="B15" s="171">
+        <v>7149</v>
+      </c>
+      <c r="C15" s="171">
+        <v>4881</v>
+      </c>
+      <c r="D15" s="171">
+        <v>1597</v>
+      </c>
+      <c r="E15" s="171">
+        <v>321</v>
+      </c>
+      <c r="F15" s="171">
+        <v>350</v>
+      </c>
+      <c r="G15" s="171">
+        <v>4894</v>
+      </c>
+      <c r="H15" s="171">
+        <v>3957</v>
+      </c>
+      <c r="I15" s="171">
+        <v>-11</v>
+      </c>
+      <c r="J15" s="171">
+        <v>182</v>
+      </c>
+      <c r="K15" s="171">
+        <v>418</v>
+      </c>
+      <c r="L15" s="171">
+        <v>348</v>
+      </c>
+      <c r="M15" s="174">
+        <v>0</v>
+      </c>
+      <c r="N15" s="177">
+        <v>2255</v>
       </c>
       <c r="O15" s="8"/>
       <c r="P15" s="8"/>
       <c r="Q15" s="8"/>
     </row>
     <row r="16" spans="1:17" ht="11.1" customHeight="1">
-      <c r="A16" s="165" t="s">
+      <c r="A16" s="167" t="s">
         <v>270</v>
       </c>
       <c r="B16" s="86"/>
       <c r="C16" s="86"/>
       <c r="D16" s="86"/>
       <c r="E16" s="86"/>
       <c r="F16" s="86"/>
       <c r="G16" s="86"/>
       <c r="H16" s="86"/>
       <c r="I16" s="86"/>
       <c r="J16" s="86"/>
       <c r="K16" s="86"/>
       <c r="L16" s="86"/>
       <c r="M16" s="82"/>
       <c r="N16" s="84"/>
       <c r="O16" s="8"/>
       <c r="P16" s="8"/>
       <c r="Q16" s="8"/>
     </row>
     <row r="17" spans="1:17" ht="12.6" customHeight="1">
       <c r="A17" s="39" t="s">
         <v>271</v>
       </c>
-      <c r="B17" s="169">
-[...36 lines deleted...]
-        <v>2000</v>
+      <c r="B17" s="171">
+        <v>8275</v>
+      </c>
+      <c r="C17" s="171">
+        <v>5611</v>
+      </c>
+      <c r="D17" s="171">
+        <v>1522</v>
+      </c>
+      <c r="E17" s="171">
+        <v>782</v>
+      </c>
+      <c r="F17" s="171">
+        <v>361</v>
+      </c>
+      <c r="G17" s="171">
+        <v>5861</v>
+      </c>
+      <c r="H17" s="171">
+        <v>4513</v>
+      </c>
+      <c r="I17" s="171">
+        <v>7</v>
+      </c>
+      <c r="J17" s="171">
+        <v>254</v>
+      </c>
+      <c r="K17" s="171">
+        <v>523</v>
+      </c>
+      <c r="L17" s="171">
+        <v>563</v>
+      </c>
+      <c r="M17" s="174">
+        <v>0</v>
+      </c>
+      <c r="N17" s="177">
+        <v>2415</v>
       </c>
       <c r="O17" s="8"/>
       <c r="P17" s="8"/>
       <c r="Q17" s="8"/>
     </row>
     <row r="18" spans="1:17" ht="11.1" customHeight="1">
-      <c r="A18" s="165" t="s">
+      <c r="A18" s="167" t="s">
         <v>272</v>
       </c>
       <c r="B18" s="86"/>
       <c r="C18" s="86"/>
       <c r="D18" s="86"/>
       <c r="E18" s="86"/>
       <c r="F18" s="86"/>
       <c r="G18" s="86"/>
       <c r="H18" s="86"/>
       <c r="I18" s="86"/>
       <c r="J18" s="86"/>
       <c r="K18" s="86"/>
       <c r="L18" s="86"/>
       <c r="M18" s="82"/>
       <c r="N18" s="84"/>
       <c r="O18" s="8"/>
       <c r="P18" s="8"/>
       <c r="Q18" s="8"/>
     </row>
     <row r="19" spans="1:17" ht="12.6" customHeight="1">
       <c r="A19" s="39" t="s">
         <v>273</v>
       </c>
-      <c r="B19" s="169">
-[...36 lines deleted...]
-        <v>512</v>
+      <c r="B19" s="171">
+        <v>2437</v>
+      </c>
+      <c r="C19" s="171">
+        <v>1673</v>
+      </c>
+      <c r="D19" s="171">
+        <v>259</v>
+      </c>
+      <c r="E19" s="171">
+        <v>486</v>
+      </c>
+      <c r="F19" s="171">
+        <v>20</v>
+      </c>
+      <c r="G19" s="171">
+        <v>1827</v>
+      </c>
+      <c r="H19" s="171">
+        <v>1298</v>
+      </c>
+      <c r="I19" s="171">
+        <v>23</v>
+      </c>
+      <c r="J19" s="171">
+        <v>134</v>
+      </c>
+      <c r="K19" s="171">
+        <v>171</v>
+      </c>
+      <c r="L19" s="171">
+        <v>200</v>
+      </c>
+      <c r="M19" s="174">
+        <v>0</v>
+      </c>
+      <c r="N19" s="177">
+        <v>610</v>
       </c>
       <c r="O19" s="8"/>
       <c r="P19" s="8"/>
       <c r="Q19" s="8"/>
     </row>
     <row r="20" spans="1:17" ht="11.1" customHeight="1">
-      <c r="A20" s="165" t="s">
+      <c r="A20" s="167" t="s">
         <v>274</v>
       </c>
       <c r="B20" s="86"/>
       <c r="C20" s="86"/>
       <c r="D20" s="86"/>
       <c r="E20" s="86"/>
       <c r="F20" s="86"/>
       <c r="G20" s="86"/>
       <c r="H20" s="86"/>
       <c r="I20" s="86"/>
       <c r="J20" s="86"/>
       <c r="K20" s="86"/>
       <c r="L20" s="86"/>
       <c r="M20" s="82"/>
       <c r="N20" s="84"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="8"/>
     </row>
     <row r="21" spans="1:17" ht="12.6" customHeight="1">
       <c r="A21" s="39" t="s">
         <v>275</v>
       </c>
-      <c r="B21" s="169">
-[...36 lines deleted...]
-        <v>321</v>
+      <c r="B21" s="171">
+        <v>1747</v>
+      </c>
+      <c r="C21" s="171">
+        <v>1365</v>
+      </c>
+      <c r="D21" s="171">
+        <v>236</v>
+      </c>
+      <c r="E21" s="171">
+        <v>114</v>
+      </c>
+      <c r="F21" s="171">
+        <v>32</v>
+      </c>
+      <c r="G21" s="171">
+        <v>1360</v>
+      </c>
+      <c r="H21" s="171">
+        <v>1049</v>
+      </c>
+      <c r="I21" s="171">
+        <v>12</v>
+      </c>
+      <c r="J21" s="171">
+        <v>56</v>
+      </c>
+      <c r="K21" s="171">
+        <v>130</v>
+      </c>
+      <c r="L21" s="171">
+        <v>113</v>
+      </c>
+      <c r="M21" s="174">
+        <v>0</v>
+      </c>
+      <c r="N21" s="177">
+        <v>388</v>
       </c>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="8"/>
     </row>
     <row r="22" spans="1:17" ht="11.1" customHeight="1">
-      <c r="A22" s="165" t="s">
+      <c r="A22" s="167" t="s">
         <v>276</v>
       </c>
       <c r="B22" s="86"/>
       <c r="C22" s="86"/>
       <c r="D22" s="86"/>
       <c r="E22" s="86"/>
       <c r="F22" s="86"/>
       <c r="G22" s="86"/>
       <c r="H22" s="86"/>
       <c r="I22" s="86"/>
       <c r="J22" s="86"/>
       <c r="K22" s="86"/>
       <c r="L22" s="86"/>
       <c r="M22" s="82"/>
       <c r="N22" s="84"/>
       <c r="O22" s="8"/>
       <c r="P22" s="8"/>
       <c r="Q22" s="8"/>
     </row>
     <row r="23" spans="1:17" ht="12.6" customHeight="1">
       <c r="A23" s="39" t="s">
         <v>277</v>
       </c>
-      <c r="B23" s="169">
-[...11 lines deleted...]
-      <c r="F23" s="169">
+      <c r="B23" s="171">
+        <v>2200</v>
+      </c>
+      <c r="C23" s="171">
+        <v>1515</v>
+      </c>
+      <c r="D23" s="171">
+        <v>338</v>
+      </c>
+      <c r="E23" s="171">
+        <v>325</v>
+      </c>
+      <c r="F23" s="171">
         <v>21</v>
       </c>
-      <c r="G23" s="169">
-[...5 lines deleted...]
-      <c r="I23" s="169">
+      <c r="G23" s="171">
+        <v>1626</v>
+      </c>
+      <c r="H23" s="171">
+        <v>1317</v>
+      </c>
+      <c r="I23" s="171">
         <v>2</v>
       </c>
-      <c r="J23" s="169">
-[...12 lines deleted...]
-        <v>471</v>
+      <c r="J23" s="171">
+        <v>37</v>
+      </c>
+      <c r="K23" s="171">
+        <v>178</v>
+      </c>
+      <c r="L23" s="171">
+        <v>92</v>
+      </c>
+      <c r="M23" s="174">
+        <v>0</v>
+      </c>
+      <c r="N23" s="177">
+        <v>574</v>
       </c>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="8"/>
     </row>
     <row r="24" spans="1:17" ht="11.1" customHeight="1">
-      <c r="A24" s="165" t="s">
+      <c r="A24" s="167" t="s">
         <v>278</v>
       </c>
       <c r="B24" s="86"/>
       <c r="C24" s="86"/>
       <c r="D24" s="86"/>
       <c r="E24" s="86"/>
       <c r="F24" s="86"/>
       <c r="G24" s="86"/>
       <c r="H24" s="86"/>
       <c r="I24" s="86"/>
       <c r="J24" s="86"/>
       <c r="K24" s="86"/>
       <c r="L24" s="86"/>
       <c r="M24" s="82"/>
       <c r="N24" s="84"/>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="8"/>
     </row>
     <row r="25" spans="1:17" ht="12.6" customHeight="1">
       <c r="A25" s="39" t="s">
         <v>279</v>
       </c>
-      <c r="B25" s="169">
-[...36 lines deleted...]
-        <v>557</v>
+      <c r="B25" s="171">
+        <v>2039</v>
+      </c>
+      <c r="C25" s="171">
+        <v>1554</v>
+      </c>
+      <c r="D25" s="171">
+        <v>200</v>
+      </c>
+      <c r="E25" s="171">
+        <v>160</v>
+      </c>
+      <c r="F25" s="171">
+        <v>124</v>
+      </c>
+      <c r="G25" s="171">
+        <v>1414</v>
+      </c>
+      <c r="H25" s="171">
+        <v>1069</v>
+      </c>
+      <c r="I25" s="180">
+        <v>0</v>
+      </c>
+      <c r="J25" s="171">
+        <v>30</v>
+      </c>
+      <c r="K25" s="171">
+        <v>196</v>
+      </c>
+      <c r="L25" s="171">
+        <v>118</v>
+      </c>
+      <c r="M25" s="174">
+        <v>0</v>
+      </c>
+      <c r="N25" s="177">
+        <v>625</v>
       </c>
       <c r="O25" s="8"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="8"/>
     </row>
     <row r="26" spans="1:17" ht="11.1" customHeight="1">
-      <c r="A26" s="165" t="s">
+      <c r="A26" s="167" t="s">
         <v>280</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="86"/>
       <c r="G26" s="86"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="86"/>
       <c r="M26" s="82"/>
       <c r="N26" s="84"/>
       <c r="O26" s="8"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="8"/>
     </row>
     <row r="27" spans="1:17" ht="12.6" customHeight="1">
       <c r="A27" s="39" t="s">
         <v>281</v>
       </c>
-      <c r="B27" s="169">
-[...29 lines deleted...]
-      <c r="L27" s="169">
+      <c r="B27" s="171">
+        <v>1827</v>
+      </c>
+      <c r="C27" s="171">
+        <v>1419</v>
+      </c>
+      <c r="D27" s="171">
+        <v>238</v>
+      </c>
+      <c r="E27" s="171">
+        <v>79</v>
+      </c>
+      <c r="F27" s="171">
+        <v>91</v>
+      </c>
+      <c r="G27" s="171">
+        <v>1405</v>
+      </c>
+      <c r="H27" s="171">
+        <v>1074</v>
+      </c>
+      <c r="I27" s="171">
+        <v>2</v>
+      </c>
+      <c r="J27" s="171">
+        <v>38</v>
+      </c>
+      <c r="K27" s="171">
         <v>120</v>
       </c>
-      <c r="M27" s="172">
-[...3 lines deleted...]
-        <v>379</v>
+      <c r="L27" s="171">
+        <v>172</v>
+      </c>
+      <c r="M27" s="174">
+        <v>0</v>
+      </c>
+      <c r="N27" s="177">
+        <v>422</v>
       </c>
       <c r="O27" s="8"/>
       <c r="P27" s="8"/>
       <c r="Q27" s="8"/>
     </row>
     <row r="28" spans="1:17" ht="11.1" customHeight="1">
-      <c r="A28" s="165" t="s">
+      <c r="A28" s="167" t="s">
         <v>282</v>
       </c>
       <c r="B28" s="86"/>
       <c r="C28" s="86"/>
       <c r="D28" s="86"/>
       <c r="E28" s="86"/>
       <c r="F28" s="86"/>
       <c r="G28" s="86"/>
       <c r="H28" s="86"/>
       <c r="I28" s="86"/>
       <c r="J28" s="86"/>
       <c r="K28" s="86"/>
       <c r="L28" s="86"/>
       <c r="M28" s="82"/>
       <c r="N28" s="84"/>
       <c r="O28" s="8"/>
       <c r="P28" s="8"/>
       <c r="Q28" s="8"/>
     </row>
     <row r="29" spans="1:17" ht="12.6" customHeight="1">
       <c r="A29" s="39"/>
       <c r="B29" s="85"/>
       <c r="C29" s="85"/>
       <c r="D29" s="85"/>
       <c r="E29" s="85"/>
@@ -30471,57 +30477,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>72</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>33</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>45</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>46</v>
       </c>
@@ -30718,839 +30724,839 @@
         <v>22</v>
       </c>
       <c r="H10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A11" s="181" t="s">
+      <c r="A11" s="183" t="s">
         <v>1</v>
       </c>
-      <c r="B11" s="155">
-[...36 lines deleted...]
-        <v>4829</v>
+      <c r="B11" s="157">
+        <v>24267</v>
+      </c>
+      <c r="C11" s="157">
+        <v>22760</v>
+      </c>
+      <c r="D11" s="157">
+        <v>564</v>
+      </c>
+      <c r="E11" s="157">
+        <v>78</v>
+      </c>
+      <c r="F11" s="157">
+        <v>865</v>
+      </c>
+      <c r="G11" s="157">
+        <v>19782</v>
+      </c>
+      <c r="H11" s="157">
+        <v>9967</v>
+      </c>
+      <c r="I11" s="157">
+        <v>52</v>
+      </c>
+      <c r="J11" s="157">
+        <v>53</v>
+      </c>
+      <c r="K11" s="157">
+        <v>5790</v>
+      </c>
+      <c r="L11" s="157">
+        <v>3921</v>
+      </c>
+      <c r="M11" s="187">
+        <v>0</v>
+      </c>
+      <c r="N11" s="190">
+        <v>4484</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A12" s="166" t="s">
+      <c r="A12" s="168" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="102"/>
       <c r="C12" s="102"/>
       <c r="D12" s="102"/>
       <c r="E12" s="102"/>
       <c r="F12" s="102"/>
       <c r="G12" s="102"/>
       <c r="H12" s="102"/>
       <c r="I12" s="102"/>
       <c r="J12" s="102"/>
       <c r="K12" s="102"/>
       <c r="L12" s="102"/>
       <c r="M12" s="102"/>
       <c r="N12" s="104"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A13" s="190" t="s">
+      <c r="A13" s="192" t="s">
         <v>78</v>
       </c>
-      <c r="B13" s="169">
-[...11 lines deleted...]
-      <c r="F13" s="169">
+      <c r="B13" s="171">
+        <v>697</v>
+      </c>
+      <c r="C13" s="171">
+        <v>669</v>
+      </c>
+      <c r="D13" s="171">
+        <v>6</v>
+      </c>
+      <c r="E13" s="180">
+        <v>0</v>
+      </c>
+      <c r="F13" s="171">
         <v>22</v>
       </c>
-      <c r="G13" s="169">
-[...21 lines deleted...]
-        <v>90</v>
+      <c r="G13" s="171">
+        <v>632</v>
+      </c>
+      <c r="H13" s="171">
+        <v>279</v>
+      </c>
+      <c r="I13" s="171">
+        <v>0</v>
+      </c>
+      <c r="J13" s="180">
+        <v>0</v>
+      </c>
+      <c r="K13" s="171">
+        <v>266</v>
+      </c>
+      <c r="L13" s="171">
+        <v>87</v>
+      </c>
+      <c r="M13" s="180">
+        <v>0</v>
+      </c>
+      <c r="N13" s="196">
+        <v>65</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A14" s="165" t="s">
+      <c r="A14" s="167" t="s">
         <v>283</v>
       </c>
       <c r="B14" s="98"/>
       <c r="C14" s="98"/>
       <c r="D14" s="98"/>
       <c r="E14" s="98"/>
       <c r="F14" s="98"/>
       <c r="G14" s="98"/>
       <c r="H14" s="98"/>
       <c r="I14" s="98"/>
       <c r="J14" s="98"/>
       <c r="K14" s="98"/>
       <c r="L14" s="98"/>
       <c r="M14" s="98"/>
       <c r="N14" s="100"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A15" s="190" t="s">
+      <c r="A15" s="192" t="s">
         <v>284</v>
       </c>
-      <c r="B15" s="169">
-[...36 lines deleted...]
-        <v>217</v>
+      <c r="B15" s="171">
+        <v>1069</v>
+      </c>
+      <c r="C15" s="171">
+        <v>987</v>
+      </c>
+      <c r="D15" s="171">
+        <v>11</v>
+      </c>
+      <c r="E15" s="171">
+        <v>28</v>
+      </c>
+      <c r="F15" s="171">
+        <v>43</v>
+      </c>
+      <c r="G15" s="171">
+        <v>814</v>
+      </c>
+      <c r="H15" s="171">
+        <v>348</v>
+      </c>
+      <c r="I15" s="171">
+        <v>3</v>
+      </c>
+      <c r="J15" s="171">
+        <v>14</v>
+      </c>
+      <c r="K15" s="171">
+        <v>283</v>
+      </c>
+      <c r="L15" s="171">
+        <v>165</v>
+      </c>
+      <c r="M15" s="180">
+        <v>0</v>
+      </c>
+      <c r="N15" s="196">
+        <v>255</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A16" s="165" t="s">
+      <c r="A16" s="167" t="s">
         <v>285</v>
       </c>
       <c r="B16" s="98"/>
       <c r="C16" s="98"/>
       <c r="D16" s="98"/>
       <c r="E16" s="98"/>
       <c r="F16" s="98"/>
       <c r="G16" s="98"/>
       <c r="H16" s="98"/>
       <c r="I16" s="98"/>
       <c r="J16" s="98"/>
       <c r="K16" s="98"/>
       <c r="L16" s="98"/>
       <c r="M16" s="98"/>
       <c r="N16" s="100"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A17" s="190" t="s">
+      <c r="A17" s="192" t="s">
         <v>286</v>
       </c>
-      <c r="B17" s="169">
-[...36 lines deleted...]
-        <v>226</v>
+      <c r="B17" s="171">
+        <v>989</v>
+      </c>
+      <c r="C17" s="171">
+        <v>921</v>
+      </c>
+      <c r="D17" s="171">
+        <v>44</v>
+      </c>
+      <c r="E17" s="180">
+        <v>0</v>
+      </c>
+      <c r="F17" s="171">
+        <v>24</v>
+      </c>
+      <c r="G17" s="171">
+        <v>738</v>
+      </c>
+      <c r="H17" s="171">
+        <v>311</v>
+      </c>
+      <c r="I17" s="171">
+        <v>5</v>
+      </c>
+      <c r="J17" s="180">
+        <v>0</v>
+      </c>
+      <c r="K17" s="171">
+        <v>288</v>
+      </c>
+      <c r="L17" s="171">
+        <v>133</v>
+      </c>
+      <c r="M17" s="180">
+        <v>0</v>
+      </c>
+      <c r="N17" s="196">
+        <v>251</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A18" s="165" t="s">
+      <c r="A18" s="167" t="s">
         <v>287</v>
       </c>
       <c r="B18" s="98"/>
       <c r="C18" s="98"/>
       <c r="D18" s="98"/>
       <c r="E18" s="98"/>
       <c r="F18" s="98"/>
       <c r="G18" s="98"/>
       <c r="H18" s="98"/>
       <c r="I18" s="98"/>
       <c r="J18" s="98"/>
       <c r="K18" s="98"/>
       <c r="L18" s="98"/>
       <c r="M18" s="98"/>
       <c r="N18" s="100"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A19" s="190" t="s">
+      <c r="A19" s="192" t="s">
         <v>288</v>
       </c>
-      <c r="B19" s="169">
-[...23 lines deleted...]
-      <c r="J19" s="169">
+      <c r="B19" s="171">
+        <v>2800</v>
+      </c>
+      <c r="C19" s="171">
+        <v>2593</v>
+      </c>
+      <c r="D19" s="171">
+        <v>117</v>
+      </c>
+      <c r="E19" s="171">
+        <v>3</v>
+      </c>
+      <c r="F19" s="171">
+        <v>87</v>
+      </c>
+      <c r="G19" s="171">
+        <v>2353</v>
+      </c>
+      <c r="H19" s="171">
+        <v>1304</v>
+      </c>
+      <c r="I19" s="171">
+        <v>15</v>
+      </c>
+      <c r="J19" s="171">
         <v>4</v>
       </c>
-      <c r="K19" s="169">
-[...9 lines deleted...]
-        <v>408</v>
+      <c r="K19" s="171">
+        <v>510</v>
+      </c>
+      <c r="L19" s="171">
+        <v>520</v>
+      </c>
+      <c r="M19" s="180">
+        <v>0</v>
+      </c>
+      <c r="N19" s="196">
+        <v>448</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A20" s="165" t="s">
+      <c r="A20" s="167" t="s">
         <v>289</v>
       </c>
       <c r="B20" s="98"/>
       <c r="C20" s="98"/>
       <c r="D20" s="98"/>
       <c r="E20" s="98"/>
       <c r="F20" s="98"/>
       <c r="G20" s="98"/>
       <c r="H20" s="98"/>
       <c r="I20" s="98"/>
       <c r="J20" s="98"/>
       <c r="K20" s="98"/>
       <c r="L20" s="98"/>
       <c r="M20" s="98"/>
       <c r="N20" s="100"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A21" s="190" t="s">
+      <c r="A21" s="192" t="s">
         <v>290</v>
       </c>
-      <c r="B21" s="169">
-[...36 lines deleted...]
-        <v>135</v>
+      <c r="B21" s="171">
+        <v>743</v>
+      </c>
+      <c r="C21" s="171">
+        <v>718</v>
+      </c>
+      <c r="D21" s="171">
+        <v>18</v>
+      </c>
+      <c r="E21" s="180">
+        <v>0</v>
+      </c>
+      <c r="F21" s="171">
+        <v>8</v>
+      </c>
+      <c r="G21" s="171">
+        <v>657</v>
+      </c>
+      <c r="H21" s="171">
+        <v>287</v>
+      </c>
+      <c r="I21" s="171">
+        <v>0</v>
+      </c>
+      <c r="J21" s="180">
+        <v>0</v>
+      </c>
+      <c r="K21" s="171">
+        <v>184</v>
+      </c>
+      <c r="L21" s="171">
+        <v>187</v>
+      </c>
+      <c r="M21" s="180">
+        <v>0</v>
+      </c>
+      <c r="N21" s="196">
+        <v>86</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A22" s="165" t="s">
+      <c r="A22" s="167" t="s">
         <v>291</v>
       </c>
       <c r="B22" s="98"/>
       <c r="C22" s="98"/>
       <c r="D22" s="98"/>
       <c r="E22" s="98"/>
       <c r="F22" s="98"/>
       <c r="G22" s="98"/>
       <c r="H22" s="98"/>
       <c r="I22" s="98"/>
       <c r="J22" s="98"/>
       <c r="K22" s="98"/>
       <c r="L22" s="98"/>
       <c r="M22" s="98"/>
       <c r="N22" s="100"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A23" s="190" t="s">
+      <c r="A23" s="192" t="s">
         <v>292</v>
       </c>
-      <c r="B23" s="169">
-[...36 lines deleted...]
-        <v>76</v>
+      <c r="B23" s="171">
+        <v>389</v>
+      </c>
+      <c r="C23" s="171">
+        <v>368</v>
+      </c>
+      <c r="D23" s="171">
+        <v>7</v>
+      </c>
+      <c r="E23" s="180">
+        <v>0</v>
+      </c>
+      <c r="F23" s="171">
+        <v>14</v>
+      </c>
+      <c r="G23" s="171">
+        <v>325</v>
+      </c>
+      <c r="H23" s="171">
+        <v>185</v>
+      </c>
+      <c r="I23" s="171">
+        <v>0</v>
+      </c>
+      <c r="J23" s="180">
+        <v>0</v>
+      </c>
+      <c r="K23" s="171">
+        <v>86</v>
+      </c>
+      <c r="L23" s="171">
+        <v>53</v>
+      </c>
+      <c r="M23" s="180">
+        <v>0</v>
+      </c>
+      <c r="N23" s="196">
+        <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A24" s="165" t="s">
+      <c r="A24" s="167" t="s">
         <v>293</v>
       </c>
       <c r="B24" s="98"/>
       <c r="C24" s="98"/>
       <c r="D24" s="98"/>
       <c r="E24" s="98"/>
       <c r="F24" s="98"/>
       <c r="G24" s="98"/>
       <c r="H24" s="98"/>
       <c r="I24" s="98"/>
       <c r="J24" s="98"/>
       <c r="K24" s="98"/>
       <c r="L24" s="98"/>
       <c r="M24" s="98"/>
       <c r="N24" s="100"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A25" s="190" t="s">
+      <c r="A25" s="192" t="s">
         <v>294</v>
       </c>
-      <c r="B25" s="169">
-[...5 lines deleted...]
-      <c r="D25" s="169">
+      <c r="B25" s="171">
+        <v>529</v>
+      </c>
+      <c r="C25" s="171">
+        <v>494</v>
+      </c>
+      <c r="D25" s="171">
         <v>4</v>
       </c>
-      <c r="E25" s="178">
-[...27 lines deleted...]
-        <v>95</v>
+      <c r="E25" s="180">
+        <v>0</v>
+      </c>
+      <c r="F25" s="171">
+        <v>30</v>
+      </c>
+      <c r="G25" s="171">
+        <v>449</v>
+      </c>
+      <c r="H25" s="171">
+        <v>205</v>
+      </c>
+      <c r="I25" s="171">
+        <v>0</v>
+      </c>
+      <c r="J25" s="180">
+        <v>0</v>
+      </c>
+      <c r="K25" s="171">
+        <v>167</v>
+      </c>
+      <c r="L25" s="171">
+        <v>77</v>
+      </c>
+      <c r="M25" s="180">
+        <v>0</v>
+      </c>
+      <c r="N25" s="196">
+        <v>80</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A26" s="165" t="s">
+      <c r="A26" s="167" t="s">
         <v>295</v>
       </c>
       <c r="B26" s="98"/>
       <c r="C26" s="98"/>
       <c r="D26" s="98"/>
       <c r="E26" s="98"/>
       <c r="F26" s="98"/>
       <c r="G26" s="98"/>
       <c r="H26" s="98"/>
       <c r="I26" s="98"/>
       <c r="J26" s="98"/>
       <c r="K26" s="98"/>
       <c r="L26" s="98"/>
       <c r="M26" s="98"/>
       <c r="N26" s="100"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A27" s="190" t="s">
+      <c r="A27" s="192" t="s">
         <v>296</v>
       </c>
-      <c r="B27" s="169">
-[...36 lines deleted...]
-        <v>550</v>
+      <c r="B27" s="171">
+        <v>2016</v>
+      </c>
+      <c r="C27" s="171">
+        <v>1937</v>
+      </c>
+      <c r="D27" s="171">
+        <v>10</v>
+      </c>
+      <c r="E27" s="180">
+        <v>0</v>
+      </c>
+      <c r="F27" s="171">
+        <v>69</v>
+      </c>
+      <c r="G27" s="171">
+        <v>1594</v>
+      </c>
+      <c r="H27" s="171">
+        <v>933</v>
+      </c>
+      <c r="I27" s="171">
+        <v>3</v>
+      </c>
+      <c r="J27" s="180">
+        <v>0</v>
+      </c>
+      <c r="K27" s="171">
+        <v>384</v>
+      </c>
+      <c r="L27" s="171">
+        <v>274</v>
+      </c>
+      <c r="M27" s="180">
+        <v>0</v>
+      </c>
+      <c r="N27" s="196">
+        <v>422</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A28" s="165" t="s">
+      <c r="A28" s="167" t="s">
         <v>297</v>
       </c>
       <c r="B28" s="98"/>
       <c r="C28" s="98"/>
       <c r="D28" s="98"/>
       <c r="E28" s="98"/>
       <c r="F28" s="98"/>
       <c r="G28" s="98"/>
       <c r="H28" s="98"/>
       <c r="I28" s="98"/>
       <c r="J28" s="98"/>
       <c r="K28" s="98"/>
       <c r="L28" s="98"/>
       <c r="M28" s="98"/>
       <c r="N28" s="100"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A29" s="190" t="s">
+      <c r="A29" s="192" t="s">
         <v>298</v>
       </c>
-      <c r="B29" s="169">
-[...36 lines deleted...]
-        <v>225</v>
+      <c r="B29" s="171">
+        <v>1016</v>
+      </c>
+      <c r="C29" s="171">
+        <v>991</v>
+      </c>
+      <c r="D29" s="171">
+        <v>4</v>
+      </c>
+      <c r="E29" s="180">
+        <v>0</v>
+      </c>
+      <c r="F29" s="171">
+        <v>21</v>
+      </c>
+      <c r="G29" s="171">
+        <v>880</v>
+      </c>
+      <c r="H29" s="171">
+        <v>468</v>
+      </c>
+      <c r="I29" s="171">
+        <v>1</v>
+      </c>
+      <c r="J29" s="180">
+        <v>0</v>
+      </c>
+      <c r="K29" s="171">
+        <v>201</v>
+      </c>
+      <c r="L29" s="171">
+        <v>210</v>
+      </c>
+      <c r="M29" s="180">
+        <v>0</v>
+      </c>
+      <c r="N29" s="196">
+        <v>136</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A30" s="165" t="s">
+      <c r="A30" s="167" t="s">
         <v>299</v>
       </c>
       <c r="B30" s="98"/>
       <c r="C30" s="98"/>
       <c r="D30" s="98"/>
       <c r="E30" s="98"/>
       <c r="F30" s="98"/>
       <c r="G30" s="98"/>
       <c r="H30" s="98"/>
       <c r="I30" s="98"/>
       <c r="J30" s="98"/>
       <c r="K30" s="98"/>
       <c r="L30" s="98"/>
       <c r="M30" s="98"/>
       <c r="N30" s="100"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A31" s="190" t="s">
+      <c r="A31" s="192" t="s">
         <v>300</v>
       </c>
-      <c r="B31" s="169">
-[...36 lines deleted...]
-        <v>583</v>
+      <c r="B31" s="171">
+        <v>2905</v>
+      </c>
+      <c r="C31" s="171">
+        <v>2792</v>
+      </c>
+      <c r="D31" s="171">
+        <v>89</v>
+      </c>
+      <c r="E31" s="180">
+        <v>0</v>
+      </c>
+      <c r="F31" s="171">
+        <v>25</v>
+      </c>
+      <c r="G31" s="171">
+        <v>2415</v>
+      </c>
+      <c r="H31" s="171">
+        <v>1339</v>
+      </c>
+      <c r="I31" s="171">
+        <v>4</v>
+      </c>
+      <c r="J31" s="180">
+        <v>0</v>
+      </c>
+      <c r="K31" s="171">
+        <v>560</v>
+      </c>
+      <c r="L31" s="171">
+        <v>512</v>
+      </c>
+      <c r="M31" s="180">
+        <v>0</v>
+      </c>
+      <c r="N31" s="196">
+        <v>490</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A32" s="165" t="s">
+      <c r="A32" s="167" t="s">
         <v>301</v>
       </c>
       <c r="B32" s="98"/>
       <c r="C32" s="98"/>
       <c r="D32" s="98"/>
       <c r="E32" s="98"/>
       <c r="F32" s="98"/>
       <c r="G32" s="98"/>
       <c r="H32" s="98"/>
       <c r="I32" s="98"/>
       <c r="J32" s="98"/>
       <c r="K32" s="98"/>
       <c r="L32" s="98"/>
       <c r="M32" s="98"/>
       <c r="N32" s="100"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A33" s="190" t="s">
+      <c r="A33" s="192" t="s">
         <v>302</v>
       </c>
-      <c r="B33" s="169">
-[...36 lines deleted...]
-        <v>77</v>
+      <c r="B33" s="171">
+        <v>612</v>
+      </c>
+      <c r="C33" s="171">
+        <v>521</v>
+      </c>
+      <c r="D33" s="171">
+        <v>4</v>
+      </c>
+      <c r="E33" s="180">
+        <v>0</v>
+      </c>
+      <c r="F33" s="171">
+        <v>87</v>
+      </c>
+      <c r="G33" s="171">
+        <v>564</v>
+      </c>
+      <c r="H33" s="171">
+        <v>155</v>
+      </c>
+      <c r="I33" s="171">
+        <v>0</v>
+      </c>
+      <c r="J33" s="180">
+        <v>0</v>
+      </c>
+      <c r="K33" s="171">
+        <v>281</v>
+      </c>
+      <c r="L33" s="171">
+        <v>129</v>
+      </c>
+      <c r="M33" s="180">
+        <v>0</v>
+      </c>
+      <c r="N33" s="196">
+        <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A34" s="165" t="s">
+      <c r="A34" s="167" t="s">
         <v>303</v>
       </c>
       <c r="B34" s="98"/>
       <c r="C34" s="98"/>
       <c r="D34" s="98"/>
       <c r="E34" s="98"/>
       <c r="F34" s="98"/>
       <c r="G34" s="98"/>
       <c r="H34" s="98"/>
       <c r="I34" s="98"/>
       <c r="J34" s="98"/>
       <c r="K34" s="98"/>
       <c r="L34" s="98"/>
       <c r="M34" s="98"/>
       <c r="N34" s="100"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A35" s="190" t="s">
+      <c r="A35" s="192" t="s">
         <v>304</v>
       </c>
-      <c r="B35" s="196">
-[...11 lines deleted...]
-      <c r="F35" s="196">
+      <c r="B35" s="198">
+        <v>451</v>
+      </c>
+      <c r="C35" s="198">
+        <v>433</v>
+      </c>
+      <c r="D35" s="198">
+        <v>9</v>
+      </c>
+      <c r="E35" s="200">
+        <v>0</v>
+      </c>
+      <c r="F35" s="198">
         <v>10</v>
       </c>
-      <c r="G35" s="196">
-[...21 lines deleted...]
-        <v>78</v>
+      <c r="G35" s="198">
+        <v>388</v>
+      </c>
+      <c r="H35" s="198">
+        <v>171</v>
+      </c>
+      <c r="I35" s="198">
+        <v>0</v>
+      </c>
+      <c r="J35" s="200">
+        <v>0</v>
+      </c>
+      <c r="K35" s="198">
+        <v>149</v>
+      </c>
+      <c r="L35" s="198">
+        <v>68</v>
+      </c>
+      <c r="M35" s="200">
+        <v>0</v>
+      </c>
+      <c r="N35" s="202">
+        <v>63</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
-      <c r="A36" s="202" t="s">
+      <c r="A36" s="204" t="s">
         <v>305</v>
       </c>
       <c r="B36" s="96"/>
       <c r="C36" s="96"/>
       <c r="D36" s="96"/>
       <c r="E36" s="96"/>
       <c r="F36" s="96"/>
       <c r="G36" s="96"/>
       <c r="H36" s="96"/>
       <c r="I36" s="96"/>
       <c r="J36" s="96"/>
       <c r="K36" s="96"/>
       <c r="L36" s="96"/>
       <c r="M36" s="96"/>
       <c r="N36" s="94"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="7"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="7"/>
       <c r="F37" s="7"/>
@@ -31895,57 +31901,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>72</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="74"/>
       <c r="I4" s="74"/>
       <c r="J4" s="74"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>33</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>45</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>46</v>
       </c>
@@ -32142,715 +32148,715 @@
         <v>22</v>
       </c>
       <c r="H10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A11" s="180" t="s">
+      <c r="A11" s="182" t="s">
         <v>77</v>
       </c>
-      <c r="B11" s="154">
-[...20 lines deleted...]
-      <c r="I11" s="154">
+      <c r="B11" s="156">
+        <v>1621</v>
+      </c>
+      <c r="C11" s="156">
+        <v>1384</v>
+      </c>
+      <c r="D11" s="156">
+        <v>35</v>
+      </c>
+      <c r="E11" s="156">
+        <v>9</v>
+      </c>
+      <c r="F11" s="156">
+        <v>193</v>
+      </c>
+      <c r="G11" s="156">
+        <v>1286</v>
+      </c>
+      <c r="H11" s="156">
+        <v>349</v>
+      </c>
+      <c r="I11" s="156">
         <v>2</v>
       </c>
-      <c r="J11" s="184">
-[...12 lines deleted...]
-        <v>385</v>
+      <c r="J11" s="186">
+        <v>0</v>
+      </c>
+      <c r="K11" s="156">
+        <v>470</v>
+      </c>
+      <c r="L11" s="156">
+        <v>464</v>
+      </c>
+      <c r="M11" s="186">
+        <v>0</v>
+      </c>
+      <c r="N11" s="189">
+        <v>335</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A12" s="165" t="s">
+      <c r="A12" s="167" t="s">
         <v>306</v>
       </c>
       <c r="B12" s="102"/>
       <c r="C12" s="102"/>
       <c r="D12" s="102"/>
       <c r="E12" s="102"/>
       <c r="F12" s="102"/>
       <c r="G12" s="102"/>
       <c r="H12" s="102"/>
       <c r="I12" s="102"/>
       <c r="J12" s="102"/>
       <c r="K12" s="102"/>
       <c r="L12" s="102"/>
       <c r="M12" s="102"/>
       <c r="N12" s="104"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A13" s="190" t="s">
+      <c r="A13" s="192" t="s">
         <v>307</v>
       </c>
-      <c r="B13" s="169">
-[...11 lines deleted...]
-      <c r="F13" s="169">
+      <c r="B13" s="171">
+        <v>427</v>
+      </c>
+      <c r="C13" s="171">
+        <v>415</v>
+      </c>
+      <c r="D13" s="171">
+        <v>4</v>
+      </c>
+      <c r="E13" s="180">
+        <v>0</v>
+      </c>
+      <c r="F13" s="171">
         <v>8</v>
       </c>
-      <c r="G13" s="169">
-[...21 lines deleted...]
-        <v>101</v>
+      <c r="G13" s="171">
+        <v>332</v>
+      </c>
+      <c r="H13" s="171">
+        <v>142</v>
+      </c>
+      <c r="I13" s="171">
+        <v>2</v>
+      </c>
+      <c r="J13" s="180">
+        <v>0</v>
+      </c>
+      <c r="K13" s="171">
+        <v>139</v>
+      </c>
+      <c r="L13" s="171">
+        <v>50</v>
+      </c>
+      <c r="M13" s="180">
+        <v>0</v>
+      </c>
+      <c r="N13" s="196">
+        <v>95</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A14" s="165" t="s">
+      <c r="A14" s="167" t="s">
         <v>308</v>
       </c>
       <c r="B14" s="98"/>
       <c r="C14" s="98"/>
       <c r="D14" s="98"/>
       <c r="E14" s="98"/>
       <c r="F14" s="98"/>
       <c r="G14" s="98"/>
       <c r="H14" s="98"/>
       <c r="I14" s="98"/>
       <c r="J14" s="98"/>
       <c r="K14" s="98"/>
       <c r="L14" s="98"/>
       <c r="M14" s="98"/>
       <c r="N14" s="100"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A15" s="190" t="s">
+      <c r="A15" s="192" t="s">
         <v>309</v>
       </c>
-      <c r="B15" s="169">
-[...36 lines deleted...]
-        <v>173</v>
+      <c r="B15" s="171">
+        <v>769</v>
+      </c>
+      <c r="C15" s="171">
+        <v>733</v>
+      </c>
+      <c r="D15" s="171">
+        <v>10</v>
+      </c>
+      <c r="E15" s="180">
+        <v>0</v>
+      </c>
+      <c r="F15" s="171">
+        <v>26</v>
+      </c>
+      <c r="G15" s="171">
+        <v>594</v>
+      </c>
+      <c r="H15" s="171">
+        <v>304</v>
+      </c>
+      <c r="I15" s="171">
+        <v>0</v>
+      </c>
+      <c r="J15" s="180">
+        <v>0</v>
+      </c>
+      <c r="K15" s="171">
+        <v>174</v>
+      </c>
+      <c r="L15" s="171">
+        <v>116</v>
+      </c>
+      <c r="M15" s="180">
+        <v>0</v>
+      </c>
+      <c r="N15" s="196">
+        <v>174</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A16" s="165" t="s">
+      <c r="A16" s="167" t="s">
         <v>310</v>
       </c>
       <c r="B16" s="98"/>
       <c r="C16" s="98"/>
       <c r="D16" s="98"/>
       <c r="E16" s="98"/>
       <c r="F16" s="98"/>
       <c r="G16" s="98"/>
       <c r="H16" s="98"/>
       <c r="I16" s="98"/>
       <c r="J16" s="98"/>
       <c r="K16" s="98"/>
       <c r="L16" s="98"/>
       <c r="M16" s="98"/>
       <c r="N16" s="100"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A17" s="190" t="s">
+      <c r="A17" s="192" t="s">
         <v>311</v>
       </c>
-      <c r="B17" s="169">
-[...36 lines deleted...]
-        <v>85</v>
+      <c r="B17" s="171">
+        <v>380</v>
+      </c>
+      <c r="C17" s="171">
+        <v>366</v>
+      </c>
+      <c r="D17" s="171">
+        <v>7</v>
+      </c>
+      <c r="E17" s="180">
+        <v>0</v>
+      </c>
+      <c r="F17" s="171">
+        <v>7</v>
+      </c>
+      <c r="G17" s="171">
+        <v>304</v>
+      </c>
+      <c r="H17" s="171">
+        <v>156</v>
+      </c>
+      <c r="I17" s="171">
+        <v>0</v>
+      </c>
+      <c r="J17" s="180">
+        <v>0</v>
+      </c>
+      <c r="K17" s="171">
+        <v>115</v>
+      </c>
+      <c r="L17" s="171">
+        <v>32</v>
+      </c>
+      <c r="M17" s="180">
+        <v>0</v>
+      </c>
+      <c r="N17" s="196">
+        <v>77</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A18" s="165" t="s">
+      <c r="A18" s="167" t="s">
         <v>312</v>
       </c>
       <c r="B18" s="98"/>
       <c r="C18" s="98"/>
       <c r="D18" s="98"/>
       <c r="E18" s="98"/>
       <c r="F18" s="98"/>
       <c r="G18" s="98"/>
       <c r="H18" s="98"/>
       <c r="I18" s="98"/>
       <c r="J18" s="98"/>
       <c r="K18" s="98"/>
       <c r="L18" s="98"/>
       <c r="M18" s="98"/>
       <c r="N18" s="100"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A19" s="190" t="s">
+      <c r="A19" s="192" t="s">
         <v>313</v>
       </c>
-      <c r="B19" s="169">
-[...11 lines deleted...]
-      <c r="F19" s="169">
+      <c r="B19" s="171">
+        <v>714</v>
+      </c>
+      <c r="C19" s="171">
+        <v>672</v>
+      </c>
+      <c r="D19" s="171">
+        <v>25</v>
+      </c>
+      <c r="E19" s="180">
+        <v>0</v>
+      </c>
+      <c r="F19" s="171">
         <v>16</v>
       </c>
-      <c r="G19" s="169">
-[...5 lines deleted...]
-      <c r="I19" s="169">
+      <c r="G19" s="171">
+        <v>611</v>
+      </c>
+      <c r="H19" s="171">
+        <v>285</v>
+      </c>
+      <c r="I19" s="171">
         <v>1</v>
       </c>
-      <c r="J19" s="178">
-[...12 lines deleted...]
-        <v>104</v>
+      <c r="J19" s="180">
+        <v>0</v>
+      </c>
+      <c r="K19" s="171">
+        <v>249</v>
+      </c>
+      <c r="L19" s="171">
+        <v>76</v>
+      </c>
+      <c r="M19" s="180">
+        <v>0</v>
+      </c>
+      <c r="N19" s="196">
+        <v>102</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A20" s="165" t="s">
+      <c r="A20" s="167" t="s">
         <v>314</v>
       </c>
       <c r="B20" s="98"/>
       <c r="C20" s="98"/>
       <c r="D20" s="98"/>
       <c r="E20" s="98"/>
       <c r="F20" s="98"/>
       <c r="G20" s="98"/>
       <c r="H20" s="98"/>
       <c r="I20" s="98"/>
       <c r="J20" s="98"/>
       <c r="K20" s="98"/>
       <c r="L20" s="98"/>
       <c r="M20" s="98"/>
       <c r="N20" s="100"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A21" s="190" t="s">
+      <c r="A21" s="192" t="s">
         <v>315</v>
       </c>
-      <c r="B21" s="169">
-[...36 lines deleted...]
-        <v>669</v>
+      <c r="B21" s="171">
+        <v>2344</v>
+      </c>
+      <c r="C21" s="171">
+        <v>2199</v>
+      </c>
+      <c r="D21" s="171">
+        <v>82</v>
+      </c>
+      <c r="E21" s="180">
+        <v>0</v>
+      </c>
+      <c r="F21" s="171">
+        <v>64</v>
+      </c>
+      <c r="G21" s="171">
+        <v>1661</v>
+      </c>
+      <c r="H21" s="171">
+        <v>1095</v>
+      </c>
+      <c r="I21" s="171">
+        <v>3</v>
+      </c>
+      <c r="J21" s="180">
+        <v>0</v>
+      </c>
+      <c r="K21" s="171">
+        <v>379</v>
+      </c>
+      <c r="L21" s="171">
+        <v>184</v>
+      </c>
+      <c r="M21" s="180">
+        <v>0</v>
+      </c>
+      <c r="N21" s="196">
+        <v>684</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A22" s="165" t="s">
+      <c r="A22" s="167" t="s">
         <v>316</v>
       </c>
       <c r="B22" s="98"/>
       <c r="C22" s="98"/>
       <c r="D22" s="98"/>
       <c r="E22" s="98"/>
       <c r="F22" s="98"/>
       <c r="G22" s="98"/>
       <c r="H22" s="98"/>
       <c r="I22" s="98"/>
       <c r="J22" s="98"/>
       <c r="K22" s="98"/>
       <c r="L22" s="98"/>
       <c r="M22" s="98"/>
       <c r="N22" s="100"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A23" s="190" t="s">
+      <c r="A23" s="192" t="s">
         <v>317</v>
       </c>
-      <c r="B23" s="169">
-[...36 lines deleted...]
-        <v>105</v>
+      <c r="B23" s="171">
+        <v>933</v>
+      </c>
+      <c r="C23" s="171">
+        <v>898</v>
+      </c>
+      <c r="D23" s="171">
+        <v>26</v>
+      </c>
+      <c r="E23" s="171">
+        <v>0</v>
+      </c>
+      <c r="F23" s="171">
+        <v>9</v>
+      </c>
+      <c r="G23" s="171">
+        <v>802</v>
+      </c>
+      <c r="H23" s="171">
+        <v>435</v>
+      </c>
+      <c r="I23" s="171">
+        <v>3</v>
+      </c>
+      <c r="J23" s="171">
+        <v>0</v>
+      </c>
+      <c r="K23" s="171">
+        <v>243</v>
+      </c>
+      <c r="L23" s="171">
+        <v>122</v>
+      </c>
+      <c r="M23" s="180">
+        <v>0</v>
+      </c>
+      <c r="N23" s="196">
+        <v>130</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A24" s="165" t="s">
+      <c r="A24" s="167" t="s">
         <v>318</v>
       </c>
       <c r="B24" s="98"/>
       <c r="C24" s="98"/>
       <c r="D24" s="98"/>
       <c r="E24" s="98"/>
       <c r="F24" s="98"/>
       <c r="G24" s="98"/>
       <c r="H24" s="98"/>
       <c r="I24" s="98"/>
       <c r="J24" s="98"/>
       <c r="K24" s="98"/>
       <c r="L24" s="98"/>
       <c r="M24" s="98"/>
       <c r="N24" s="100"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A25" s="190" t="s">
+      <c r="A25" s="192" t="s">
         <v>319</v>
       </c>
-      <c r="B25" s="169">
-[...36 lines deleted...]
-        <v>321</v>
+      <c r="B25" s="171">
+        <v>2289</v>
+      </c>
+      <c r="C25" s="171">
+        <v>2129</v>
+      </c>
+      <c r="D25" s="171">
+        <v>43</v>
+      </c>
+      <c r="E25" s="171">
+        <v>38</v>
+      </c>
+      <c r="F25" s="171">
+        <v>79</v>
+      </c>
+      <c r="G25" s="171">
+        <v>1884</v>
+      </c>
+      <c r="H25" s="171">
+        <v>1010</v>
+      </c>
+      <c r="I25" s="171">
+        <v>9</v>
+      </c>
+      <c r="J25" s="171">
+        <v>35</v>
+      </c>
+      <c r="K25" s="171">
+        <v>433</v>
+      </c>
+      <c r="L25" s="171">
+        <v>397</v>
+      </c>
+      <c r="M25" s="180">
+        <v>0</v>
+      </c>
+      <c r="N25" s="196">
+        <v>405</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A26" s="165" t="s">
+      <c r="A26" s="167" t="s">
         <v>320</v>
       </c>
       <c r="B26" s="98"/>
       <c r="C26" s="98"/>
       <c r="D26" s="98"/>
       <c r="E26" s="98"/>
       <c r="F26" s="98"/>
       <c r="G26" s="98"/>
       <c r="H26" s="98"/>
       <c r="I26" s="98"/>
       <c r="J26" s="98"/>
       <c r="K26" s="98"/>
       <c r="L26" s="98"/>
       <c r="M26" s="98"/>
       <c r="N26" s="100"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A27" s="190" t="s">
+      <c r="A27" s="192" t="s">
         <v>321</v>
       </c>
-      <c r="B27" s="169">
-[...5 lines deleted...]
-      <c r="D27" s="169">
+      <c r="B27" s="171">
+        <v>149</v>
+      </c>
+      <c r="C27" s="171">
+        <v>139</v>
+      </c>
+      <c r="D27" s="171">
         <v>2</v>
       </c>
-      <c r="E27" s="178">
-[...27 lines deleted...]
-        <v>36</v>
+      <c r="E27" s="180">
+        <v>0</v>
+      </c>
+      <c r="F27" s="171">
+        <v>7</v>
+      </c>
+      <c r="G27" s="171">
+        <v>129</v>
+      </c>
+      <c r="H27" s="171">
+        <v>47</v>
+      </c>
+      <c r="I27" s="171">
+        <v>0</v>
+      </c>
+      <c r="J27" s="180">
+        <v>0</v>
+      </c>
+      <c r="K27" s="171">
+        <v>66</v>
+      </c>
+      <c r="L27" s="171">
+        <v>16</v>
+      </c>
+      <c r="M27" s="180">
+        <v>0</v>
+      </c>
+      <c r="N27" s="196">
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A28" s="165" t="s">
+      <c r="A28" s="167" t="s">
         <v>322</v>
       </c>
       <c r="B28" s="98"/>
       <c r="C28" s="98"/>
       <c r="D28" s="98"/>
       <c r="E28" s="98"/>
       <c r="F28" s="98"/>
       <c r="G28" s="98"/>
       <c r="H28" s="98"/>
       <c r="I28" s="98"/>
       <c r="J28" s="98"/>
       <c r="K28" s="98"/>
       <c r="L28" s="98"/>
       <c r="M28" s="98"/>
       <c r="N28" s="100"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A29" s="190" t="s">
+      <c r="A29" s="192" t="s">
         <v>323</v>
       </c>
-      <c r="B29" s="169">
-[...5 lines deleted...]
-      <c r="D29" s="169">
+      <c r="B29" s="171">
+        <v>256</v>
+      </c>
+      <c r="C29" s="171">
+        <v>242</v>
+      </c>
+      <c r="D29" s="171">
         <v>3</v>
       </c>
-      <c r="E29" s="178">
-[...27 lines deleted...]
-        <v>62</v>
+      <c r="E29" s="180">
+        <v>0</v>
+      </c>
+      <c r="F29" s="171">
+        <v>10</v>
+      </c>
+      <c r="G29" s="171">
+        <v>231</v>
+      </c>
+      <c r="H29" s="171">
+        <v>84</v>
+      </c>
+      <c r="I29" s="171">
+        <v>0</v>
+      </c>
+      <c r="J29" s="180">
+        <v>0</v>
+      </c>
+      <c r="K29" s="171">
+        <v>114</v>
+      </c>
+      <c r="L29" s="171">
+        <v>33</v>
+      </c>
+      <c r="M29" s="180">
+        <v>0</v>
+      </c>
+      <c r="N29" s="196">
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A30" s="165" t="s">
+      <c r="A30" s="167" t="s">
         <v>324</v>
       </c>
       <c r="B30" s="98"/>
       <c r="C30" s="98"/>
       <c r="D30" s="98"/>
       <c r="E30" s="98"/>
       <c r="F30" s="98"/>
       <c r="G30" s="98"/>
       <c r="H30" s="98"/>
       <c r="I30" s="98"/>
       <c r="J30" s="98"/>
       <c r="K30" s="98"/>
       <c r="L30" s="98"/>
       <c r="M30" s="98"/>
       <c r="N30" s="100"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
-      <c r="A31" s="190" t="s">
+      <c r="A31" s="192" t="s">
         <v>325</v>
       </c>
-      <c r="B31" s="169">
-[...11 lines deleted...]
-      <c r="F31" s="169">
+      <c r="B31" s="171">
+        <v>168</v>
+      </c>
+      <c r="C31" s="171">
+        <v>159</v>
+      </c>
+      <c r="D31" s="171">
         <v>4</v>
       </c>
-      <c r="G31" s="169">
-[...21 lines deleted...]
-        <v>25</v>
+      <c r="E31" s="180">
+        <v>0</v>
+      </c>
+      <c r="F31" s="171">
+        <v>5</v>
+      </c>
+      <c r="G31" s="171">
+        <v>137</v>
+      </c>
+      <c r="H31" s="171">
+        <v>72</v>
+      </c>
+      <c r="I31" s="171">
+        <v>0</v>
+      </c>
+      <c r="J31" s="180">
+        <v>0</v>
+      </c>
+      <c r="K31" s="171">
+        <v>48</v>
+      </c>
+      <c r="L31" s="171">
+        <v>16</v>
+      </c>
+      <c r="M31" s="180">
+        <v>0</v>
+      </c>
+      <c r="N31" s="196">
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
-      <c r="A32" s="165" t="s">
+      <c r="A32" s="167" t="s">
         <v>326</v>
       </c>
       <c r="B32" s="98"/>
       <c r="C32" s="98"/>
       <c r="D32" s="98"/>
       <c r="E32" s="98"/>
       <c r="F32" s="98"/>
       <c r="G32" s="98"/>
       <c r="H32" s="98"/>
       <c r="I32" s="98"/>
       <c r="J32" s="98"/>
       <c r="K32" s="98"/>
       <c r="L32" s="98"/>
       <c r="M32" s="98"/>
       <c r="N32" s="100"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="43"/>
       <c r="B33" s="97"/>
       <c r="C33" s="97"/>
       <c r="D33" s="97"/>
       <c r="E33" s="97"/>
       <c r="F33" s="97"/>
       <c r="G33" s="97"/>
       <c r="H33" s="97"/>
@@ -33257,57 +33263,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="55" t="s">
         <v>37</v>
       </c>
       <c r="B3" s="55"/>
       <c r="C3" s="55"/>
       <c r="D3" s="55"/>
       <c r="E3" s="55"/>
       <c r="F3" s="55"/>
       <c r="G3" s="55"/>
       <c r="H3" s="55"/>
       <c r="I3" s="55"/>
       <c r="J3" s="55"/>
       <c r="K3" s="55"/>
       <c r="L3" s="55"/>
       <c r="M3" s="55"/>
       <c r="N3" s="55"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -33508,831 +33514,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="116">
-        <v>32561</v>
+        <v>38621</v>
       </c>
       <c r="C11" s="116">
-        <v>19481</v>
+        <v>23476</v>
       </c>
       <c r="D11" s="116">
-        <v>6297</v>
+        <v>7647</v>
       </c>
       <c r="E11" s="116">
-        <v>5550</v>
+        <v>6088</v>
       </c>
       <c r="F11" s="116">
-        <v>1232</v>
+        <v>1411</v>
       </c>
       <c r="G11" s="116">
-        <v>26607</v>
+        <v>31451</v>
       </c>
       <c r="H11" s="116">
-        <v>11642</v>
+        <v>13936</v>
       </c>
       <c r="I11" s="116">
-        <v>2882</v>
+        <v>3487</v>
       </c>
       <c r="J11" s="116">
-        <v>2716</v>
+        <v>2757</v>
       </c>
       <c r="K11" s="116">
-        <v>4033</v>
+        <v>4796</v>
       </c>
       <c r="L11" s="116">
-        <v>5334</v>
+        <v>6474</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>5954</v>
+        <v>7170</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>203</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>204</v>
       </c>
       <c r="B13" s="128">
-        <v>32137</v>
+        <v>38925</v>
       </c>
       <c r="C13" s="128">
-        <v>16789</v>
+        <v>20205</v>
       </c>
       <c r="D13" s="128">
-        <v>3128</v>
+        <v>3791</v>
       </c>
       <c r="E13" s="128">
-        <v>11557</v>
+        <v>14099</v>
       </c>
       <c r="F13" s="128">
-        <v>663</v>
+        <v>830</v>
       </c>
       <c r="G13" s="128">
-        <v>28252</v>
+        <v>34264</v>
       </c>
       <c r="H13" s="128">
-        <v>11238</v>
+        <v>13421</v>
       </c>
       <c r="I13" s="128">
-        <v>742</v>
+        <v>909</v>
       </c>
       <c r="J13" s="128">
-        <v>9638</v>
+        <v>11945</v>
       </c>
       <c r="K13" s="128">
-        <v>3846</v>
+        <v>4598</v>
       </c>
       <c r="L13" s="128">
-        <v>2788</v>
+        <v>3391</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>3886</v>
+        <v>4661</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>205</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>206</v>
       </c>
       <c r="B15" s="128">
-        <v>69680</v>
+        <v>84656</v>
       </c>
       <c r="C15" s="128">
-        <v>36157</v>
+        <v>43988</v>
       </c>
       <c r="D15" s="128">
-        <v>7732</v>
+        <v>8963</v>
       </c>
       <c r="E15" s="128">
-        <v>24146</v>
+        <v>28426</v>
       </c>
       <c r="F15" s="128">
-        <v>1646</v>
+        <v>3279</v>
       </c>
       <c r="G15" s="128">
-        <v>58078</v>
+        <v>71576</v>
       </c>
       <c r="H15" s="128">
-        <v>20951</v>
+        <v>25308</v>
       </c>
       <c r="I15" s="128">
-        <v>1335</v>
+        <v>1625</v>
       </c>
       <c r="J15" s="128">
-        <v>21960</v>
+        <v>27085</v>
       </c>
       <c r="K15" s="128">
-        <v>7705</v>
+        <v>9300</v>
       </c>
       <c r="L15" s="128">
-        <v>6127</v>
+        <v>8258</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>11602</v>
+        <v>13080</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>207</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>208</v>
       </c>
       <c r="B17" s="128">
-        <v>136202</v>
+        <v>162800</v>
       </c>
       <c r="C17" s="128">
-        <v>64569</v>
+        <v>77697</v>
       </c>
       <c r="D17" s="128">
-        <v>11978</v>
+        <v>13223</v>
       </c>
       <c r="E17" s="128">
-        <v>51155</v>
+        <v>62232</v>
       </c>
       <c r="F17" s="128">
-        <v>8501</v>
+        <v>9648</v>
       </c>
       <c r="G17" s="128">
-        <v>115226</v>
+        <v>139696</v>
       </c>
       <c r="H17" s="128">
-        <v>40095</v>
+        <v>47776</v>
       </c>
       <c r="I17" s="128">
-        <v>2093</v>
+        <v>2557</v>
       </c>
       <c r="J17" s="128">
-        <v>46133</v>
+        <v>56291</v>
       </c>
       <c r="K17" s="128">
-        <v>11554</v>
+        <v>13358</v>
       </c>
       <c r="L17" s="128">
-        <v>15352</v>
+        <v>19714</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>20975</v>
+        <v>23103</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>209</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>210</v>
       </c>
       <c r="B19" s="128">
-        <v>189101</v>
+        <v>215311</v>
       </c>
       <c r="C19" s="128">
-        <v>84742</v>
+        <v>103013</v>
       </c>
       <c r="D19" s="128">
-        <v>25916</v>
+        <v>31537</v>
       </c>
       <c r="E19" s="128">
-        <v>73954</v>
+        <v>75783</v>
       </c>
       <c r="F19" s="128">
-        <v>4489</v>
+        <v>4978</v>
       </c>
       <c r="G19" s="128">
-        <v>156035</v>
+        <v>176708</v>
       </c>
       <c r="H19" s="128">
-        <v>52831</v>
+        <v>63769</v>
       </c>
       <c r="I19" s="128">
-        <v>3986</v>
+        <v>4934</v>
       </c>
       <c r="J19" s="128">
-        <v>61856</v>
+        <v>61754</v>
       </c>
       <c r="K19" s="128">
-        <v>14244</v>
+        <v>17222</v>
       </c>
       <c r="L19" s="128">
-        <v>23119</v>
+        <v>29029</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>33066</v>
+        <v>38603</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>211</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>212</v>
       </c>
       <c r="B21" s="128">
-        <v>59652</v>
+        <v>71306</v>
       </c>
       <c r="C21" s="128">
-        <v>21862</v>
+        <v>26251</v>
       </c>
       <c r="D21" s="128">
-        <v>3009</v>
+        <v>3451</v>
       </c>
       <c r="E21" s="128">
-        <v>32816</v>
+        <v>39368</v>
       </c>
       <c r="F21" s="128">
-        <v>1965</v>
+        <v>2235</v>
       </c>
       <c r="G21" s="128">
-        <v>52875</v>
+        <v>63485</v>
       </c>
       <c r="H21" s="128">
-        <v>13559</v>
+        <v>16053</v>
       </c>
       <c r="I21" s="128">
-        <v>415</v>
+        <v>496</v>
       </c>
       <c r="J21" s="128">
-        <v>30880</v>
+        <v>36946</v>
       </c>
       <c r="K21" s="128">
-        <v>4368</v>
+        <v>5167</v>
       </c>
       <c r="L21" s="128">
-        <v>3652</v>
+        <v>4823</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>6777</v>
+        <v>7820</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>213</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>214</v>
       </c>
       <c r="B23" s="128">
-        <v>42371</v>
+        <v>50379</v>
       </c>
       <c r="C23" s="128">
-        <v>22603</v>
+        <v>27427</v>
       </c>
       <c r="D23" s="128">
-        <v>12317</v>
+        <v>14663</v>
       </c>
       <c r="E23" s="128">
-        <v>6648</v>
+        <v>6798</v>
       </c>
       <c r="F23" s="128">
-        <v>803</v>
+        <v>1491</v>
       </c>
       <c r="G23" s="128">
-        <v>33526</v>
+        <v>40142</v>
       </c>
       <c r="H23" s="128">
-        <v>9668</v>
+        <v>11830</v>
       </c>
       <c r="I23" s="128">
-        <v>1188</v>
+        <v>1446</v>
       </c>
       <c r="J23" s="128">
-        <v>4512</v>
+        <v>4460</v>
       </c>
       <c r="K23" s="128">
-        <v>9430</v>
+        <v>11038</v>
       </c>
       <c r="L23" s="128">
-        <v>8728</v>
+        <v>11368</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>8845</v>
+        <v>10237</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>215</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>216</v>
       </c>
       <c r="B25" s="128">
-        <v>166612</v>
+        <v>199543</v>
       </c>
       <c r="C25" s="128">
-        <v>66069</v>
+        <v>79563</v>
       </c>
       <c r="D25" s="128">
-        <v>19633</v>
+        <v>23349</v>
       </c>
       <c r="E25" s="128">
-        <v>78017</v>
+        <v>93201</v>
       </c>
       <c r="F25" s="128">
-        <v>2893</v>
+        <v>3429</v>
       </c>
       <c r="G25" s="128">
-        <v>145225</v>
+        <v>173582</v>
       </c>
       <c r="H25" s="128">
-        <v>39510</v>
+        <v>46907</v>
       </c>
       <c r="I25" s="128">
-        <v>5262</v>
+        <v>6441</v>
       </c>
       <c r="J25" s="128">
-        <v>73352</v>
+        <v>87979</v>
       </c>
       <c r="K25" s="128">
-        <v>14052</v>
+        <v>17046</v>
       </c>
       <c r="L25" s="128">
-        <v>13050</v>
+        <v>15209</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>21387</v>
+        <v>25961</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>217</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>218</v>
       </c>
       <c r="B27" s="128">
-        <v>10806</v>
+        <v>13082</v>
       </c>
       <c r="C27" s="128">
-        <v>7689</v>
+        <v>9424</v>
       </c>
       <c r="D27" s="128">
-        <v>1373</v>
+        <v>1625</v>
       </c>
       <c r="E27" s="128">
-        <v>1585</v>
+        <v>1866</v>
       </c>
       <c r="F27" s="128">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="G27" s="128">
-        <v>9378</v>
+        <v>11378</v>
       </c>
       <c r="H27" s="128">
-        <v>5263</v>
+        <v>6358</v>
       </c>
       <c r="I27" s="128">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="J27" s="128">
-        <v>728</v>
+        <v>844</v>
       </c>
       <c r="K27" s="128">
-        <v>1770</v>
+        <v>2151</v>
       </c>
       <c r="L27" s="128">
-        <v>1560</v>
+        <v>1954</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>1428</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>219</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>220</v>
       </c>
       <c r="B29" s="128">
-        <v>288806</v>
+        <v>343203</v>
       </c>
       <c r="C29" s="128">
-        <v>127295</v>
+        <v>153561</v>
       </c>
       <c r="D29" s="128">
-        <v>48726</v>
+        <v>58209</v>
       </c>
       <c r="E29" s="128">
-        <v>99174</v>
+        <v>115807</v>
       </c>
       <c r="F29" s="128">
-        <v>13612</v>
+        <v>15626</v>
       </c>
       <c r="G29" s="128">
-        <v>233734</v>
+        <v>276310</v>
       </c>
       <c r="H29" s="128">
-        <v>69728</v>
+        <v>82932</v>
       </c>
       <c r="I29" s="128">
-        <v>4059</v>
+        <v>4919</v>
       </c>
       <c r="J29" s="128">
-        <v>87883</v>
+        <v>102064</v>
       </c>
       <c r="K29" s="128">
-        <v>32509</v>
+        <v>39199</v>
       </c>
       <c r="L29" s="128">
-        <v>39556</v>
+        <v>47195</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>55072</v>
+        <v>66893</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>221</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>222</v>
       </c>
       <c r="B31" s="128">
-        <v>1021</v>
+        <v>1276</v>
       </c>
       <c r="C31" s="128">
-        <v>906</v>
+        <v>1134</v>
       </c>
       <c r="D31" s="128">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="E31" s="130">
         <v>0</v>
       </c>
       <c r="F31" s="128">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G31" s="128">
-        <v>1890</v>
+        <v>2338</v>
       </c>
       <c r="H31" s="128">
-        <v>603</v>
+        <v>762</v>
       </c>
       <c r="I31" s="128">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="J31" s="130">
         <v>0</v>
       </c>
       <c r="K31" s="128">
-        <v>392</v>
+        <v>478</v>
       </c>
       <c r="L31" s="128">
-        <v>775</v>
+        <v>951</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>-869</v>
+        <v>-1062</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>223</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>224</v>
       </c>
       <c r="B33" s="128">
-        <v>2969</v>
+        <v>3708</v>
       </c>
       <c r="C33" s="128">
-        <v>2435</v>
+        <v>3042</v>
       </c>
       <c r="D33" s="128">
-        <v>514</v>
+        <v>638</v>
       </c>
       <c r="E33" s="130">
         <v>0</v>
       </c>
       <c r="F33" s="128">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G33" s="128">
-        <v>3473</v>
+        <v>4217</v>
       </c>
       <c r="H33" s="128">
-        <v>1018</v>
+        <v>1246</v>
       </c>
       <c r="I33" s="128">
-        <v>354</v>
+        <v>438</v>
       </c>
       <c r="J33" s="130">
         <v>0</v>
       </c>
       <c r="K33" s="128">
-        <v>694</v>
+        <v>833</v>
       </c>
       <c r="L33" s="128">
-        <v>1407</v>
+        <v>1700</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>-505</v>
+        <v>-509</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>225</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>226</v>
       </c>
       <c r="B35" s="128">
-        <v>889</v>
+        <v>1074</v>
       </c>
       <c r="C35" s="128">
-        <v>793</v>
+        <v>962</v>
       </c>
       <c r="D35" s="128">
+        <v>16</v>
+      </c>
+      <c r="E35" s="128">
+        <v>92</v>
+      </c>
+      <c r="F35" s="128">
+        <v>4</v>
+      </c>
+      <c r="G35" s="128">
+        <v>1675</v>
+      </c>
+      <c r="H35" s="128">
+        <v>780</v>
+      </c>
+      <c r="I35" s="128">
+        <v>17</v>
+      </c>
+      <c r="J35" s="128">
         <v>14</v>
       </c>
-      <c r="E35" s="128">
-[...16 lines deleted...]
-      </c>
       <c r="K35" s="128">
-        <v>231</v>
+        <v>279</v>
       </c>
       <c r="L35" s="128">
-        <v>488</v>
+        <v>586</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>-508</v>
+        <v>-601</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>227</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32"/>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
@@ -34705,57 +34711,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -34956,831 +34962,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>2677315</v>
+        <v>3160824</v>
       </c>
       <c r="C11" s="117">
-        <v>1045316</v>
+        <v>1259455</v>
       </c>
       <c r="D11" s="117">
-        <v>295834</v>
+        <v>351084</v>
       </c>
       <c r="E11" s="117">
-        <v>852285</v>
+        <v>993361</v>
       </c>
       <c r="F11" s="117">
-        <v>483880</v>
+        <v>556924</v>
       </c>
       <c r="G11" s="117">
-        <v>2307802</v>
+        <v>2740519</v>
       </c>
       <c r="H11" s="117">
-        <v>685605</v>
+        <v>822776</v>
       </c>
       <c r="I11" s="117">
-        <v>51758</v>
+        <v>63257</v>
       </c>
       <c r="J11" s="117">
-        <v>693558</v>
+        <v>785589</v>
       </c>
       <c r="K11" s="117">
-        <v>264190</v>
+        <v>315859</v>
       </c>
       <c r="L11" s="117">
-        <v>612692</v>
+        <v>753038</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>369513</v>
+        <v>420305</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="128">
-        <v>491577</v>
+        <v>584703</v>
       </c>
       <c r="C13" s="128">
-        <v>79480</v>
+        <v>95409</v>
       </c>
       <c r="D13" s="128">
-        <v>4403</v>
+        <v>5354</v>
       </c>
       <c r="E13" s="128">
-        <v>161102</v>
+        <v>179737</v>
       </c>
       <c r="F13" s="128">
-        <v>246592</v>
+        <v>304203</v>
       </c>
       <c r="G13" s="128">
-        <v>467633</v>
+        <v>559014</v>
       </c>
       <c r="H13" s="128">
-        <v>66049</v>
+        <v>78596</v>
       </c>
       <c r="I13" s="128">
-        <v>757</v>
+        <v>992</v>
       </c>
       <c r="J13" s="128">
-        <v>54871</v>
+        <v>62202</v>
       </c>
       <c r="K13" s="128">
-        <v>12066</v>
+        <v>14280</v>
       </c>
       <c r="L13" s="128">
-        <v>333891</v>
+        <v>402944</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>23944</v>
+        <v>25689</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="128">
-        <v>77480</v>
+        <v>90545</v>
       </c>
       <c r="C15" s="128">
-        <v>57011</v>
+        <v>68745</v>
       </c>
       <c r="D15" s="128">
-        <v>3354</v>
+        <v>3986</v>
       </c>
       <c r="E15" s="128">
-        <v>5322</v>
+        <v>6946</v>
       </c>
       <c r="F15" s="128">
-        <v>11793</v>
+        <v>10868</v>
       </c>
       <c r="G15" s="128">
-        <v>63205</v>
+        <v>73497</v>
       </c>
       <c r="H15" s="128">
-        <v>36938</v>
+        <v>44553</v>
       </c>
       <c r="I15" s="128">
-        <v>834</v>
+        <v>1012</v>
       </c>
       <c r="J15" s="128">
-        <v>9930</v>
+        <v>8922</v>
       </c>
       <c r="K15" s="128">
-        <v>8361</v>
+        <v>10061</v>
       </c>
       <c r="L15" s="128">
-        <v>7142</v>
+        <v>8950</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>14275</v>
+        <v>17048</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="128">
-        <v>117565</v>
+        <v>134319</v>
       </c>
       <c r="C17" s="128">
-        <v>71187</v>
+        <v>85686</v>
       </c>
       <c r="D17" s="128">
-        <v>10478</v>
+        <v>12773</v>
       </c>
       <c r="E17" s="128">
-        <v>14148</v>
+        <v>19521</v>
       </c>
       <c r="F17" s="128">
-        <v>21752</v>
+        <v>16338</v>
       </c>
       <c r="G17" s="128">
-        <v>99179</v>
+        <v>112874</v>
       </c>
       <c r="H17" s="128">
-        <v>47643</v>
+        <v>57299</v>
       </c>
       <c r="I17" s="128">
-        <v>1781</v>
+        <v>2168</v>
       </c>
       <c r="J17" s="128">
-        <v>23297</v>
+        <v>21145</v>
       </c>
       <c r="K17" s="128">
-        <v>14508</v>
+        <v>16639</v>
       </c>
       <c r="L17" s="128">
-        <v>11950</v>
+        <v>15623</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>18386</v>
+        <v>21445</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="128">
-        <v>207772</v>
+        <v>242156</v>
       </c>
       <c r="C19" s="128">
-        <v>57023</v>
+        <v>68832</v>
       </c>
       <c r="D19" s="128">
-        <v>13107</v>
+        <v>15967</v>
       </c>
       <c r="E19" s="128">
-        <v>114247</v>
+        <v>129366</v>
       </c>
       <c r="F19" s="128">
-        <v>23395</v>
+        <v>27990</v>
       </c>
       <c r="G19" s="128">
-        <v>188900</v>
+        <v>220115</v>
       </c>
       <c r="H19" s="128">
-        <v>45150</v>
+        <v>54072</v>
       </c>
       <c r="I19" s="128">
-        <v>3061</v>
+        <v>3698</v>
       </c>
       <c r="J19" s="128">
-        <v>101780</v>
+        <v>114582</v>
       </c>
       <c r="K19" s="128">
-        <v>13936</v>
+        <v>16533</v>
       </c>
       <c r="L19" s="128">
-        <v>24972</v>
+        <v>31230</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>18872</v>
+        <v>22040</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="128">
-        <v>121093</v>
+        <v>135284</v>
       </c>
       <c r="C21" s="128">
-        <v>62927</v>
+        <v>75213</v>
       </c>
       <c r="D21" s="128">
-        <v>13541</v>
+        <v>15924</v>
       </c>
       <c r="E21" s="128">
-        <v>24556</v>
+        <v>30250</v>
       </c>
       <c r="F21" s="128">
-        <v>20069</v>
+        <v>13898</v>
       </c>
       <c r="G21" s="128">
-        <v>100017</v>
+        <v>110767</v>
       </c>
       <c r="H21" s="128">
-        <v>44044</v>
+        <v>52492</v>
       </c>
       <c r="I21" s="128">
-        <v>1630</v>
+        <v>1959</v>
       </c>
       <c r="J21" s="128">
-        <v>31727</v>
+        <v>28778</v>
       </c>
       <c r="K21" s="128">
-        <v>14293</v>
+        <v>16907</v>
       </c>
       <c r="L21" s="128">
-        <v>8324</v>
+        <v>10632</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>21076</v>
+        <v>24517</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="128">
-        <v>99756</v>
+        <v>115578</v>
       </c>
       <c r="C23" s="128">
-        <v>41170</v>
+        <v>49630</v>
       </c>
       <c r="D23" s="128">
-        <v>7695</v>
+        <v>9112</v>
       </c>
       <c r="E23" s="128">
-        <v>39468</v>
+        <v>43692</v>
       </c>
       <c r="F23" s="128">
-        <v>11423</v>
+        <v>13144</v>
       </c>
       <c r="G23" s="128">
-        <v>86530</v>
+        <v>100772</v>
       </c>
       <c r="H23" s="128">
-        <v>31951</v>
+        <v>38182</v>
       </c>
       <c r="I23" s="128">
-        <v>1690</v>
+        <v>2103</v>
       </c>
       <c r="J23" s="128">
-        <v>33346</v>
+        <v>36709</v>
       </c>
       <c r="K23" s="128">
-        <v>10833</v>
+        <v>12839</v>
       </c>
       <c r="L23" s="128">
-        <v>8710</v>
+        <v>10939</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>13226</v>
+        <v>14806</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="128">
-        <v>41885</v>
+        <v>48149</v>
       </c>
       <c r="C25" s="128">
-        <v>25058</v>
+        <v>30234</v>
       </c>
       <c r="D25" s="128">
-        <v>4303</v>
+        <v>4863</v>
       </c>
       <c r="E25" s="128">
-        <v>6673</v>
+        <v>7310</v>
       </c>
       <c r="F25" s="128">
-        <v>5850</v>
+        <v>5742</v>
       </c>
       <c r="G25" s="128">
-        <v>30219</v>
+        <v>36077</v>
       </c>
       <c r="H25" s="128">
-        <v>14082</v>
+        <v>16858</v>
       </c>
       <c r="I25" s="128">
-        <v>603</v>
+        <v>721</v>
       </c>
       <c r="J25" s="128">
-        <v>6399</v>
+        <v>7099</v>
       </c>
       <c r="K25" s="128">
-        <v>4255</v>
+        <v>5131</v>
       </c>
       <c r="L25" s="128">
-        <v>4880</v>
+        <v>6268</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>11666</v>
+        <v>12072</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="128">
-        <v>155110</v>
+        <v>183164</v>
       </c>
       <c r="C27" s="128">
-        <v>58449</v>
+        <v>70921</v>
       </c>
       <c r="D27" s="128">
-        <v>22554</v>
+        <v>25926</v>
       </c>
       <c r="E27" s="128">
-        <v>64513</v>
+        <v>75091</v>
       </c>
       <c r="F27" s="128">
-        <v>9594</v>
+        <v>11226</v>
       </c>
       <c r="G27" s="128">
-        <v>131419</v>
+        <v>157600</v>
       </c>
       <c r="H27" s="128">
-        <v>38116</v>
+        <v>46042</v>
       </c>
       <c r="I27" s="128">
-        <v>3652</v>
+        <v>4525</v>
       </c>
       <c r="J27" s="128">
-        <v>56556</v>
+        <v>65766</v>
       </c>
       <c r="K27" s="128">
-        <v>14460</v>
+        <v>18134</v>
       </c>
       <c r="L27" s="128">
-        <v>18634</v>
+        <v>23132</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>23691</v>
+        <v>25563</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>169</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>170</v>
       </c>
       <c r="B29" s="128">
-        <v>170793</v>
+        <v>201834</v>
       </c>
       <c r="C29" s="128">
-        <v>67647</v>
+        <v>81809</v>
       </c>
       <c r="D29" s="128">
-        <v>35933</v>
+        <v>42518</v>
       </c>
       <c r="E29" s="128">
-        <v>44581</v>
+        <v>50389</v>
       </c>
       <c r="F29" s="128">
-        <v>22632</v>
+        <v>27118</v>
       </c>
       <c r="G29" s="128">
-        <v>130959</v>
+        <v>156806</v>
       </c>
       <c r="H29" s="128">
-        <v>36159</v>
+        <v>43736</v>
       </c>
       <c r="I29" s="128">
-        <v>7914</v>
+        <v>9686</v>
       </c>
       <c r="J29" s="128">
-        <v>40935</v>
+        <v>45445</v>
       </c>
       <c r="K29" s="128">
-        <v>19891</v>
+        <v>24301</v>
       </c>
       <c r="L29" s="128">
-        <v>26062</v>
+        <v>33639</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>39833</v>
+        <v>45027</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>171</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>172</v>
       </c>
       <c r="B31" s="128">
-        <v>3529</v>
+        <v>4206</v>
       </c>
       <c r="C31" s="128">
-        <v>2303</v>
+        <v>2782</v>
       </c>
       <c r="D31" s="128">
-        <v>127</v>
+        <v>157</v>
       </c>
       <c r="E31" s="128">
-        <v>157</v>
+        <v>173</v>
       </c>
       <c r="F31" s="128">
-        <v>943</v>
+        <v>1094</v>
       </c>
       <c r="G31" s="128">
-        <v>2516</v>
+        <v>3118</v>
       </c>
       <c r="H31" s="128">
-        <v>404</v>
+        <v>471</v>
       </c>
       <c r="I31" s="128">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="J31" s="128">
-        <v>757</v>
+        <v>835</v>
       </c>
       <c r="K31" s="128">
-        <v>357</v>
+        <v>432</v>
       </c>
       <c r="L31" s="128">
-        <v>968</v>
+        <v>1344</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>1013</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>173</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>174</v>
       </c>
       <c r="B33" s="128">
-        <v>7238</v>
+        <v>8569</v>
       </c>
       <c r="C33" s="128">
-        <v>5569</v>
+        <v>6721</v>
       </c>
       <c r="D33" s="128">
-        <v>798</v>
+        <v>939</v>
       </c>
       <c r="E33" s="128">
-        <v>401</v>
+        <v>435</v>
       </c>
       <c r="F33" s="128">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="G33" s="128">
-        <v>5858</v>
+        <v>6892</v>
       </c>
       <c r="H33" s="128">
-        <v>3817</v>
+        <v>4584</v>
       </c>
       <c r="I33" s="128">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="J33" s="128">
-        <v>543</v>
+        <v>531</v>
       </c>
       <c r="K33" s="128">
-        <v>1603</v>
+        <v>1901</v>
       </c>
       <c r="L33" s="128">
-        <v>-168</v>
+        <v>-200</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>1380</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="128">
-        <v>83748</v>
+        <v>99211</v>
       </c>
       <c r="C35" s="128">
-        <v>48682</v>
+        <v>58729</v>
       </c>
       <c r="D35" s="128">
-        <v>7977</v>
+        <v>9641</v>
       </c>
       <c r="E35" s="128">
-        <v>12659</v>
+        <v>14188</v>
       </c>
       <c r="F35" s="128">
-        <v>14429</v>
+        <v>16653</v>
       </c>
       <c r="G35" s="128">
-        <v>62800</v>
+        <v>76318</v>
       </c>
       <c r="H35" s="128">
-        <v>35813</v>
+        <v>43254</v>
       </c>
       <c r="I35" s="128">
-        <v>1477</v>
+        <v>1776</v>
       </c>
       <c r="J35" s="128">
-        <v>1796</v>
+        <v>1525</v>
       </c>
       <c r="K35" s="128">
-        <v>13460</v>
+        <v>16273</v>
       </c>
       <c r="L35" s="128">
-        <v>10254</v>
+        <v>13490</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>20948</v>
+        <v>22893</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -35796,51 +35802,51 @@
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
     </row>
     <row r="38" spans="1:14" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
     </row>
     <row r="39" spans="1:14" ht="13.5" customHeight="1">
       <c r="A39" s="3" t="str">
         <f>'10-2'!A39</f>
-        <v>　　　　　2.至114年10月止，38家本國銀行放款及催收款之備抵呆帳餘額為597,762百萬元，114年1至10月轉銷呆帳46,605百萬元。</v>
+        <v>　　　　　2.至114年12月止，38家本國銀行放款及催收款之備抵呆帳餘額為609,454百萬元，114年1至12月轉銷呆帳59,314百萬元。</v>
       </c>
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
       <c r="N39" s="3"/>
     </row>
     <row r="40" spans="1:14" ht="13.5" customHeight="1">
       <c r="A40" s="3"/>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
@@ -36160,57 +36166,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -36411,831 +36417,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="116">
-        <v>18719</v>
+        <v>22742</v>
       </c>
       <c r="C11" s="116">
-        <v>5247</v>
+        <v>6160</v>
       </c>
       <c r="D11" s="116">
-        <v>2244</v>
+        <v>2795</v>
       </c>
       <c r="E11" s="116">
-        <v>4688</v>
+        <v>6119</v>
       </c>
       <c r="F11" s="116">
-        <v>6541</v>
+        <v>7669</v>
       </c>
       <c r="G11" s="116">
-        <v>10495</v>
+        <v>13705</v>
       </c>
       <c r="H11" s="116">
-        <v>1422</v>
+        <v>1788</v>
       </c>
       <c r="I11" s="116">
-        <v>626</v>
+        <v>765</v>
       </c>
       <c r="J11" s="116">
-        <v>4821</v>
+        <v>5778</v>
       </c>
       <c r="K11" s="116">
-        <v>1647</v>
+        <v>1987</v>
       </c>
       <c r="L11" s="116">
-        <v>1979</v>
+        <v>3387</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>8224</v>
+        <v>9037</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>178</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>179</v>
       </c>
       <c r="B13" s="128">
-        <v>12652</v>
+        <v>14319</v>
       </c>
       <c r="C13" s="128">
-        <v>3849</v>
+        <v>4661</v>
       </c>
       <c r="D13" s="128">
-        <v>656</v>
+        <v>833</v>
       </c>
       <c r="E13" s="128">
-        <v>5699</v>
+        <v>6390</v>
       </c>
       <c r="F13" s="128">
-        <v>2448</v>
+        <v>2436</v>
       </c>
       <c r="G13" s="128">
-        <v>11886</v>
+        <v>13219</v>
       </c>
       <c r="H13" s="128">
-        <v>2627</v>
+        <v>3155</v>
       </c>
       <c r="I13" s="128">
-        <v>142</v>
+        <v>166</v>
       </c>
       <c r="J13" s="128">
-        <v>6207</v>
+        <v>6689</v>
       </c>
       <c r="K13" s="128">
-        <v>1519</v>
+        <v>1599</v>
       </c>
       <c r="L13" s="128">
-        <v>1391</v>
+        <v>1609</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>766</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="128">
-        <v>53090</v>
+        <v>63196</v>
       </c>
       <c r="C15" s="128">
-        <v>35210</v>
+        <v>42478</v>
       </c>
       <c r="D15" s="128">
-        <v>6422</v>
+        <v>7035</v>
       </c>
       <c r="E15" s="128">
-        <v>6243</v>
+        <v>7600</v>
       </c>
       <c r="F15" s="128">
-        <v>5214</v>
+        <v>6084</v>
       </c>
       <c r="G15" s="128">
-        <v>41963</v>
+        <v>50715</v>
       </c>
       <c r="H15" s="128">
-        <v>24018</v>
+        <v>28864</v>
       </c>
       <c r="I15" s="128">
-        <v>401</v>
+        <v>483</v>
       </c>
       <c r="J15" s="128">
-        <v>1626</v>
+        <v>2237</v>
       </c>
       <c r="K15" s="128">
-        <v>8222</v>
+        <v>9868</v>
       </c>
       <c r="L15" s="128">
-        <v>7697</v>
+        <v>9263</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>11127</v>
+        <v>12480</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="128">
-        <v>26627</v>
+        <v>28953</v>
       </c>
       <c r="C17" s="128">
-        <v>11555</v>
+        <v>13649</v>
       </c>
       <c r="D17" s="128">
-        <v>6944</v>
+        <v>8095</v>
       </c>
       <c r="E17" s="128">
-        <v>7010</v>
+        <v>5517</v>
       </c>
       <c r="F17" s="128">
-        <v>1118</v>
+        <v>1693</v>
       </c>
       <c r="G17" s="128">
-        <v>21861</v>
+        <v>23290</v>
       </c>
       <c r="H17" s="128">
-        <v>7541</v>
+        <v>9147</v>
       </c>
       <c r="I17" s="128">
-        <v>1181</v>
+        <v>1395</v>
       </c>
       <c r="J17" s="128">
-        <v>3930</v>
+        <v>1245</v>
       </c>
       <c r="K17" s="128">
-        <v>4226</v>
+        <v>5283</v>
       </c>
       <c r="L17" s="128">
-        <v>4983</v>
+        <v>6221</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>4766</v>
+        <v>5663</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>184</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>185</v>
       </c>
       <c r="B19" s="128">
-        <v>36380</v>
+        <v>42971</v>
       </c>
       <c r="C19" s="128">
-        <v>19750</v>
+        <v>23715</v>
       </c>
       <c r="D19" s="128">
-        <v>3233</v>
+        <v>3889</v>
       </c>
       <c r="E19" s="128">
-        <v>10964</v>
+        <v>12124</v>
       </c>
       <c r="F19" s="128">
-        <v>2433</v>
+        <v>3242</v>
       </c>
       <c r="G19" s="128">
-        <v>28783</v>
+        <v>33725</v>
       </c>
       <c r="H19" s="128">
-        <v>10586</v>
+        <v>12636</v>
       </c>
       <c r="I19" s="128">
-        <v>146</v>
+        <v>175</v>
       </c>
       <c r="J19" s="128">
-        <v>11117</v>
+        <v>12511</v>
       </c>
       <c r="K19" s="128">
-        <v>4292</v>
+        <v>5013</v>
       </c>
       <c r="L19" s="128">
-        <v>2642</v>
+        <v>3390</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>7597</v>
+        <v>9246</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>186</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>187</v>
       </c>
       <c r="B21" s="128">
-        <v>11017</v>
+        <v>12979</v>
       </c>
       <c r="C21" s="128">
-        <v>6993</v>
+        <v>8329</v>
       </c>
       <c r="D21" s="128">
-        <v>1689</v>
+        <v>2028</v>
       </c>
       <c r="E21" s="128">
-        <v>1163</v>
+        <v>1277</v>
       </c>
       <c r="F21" s="128">
-        <v>1173</v>
+        <v>1344</v>
       </c>
       <c r="G21" s="128">
-        <v>7194</v>
+        <v>8228</v>
       </c>
       <c r="H21" s="128">
-        <v>3224</v>
+        <v>3819</v>
       </c>
       <c r="I21" s="128">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="J21" s="128">
-        <v>534</v>
+        <v>659</v>
       </c>
       <c r="K21" s="128">
-        <v>1619</v>
+        <v>1828</v>
       </c>
       <c r="L21" s="128">
-        <v>1752</v>
+        <v>1843</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>3824</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>188</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>189</v>
       </c>
       <c r="B23" s="128">
-        <v>116600</v>
+        <v>134827</v>
       </c>
       <c r="C23" s="128">
-        <v>13027</v>
+        <v>15638</v>
       </c>
       <c r="D23" s="128">
-        <v>10166</v>
+        <v>11916</v>
       </c>
       <c r="E23" s="128">
-        <v>80242</v>
+        <v>97074</v>
       </c>
       <c r="F23" s="128">
-        <v>13164</v>
+        <v>10198</v>
       </c>
       <c r="G23" s="128">
-        <v>106483</v>
+        <v>123606</v>
       </c>
       <c r="H23" s="128">
-        <v>7066</v>
+        <v>8531</v>
       </c>
       <c r="I23" s="128">
-        <v>2443</v>
+        <v>3035</v>
       </c>
       <c r="J23" s="128">
-        <v>86427</v>
+        <v>99002</v>
       </c>
       <c r="K23" s="128">
-        <v>4125</v>
+        <v>5053</v>
       </c>
       <c r="L23" s="128">
-        <v>6423</v>
+        <v>7985</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>10116</v>
+        <v>11221</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>190</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>191</v>
       </c>
       <c r="B25" s="128">
-        <v>2292</v>
+        <v>2737</v>
       </c>
       <c r="C25" s="128">
-        <v>1842</v>
+        <v>2230</v>
       </c>
       <c r="D25" s="128">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="E25" s="128">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F25" s="128">
-        <v>281</v>
+        <v>316</v>
       </c>
       <c r="G25" s="128">
-        <v>2008</v>
+        <v>2410</v>
       </c>
       <c r="H25" s="128">
-        <v>1014</v>
+        <v>1221</v>
       </c>
       <c r="I25" s="128">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="J25" s="128">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="K25" s="128">
-        <v>383</v>
+        <v>461</v>
       </c>
       <c r="L25" s="128">
-        <v>587</v>
+        <v>699</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>284</v>
+        <v>327</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>192</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>193</v>
       </c>
       <c r="B27" s="128">
-        <v>6118</v>
+        <v>7447</v>
       </c>
       <c r="C27" s="128">
-        <v>5337</v>
+        <v>6485</v>
       </c>
       <c r="D27" s="128">
-        <v>421</v>
+        <v>503</v>
       </c>
       <c r="E27" s="128">
-        <v>182</v>
+        <v>236</v>
       </c>
       <c r="F27" s="128">
-        <v>178</v>
+        <v>222</v>
       </c>
       <c r="G27" s="128">
-        <v>4918</v>
+        <v>6006</v>
       </c>
       <c r="H27" s="128">
-        <v>2517</v>
+        <v>3059</v>
       </c>
       <c r="I27" s="128">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="J27" s="128">
-        <v>200</v>
+        <v>222</v>
       </c>
       <c r="K27" s="128">
-        <v>991</v>
+        <v>1181</v>
       </c>
       <c r="L27" s="128">
-        <v>1182</v>
+        <v>1511</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>1200</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>194</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>195</v>
       </c>
       <c r="B29" s="128">
-        <v>50280</v>
+        <v>59014</v>
       </c>
       <c r="C29" s="128">
-        <v>22503</v>
+        <v>27071</v>
       </c>
       <c r="D29" s="128">
-        <v>5348</v>
+        <v>6547</v>
       </c>
       <c r="E29" s="128">
-        <v>18525</v>
+        <v>20891</v>
       </c>
       <c r="F29" s="128">
-        <v>3904</v>
+        <v>4505</v>
       </c>
       <c r="G29" s="128">
-        <v>44787</v>
+        <v>52149</v>
       </c>
       <c r="H29" s="128">
-        <v>13373</v>
+        <v>15978</v>
       </c>
       <c r="I29" s="128">
-        <v>1304</v>
+        <v>1593</v>
       </c>
       <c r="J29" s="128">
-        <v>17580</v>
+        <v>19704</v>
       </c>
       <c r="K29" s="128">
-        <v>7191</v>
+        <v>8327</v>
       </c>
       <c r="L29" s="128">
-        <v>5338</v>
+        <v>6548</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>5493</v>
+        <v>6865</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>196</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="128">
-        <v>19258</v>
+        <v>23320</v>
       </c>
       <c r="C31" s="128">
-        <v>14333</v>
+        <v>17319</v>
       </c>
       <c r="D31" s="128">
-        <v>1673</v>
+        <v>2046</v>
       </c>
       <c r="E31" s="128">
-        <v>903</v>
+        <v>1112</v>
       </c>
       <c r="F31" s="128">
-        <v>2349</v>
+        <v>2843</v>
       </c>
       <c r="G31" s="128">
-        <v>13983</v>
+        <v>18525</v>
       </c>
       <c r="H31" s="128">
-        <v>9446</v>
+        <v>11419</v>
       </c>
       <c r="I31" s="128">
-        <v>224</v>
+        <v>276</v>
       </c>
       <c r="J31" s="128">
-        <v>351</v>
+        <v>446</v>
       </c>
       <c r="K31" s="128">
-        <v>2488</v>
+        <v>3176</v>
       </c>
       <c r="L31" s="128">
-        <v>1474</v>
+        <v>3209</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>5275</v>
+        <v>4795</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>198</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>199</v>
       </c>
       <c r="B33" s="128">
-        <v>7752</v>
+        <v>9347</v>
       </c>
       <c r="C33" s="128">
-        <v>5924</v>
+        <v>7159</v>
       </c>
       <c r="D33" s="128">
-        <v>1066</v>
+        <v>1263</v>
       </c>
       <c r="E33" s="128">
-        <v>131</v>
+        <v>172</v>
       </c>
       <c r="F33" s="128">
-        <v>630</v>
+        <v>753</v>
       </c>
       <c r="G33" s="128">
-        <v>6879</v>
+        <v>8393</v>
       </c>
       <c r="H33" s="128">
-        <v>3755</v>
+        <v>4520</v>
       </c>
       <c r="I33" s="128">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="J33" s="128">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="K33" s="128">
-        <v>1429</v>
+        <v>1700</v>
       </c>
       <c r="L33" s="128">
-        <v>1612</v>
+        <v>2080</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>873</v>
+        <v>954</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>200</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>201</v>
       </c>
       <c r="B35" s="128">
-        <v>5173</v>
+        <v>6227</v>
       </c>
       <c r="C35" s="128">
-        <v>4469</v>
+        <v>5392</v>
       </c>
       <c r="D35" s="128">
-        <v>434</v>
+        <v>508</v>
       </c>
       <c r="E35" s="128">
-        <v>133</v>
+        <v>170</v>
       </c>
       <c r="F35" s="128">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="G35" s="128">
-        <v>4102</v>
+        <v>5085</v>
       </c>
       <c r="H35" s="128">
-        <v>1980</v>
+        <v>2393</v>
       </c>
       <c r="I35" s="128">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="J35" s="128">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="K35" s="128">
-        <v>1300</v>
+        <v>1541</v>
       </c>
       <c r="L35" s="128">
-        <v>767</v>
+        <v>1080</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>1071</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3"/>
@@ -37612,57 +37618,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>59</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -37863,831 +37869,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="116">
-        <v>30196</v>
+        <v>35769</v>
       </c>
       <c r="C11" s="116">
-        <v>17357</v>
+        <v>20902</v>
       </c>
       <c r="D11" s="116">
-        <v>6231</v>
+        <v>7541</v>
       </c>
       <c r="E11" s="116">
-        <v>5549</v>
+        <v>6086</v>
       </c>
       <c r="F11" s="116">
-        <v>1059</v>
+        <v>1239</v>
       </c>
       <c r="G11" s="116">
-        <v>24853</v>
+        <v>29371</v>
       </c>
       <c r="H11" s="116">
-        <v>9967</v>
+        <v>11953</v>
       </c>
       <c r="I11" s="116">
-        <v>2877</v>
+        <v>3480</v>
       </c>
       <c r="J11" s="116">
-        <v>2715</v>
+        <v>2756</v>
       </c>
       <c r="K11" s="116">
-        <v>4031</v>
+        <v>4794</v>
       </c>
       <c r="L11" s="116">
-        <v>5264</v>
+        <v>6387</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>5342</v>
+        <v>6398</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>203</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>204</v>
       </c>
       <c r="B13" s="128">
-        <v>27161</v>
+        <v>33160</v>
       </c>
       <c r="C13" s="128">
-        <v>12162</v>
+        <v>14658</v>
       </c>
       <c r="D13" s="128">
-        <v>2741</v>
+        <v>3290</v>
       </c>
       <c r="E13" s="128">
-        <v>9148</v>
+        <v>11441</v>
       </c>
       <c r="F13" s="128">
-        <v>3110</v>
+        <v>3772</v>
       </c>
       <c r="G13" s="128">
-        <v>25628</v>
+        <v>31386</v>
       </c>
       <c r="H13" s="128">
-        <v>9789</v>
+        <v>11757</v>
       </c>
       <c r="I13" s="128">
-        <v>729</v>
+        <v>893</v>
       </c>
       <c r="J13" s="128">
-        <v>8673</v>
+        <v>11021</v>
       </c>
       <c r="K13" s="128">
-        <v>3748</v>
+        <v>4481</v>
       </c>
       <c r="L13" s="128">
-        <v>2689</v>
+        <v>3234</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>1534</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>205</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>206</v>
       </c>
       <c r="B15" s="128">
-        <v>66388</v>
+        <v>80648</v>
       </c>
       <c r="C15" s="128">
-        <v>29569</v>
+        <v>35924</v>
       </c>
       <c r="D15" s="128">
-        <v>7603</v>
+        <v>8802</v>
       </c>
       <c r="E15" s="128">
-        <v>22859</v>
+        <v>26936</v>
       </c>
       <c r="F15" s="128">
-        <v>6355</v>
+        <v>8987</v>
       </c>
       <c r="G15" s="128">
-        <v>54847</v>
+        <v>67590</v>
       </c>
       <c r="H15" s="128">
-        <v>19184</v>
+        <v>23152</v>
       </c>
       <c r="I15" s="128">
-        <v>1332</v>
+        <v>1622</v>
       </c>
       <c r="J15" s="128">
-        <v>20788</v>
+        <v>25790</v>
       </c>
       <c r="K15" s="128">
-        <v>7637</v>
+        <v>9217</v>
       </c>
       <c r="L15" s="128">
-        <v>5906</v>
+        <v>7808</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>11541</v>
+        <v>13059</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>207</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>208</v>
       </c>
       <c r="B17" s="128">
-        <v>92645</v>
+        <v>111603</v>
       </c>
       <c r="C17" s="128">
-        <v>35629</v>
+        <v>42900</v>
       </c>
       <c r="D17" s="128">
-        <v>9686</v>
+        <v>10737</v>
       </c>
       <c r="E17" s="128">
-        <v>29950</v>
+        <v>37257</v>
       </c>
       <c r="F17" s="128">
-        <v>17380</v>
+        <v>20709</v>
       </c>
       <c r="G17" s="128">
-        <v>79882</v>
+        <v>97934</v>
       </c>
       <c r="H17" s="128">
-        <v>27386</v>
+        <v>32906</v>
       </c>
       <c r="I17" s="128">
-        <v>2007</v>
+        <v>2451</v>
       </c>
       <c r="J17" s="128">
-        <v>26457</v>
+        <v>33154</v>
       </c>
       <c r="K17" s="128">
-        <v>10636</v>
+        <v>12257</v>
       </c>
       <c r="L17" s="128">
-        <v>13396</v>
+        <v>17166</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>12764</v>
+        <v>13669</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>209</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>210</v>
       </c>
       <c r="B19" s="128">
-        <v>107989</v>
+        <v>134970</v>
       </c>
       <c r="C19" s="128">
-        <v>56674</v>
+        <v>68800</v>
       </c>
       <c r="D19" s="128">
-        <v>24245</v>
+        <v>29519</v>
       </c>
       <c r="E19" s="128">
-        <v>21778</v>
+        <v>30580</v>
       </c>
       <c r="F19" s="128">
-        <v>5291</v>
+        <v>6071</v>
       </c>
       <c r="G19" s="128">
-        <v>90750</v>
+        <v>115211</v>
       </c>
       <c r="H19" s="128">
-        <v>36143</v>
+        <v>43600</v>
       </c>
       <c r="I19" s="128">
-        <v>3872</v>
+        <v>4793</v>
       </c>
       <c r="J19" s="128">
-        <v>15694</v>
+        <v>23341</v>
       </c>
       <c r="K19" s="128">
-        <v>13013</v>
+        <v>15700</v>
       </c>
       <c r="L19" s="128">
-        <v>22028</v>
+        <v>27776</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>17239</v>
+        <v>19759</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>211</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>212</v>
       </c>
       <c r="B21" s="128">
-        <v>52530</v>
+        <v>62785</v>
       </c>
       <c r="C21" s="128">
-        <v>15324</v>
+        <v>18379</v>
       </c>
       <c r="D21" s="128">
-        <v>2524</v>
+        <v>2896</v>
       </c>
       <c r="E21" s="128">
-        <v>31538</v>
+        <v>37911</v>
       </c>
       <c r="F21" s="128">
-        <v>3144</v>
+        <v>3598</v>
       </c>
       <c r="G21" s="128">
-        <v>48110</v>
+        <v>57788</v>
       </c>
       <c r="H21" s="128">
-        <v>10107</v>
+        <v>12053</v>
       </c>
       <c r="I21" s="128">
-        <v>413</v>
+        <v>493</v>
       </c>
       <c r="J21" s="128">
-        <v>29879</v>
+        <v>35804</v>
       </c>
       <c r="K21" s="128">
-        <v>4266</v>
+        <v>5021</v>
       </c>
       <c r="L21" s="128">
-        <v>3446</v>
+        <v>4417</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>4421</v>
+        <v>4997</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>213</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>214</v>
       </c>
       <c r="B23" s="128">
-        <v>38404</v>
+        <v>44985</v>
       </c>
       <c r="C23" s="128">
-        <v>20003</v>
+        <v>24063</v>
       </c>
       <c r="D23" s="128">
-        <v>11666</v>
+        <v>13917</v>
       </c>
       <c r="E23" s="128">
-        <v>6263</v>
+        <v>6333</v>
       </c>
       <c r="F23" s="128">
-        <v>473</v>
+        <v>672</v>
       </c>
       <c r="G23" s="128">
-        <v>31898</v>
+        <v>37294</v>
       </c>
       <c r="H23" s="128">
-        <v>7451</v>
+        <v>9091</v>
       </c>
       <c r="I23" s="128">
-        <v>1180</v>
+        <v>1437</v>
       </c>
       <c r="J23" s="128">
-        <v>4589</v>
+        <v>4692</v>
       </c>
       <c r="K23" s="128">
-        <v>9122</v>
+        <v>10679</v>
       </c>
       <c r="L23" s="128">
-        <v>9556</v>
+        <v>11395</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>6506</v>
+        <v>7691</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>215</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>216</v>
       </c>
       <c r="B25" s="128">
-        <v>131196</v>
+        <v>157862</v>
       </c>
       <c r="C25" s="128">
-        <v>46153</v>
+        <v>55289</v>
       </c>
       <c r="D25" s="128">
-        <v>18937</v>
+        <v>22582</v>
       </c>
       <c r="E25" s="128">
-        <v>58536</v>
+        <v>70639</v>
       </c>
       <c r="F25" s="128">
-        <v>7570</v>
+        <v>9353</v>
       </c>
       <c r="G25" s="128">
-        <v>114187</v>
+        <v>137238</v>
       </c>
       <c r="H25" s="128">
-        <v>28810</v>
+        <v>34214</v>
       </c>
       <c r="I25" s="128">
-        <v>5176</v>
+        <v>6336</v>
       </c>
       <c r="J25" s="128">
-        <v>54685</v>
+        <v>66435</v>
       </c>
       <c r="K25" s="128">
-        <v>13324</v>
+        <v>16169</v>
       </c>
       <c r="L25" s="128">
-        <v>12193</v>
+        <v>14083</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>17008</v>
+        <v>20625</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>217</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>218</v>
       </c>
       <c r="B27" s="128">
-        <v>9039</v>
+        <v>10902</v>
       </c>
       <c r="C27" s="128">
-        <v>5956</v>
+        <v>7273</v>
       </c>
       <c r="D27" s="128">
-        <v>1293</v>
+        <v>1526</v>
       </c>
       <c r="E27" s="128">
-        <v>1503</v>
+        <v>1783</v>
       </c>
       <c r="F27" s="128">
-        <v>288</v>
+        <v>320</v>
       </c>
       <c r="G27" s="128">
-        <v>8674</v>
+        <v>10505</v>
       </c>
       <c r="H27" s="128">
-        <v>4740</v>
+        <v>5714</v>
       </c>
       <c r="I27" s="128">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="J27" s="128">
-        <v>652</v>
+        <v>756</v>
       </c>
       <c r="K27" s="128">
-        <v>1768</v>
+        <v>2114</v>
       </c>
       <c r="L27" s="128">
-        <v>1458</v>
+        <v>1853</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>366</v>
+        <v>398</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>219</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>220</v>
       </c>
       <c r="B29" s="128">
-        <v>173384</v>
+        <v>206288</v>
       </c>
       <c r="C29" s="128">
-        <v>75809</v>
+        <v>91135</v>
       </c>
       <c r="D29" s="128">
-        <v>45558</v>
+        <v>54698</v>
       </c>
       <c r="E29" s="128">
-        <v>41346</v>
+        <v>48493</v>
       </c>
       <c r="F29" s="128">
-        <v>10672</v>
+        <v>11961</v>
       </c>
       <c r="G29" s="128">
-        <v>147637</v>
+        <v>175068</v>
       </c>
       <c r="H29" s="128">
-        <v>41025</v>
+        <v>48877</v>
       </c>
       <c r="I29" s="128">
-        <v>3500</v>
+        <v>4237</v>
       </c>
       <c r="J29" s="128">
-        <v>34596</v>
+        <v>39696</v>
       </c>
       <c r="K29" s="128">
-        <v>27874</v>
+        <v>33391</v>
       </c>
       <c r="L29" s="128">
-        <v>40641</v>
+        <v>48867</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>25747</v>
+        <v>31220</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>221</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>222</v>
       </c>
       <c r="B31" s="128">
-        <v>1021</v>
+        <v>1276</v>
       </c>
       <c r="C31" s="128">
-        <v>906</v>
+        <v>1134</v>
       </c>
       <c r="D31" s="128">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="E31" s="130">
         <v>0</v>
       </c>
       <c r="F31" s="128">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G31" s="128">
-        <v>1890</v>
+        <v>2338</v>
       </c>
       <c r="H31" s="128">
-        <v>603</v>
+        <v>762</v>
       </c>
       <c r="I31" s="128">
-        <v>120</v>
+        <v>147</v>
       </c>
       <c r="J31" s="130">
         <v>0</v>
       </c>
       <c r="K31" s="128">
-        <v>392</v>
+        <v>478</v>
       </c>
       <c r="L31" s="128">
-        <v>775</v>
+        <v>951</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>-869</v>
+        <v>-1062</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>223</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>224</v>
       </c>
       <c r="B33" s="128">
-        <v>2969</v>
+        <v>3708</v>
       </c>
       <c r="C33" s="128">
-        <v>2435</v>
+        <v>3042</v>
       </c>
       <c r="D33" s="128">
-        <v>514</v>
+        <v>638</v>
       </c>
       <c r="E33" s="130">
         <v>0</v>
       </c>
       <c r="F33" s="128">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="G33" s="128">
-        <v>3473</v>
+        <v>4217</v>
       </c>
       <c r="H33" s="128">
-        <v>1018</v>
+        <v>1246</v>
       </c>
       <c r="I33" s="128">
-        <v>354</v>
+        <v>438</v>
       </c>
       <c r="J33" s="130">
         <v>0</v>
       </c>
       <c r="K33" s="128">
-        <v>694</v>
+        <v>833</v>
       </c>
       <c r="L33" s="128">
-        <v>1407</v>
+        <v>1700</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>-505</v>
+        <v>-509</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>225</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>226</v>
       </c>
       <c r="B35" s="128">
-        <v>889</v>
+        <v>1074</v>
       </c>
       <c r="C35" s="128">
-        <v>793</v>
+        <v>962</v>
       </c>
       <c r="D35" s="128">
+        <v>16</v>
+      </c>
+      <c r="E35" s="128">
+        <v>92</v>
+      </c>
+      <c r="F35" s="128">
+        <v>4</v>
+      </c>
+      <c r="G35" s="128">
+        <v>1675</v>
+      </c>
+      <c r="H35" s="128">
+        <v>780</v>
+      </c>
+      <c r="I35" s="128">
+        <v>17</v>
+      </c>
+      <c r="J35" s="128">
         <v>14</v>
       </c>
-      <c r="E35" s="128">
-[...16 lines deleted...]
-      </c>
       <c r="K35" s="128">
-        <v>231</v>
+        <v>279</v>
       </c>
       <c r="L35" s="128">
-        <v>488</v>
+        <v>586</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>-508</v>
+        <v>-601</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>227</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32"/>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
@@ -39060,57 +39066,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -39311,831 +39317,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="114" t="s">
         <v>1</v>
       </c>
       <c r="B11" s="117">
-        <v>411473</v>
+        <v>486162</v>
       </c>
       <c r="C11" s="117">
-        <v>277503</v>
+        <v>334875</v>
       </c>
       <c r="D11" s="117">
-        <v>7661</v>
+        <v>8786</v>
       </c>
       <c r="E11" s="117">
-        <v>112826</v>
+        <v>126796</v>
       </c>
       <c r="F11" s="117">
-        <v>13483</v>
+        <v>15704</v>
       </c>
       <c r="G11" s="117">
-        <v>333932</v>
+        <v>392936</v>
       </c>
       <c r="H11" s="117">
-        <v>136153</v>
+        <v>161532</v>
       </c>
       <c r="I11" s="117">
-        <v>525</v>
+        <v>639</v>
       </c>
       <c r="J11" s="117">
-        <v>94502</v>
+        <v>106587</v>
       </c>
       <c r="K11" s="117">
-        <v>1120</v>
+        <v>1648</v>
       </c>
       <c r="L11" s="117">
-        <v>101631</v>
+        <v>122530</v>
       </c>
       <c r="M11" s="120">
         <v>0</v>
       </c>
       <c r="N11" s="123">
-        <v>77542</v>
+        <v>93226</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="126" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>154</v>
       </c>
       <c r="B13" s="128">
-        <v>24579</v>
+        <v>29294</v>
       </c>
       <c r="C13" s="128">
-        <v>23406</v>
+        <v>28174</v>
       </c>
       <c r="D13" s="128">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E13" s="128">
-        <v>1132</v>
+        <v>1073</v>
       </c>
       <c r="F13" s="128">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G13" s="128">
-        <v>21664</v>
+        <v>25549</v>
       </c>
       <c r="H13" s="128">
-        <v>8814</v>
+        <v>10725</v>
       </c>
       <c r="I13" s="128">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="J13" s="128">
-        <v>1146</v>
+        <v>1153</v>
       </c>
       <c r="K13" s="128">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="L13" s="128">
-        <v>11621</v>
+        <v>13569</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>2915</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>155</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>156</v>
       </c>
       <c r="B15" s="128">
-        <v>6322</v>
+        <v>7576</v>
       </c>
       <c r="C15" s="128">
-        <v>5872</v>
+        <v>7058</v>
       </c>
       <c r="D15" s="128">
-        <v>62</v>
+        <v>85</v>
       </c>
       <c r="E15" s="128">
-        <v>109</v>
+        <v>136</v>
       </c>
       <c r="F15" s="128">
-        <v>279</v>
+        <v>295</v>
       </c>
       <c r="G15" s="128">
-        <v>5352</v>
+        <v>6370</v>
       </c>
       <c r="H15" s="128">
-        <v>2080</v>
+        <v>2427</v>
       </c>
       <c r="I15" s="128">
         <v>0</v>
       </c>
       <c r="J15" s="128">
-        <v>64</v>
+        <v>80</v>
       </c>
       <c r="K15" s="128">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="L15" s="128">
-        <v>3197</v>
+        <v>3850</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>970</v>
+        <v>1206</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>157</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>158</v>
       </c>
       <c r="B17" s="128">
-        <v>13215</v>
+        <v>15746</v>
       </c>
       <c r="C17" s="128">
-        <v>12944</v>
+        <v>15428</v>
       </c>
       <c r="D17" s="128">
-        <v>117</v>
+        <v>140</v>
       </c>
       <c r="E17" s="128">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F17" s="128">
-        <v>60</v>
+        <v>85</v>
       </c>
       <c r="G17" s="128">
-        <v>11894</v>
+        <v>14154</v>
       </c>
       <c r="H17" s="128">
-        <v>11709</v>
+        <v>13856</v>
       </c>
       <c r="I17" s="128">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="J17" s="128">
         <v>1</v>
       </c>
       <c r="K17" s="128">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L17" s="128">
-        <v>142</v>
+        <v>245</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>1322</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>159</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>160</v>
       </c>
       <c r="B19" s="128">
-        <v>20763</v>
+        <v>24948</v>
       </c>
       <c r="C19" s="128">
-        <v>17740</v>
+        <v>21285</v>
       </c>
       <c r="D19" s="128">
-        <v>205</v>
+        <v>249</v>
       </c>
       <c r="E19" s="128">
-        <v>2667</v>
+        <v>3259</v>
       </c>
       <c r="F19" s="128">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="G19" s="128">
-        <v>18962</v>
+        <v>22644</v>
       </c>
       <c r="H19" s="128">
-        <v>13257</v>
+        <v>15887</v>
       </c>
       <c r="I19" s="128">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="J19" s="128">
-        <v>212</v>
+        <v>293</v>
       </c>
       <c r="K19" s="128">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="L19" s="128">
-        <v>5426</v>
+        <v>6383</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>1802</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>162</v>
       </c>
       <c r="B21" s="128">
-        <v>16430</v>
+        <v>19975</v>
       </c>
       <c r="C21" s="128">
-        <v>14260</v>
+        <v>17029</v>
       </c>
       <c r="D21" s="128">
-        <v>128</v>
+        <v>163</v>
       </c>
       <c r="E21" s="128">
-        <v>1417</v>
+        <v>1696</v>
       </c>
       <c r="F21" s="128">
-        <v>625</v>
+        <v>1087</v>
       </c>
       <c r="G21" s="128">
-        <v>15721</v>
+        <v>18915</v>
       </c>
       <c r="H21" s="128">
-        <v>13769</v>
+        <v>16262</v>
       </c>
       <c r="I21" s="128">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="J21" s="128">
-        <v>1804</v>
+        <v>2509</v>
       </c>
       <c r="K21" s="128">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="L21" s="128">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>710</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>164</v>
       </c>
       <c r="B23" s="128">
-        <v>13723</v>
+        <v>16199</v>
       </c>
       <c r="C23" s="128">
-        <v>12880</v>
+        <v>15297</v>
       </c>
       <c r="D23" s="128">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E23" s="128">
-        <v>284</v>
+        <v>320</v>
       </c>
       <c r="F23" s="128">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="G23" s="128">
-        <v>11536</v>
+        <v>13552</v>
       </c>
       <c r="H23" s="128">
-        <v>3966</v>
+        <v>4666</v>
       </c>
       <c r="I23" s="128">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="J23" s="128">
-        <v>108</v>
+        <v>191</v>
       </c>
       <c r="K23" s="128">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="L23" s="128">
-        <v>7428</v>
+        <v>8654</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>2187</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>165</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>166</v>
       </c>
       <c r="B25" s="128">
-        <v>6234</v>
+        <v>7424</v>
       </c>
       <c r="C25" s="128">
-        <v>4303</v>
+        <v>5269</v>
       </c>
       <c r="D25" s="128">
-        <v>361</v>
+        <v>411</v>
       </c>
       <c r="E25" s="128">
-        <v>1322</v>
+        <v>1450</v>
       </c>
       <c r="F25" s="128">
-        <v>247</v>
+        <v>294</v>
       </c>
       <c r="G25" s="128">
-        <v>3446</v>
+        <v>3694</v>
       </c>
       <c r="H25" s="128">
-        <v>2221</v>
+        <v>2695</v>
       </c>
       <c r="I25" s="128">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="J25" s="128">
-        <v>1155</v>
+        <v>1261</v>
       </c>
       <c r="K25" s="128">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="L25" s="128">
-        <v>37</v>
+        <v>-302</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>2788</v>
+        <v>3730</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>167</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>168</v>
       </c>
       <c r="B27" s="128">
-        <v>34421</v>
+        <v>40541</v>
       </c>
       <c r="C27" s="128">
-        <v>24299</v>
+        <v>29285</v>
       </c>
       <c r="D27" s="128">
-        <v>490</v>
+        <v>544</v>
       </c>
       <c r="E27" s="128">
-        <v>9323</v>
+        <v>10407</v>
       </c>
       <c r="F27" s="128">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="G27" s="128">
-        <v>26015</v>
+        <v>30427</v>
       </c>
       <c r="H27" s="128">
-        <v>9522</v>
+        <v>11293</v>
       </c>
       <c r="I27" s="128">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="J27" s="128">
-        <v>8031</v>
+        <v>9081</v>
       </c>
       <c r="K27" s="128">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="L27" s="128">
-        <v>8368</v>
+        <v>9940</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>8405</v>
+        <v>10115</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>169</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>170</v>
       </c>
       <c r="B29" s="128">
-        <v>32149</v>
+        <v>38148</v>
       </c>
       <c r="C29" s="128">
-        <v>21529</v>
+        <v>25958</v>
       </c>
       <c r="D29" s="128">
-        <v>505</v>
+        <v>525</v>
       </c>
       <c r="E29" s="128">
-        <v>9519</v>
+        <v>11051</v>
       </c>
       <c r="F29" s="128">
-        <v>596</v>
+        <v>614</v>
       </c>
       <c r="G29" s="128">
-        <v>26775</v>
+        <v>31834</v>
       </c>
       <c r="H29" s="128">
-        <v>3015</v>
+        <v>3472</v>
       </c>
       <c r="I29" s="128">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="J29" s="128">
-        <v>7175</v>
+        <v>8330</v>
       </c>
       <c r="K29" s="128">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="L29" s="128">
-        <v>16520</v>
+        <v>19956</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>5374</v>
+        <v>6314</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>171</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>172</v>
       </c>
       <c r="B31" s="128">
-        <v>3754</v>
+        <v>4512</v>
       </c>
       <c r="C31" s="128">
-        <v>3687</v>
+        <v>4430</v>
       </c>
       <c r="D31" s="128">
         <v>1</v>
       </c>
       <c r="E31" s="128">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="F31" s="128">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G31" s="128">
-        <v>3167</v>
+        <v>3801</v>
       </c>
       <c r="H31" s="128">
-        <v>2662</v>
+        <v>3187</v>
       </c>
       <c r="I31" s="128">
         <v>0</v>
       </c>
       <c r="J31" s="130">
         <v>0</v>
       </c>
       <c r="K31" s="128">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="L31" s="128">
-        <v>494</v>
+        <v>582</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>587</v>
+        <v>711</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>173</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>174</v>
       </c>
       <c r="B33" s="128">
-        <v>1870</v>
+        <v>2240</v>
       </c>
       <c r="C33" s="128">
-        <v>1673</v>
+        <v>1993</v>
       </c>
       <c r="D33" s="128">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E33" s="128">
-        <v>112</v>
+        <v>138</v>
       </c>
       <c r="F33" s="128">
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="G33" s="128">
-        <v>1988</v>
+        <v>2350</v>
       </c>
       <c r="H33" s="128">
-        <v>495</v>
+        <v>570</v>
       </c>
       <c r="I33" s="128">
         <v>3</v>
       </c>
       <c r="J33" s="130">
         <v>0</v>
       </c>
       <c r="K33" s="128">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="L33" s="128">
-        <v>1482</v>
+        <v>1766</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>-118</v>
+        <v>-110</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>175</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>176</v>
       </c>
       <c r="B35" s="128">
-        <v>18120</v>
+        <v>21501</v>
       </c>
       <c r="C35" s="128">
-        <v>15584</v>
+        <v>18647</v>
       </c>
       <c r="D35" s="128">
-        <v>403</v>
+        <v>477</v>
       </c>
       <c r="E35" s="128">
-        <v>1742</v>
+        <v>2040</v>
       </c>
       <c r="F35" s="128">
-        <v>391</v>
+        <v>337</v>
       </c>
       <c r="G35" s="128">
-        <v>14263</v>
+        <v>17028</v>
       </c>
       <c r="H35" s="128">
-        <v>8229</v>
+        <v>9794</v>
       </c>
       <c r="I35" s="128">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="J35" s="128">
-        <v>166</v>
+        <v>224</v>
       </c>
       <c r="K35" s="128">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="L35" s="128">
-        <v>5804</v>
+        <v>6935</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>3857</v>
+        <v>4473</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>177</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="3" t="s">
         <v>65</v>
       </c>
       <c r="B37" s="3"/>
@@ -40151,51 +40157,51 @@
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
       <c r="N37" s="3"/>
     </row>
     <row r="38" spans="1:14" ht="13.5" customHeight="1">
       <c r="A38" s="3" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="3"/>
       <c r="C38" s="3"/>
       <c r="D38" s="3"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3"/>
       <c r="K38" s="3"/>
       <c r="L38" s="3"/>
       <c r="M38" s="3"/>
       <c r="N38" s="3"/>
     </row>
     <row r="39" spans="1:14" ht="13.5" customHeight="1">
       <c r="A39" s="3" t="str">
         <f>'10-2'!A39</f>
-        <v>　　　　　2.至114年10月止，38家本國銀行放款及催收款之備抵呆帳餘額為597,762百萬元，114年1至10月轉銷呆帳46,605百萬元。</v>
+        <v>　　　　　2.至114年12月止，38家本國銀行放款及催收款之備抵呆帳餘額為609,454百萬元，114年1至12月轉銷呆帳59,314百萬元。</v>
       </c>
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
       <c r="M39" s="3"/>
       <c r="N39" s="3"/>
     </row>
     <row r="40" spans="1:14" ht="13.5" customHeight="1">
       <c r="A40" s="3"/>
       <c r="B40" s="3"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
@@ -40515,57 +40521,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -40766,831 +40772,831 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>58</v>
       </c>
       <c r="B11" s="116">
-        <v>6388</v>
+        <v>7763</v>
       </c>
       <c r="C11" s="116">
-        <v>6107</v>
+        <v>7529</v>
       </c>
       <c r="D11" s="116">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="E11" s="116">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F11" s="116">
-        <v>78</v>
+        <v>27</v>
       </c>
       <c r="G11" s="116">
-        <v>5097</v>
+        <v>6371</v>
       </c>
       <c r="H11" s="116">
-        <v>1681</v>
+        <v>2121</v>
       </c>
       <c r="I11" s="116">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="J11" s="116">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="K11" s="116">
-        <v>101</v>
+        <v>121</v>
       </c>
       <c r="L11" s="116">
-        <v>3299</v>
+        <v>4103</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>1290</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>178</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>179</v>
       </c>
       <c r="B13" s="128">
-        <v>2853</v>
+        <v>3474</v>
       </c>
       <c r="C13" s="128">
-        <v>2525</v>
+        <v>3093</v>
       </c>
       <c r="D13" s="128">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E13" s="128">
+        <v>257</v>
+      </c>
+      <c r="F13" s="128">
+        <v>23</v>
+      </c>
+      <c r="G13" s="128">
+        <v>3340</v>
+      </c>
+      <c r="H13" s="128">
+        <v>2748</v>
+      </c>
+      <c r="I13" s="128">
+        <v>0</v>
+      </c>
+      <c r="J13" s="128">
         <v>207</v>
       </c>
-      <c r="F13" s="128">
-[...15 lines deleted...]
-        <v>0</v>
+      <c r="K13" s="128">
+        <v>251</v>
       </c>
       <c r="L13" s="128">
-        <v>38</v>
+        <v>134</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>381</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>180</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>181</v>
       </c>
       <c r="B15" s="128">
-        <v>6580</v>
+        <v>7966</v>
       </c>
       <c r="C15" s="128">
-        <v>5959</v>
+        <v>7229</v>
       </c>
       <c r="D15" s="128">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="E15" s="128">
-        <v>486</v>
+        <v>582</v>
       </c>
       <c r="F15" s="128">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="G15" s="128">
-        <v>5911</v>
+        <v>7135</v>
       </c>
       <c r="H15" s="128">
-        <v>4365</v>
+        <v>5240</v>
       </c>
       <c r="I15" s="128">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="J15" s="128">
-        <v>490</v>
+        <v>588</v>
       </c>
       <c r="K15" s="128">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="L15" s="128">
-        <v>1029</v>
+        <v>1275</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>668</v>
+        <v>831</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>182</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>183</v>
       </c>
       <c r="B17" s="128">
-        <v>8350</v>
+        <v>8620</v>
       </c>
       <c r="C17" s="128">
-        <v>6605</v>
+        <v>7675</v>
       </c>
       <c r="D17" s="128">
-        <v>167</v>
+        <v>196</v>
       </c>
       <c r="E17" s="128">
-        <v>1203</v>
+        <v>555</v>
       </c>
       <c r="F17" s="128">
-        <v>375</v>
+        <v>194</v>
       </c>
       <c r="G17" s="128">
-        <v>7115</v>
+        <v>7489</v>
       </c>
       <c r="H17" s="128">
-        <v>4934</v>
+        <v>5603</v>
       </c>
       <c r="I17" s="128">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J17" s="128">
-        <v>1161</v>
+        <v>614</v>
       </c>
       <c r="K17" s="128">
-        <v>147</v>
+        <v>125</v>
       </c>
       <c r="L17" s="128">
-        <v>867</v>
+        <v>1140</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>1235</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>184</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>185</v>
       </c>
       <c r="B19" s="128">
-        <v>6215</v>
+        <v>7533</v>
       </c>
       <c r="C19" s="128">
-        <v>3987</v>
+        <v>4858</v>
       </c>
       <c r="D19" s="128">
-        <v>117</v>
+        <v>160</v>
       </c>
       <c r="E19" s="128">
-        <v>1871</v>
+        <v>2232</v>
       </c>
       <c r="F19" s="128">
-        <v>240</v>
+        <v>283</v>
       </c>
       <c r="G19" s="128">
-        <v>5160</v>
+        <v>6278</v>
       </c>
       <c r="H19" s="128">
-        <v>3064</v>
+        <v>3729</v>
       </c>
       <c r="I19" s="128">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="J19" s="128">
-        <v>1759</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>2119</v>
+      </c>
+      <c r="K19" s="128">
+        <v>47</v>
       </c>
       <c r="L19" s="128">
-        <v>329</v>
+        <v>371</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>1055</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>186</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>187</v>
       </c>
       <c r="B21" s="128">
-        <v>2197</v>
+        <v>2470</v>
       </c>
       <c r="C21" s="128">
-        <v>1429</v>
+        <v>1677</v>
       </c>
       <c r="D21" s="128">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E21" s="128">
-        <v>185</v>
+        <v>204</v>
       </c>
       <c r="F21" s="128">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="G21" s="128">
-        <v>2062</v>
+        <v>2362</v>
       </c>
       <c r="H21" s="128">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="I21" s="130">
         <v>0</v>
       </c>
       <c r="J21" s="130">
         <v>0</v>
       </c>
       <c r="K21" s="128">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="L21" s="128">
-        <v>1966</v>
+        <v>2250</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>135</v>
+        <v>108</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>188</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>189</v>
       </c>
       <c r="B23" s="128">
-        <v>5393</v>
+        <v>5990</v>
       </c>
       <c r="C23" s="128">
-        <v>498</v>
+        <v>586</v>
       </c>
       <c r="D23" s="128">
-        <v>272</v>
+        <v>311</v>
       </c>
       <c r="E23" s="128">
-        <v>3519</v>
+        <v>3755</v>
       </c>
       <c r="F23" s="128">
-        <v>1104</v>
+        <v>1338</v>
       </c>
       <c r="G23" s="128">
-        <v>4777</v>
+        <v>5291</v>
       </c>
       <c r="H23" s="128">
-        <v>1112</v>
+        <v>1326</v>
       </c>
       <c r="I23" s="128">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="J23" s="128">
-        <v>3488</v>
+        <v>3770</v>
       </c>
       <c r="K23" s="130">
         <v>0</v>
       </c>
       <c r="L23" s="128">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>615</v>
+        <v>699</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>190</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>191</v>
       </c>
       <c r="B25" s="128">
-        <v>135</v>
+        <v>164</v>
       </c>
       <c r="C25" s="128">
-        <v>129</v>
+        <v>157</v>
       </c>
       <c r="D25" s="128">
         <v>0</v>
       </c>
       <c r="E25" s="128">
         <v>1</v>
       </c>
       <c r="F25" s="128">
         <v>6</v>
       </c>
       <c r="G25" s="128">
-        <v>150</v>
+        <v>181</v>
       </c>
       <c r="H25" s="128">
         <v>6</v>
       </c>
       <c r="I25" s="130">
         <v>0</v>
       </c>
       <c r="J25" s="128">
         <v>3</v>
       </c>
       <c r="K25" s="128">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L25" s="128">
-        <v>138</v>
+        <v>169</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>-14</v>
+        <v>-17</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>192</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>193</v>
       </c>
       <c r="B27" s="128">
-        <v>228</v>
+        <v>280</v>
       </c>
       <c r="C27" s="128">
-        <v>217</v>
+        <v>263</v>
       </c>
       <c r="D27" s="128">
         <v>0</v>
       </c>
       <c r="E27" s="128">
         <v>10</v>
       </c>
       <c r="F27" s="128">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G27" s="128">
-        <v>159</v>
+        <v>199</v>
       </c>
       <c r="H27" s="128">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="I27" s="128">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J27" s="128">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="K27" s="128">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="L27" s="128">
-        <v>116</v>
+        <v>141</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>69</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>194</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>195</v>
       </c>
       <c r="B29" s="128">
-        <v>3507</v>
+        <v>4124</v>
       </c>
       <c r="C29" s="128">
-        <v>2962</v>
+        <v>3516</v>
       </c>
       <c r="D29" s="128">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="E29" s="128">
-        <v>450</v>
+        <v>498</v>
       </c>
       <c r="F29" s="128">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G29" s="128">
-        <v>3647</v>
+        <v>4267</v>
       </c>
       <c r="H29" s="128">
-        <v>850</v>
+        <v>1011</v>
       </c>
       <c r="I29" s="128">
         <v>0</v>
       </c>
       <c r="J29" s="128">
-        <v>179</v>
+        <v>199</v>
       </c>
       <c r="K29" s="130">
         <v>0</v>
       </c>
       <c r="L29" s="128">
-        <v>2618</v>
+        <v>3057</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>-140</v>
+        <v>-143</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>196</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>197</v>
       </c>
       <c r="B31" s="128">
-        <v>2329</v>
+        <v>2845</v>
       </c>
       <c r="C31" s="128">
-        <v>2279</v>
+        <v>2786</v>
       </c>
       <c r="D31" s="128">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E31" s="128">
         <v>6</v>
       </c>
       <c r="F31" s="128">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="G31" s="128">
-        <v>2348</v>
+        <v>2826</v>
       </c>
       <c r="H31" s="128">
-        <v>272</v>
+        <v>314</v>
       </c>
       <c r="I31" s="128">
         <v>0</v>
       </c>
       <c r="J31" s="128">
         <v>0</v>
       </c>
       <c r="K31" s="128">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L31" s="128">
-        <v>2072</v>
+        <v>2508</v>
       </c>
       <c r="M31" s="130">
         <v>0</v>
       </c>
       <c r="N31" s="132">
-        <v>-19</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:14" ht="11.1" customHeight="1">
       <c r="A32" s="125" t="s">
         <v>198</v>
       </c>
       <c r="B32" s="47"/>
       <c r="C32" s="47"/>
       <c r="D32" s="47"/>
       <c r="E32" s="47"/>
       <c r="F32" s="47"/>
       <c r="G32" s="47"/>
       <c r="H32" s="47"/>
       <c r="I32" s="47"/>
       <c r="J32" s="47"/>
       <c r="K32" s="47"/>
       <c r="L32" s="47"/>
       <c r="M32" s="47"/>
       <c r="N32" s="51"/>
     </row>
     <row r="33" spans="1:14" ht="12.6" customHeight="1">
       <c r="A33" s="33" t="s">
         <v>199</v>
       </c>
       <c r="B33" s="128">
-        <v>1497</v>
+        <v>1814</v>
       </c>
       <c r="C33" s="128">
-        <v>1419</v>
+        <v>1716</v>
       </c>
       <c r="D33" s="128">
-        <v>69</v>
+        <v>85</v>
       </c>
       <c r="E33" s="128">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F33" s="128">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G33" s="128">
-        <v>855</v>
+        <v>1032</v>
       </c>
       <c r="H33" s="128">
-        <v>389</v>
+        <v>467</v>
       </c>
       <c r="I33" s="128">
         <v>0</v>
       </c>
       <c r="J33" s="128">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="K33" s="128">
         <v>2</v>
       </c>
       <c r="L33" s="128">
-        <v>463</v>
+        <v>560</v>
       </c>
       <c r="M33" s="130">
         <v>0</v>
       </c>
       <c r="N33" s="132">
-        <v>642</v>
+        <v>782</v>
       </c>
     </row>
     <row r="34" spans="1:14" ht="11.1" customHeight="1">
       <c r="A34" s="125" t="s">
         <v>200</v>
       </c>
       <c r="B34" s="47"/>
       <c r="C34" s="47"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="47"/>
       <c r="G34" s="47"/>
       <c r="H34" s="47"/>
       <c r="I34" s="47"/>
       <c r="J34" s="47"/>
       <c r="K34" s="47"/>
       <c r="L34" s="47"/>
       <c r="M34" s="47"/>
       <c r="N34" s="51"/>
     </row>
     <row r="35" spans="1:14" ht="12.6" customHeight="1">
       <c r="A35" s="33" t="s">
         <v>201</v>
       </c>
       <c r="B35" s="128">
-        <v>115</v>
+        <v>145</v>
       </c>
       <c r="C35" s="128">
-        <v>113</v>
+        <v>142</v>
       </c>
       <c r="D35" s="128">
         <v>2</v>
       </c>
       <c r="E35" s="130">
         <v>0</v>
       </c>
       <c r="F35" s="128">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G35" s="128">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="H35" s="128">
         <v>2</v>
       </c>
       <c r="I35" s="128">
         <v>0</v>
       </c>
       <c r="J35" s="130">
         <v>0</v>
       </c>
       <c r="K35" s="128">
         <v>0</v>
       </c>
       <c r="L35" s="128">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="M35" s="130">
         <v>0</v>
       </c>
       <c r="N35" s="132">
-        <v>47</v>
+        <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:14" ht="11.1" customHeight="1" thickBot="1">
       <c r="A36" s="134" t="s">
         <v>202</v>
       </c>
       <c r="B36" s="48"/>
       <c r="C36" s="48"/>
       <c r="D36" s="48"/>
       <c r="E36" s="48"/>
       <c r="F36" s="48"/>
       <c r="G36" s="48"/>
       <c r="H36" s="48"/>
       <c r="I36" s="48"/>
       <c r="J36" s="48"/>
       <c r="K36" s="48"/>
       <c r="L36" s="48"/>
       <c r="M36" s="48"/>
       <c r="N36" s="50"/>
     </row>
     <row r="37" spans="1:14" ht="13.5" customHeight="1">
       <c r="A37" s="32" t="s">
         <v>48</v>
       </c>
       <c r="B37" s="3"/>
@@ -41967,57 +41973,57 @@
     </row>
     <row r="3" spans="1:14" ht="18.6" customHeight="1">
       <c r="A3" s="67" t="s">
         <v>60</v>
       </c>
       <c r="B3" s="67"/>
       <c r="C3" s="67"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
       <c r="H3" s="67"/>
       <c r="I3" s="67"/>
       <c r="J3" s="67"/>
       <c r="K3" s="67"/>
       <c r="L3" s="67"/>
       <c r="M3" s="67"/>
       <c r="N3" s="67"/>
     </row>
     <row r="4" spans="1:14" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="66" t="str">
         <f>'10-2'!D4:F4</f>
-        <v>114年 1 -10月</v>
+        <v>114年 1 -12月</v>
       </c>
       <c r="E4" s="66"/>
       <c r="F4" s="66"/>
       <c r="G4" s="63" t="str">
         <f>'10-2'!G4:J4</f>
-        <v> Jan. - Oct. 2025</v>
+        <v> Jan. - Dec. 2025</v>
       </c>
       <c r="H4" s="63"/>
       <c r="I4" s="63"/>
       <c r="J4" s="63"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="28" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1">
       <c r="A5" s="60" t="s">
         <v>31</v>
       </c>
       <c r="B5" s="56" t="s">
         <v>39</v>
       </c>
       <c r="C5" s="57"/>
       <c r="D5" s="57"/>
       <c r="E5" s="57"/>
       <c r="F5" s="58"/>
       <c r="G5" s="56" t="s">
         <v>40</v>
       </c>
@@ -42218,645 +42224,645 @@
       </c>
       <c r="I10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="J10" s="29" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="17" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="30" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="30" t="s">
         <v>29</v>
       </c>
       <c r="N10" s="31" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="12.6" customHeight="1">
       <c r="A11" s="113" t="s">
         <v>64</v>
       </c>
       <c r="B11" s="116">
-        <v>2763</v>
+        <v>3319</v>
       </c>
       <c r="C11" s="116">
-        <v>2523</v>
+        <v>3040</v>
       </c>
       <c r="D11" s="116">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="E11" s="116">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F11" s="116">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="G11" s="116">
-        <v>2151</v>
+        <v>2546</v>
       </c>
       <c r="H11" s="116">
-        <v>2074</v>
+        <v>2449</v>
       </c>
       <c r="I11" s="116">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="J11" s="116">
         <v>1</v>
       </c>
       <c r="K11" s="116">
         <v>2</v>
       </c>
       <c r="L11" s="116">
-        <v>69</v>
+        <v>87</v>
       </c>
       <c r="M11" s="119">
         <v>0</v>
       </c>
       <c r="N11" s="122">
-        <v>612</v>
+        <v>773</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="11.1" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>203</v>
       </c>
       <c r="B12" s="47"/>
       <c r="C12" s="47"/>
       <c r="D12" s="47"/>
       <c r="E12" s="47"/>
       <c r="F12" s="47"/>
       <c r="G12" s="47"/>
       <c r="H12" s="47"/>
       <c r="I12" s="47"/>
       <c r="J12" s="47"/>
       <c r="K12" s="47"/>
       <c r="L12" s="47"/>
       <c r="M12" s="47"/>
       <c r="N12" s="51"/>
     </row>
     <row r="13" spans="1:14" ht="12.6" customHeight="1">
       <c r="A13" s="33" t="s">
         <v>204</v>
       </c>
       <c r="B13" s="128">
-        <v>6752</v>
+        <v>7903</v>
       </c>
       <c r="C13" s="128">
-        <v>3951</v>
+        <v>4751</v>
       </c>
       <c r="D13" s="128">
-        <v>378</v>
+        <v>479</v>
       </c>
       <c r="E13" s="128">
-        <v>2409</v>
+        <v>2658</v>
       </c>
       <c r="F13" s="128">
+        <v>15</v>
+      </c>
+      <c r="G13" s="128">
+        <v>5265</v>
+      </c>
+      <c r="H13" s="128">
+        <v>1245</v>
+      </c>
+      <c r="I13" s="128">
         <v>13</v>
       </c>
-      <c r="G13" s="128">
-[...7 lines deleted...]
-      </c>
       <c r="J13" s="128">
-        <v>965</v>
+        <v>925</v>
       </c>
       <c r="K13" s="128">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="L13" s="128">
-        <v>2513</v>
+        <v>3051</v>
       </c>
       <c r="M13" s="130">
         <v>0</v>
       </c>
       <c r="N13" s="132">
-        <v>2148</v>
+        <v>2638</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="11.1" customHeight="1">
       <c r="A14" s="125" t="s">
         <v>205</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="47"/>
       <c r="D14" s="47"/>
       <c r="E14" s="47"/>
       <c r="F14" s="47"/>
       <c r="G14" s="47"/>
       <c r="H14" s="47"/>
       <c r="I14" s="47"/>
       <c r="J14" s="47"/>
       <c r="K14" s="47"/>
       <c r="L14" s="47"/>
       <c r="M14" s="47"/>
       <c r="N14" s="51"/>
     </row>
     <row r="15" spans="1:14" ht="12.6" customHeight="1">
       <c r="A15" s="33" t="s">
         <v>206</v>
       </c>
       <c r="B15" s="128">
-        <v>7806</v>
+        <v>9313</v>
       </c>
       <c r="C15" s="128">
-        <v>6117</v>
+        <v>7475</v>
       </c>
       <c r="D15" s="128">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="E15" s="128">
-        <v>1291</v>
+        <v>1423</v>
       </c>
       <c r="F15" s="128">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="G15" s="128">
-        <v>7803</v>
+        <v>9383</v>
       </c>
       <c r="H15" s="128">
-        <v>1454</v>
+        <v>1769</v>
       </c>
       <c r="I15" s="128">
         <v>1</v>
       </c>
       <c r="J15" s="128">
-        <v>923</v>
+        <v>945</v>
       </c>
       <c r="K15" s="128">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="L15" s="128">
-        <v>5417</v>
+        <v>6659</v>
       </c>
       <c r="M15" s="130">
         <v>0</v>
       </c>
       <c r="N15" s="132">
-        <v>3</v>
+        <v>-70</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="11.1" customHeight="1">
       <c r="A16" s="125" t="s">
         <v>207</v>
       </c>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="G16" s="47"/>
       <c r="H16" s="47"/>
       <c r="I16" s="47"/>
       <c r="J16" s="47"/>
       <c r="K16" s="47"/>
       <c r="L16" s="47"/>
       <c r="M16" s="47"/>
       <c r="N16" s="51"/>
     </row>
     <row r="17" spans="1:14" ht="12.6" customHeight="1">
       <c r="A17" s="33" t="s">
         <v>208</v>
       </c>
       <c r="B17" s="128">
-        <v>29962</v>
+        <v>36911</v>
       </c>
       <c r="C17" s="128">
-        <v>19112</v>
+        <v>22964</v>
       </c>
       <c r="D17" s="128">
-        <v>1142</v>
+        <v>1226</v>
       </c>
       <c r="E17" s="128">
-        <v>9399</v>
+        <v>12444</v>
       </c>
       <c r="F17" s="128">
-        <v>309</v>
+        <v>276</v>
       </c>
       <c r="G17" s="128">
-        <v>25574</v>
+        <v>31895</v>
       </c>
       <c r="H17" s="128">
-        <v>7231</v>
+        <v>8289</v>
       </c>
       <c r="I17" s="128">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="J17" s="128">
-        <v>8198</v>
+        <v>11100</v>
       </c>
       <c r="K17" s="128">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="L17" s="128">
-        <v>10046</v>
+        <v>12385</v>
       </c>
       <c r="M17" s="130">
         <v>0</v>
       </c>
       <c r="N17" s="132">
-        <v>4387</v>
+        <v>5015</v>
       </c>
     </row>
     <row r="18" spans="1:14" ht="11.1" customHeight="1">
       <c r="A18" s="125" t="s">
         <v>209</v>
       </c>
       <c r="B18" s="47"/>
       <c r="C18" s="47"/>
       <c r="D18" s="47"/>
       <c r="E18" s="47"/>
       <c r="F18" s="47"/>
       <c r="G18" s="47"/>
       <c r="H18" s="47"/>
       <c r="I18" s="47"/>
       <c r="J18" s="47"/>
       <c r="K18" s="47"/>
       <c r="L18" s="47"/>
       <c r="M18" s="47"/>
       <c r="N18" s="51"/>
     </row>
     <row r="19" spans="1:14" ht="12.6" customHeight="1">
       <c r="A19" s="33" t="s">
         <v>210</v>
       </c>
       <c r="B19" s="128">
-        <v>49804</v>
+        <v>54934</v>
       </c>
       <c r="C19" s="128">
-        <v>9056</v>
+        <v>11062</v>
       </c>
       <c r="D19" s="128">
-        <v>488</v>
+        <v>599</v>
       </c>
       <c r="E19" s="128">
-        <v>39983</v>
+        <v>43011</v>
       </c>
       <c r="F19" s="128">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="G19" s="128">
-        <v>42177</v>
+        <v>46014</v>
       </c>
       <c r="H19" s="128">
-        <v>5500</v>
+        <v>6692</v>
       </c>
       <c r="I19" s="128">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="J19" s="128">
-        <v>35035</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>37448</v>
+      </c>
+      <c r="K19" s="128">
+        <v>12</v>
       </c>
       <c r="L19" s="128">
-        <v>1599</v>
+        <v>1809</v>
       </c>
       <c r="M19" s="130">
         <v>0</v>
       </c>
       <c r="N19" s="132">
-        <v>7627</v>
+        <v>8919</v>
       </c>
     </row>
     <row r="20" spans="1:14" ht="11.1" customHeight="1">
       <c r="A20" s="125" t="s">
         <v>211</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
       <c r="K20" s="47"/>
       <c r="L20" s="47"/>
       <c r="M20" s="47"/>
       <c r="N20" s="51"/>
     </row>
     <row r="21" spans="1:14" ht="12.6" customHeight="1">
       <c r="A21" s="33" t="s">
         <v>212</v>
       </c>
       <c r="B21" s="128">
-        <v>8660</v>
+        <v>10220</v>
       </c>
       <c r="C21" s="128">
-        <v>6502</v>
+        <v>7788</v>
       </c>
       <c r="D21" s="128">
-        <v>484</v>
+        <v>553</v>
       </c>
       <c r="E21" s="128">
-        <v>1278</v>
+        <v>1458</v>
       </c>
       <c r="F21" s="128">
-        <v>397</v>
+        <v>422</v>
       </c>
       <c r="G21" s="128">
-        <v>6266</v>
+        <v>7315</v>
       </c>
       <c r="H21" s="128">
-        <v>3426</v>
+        <v>3929</v>
       </c>
       <c r="I21" s="128">
         <v>2</v>
       </c>
       <c r="J21" s="128">
-        <v>1000</v>
+        <v>1140</v>
       </c>
       <c r="K21" s="128">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="L21" s="128">
-        <v>1764</v>
+        <v>2155</v>
       </c>
       <c r="M21" s="130">
         <v>0</v>
       </c>
       <c r="N21" s="132">
-        <v>2394</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="22" spans="1:14" ht="11.1" customHeight="1">
       <c r="A22" s="125" t="s">
         <v>213</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="47"/>
       <c r="F22" s="47"/>
       <c r="G22" s="47"/>
       <c r="H22" s="47"/>
       <c r="I22" s="47"/>
       <c r="J22" s="47"/>
       <c r="K22" s="47"/>
       <c r="L22" s="47"/>
       <c r="M22" s="47"/>
       <c r="N22" s="51"/>
     </row>
     <row r="23" spans="1:14" ht="12.6" customHeight="1">
       <c r="A23" s="33" t="s">
         <v>214</v>
       </c>
       <c r="B23" s="128">
-        <v>5363</v>
+        <v>7011</v>
       </c>
       <c r="C23" s="128">
-        <v>2600</v>
+        <v>3364</v>
       </c>
       <c r="D23" s="128">
-        <v>651</v>
+        <v>746</v>
       </c>
       <c r="E23" s="128">
-        <v>500</v>
+        <v>743</v>
       </c>
       <c r="F23" s="128">
-        <v>1611</v>
+        <v>2157</v>
       </c>
       <c r="G23" s="128">
-        <v>3024</v>
+        <v>4464</v>
       </c>
       <c r="H23" s="128">
-        <v>2217</v>
+        <v>2739</v>
       </c>
       <c r="I23" s="128">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J23" s="128">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="K23" s="128">
-        <v>308</v>
+        <v>359</v>
       </c>
       <c r="L23" s="128">
-        <v>453</v>
+        <v>1311</v>
       </c>
       <c r="M23" s="130">
         <v>0</v>
       </c>
       <c r="N23" s="132">
-        <v>2339</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="24" spans="1:14" ht="11.1" customHeight="1">
       <c r="A24" s="125" t="s">
         <v>215</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="47"/>
       <c r="D24" s="47"/>
       <c r="E24" s="47"/>
       <c r="F24" s="47"/>
       <c r="G24" s="47"/>
       <c r="H24" s="47"/>
       <c r="I24" s="47"/>
       <c r="J24" s="47"/>
       <c r="K24" s="47"/>
       <c r="L24" s="47"/>
       <c r="M24" s="47"/>
       <c r="N24" s="51"/>
     </row>
     <row r="25" spans="1:14" ht="12.6" customHeight="1">
       <c r="A25" s="33" t="s">
         <v>216</v>
       </c>
       <c r="B25" s="128">
-        <v>27829</v>
+        <v>32362</v>
       </c>
       <c r="C25" s="128">
-        <v>12400</v>
+        <v>15156</v>
       </c>
       <c r="D25" s="128">
-        <v>342</v>
+        <v>382</v>
       </c>
       <c r="E25" s="128">
-        <v>14685</v>
+        <v>16393</v>
       </c>
       <c r="F25" s="128">
-        <v>402</v>
+        <v>431</v>
       </c>
       <c r="G25" s="128">
-        <v>24695</v>
+        <v>28448</v>
       </c>
       <c r="H25" s="128">
-        <v>5247</v>
+        <v>6139</v>
       </c>
       <c r="I25" s="128">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="J25" s="128">
-        <v>13942</v>
+        <v>15467</v>
       </c>
       <c r="K25" s="128">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="L25" s="128">
-        <v>5440</v>
+        <v>6761</v>
       </c>
       <c r="M25" s="130">
         <v>0</v>
       </c>
       <c r="N25" s="132">
-        <v>3133</v>
+        <v>3914</v>
       </c>
     </row>
     <row r="26" spans="1:14" ht="11.1" customHeight="1">
       <c r="A26" s="125" t="s">
         <v>217</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="47"/>
       <c r="F26" s="47"/>
       <c r="G26" s="47"/>
       <c r="H26" s="47"/>
       <c r="I26" s="47"/>
       <c r="J26" s="47"/>
       <c r="K26" s="47"/>
       <c r="L26" s="47"/>
       <c r="M26" s="47"/>
       <c r="N26" s="51"/>
     </row>
     <row r="27" spans="1:14" ht="12.6" customHeight="1">
       <c r="A27" s="33" t="s">
         <v>218</v>
       </c>
       <c r="B27" s="128">
-        <v>1958</v>
+        <v>2434</v>
       </c>
       <c r="C27" s="128">
-        <v>1733</v>
+        <v>2151</v>
       </c>
       <c r="D27" s="128">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="E27" s="128">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="F27" s="128">
-        <v>40</v>
+        <v>58</v>
       </c>
       <c r="G27" s="128">
-        <v>896</v>
+        <v>1127</v>
       </c>
       <c r="H27" s="128">
-        <v>524</v>
+        <v>644</v>
       </c>
       <c r="I27" s="128">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J27" s="128">
-        <v>98</v>
+        <v>130</v>
       </c>
       <c r="K27" s="128">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="L27" s="128">
-        <v>271</v>
+        <v>313</v>
       </c>
       <c r="M27" s="130">
         <v>0</v>
       </c>
       <c r="N27" s="132">
-        <v>1062</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="28" spans="1:14" ht="11.1" customHeight="1">
       <c r="A28" s="125" t="s">
         <v>219</v>
       </c>
       <c r="B28" s="47"/>
       <c r="C28" s="47"/>
       <c r="D28" s="47"/>
       <c r="E28" s="47"/>
       <c r="F28" s="47"/>
       <c r="G28" s="47"/>
       <c r="H28" s="47"/>
       <c r="I28" s="47"/>
       <c r="J28" s="47"/>
       <c r="K28" s="47"/>
       <c r="L28" s="47"/>
       <c r="M28" s="47"/>
       <c r="N28" s="51"/>
     </row>
     <row r="29" spans="1:14" ht="12.6" customHeight="1">
       <c r="A29" s="33" t="s">
         <v>220</v>
       </c>
       <c r="B29" s="128">
-        <v>33209</v>
+        <v>40463</v>
       </c>
       <c r="C29" s="128">
-        <v>21105</v>
+        <v>26042</v>
       </c>
       <c r="D29" s="128">
-        <v>560</v>
+        <v>608</v>
       </c>
       <c r="E29" s="128">
-        <v>7292</v>
+        <v>8537</v>
       </c>
       <c r="F29" s="128">
-        <v>4252</v>
+        <v>5276</v>
       </c>
       <c r="G29" s="128">
-        <v>16136</v>
+        <v>19304</v>
       </c>
       <c r="H29" s="128">
-        <v>8588</v>
+        <v>10088</v>
       </c>
       <c r="I29" s="128">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="J29" s="128">
-        <v>7185</v>
+        <v>8745</v>
       </c>
       <c r="K29" s="130">
         <v>0</v>
       </c>
       <c r="L29" s="128">
-        <v>298</v>
+        <v>393</v>
       </c>
       <c r="M29" s="130">
         <v>0</v>
       </c>
       <c r="N29" s="132">
-        <v>17073</v>
+        <v>21160</v>
       </c>
     </row>
     <row r="30" spans="1:14" ht="11.1" customHeight="1">
       <c r="A30" s="125" t="s">
         <v>221</v>
       </c>
       <c r="B30" s="47"/>
       <c r="C30" s="47"/>
       <c r="D30" s="47"/>
       <c r="E30" s="47"/>
       <c r="F30" s="47"/>
       <c r="G30" s="47"/>
       <c r="H30" s="47"/>
       <c r="I30" s="47"/>
       <c r="J30" s="47"/>
       <c r="K30" s="47"/>
       <c r="L30" s="47"/>
       <c r="M30" s="47"/>
       <c r="N30" s="51"/>
     </row>
     <row r="31" spans="1:14" ht="12.6" customHeight="1">
       <c r="A31" s="33" t="s">
         <v>222</v>
       </c>
       <c r="B31" s="130">