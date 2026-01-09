--- v0 (2025-10-08)
+++ v1 (2026-01-09)
@@ -129,78 +129,78 @@
   <si>
     <t>其他負債</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>保留盈餘</t>
   </si>
   <si>
     <t>　</t>
   </si>
   <si>
     <t>應收款項</t>
   </si>
   <si>
     <t>應付款項</t>
   </si>
   <si>
     <t>股    本</t>
   </si>
   <si>
     <t>說　　明：#係金融控股公司之子公司。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of July 2025</t>
+    <t xml:space="preserve"> End of Oct. 2025</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>中國輸出入銀行</t>
   </si>
   <si>
     <t>美商美國紐約梅隆銀行</t>
   </si>
   <si>
     <t>日商瑞穗銀行</t>
   </si>
   <si>
     <t>香港東亞銀行</t>
   </si>
   <si>
     <t>The Bank of New York  Mellon</t>
   </si>
   <si>
     <t>新加坡商新加坡華僑銀行</t>
   </si>
   <si>
     <t>The Bank of East Asia Ltd.</t>
   </si>
   <si>
-    <t>民國114年 7月底</t>
+    <t>民國114年10月底</t>
   </si>
   <si>
     <t>10-1 Abridged Balance Sheet</t>
   </si>
   <si>
     <t>透支、貼現</t>
   </si>
   <si>
     <t>及放款</t>
   </si>
   <si>
     <t>Total Assets</t>
   </si>
   <si>
     <t>Other Assets</t>
   </si>
   <si>
     <t xml:space="preserve">         負債及股東權益</t>
   </si>
   <si>
     <t>郵匯轉存款</t>
   </si>
   <si>
     <t>存款及匯款</t>
   </si>
@@ -1885,51 +1885,51 @@
   <si>
     <t>花旗(台灣)商業銀行</t>
   </si>
   <si>
     <t>Citibank Taiwan Ltd.</t>
   </si>
   <si>
     <t>王道商業銀行</t>
   </si>
   <si>
     <t>O-Bank Co., Ltd.</t>
   </si>
   <si>
     <t>渣打國際商業銀行</t>
   </si>
   <si>
     <t>Standard Chartered Bank (Taiwan) Limited</t>
   </si>
   <si>
     <t>台中商業銀行</t>
   </si>
   <si>
     <t>Taichung Commercial Bank</t>
   </si>
   <si>
-    <t>京城商業銀行</t>
+    <t>京城商業銀行　　　　#</t>
   </si>
   <si>
     <t>Kings Town Bank</t>
   </si>
   <si>
     <t>滙豐(台灣)商業銀行</t>
   </si>
   <si>
     <t>HSBC Bank(Taiwan) Ltd.</t>
   </si>
   <si>
     <t>華泰商業銀行</t>
   </si>
   <si>
     <t>Hwatai Bank</t>
   </si>
   <si>
     <t>臺灣新光商業銀行　　#</t>
   </si>
   <si>
     <t>Taiwan Shin Kong Commercial Bank</t>
   </si>
   <si>
     <t>陽信商業銀行</t>
   </si>
@@ -4154,87 +4154,87 @@
     </xf>
     <xf xxid="253" numFmtId="180" fontId="6" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="254" numFmtId="180" fontId="40" fillId="2" borderId="20" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="255" numFmtId="180" fontId="6" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="256" numFmtId="180" fontId="40" fillId="2" borderId="14" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="257" numFmtId="180" fontId="6" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="258" numFmtId="180" fontId="40" fillId="2" borderId="21" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="259" numFmtId="180" fontId="6" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="260" numFmtId="180" fontId="40" fillId="2" borderId="19" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="261" numFmtId="181" fontId="6" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="261" numFmtId="180" fontId="6" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="262" numFmtId="181" fontId="40" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="262" numFmtId="180" fontId="40" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="263" numFmtId="180" fontId="6" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="263" numFmtId="0" fontId="45" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="264" numFmtId="180" fontId="40" fillId="2" borderId="42" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="264" numFmtId="180" fontId="6" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="265" numFmtId="0" fontId="45" fillId="2" borderId="16" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="265" numFmtId="180" fontId="40" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="266" numFmtId="180" fontId="6" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="266" numFmtId="180" fontId="6" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="267" numFmtId="180" fontId="40" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="267" numFmtId="180" fontId="40" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="268" numFmtId="180" fontId="6" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="268" numFmtId="180" fontId="6" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="269" numFmtId="180" fontId="40" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="269" numFmtId="180" fontId="40" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="270" numFmtId="180" fontId="6" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="270" numFmtId="180" fontId="6" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="271" numFmtId="180" fontId="40" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="271" numFmtId="180" fontId="40" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="272" numFmtId="180" fontId="6" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="272" numFmtId="181" fontId="6" fillId="2" borderId="33" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="273" numFmtId="180" fontId="40" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="273" numFmtId="181" fontId="40" fillId="2" borderId="33" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="274" numFmtId="180" fontId="6" fillId="2" borderId="48" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="275" numFmtId="180" fontId="40" fillId="2" borderId="48" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="276" numFmtId="180" fontId="41" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="277" numFmtId="176" fontId="6" fillId="2" borderId="51" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="278" numFmtId="176" fontId="40" fillId="2" borderId="51" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="279" numFmtId="176" fontId="41" fillId="2" borderId="51" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="280" numFmtId="176" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="281" numFmtId="176" fontId="40" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
@@ -4509,278 +4509,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="146">
-        <v>73978146</v>
+        <v>75424758</v>
       </c>
       <c r="C9" s="146">
-        <v>941248</v>
+        <v>916244</v>
       </c>
       <c r="D9" s="146">
-        <v>5495464</v>
+        <v>6125190</v>
       </c>
       <c r="E9" s="146">
-        <v>3396807</v>
+        <v>3669397</v>
       </c>
       <c r="F9" s="173">
-        <v>7541345</v>
+        <v>7565190</v>
       </c>
       <c r="G9" s="176">
         <v>0</v>
       </c>
       <c r="H9" s="146">
-        <v>9807122</v>
+        <v>9764601</v>
       </c>
       <c r="I9" s="146">
-        <v>1472546</v>
+        <v>1401943</v>
       </c>
       <c r="J9" s="149">
-        <v>43558154</v>
+        <v>44210263</v>
       </c>
       <c r="K9" s="152">
-        <v>1765460</v>
+        <v>1771930</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>199</v>
       </c>
       <c r="B11" s="158">
-        <v>6758337</v>
+        <v>6861088</v>
       </c>
       <c r="C11" s="158">
-        <v>98846</v>
+        <v>100174</v>
       </c>
       <c r="D11" s="158">
-        <v>515713</v>
+        <v>602346</v>
       </c>
       <c r="E11" s="158">
-        <v>471216</v>
+        <v>577546</v>
       </c>
       <c r="F11" s="178">
-        <v>1734402</v>
+        <v>1624921</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>235667</v>
+        <v>240277</v>
       </c>
       <c r="I11" s="158">
-        <v>56439</v>
+        <v>62545</v>
       </c>
       <c r="J11" s="160">
-        <v>3432540</v>
+        <v>3446548</v>
       </c>
       <c r="K11" s="162">
-        <v>213514</v>
+        <v>206730</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>200</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>201</v>
       </c>
       <c r="B13" s="158">
-        <v>3607658</v>
+        <v>3731641</v>
       </c>
       <c r="C13" s="158">
-        <v>26512</v>
+        <v>27408</v>
       </c>
       <c r="D13" s="158">
-        <v>163633</v>
+        <v>218926</v>
       </c>
       <c r="E13" s="158">
-        <v>3258</v>
+        <v>3227</v>
       </c>
       <c r="F13" s="183">
-        <v>278089</v>
+        <v>296826</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>604993</v>
+        <v>605559</v>
       </c>
       <c r="I13" s="158">
-        <v>16453</v>
+        <v>15803</v>
       </c>
       <c r="J13" s="160">
-        <v>2485464</v>
+        <v>2532325</v>
       </c>
       <c r="K13" s="162">
-        <v>29255</v>
+        <v>31566</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>202</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>203</v>
       </c>
       <c r="B15" s="158">
-        <v>5086651</v>
+        <v>5094572</v>
       </c>
       <c r="C15" s="158">
-        <v>77960</v>
+        <v>72512</v>
       </c>
       <c r="D15" s="158">
-        <v>406733</v>
+        <v>453226</v>
       </c>
       <c r="E15" s="158">
-        <v>116372</v>
+        <v>138220</v>
       </c>
       <c r="F15" s="183">
-        <v>444164</v>
+        <v>463225</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>875635</v>
+        <v>826359</v>
       </c>
       <c r="I15" s="158">
-        <v>32654</v>
+        <v>26363</v>
       </c>
       <c r="J15" s="160">
-        <v>3109816</v>
+        <v>3093325</v>
       </c>
       <c r="K15" s="162">
-        <v>23318</v>
+        <v>21343</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>204</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>205</v>
       </c>
       <c r="B17" s="164">
-        <v>4663301</v>
+        <v>4763118</v>
       </c>
       <c r="C17" s="164">
-        <v>56592</v>
+        <v>55678</v>
       </c>
       <c r="D17" s="164">
-        <v>332911</v>
+        <v>328186</v>
       </c>
       <c r="E17" s="164">
-        <v>178563</v>
+        <v>197507</v>
       </c>
       <c r="F17" s="183">
-        <v>399263</v>
+        <v>412649</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>932138</v>
+        <v>940328</v>
       </c>
       <c r="I17" s="164">
-        <v>46627</v>
+        <v>45125</v>
       </c>
       <c r="J17" s="166">
-        <v>2680272</v>
+        <v>2756203</v>
       </c>
       <c r="K17" s="168">
-        <v>36936</v>
+        <v>27442</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>206</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -4878,278 +4878,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="146">
-        <v>73978146</v>
+        <v>75424758</v>
       </c>
       <c r="C24" s="146">
-        <v>2725259</v>
+        <v>2935879</v>
       </c>
       <c r="D24" s="146">
-        <v>1245832</v>
+        <v>1260216</v>
       </c>
       <c r="E24" s="146">
-        <v>59828548</v>
+        <v>60816287</v>
       </c>
       <c r="F24" s="146">
-        <v>874765</v>
+        <v>920222</v>
       </c>
       <c r="G24" s="146">
-        <v>4045567</v>
+        <v>3992817</v>
       </c>
       <c r="H24" s="146">
-        <v>5258176</v>
+        <v>5499337</v>
       </c>
       <c r="I24" s="146">
-        <v>2515552</v>
+        <v>2521382</v>
       </c>
       <c r="J24" s="149">
-        <v>588879</v>
+        <v>590112</v>
       </c>
       <c r="K24" s="152">
-        <v>2047946</v>
+        <v>2180423</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>199</v>
       </c>
       <c r="B26" s="158">
-        <v>6758337</v>
+        <v>6861088</v>
       </c>
       <c r="C26" s="158">
-        <v>207474</v>
+        <v>256062</v>
       </c>
       <c r="D26" s="158">
         <v>80077</v>
       </c>
       <c r="E26" s="158">
-        <v>5196456</v>
+        <v>5160928</v>
       </c>
       <c r="F26" s="158">
         <v>3000</v>
       </c>
       <c r="G26" s="158">
-        <v>761722</v>
+        <v>834578</v>
       </c>
       <c r="H26" s="158">
-        <v>509607</v>
+        <v>526443</v>
       </c>
       <c r="I26" s="158">
         <v>109000</v>
       </c>
       <c r="J26" s="160">
         <v>108455</v>
       </c>
       <c r="K26" s="162">
-        <v>191420</v>
+        <v>201005</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>200</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>201</v>
       </c>
       <c r="B28" s="158">
-        <v>3607658</v>
+        <v>3731641</v>
       </c>
       <c r="C28" s="158">
-        <v>166163</v>
+        <v>167467</v>
       </c>
       <c r="D28" s="158">
-        <v>382117</v>
+        <v>402057</v>
       </c>
       <c r="E28" s="158">
-        <v>2670383</v>
+        <v>2755902</v>
       </c>
       <c r="F28" s="158">
-        <v>68300</v>
+        <v>76400</v>
       </c>
       <c r="G28" s="158">
-        <v>82275</v>
+        <v>83943</v>
       </c>
       <c r="H28" s="158">
-        <v>238420</v>
+        <v>245872</v>
       </c>
       <c r="I28" s="158">
         <v>86200</v>
       </c>
       <c r="J28" s="160">
         <v>21749</v>
       </c>
       <c r="K28" s="162">
-        <v>112756</v>
+        <v>116256</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>202</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>203</v>
       </c>
       <c r="B30" s="158">
-        <v>5086651</v>
+        <v>5094572</v>
       </c>
       <c r="C30" s="158">
-        <v>317329</v>
+        <v>311603</v>
       </c>
       <c r="D30" s="158">
-        <v>157096</v>
+        <v>167096</v>
       </c>
       <c r="E30" s="158">
-        <v>4190764</v>
+        <v>4178385</v>
       </c>
       <c r="F30" s="158">
         <v>60240</v>
       </c>
       <c r="G30" s="158">
-        <v>78515</v>
+        <v>79776</v>
       </c>
       <c r="H30" s="158">
-        <v>282708</v>
+        <v>297472</v>
       </c>
       <c r="I30" s="158">
         <v>130694</v>
       </c>
       <c r="J30" s="160">
         <v>58767</v>
       </c>
       <c r="K30" s="162">
-        <v>99239</v>
+        <v>105251</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>204</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>205</v>
       </c>
       <c r="B32" s="164">
-        <v>4663301</v>
+        <v>4763118</v>
       </c>
       <c r="C32" s="164">
-        <v>304399</v>
+        <v>313333</v>
       </c>
       <c r="D32" s="164">
         <v>85000</v>
       </c>
       <c r="E32" s="164">
-        <v>3764577</v>
+        <v>3839291</v>
       </c>
       <c r="F32" s="164">
         <v>55800</v>
       </c>
       <c r="G32" s="164">
-        <v>166847</v>
+        <v>166441</v>
       </c>
       <c r="H32" s="164">
-        <v>286678</v>
+        <v>303252</v>
       </c>
       <c r="I32" s="164">
         <v>122846</v>
       </c>
       <c r="J32" s="166">
         <v>34470</v>
       </c>
       <c r="K32" s="168">
-        <v>109756</v>
+        <v>115339</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>206</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
@@ -5402,56 +5402,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -5525,278 +5525,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="145">
-        <v>7452</v>
+        <v>5664</v>
       </c>
       <c r="C9" s="145">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="D9" s="145">
-        <v>203</v>
+        <v>68</v>
       </c>
       <c r="E9" s="145">
-        <v>5448</v>
-[...1 lines deleted...]
-      <c r="F9" s="208">
+        <v>3605</v>
+      </c>
+      <c r="F9" s="206">
         <v>0</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>1055</v>
+        <v>1385</v>
       </c>
       <c r="I9" s="145">
-        <v>70</v>
+        <v>27</v>
       </c>
       <c r="J9" s="191">
         <v>0</v>
       </c>
       <c r="K9" s="151">
-        <v>655</v>
+        <v>563</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>109</v>
       </c>
       <c r="B11" s="158">
-        <v>153161</v>
+        <v>167400</v>
       </c>
       <c r="C11" s="158">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D11" s="158">
-        <v>34907</v>
+        <v>34670</v>
       </c>
       <c r="E11" s="158">
-        <v>14170</v>
+        <v>10027</v>
       </c>
       <c r="F11" s="178">
-        <v>12035</v>
+        <v>14121</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="193">
         <v>0</v>
       </c>
       <c r="I11" s="158">
-        <v>6561</v>
+        <v>6696</v>
       </c>
       <c r="J11" s="160">
-        <v>60490</v>
+        <v>62971</v>
       </c>
       <c r="K11" s="162">
-        <v>24837</v>
+        <v>38754</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>110</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>267</v>
       </c>
       <c r="B13" s="158">
-        <v>22628</v>
+        <v>13456</v>
       </c>
       <c r="C13" s="158">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D13" s="158">
-        <v>1986</v>
+        <v>521</v>
       </c>
       <c r="E13" s="158">
-        <v>19969</v>
-[...1 lines deleted...]
-      <c r="F13" s="201">
+        <v>12091</v>
+      </c>
+      <c r="F13" s="199">
         <v>0</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>87</v>
+        <v>80</v>
       </c>
       <c r="J13" s="195">
         <v>0</v>
       </c>
       <c r="K13" s="162">
-        <v>554</v>
+        <v>727</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>268</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>269</v>
       </c>
       <c r="B15" s="158">
-        <v>109696</v>
+        <v>80662</v>
       </c>
       <c r="C15" s="158">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D15" s="158">
-        <v>170</v>
+        <v>60</v>
       </c>
       <c r="E15" s="158">
-        <v>29094</v>
+        <v>20044</v>
       </c>
       <c r="F15" s="183">
-        <v>2296</v>
+        <v>2302</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
         <v>600</v>
       </c>
       <c r="I15" s="158">
         <v>373</v>
       </c>
       <c r="J15" s="160">
-        <v>16728</v>
+        <v>16825</v>
       </c>
       <c r="K15" s="162">
-        <v>60410</v>
+        <v>40438</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>270</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>271</v>
       </c>
       <c r="B17" s="164">
-        <v>232993</v>
+        <v>174610</v>
       </c>
       <c r="C17" s="164">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="D17" s="164">
-        <v>10811</v>
+        <v>7683</v>
       </c>
       <c r="E17" s="164">
-        <v>23728</v>
+        <v>18868</v>
       </c>
       <c r="F17" s="183">
-        <v>6853</v>
+        <v>7954</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="197">
         <v>0</v>
       </c>
       <c r="I17" s="164">
-        <v>3307</v>
+        <v>2729</v>
       </c>
       <c r="J17" s="166">
-        <v>8911</v>
+        <v>15489</v>
       </c>
       <c r="K17" s="168">
-        <v>179327</v>
+        <v>121821</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>272</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -5894,275 +5894,275 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="145">
-        <v>7452</v>
+        <v>5664</v>
       </c>
       <c r="C24" s="189">
         <v>0</v>
       </c>
       <c r="D24" s="145">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="E24" s="145">
         <v>7</v>
       </c>
       <c r="F24" s="189">
         <v>0</v>
       </c>
       <c r="G24" s="145">
-        <v>5534</v>
+        <v>3657</v>
       </c>
       <c r="H24" s="145">
-        <v>1861</v>
+        <v>1943</v>
       </c>
       <c r="I24" s="145">
         <v>200</v>
       </c>
       <c r="J24" s="148">
-        <v>1661</v>
-[...1 lines deleted...]
-      <c r="K24" s="204">
+        <v>1743</v>
+      </c>
+      <c r="K24" s="202">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>109</v>
       </c>
       <c r="B26" s="158">
-        <v>153161</v>
+        <v>167400</v>
       </c>
       <c r="C26" s="158">
-        <v>54277</v>
+        <v>60099</v>
       </c>
       <c r="D26" s="158">
-        <v>501</v>
+        <v>517</v>
       </c>
       <c r="E26" s="158">
         <v>3713</v>
       </c>
       <c r="F26" s="158">
-        <v>70711</v>
+        <v>82803</v>
       </c>
       <c r="G26" s="158">
-        <v>16915</v>
+        <v>13110</v>
       </c>
       <c r="H26" s="158">
-        <v>7044</v>
+        <v>7156</v>
       </c>
       <c r="I26" s="158">
         <v>200</v>
       </c>
       <c r="J26" s="160">
-        <v>7129</v>
+        <v>7144</v>
       </c>
       <c r="K26" s="162">
-        <v>-284</v>
+        <v>-188</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>110</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>267</v>
       </c>
       <c r="B28" s="158">
-        <v>22628</v>
+        <v>13456</v>
       </c>
       <c r="C28" s="193">
         <v>0</v>
       </c>
       <c r="D28" s="158">
-        <v>58</v>
+        <v>87</v>
       </c>
       <c r="E28" s="193">
         <v>0</v>
       </c>
       <c r="F28" s="158">
-        <v>419</v>
+        <v>1906</v>
       </c>
       <c r="G28" s="158">
-        <v>18494</v>
+        <v>8282</v>
       </c>
       <c r="H28" s="158">
-        <v>3658</v>
+        <v>3181</v>
       </c>
       <c r="I28" s="158">
         <v>200</v>
       </c>
       <c r="J28" s="160">
-        <v>3458</v>
-[...1 lines deleted...]
-      <c r="K28" s="206">
+        <v>2981</v>
+      </c>
+      <c r="K28" s="204">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>268</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>269</v>
       </c>
       <c r="B30" s="158">
-        <v>109696</v>
+        <v>80662</v>
       </c>
       <c r="C30" s="158">
-        <v>59860</v>
+        <v>39994</v>
       </c>
       <c r="D30" s="158">
-        <v>898</v>
+        <v>676</v>
       </c>
       <c r="E30" s="158">
-        <v>1818</v>
+        <v>2012</v>
       </c>
       <c r="F30" s="158">
-        <v>7789</v>
+        <v>6431</v>
       </c>
       <c r="G30" s="158">
-        <v>37402</v>
+        <v>29501</v>
       </c>
       <c r="H30" s="158">
-        <v>1929</v>
+        <v>2048</v>
       </c>
       <c r="I30" s="158">
         <v>1650</v>
       </c>
       <c r="J30" s="160">
-        <v>308</v>
+        <v>419</v>
       </c>
       <c r="K30" s="162">
-        <v>-29</v>
+        <v>-21</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>270</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>271</v>
       </c>
       <c r="B32" s="164">
-        <v>232993</v>
+        <v>174610</v>
       </c>
       <c r="C32" s="197">
         <v>0</v>
       </c>
       <c r="D32" s="164">
-        <v>4708</v>
+        <v>2983</v>
       </c>
       <c r="E32" s="164">
-        <v>175056</v>
+        <v>127627</v>
       </c>
       <c r="F32" s="164">
-        <v>30078</v>
+        <v>23825</v>
       </c>
       <c r="G32" s="164">
-        <v>20933</v>
+        <v>18024</v>
       </c>
       <c r="H32" s="164">
-        <v>2218</v>
+        <v>2151</v>
       </c>
       <c r="I32" s="164">
         <v>510</v>
       </c>
       <c r="J32" s="166">
-        <v>1691</v>
+        <v>1623</v>
       </c>
       <c r="K32" s="168">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>272</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="7"/>
@@ -6407,56 +6407,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -6530,278 +6530,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="145">
-        <v>40814</v>
+        <v>36810</v>
       </c>
       <c r="C9" s="145">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="D9" s="145">
-        <v>1078</v>
+        <v>1094</v>
       </c>
       <c r="E9" s="145">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="F9" s="208">
+        <v>52</v>
+      </c>
+      <c r="F9" s="206">
         <v>0</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
         <v>2000</v>
       </c>
       <c r="I9" s="145">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="J9" s="148">
-        <v>37721</v>
+        <v>33654</v>
       </c>
       <c r="K9" s="151">
-        <v>-299</v>
+        <v>-142</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>273</v>
       </c>
       <c r="B11" s="158">
-        <v>98657</v>
+        <v>92789</v>
       </c>
       <c r="C11" s="158">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D11" s="158">
-        <v>27957</v>
+        <v>25082</v>
       </c>
       <c r="E11" s="158">
-        <v>32578</v>
+        <v>23979</v>
       </c>
       <c r="F11" s="178">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="193">
         <v>0</v>
       </c>
       <c r="I11" s="158">
-        <v>3323</v>
+        <v>2036</v>
       </c>
       <c r="J11" s="160">
-        <v>1806</v>
+        <v>5308</v>
       </c>
       <c r="K11" s="162">
-        <v>32744</v>
+        <v>36133</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>274</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>275</v>
       </c>
       <c r="B13" s="158">
-        <v>188898</v>
+        <v>189833</v>
       </c>
       <c r="C13" s="158">
-        <v>2577</v>
+        <v>431</v>
       </c>
       <c r="D13" s="158">
-        <v>19159</v>
+        <v>35579</v>
       </c>
       <c r="E13" s="158">
-        <v>17801</v>
+        <v>12967</v>
       </c>
       <c r="F13" s="183">
-        <v>5637</v>
+        <v>6624</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>32069</v>
+        <v>29709</v>
       </c>
       <c r="J13" s="160">
-        <v>113281</v>
+        <v>104766</v>
       </c>
       <c r="K13" s="162">
-        <v>-1626</v>
+        <v>-243</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>276</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>277</v>
       </c>
       <c r="B15" s="158">
-        <v>243372</v>
+        <v>223956</v>
       </c>
       <c r="C15" s="158">
-        <v>95</v>
+        <v>445</v>
       </c>
       <c r="D15" s="158">
-        <v>8299</v>
+        <v>5554</v>
       </c>
       <c r="E15" s="158">
-        <v>64045</v>
+        <v>53767</v>
       </c>
       <c r="F15" s="183">
-        <v>7211</v>
+        <v>6013</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
         <v>336</v>
       </c>
       <c r="I15" s="158">
-        <v>2790</v>
+        <v>3717</v>
       </c>
       <c r="J15" s="160">
-        <v>60054</v>
+        <v>65200</v>
       </c>
       <c r="K15" s="162">
-        <v>100541</v>
+        <v>88923</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>278</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>279</v>
       </c>
       <c r="B17" s="164">
-        <v>27938</v>
+        <v>18248</v>
       </c>
       <c r="C17" s="164">
-        <v>756</v>
+        <v>194</v>
       </c>
       <c r="D17" s="164">
-        <v>2214</v>
+        <v>1765</v>
       </c>
       <c r="E17" s="197">
         <v>0</v>
       </c>
-      <c r="F17" s="201">
+      <c r="F17" s="199">
         <v>0</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="197">
         <v>0</v>
       </c>
       <c r="I17" s="164">
-        <v>38</v>
+        <v>1361</v>
       </c>
       <c r="J17" s="166">
-        <v>25016</v>
+        <v>14822</v>
       </c>
       <c r="K17" s="168">
-        <v>-85</v>
+        <v>106</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>280</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -6899,278 +6899,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="145">
-        <v>40814</v>
+        <v>36810</v>
       </c>
       <c r="C24" s="145">
-        <v>12579</v>
+        <v>6067</v>
       </c>
       <c r="D24" s="145">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="E24" s="145">
-        <v>16038</v>
+        <v>16736</v>
       </c>
       <c r="F24" s="145">
-        <v>9235</v>
+        <v>10828</v>
       </c>
       <c r="G24" s="145">
-        <v>136</v>
+        <v>202</v>
       </c>
       <c r="H24" s="145">
-        <v>2740</v>
+        <v>2897</v>
       </c>
       <c r="I24" s="145">
         <v>881</v>
       </c>
       <c r="J24" s="148">
-        <v>1880</v>
+        <v>1978</v>
       </c>
       <c r="K24" s="151">
-        <v>-21</v>
+        <v>38</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>273</v>
       </c>
       <c r="B26" s="158">
-        <v>98657</v>
+        <v>92789</v>
       </c>
       <c r="C26" s="193">
         <v>0</v>
       </c>
       <c r="D26" s="158">
-        <v>683</v>
+        <v>892</v>
       </c>
       <c r="E26" s="158">
-        <v>59762</v>
+        <v>64208</v>
       </c>
       <c r="F26" s="158">
-        <v>1603</v>
+        <v>836</v>
       </c>
       <c r="G26" s="158">
-        <v>31603</v>
+        <v>22559</v>
       </c>
       <c r="H26" s="158">
-        <v>5006</v>
+        <v>4295</v>
       </c>
       <c r="I26" s="158">
         <v>2000</v>
       </c>
       <c r="J26" s="160">
-        <v>3011</v>
+        <v>2299</v>
       </c>
       <c r="K26" s="162">
-        <v>-5</v>
+        <v>-4</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>274</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>275</v>
       </c>
       <c r="B28" s="158">
-        <v>188898</v>
+        <v>189833</v>
       </c>
       <c r="C28" s="158">
-        <v>107472</v>
+        <v>121373</v>
       </c>
       <c r="D28" s="158">
-        <v>2465</v>
+        <v>4864</v>
       </c>
       <c r="E28" s="158">
-        <v>45332</v>
+        <v>43034</v>
       </c>
       <c r="F28" s="193">
         <v>0</v>
       </c>
       <c r="G28" s="158">
-        <v>26450</v>
+        <v>13102</v>
       </c>
       <c r="H28" s="158">
-        <v>7178</v>
+        <v>7460</v>
       </c>
       <c r="I28" s="158">
         <v>200</v>
       </c>
       <c r="J28" s="160">
-        <v>6985</v>
+        <v>7192</v>
       </c>
       <c r="K28" s="162">
-        <v>-7</v>
+        <v>68</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>276</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>277</v>
       </c>
       <c r="B30" s="158">
-        <v>243372</v>
+        <v>223956</v>
       </c>
       <c r="C30" s="158">
-        <v>59772</v>
+        <v>65500</v>
       </c>
       <c r="D30" s="158">
-        <v>1820</v>
+        <v>2096</v>
       </c>
       <c r="E30" s="158">
-        <v>100452</v>
+        <v>84622</v>
       </c>
       <c r="F30" s="158">
-        <v>267</v>
+        <v>693</v>
       </c>
       <c r="G30" s="158">
-        <v>77738</v>
+        <v>67045</v>
       </c>
       <c r="H30" s="158">
-        <v>3323</v>
+        <v>4000</v>
       </c>
       <c r="I30" s="158">
         <v>890</v>
       </c>
       <c r="J30" s="160">
-        <v>2442</v>
+        <v>3116</v>
       </c>
       <c r="K30" s="162">
-        <v>-8</v>
+        <v>-6</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>278</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>279</v>
       </c>
       <c r="B32" s="164">
-        <v>27938</v>
+        <v>18248</v>
       </c>
       <c r="C32" s="164">
-        <v>24271</v>
+        <v>15353</v>
       </c>
       <c r="D32" s="164">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E32" s="164">
-        <v>902</v>
+        <v>45</v>
       </c>
       <c r="F32" s="197">
         <v>0</v>
       </c>
       <c r="G32" s="164">
-        <v>675</v>
+        <v>703</v>
       </c>
       <c r="H32" s="164">
-        <v>2004</v>
+        <v>2060</v>
       </c>
       <c r="I32" s="164">
         <v>1542</v>
       </c>
       <c r="J32" s="166">
-        <v>462</v>
+        <v>497</v>
       </c>
       <c r="K32" s="168">
-        <v>1</v>
+        <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>280</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -7397,56 +7397,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -7520,278 +7520,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="145">
-        <v>152909</v>
+        <v>144197</v>
       </c>
       <c r="C9" s="145">
-        <v>52</v>
+        <v>495</v>
       </c>
       <c r="D9" s="145">
-        <v>37378</v>
+        <v>16179</v>
       </c>
       <c r="E9" s="145">
-        <v>7333</v>
+        <v>5989</v>
       </c>
       <c r="F9" s="172">
-        <v>27651</v>
+        <v>31326</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="189">
         <v>0</v>
       </c>
       <c r="I9" s="145">
-        <v>777</v>
+        <v>660</v>
       </c>
       <c r="J9" s="148">
-        <v>68904</v>
+        <v>79544</v>
       </c>
       <c r="K9" s="151">
-        <v>10814</v>
+        <v>10004</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>122</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>281</v>
       </c>
       <c r="B11" s="158">
-        <v>192202</v>
+        <v>226398</v>
       </c>
       <c r="C11" s="158">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="D11" s="158">
-        <v>131</v>
+        <v>32</v>
       </c>
       <c r="E11" s="158">
-        <v>20422</v>
+        <v>16533</v>
       </c>
       <c r="F11" s="178">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>8736</v>
+        <v>3588</v>
       </c>
       <c r="I11" s="158">
-        <v>33069</v>
+        <v>36087</v>
       </c>
       <c r="J11" s="160">
-        <v>74710</v>
+        <v>75225</v>
       </c>
       <c r="K11" s="162">
-        <v>54801</v>
+        <v>94587</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>282</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>283</v>
       </c>
       <c r="B13" s="158">
-        <v>181248</v>
+        <v>188981</v>
       </c>
       <c r="C13" s="158">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="D13" s="158">
-        <v>6648</v>
+        <v>1556</v>
       </c>
       <c r="E13" s="158">
-        <v>4971</v>
+        <v>5451</v>
       </c>
       <c r="F13" s="183">
-        <v>3149</v>
+        <v>3150</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>763</v>
+        <v>832</v>
       </c>
       <c r="J13" s="160">
-        <v>72687</v>
+        <v>74701</v>
       </c>
       <c r="K13" s="162">
-        <v>92771</v>
+        <v>103021</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>284</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>285</v>
       </c>
       <c r="B15" s="158">
-        <v>210677</v>
+        <v>275369</v>
       </c>
       <c r="C15" s="158">
-        <v>97</v>
+        <v>62</v>
       </c>
       <c r="D15" s="158">
-        <v>245</v>
+        <v>227</v>
       </c>
       <c r="E15" s="158">
-        <v>22092</v>
-[...1 lines deleted...]
-      <c r="F15" s="201">
+        <v>19512</v>
+      </c>
+      <c r="F15" s="199">
         <v>0</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>55961</v>
+        <v>118686</v>
       </c>
       <c r="J15" s="160">
-        <v>48968</v>
+        <v>42085</v>
       </c>
       <c r="K15" s="162">
-        <v>83314</v>
+        <v>94797</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>286</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>287</v>
       </c>
       <c r="B17" s="164">
-        <v>870</v>
+        <v>894</v>
       </c>
       <c r="C17" s="164">
-        <v>392</v>
+        <v>459</v>
       </c>
       <c r="D17" s="197">
         <v>0</v>
       </c>
       <c r="E17" s="197">
         <v>0</v>
       </c>
-      <c r="F17" s="201">
+      <c r="F17" s="199">
         <v>0</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="197">
         <v>0</v>
       </c>
       <c r="I17" s="164">
         <v>1</v>
       </c>
-      <c r="J17" s="210">
+      <c r="J17" s="208">
         <v>0</v>
       </c>
       <c r="K17" s="168">
-        <v>476</v>
+        <v>433</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>288</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -7889,275 +7889,275 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="145">
-        <v>152909</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>144197</v>
+      </c>
+      <c r="C24" s="145">
+        <v>432</v>
       </c>
       <c r="D24" s="145">
-        <v>1084</v>
+        <v>796</v>
       </c>
       <c r="E24" s="145">
-        <v>9602</v>
+        <v>5334</v>
       </c>
       <c r="F24" s="145">
-        <v>128999</v>
+        <v>126750</v>
       </c>
       <c r="G24" s="145">
-        <v>10005</v>
+        <v>7586</v>
       </c>
       <c r="H24" s="145">
-        <v>3219</v>
+        <v>3300</v>
       </c>
       <c r="I24" s="145">
         <v>2904</v>
       </c>
       <c r="J24" s="148">
-        <v>335</v>
+        <v>378</v>
       </c>
       <c r="K24" s="151">
-        <v>-20</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>122</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>281</v>
       </c>
       <c r="B26" s="158">
-        <v>192202</v>
+        <v>226398</v>
       </c>
       <c r="C26" s="158">
-        <v>5493</v>
+        <v>19031</v>
       </c>
       <c r="D26" s="158">
-        <v>1645</v>
+        <v>2222</v>
       </c>
       <c r="E26" s="158">
-        <v>124584</v>
+        <v>106829</v>
       </c>
       <c r="F26" s="158">
-        <v>25148</v>
+        <v>68012</v>
       </c>
       <c r="G26" s="158">
-        <v>29035</v>
+        <v>23560</v>
       </c>
       <c r="H26" s="158">
-        <v>6296</v>
+        <v>6745</v>
       </c>
       <c r="I26" s="158">
         <v>2761</v>
       </c>
       <c r="J26" s="160">
-        <v>3528</v>
+        <v>3977</v>
       </c>
       <c r="K26" s="162">
         <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>282</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>283</v>
       </c>
       <c r="B28" s="158">
-        <v>181248</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>188981</v>
+      </c>
+      <c r="C28" s="158">
+        <v>400</v>
       </c>
       <c r="D28" s="158">
-        <v>1548</v>
+        <v>1266</v>
       </c>
       <c r="E28" s="158">
-        <v>117074</v>
+        <v>114981</v>
       </c>
       <c r="F28" s="158">
-        <v>46436</v>
+        <v>56934</v>
       </c>
       <c r="G28" s="158">
-        <v>13409</v>
+        <v>12193</v>
       </c>
       <c r="H28" s="158">
-        <v>2781</v>
+        <v>3208</v>
       </c>
       <c r="I28" s="158">
         <v>1040</v>
       </c>
       <c r="J28" s="160">
-        <v>1597</v>
+        <v>2024</v>
       </c>
       <c r="K28" s="162">
         <v>144</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>284</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>285</v>
       </c>
       <c r="B30" s="158">
-        <v>210677</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>275369</v>
+      </c>
+      <c r="C30" s="158">
+        <v>717</v>
       </c>
       <c r="D30" s="158">
-        <v>1359</v>
+        <v>2918</v>
       </c>
       <c r="E30" s="158">
-        <v>99125</v>
+        <v>108133</v>
       </c>
       <c r="F30" s="158">
-        <v>96423</v>
+        <v>152801</v>
       </c>
       <c r="G30" s="158">
-        <v>9929</v>
+        <v>6801</v>
       </c>
       <c r="H30" s="158">
-        <v>3840</v>
+        <v>3999</v>
       </c>
       <c r="I30" s="158">
-        <v>430</v>
+        <v>1580</v>
       </c>
       <c r="J30" s="160">
-        <v>3432</v>
-[...2 lines deleted...]
-        <v>-22</v>
+        <v>2419</v>
+      </c>
+      <c r="K30" s="204">
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>286</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>287</v>
       </c>
       <c r="B32" s="164">
-        <v>870</v>
+        <v>894</v>
       </c>
       <c r="C32" s="197">
         <v>0</v>
       </c>
       <c r="D32" s="164">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E32" s="164">
-        <v>82</v>
+        <v>118</v>
       </c>
       <c r="F32" s="197">
         <v>0</v>
       </c>
       <c r="G32" s="164">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="H32" s="164">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="I32" s="164">
         <v>200</v>
       </c>
       <c r="J32" s="166">
-        <v>445</v>
+        <v>436</v>
       </c>
       <c r="K32" s="168">
         <v>-113</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>288</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
@@ -8400,56 +8400,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -8523,278 +8523,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>121</v>
       </c>
       <c r="B9" s="145">
-        <v>330976</v>
+        <v>356156</v>
       </c>
       <c r="C9" s="145">
-        <v>163</v>
+        <v>443</v>
       </c>
       <c r="D9" s="145">
-        <v>7850</v>
+        <v>6482</v>
       </c>
       <c r="E9" s="145">
-        <v>9455</v>
+        <v>7899</v>
       </c>
       <c r="F9" s="172">
-        <v>22361</v>
+        <v>22742</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="189">
         <v>0</v>
       </c>
       <c r="I9" s="145">
-        <v>4879</v>
+        <v>8390</v>
       </c>
       <c r="J9" s="148">
-        <v>100153</v>
+        <v>108360</v>
       </c>
       <c r="K9" s="151">
-        <v>186114</v>
+        <v>201839</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>126</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>289</v>
       </c>
       <c r="B11" s="158">
-        <v>452554</v>
+        <v>527378</v>
       </c>
       <c r="C11" s="158">
-        <v>6853</v>
+        <v>6252</v>
       </c>
       <c r="D11" s="158">
-        <v>21153</v>
+        <v>25076</v>
       </c>
       <c r="E11" s="158">
-        <v>7900</v>
+        <v>7528</v>
       </c>
       <c r="F11" s="212">
         <v>0</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>16215</v>
+        <v>15915</v>
       </c>
       <c r="I11" s="158">
-        <v>10091</v>
+        <v>10708</v>
       </c>
       <c r="J11" s="160">
-        <v>77528</v>
+        <v>79283</v>
       </c>
       <c r="K11" s="162">
-        <v>312814</v>
+        <v>382616</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>290</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>291</v>
       </c>
       <c r="B13" s="158">
-        <v>43053</v>
+        <v>45238</v>
       </c>
       <c r="C13" s="158">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="D13" s="158">
-        <v>3401</v>
+        <v>4729</v>
       </c>
       <c r="E13" s="158">
-        <v>14</v>
-[...1 lines deleted...]
-      <c r="F13" s="201">
+        <v>10</v>
+      </c>
+      <c r="F13" s="199">
         <v>0</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>223</v>
+        <v>187</v>
       </c>
       <c r="J13" s="160">
-        <v>39813</v>
+        <v>40716</v>
       </c>
       <c r="K13" s="162">
-        <v>-576</v>
+        <v>-572</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>292</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>293</v>
       </c>
       <c r="B15" s="158">
-        <v>44629</v>
+        <v>52704</v>
       </c>
       <c r="C15" s="158">
-        <v>68</v>
+        <v>61</v>
       </c>
       <c r="D15" s="158">
-        <v>3276</v>
+        <v>3313</v>
       </c>
       <c r="E15" s="193">
         <v>0</v>
       </c>
-      <c r="F15" s="201">
+      <c r="F15" s="199">
         <v>0</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>134</v>
+        <v>169</v>
       </c>
       <c r="J15" s="160">
-        <v>41404</v>
+        <v>49478</v>
       </c>
       <c r="K15" s="162">
-        <v>-253</v>
+        <v>-318</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>294</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>295</v>
       </c>
       <c r="B17" s="164">
-        <v>55017</v>
+        <v>47288</v>
       </c>
       <c r="C17" s="164">
-        <v>47</v>
+        <v>3278</v>
       </c>
       <c r="D17" s="164">
-        <v>205</v>
+        <v>347</v>
       </c>
       <c r="E17" s="164">
-        <v>681</v>
+        <v>519</v>
       </c>
       <c r="F17" s="183">
-        <v>2944</v>
+        <v>3045</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="197">
         <v>0</v>
       </c>
       <c r="I17" s="164">
-        <v>25093</v>
+        <v>18010</v>
       </c>
       <c r="J17" s="166">
-        <v>19615</v>
+        <v>10809</v>
       </c>
       <c r="K17" s="168">
-        <v>6432</v>
+        <v>11281</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>296</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -8892,278 +8892,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>121</v>
       </c>
       <c r="B24" s="145">
-        <v>330976</v>
+        <v>356156</v>
       </c>
       <c r="C24" s="145">
-        <v>57683</v>
+        <v>60034</v>
       </c>
       <c r="D24" s="145">
-        <v>1698</v>
+        <v>2673</v>
       </c>
       <c r="E24" s="145">
-        <v>183757</v>
+        <v>195244</v>
       </c>
       <c r="F24" s="145">
-        <v>48687</v>
+        <v>61922</v>
       </c>
       <c r="G24" s="145">
-        <v>17345</v>
+        <v>16463</v>
       </c>
       <c r="H24" s="145">
-        <v>21807</v>
+        <v>19819</v>
       </c>
       <c r="I24" s="145">
         <v>1620</v>
       </c>
       <c r="J24" s="148">
-        <v>20284</v>
+        <v>18205</v>
       </c>
       <c r="K24" s="151">
-        <v>-97</v>
+        <v>-6</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>126</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>289</v>
       </c>
       <c r="B26" s="158">
-        <v>452554</v>
+        <v>527378</v>
       </c>
       <c r="C26" s="158">
-        <v>59853</v>
+        <v>61519</v>
       </c>
       <c r="D26" s="158">
-        <v>2216</v>
+        <v>2794</v>
       </c>
       <c r="E26" s="158">
-        <v>327729</v>
+        <v>411041</v>
       </c>
       <c r="F26" s="158">
-        <v>36440</v>
+        <v>27570</v>
       </c>
       <c r="G26" s="158">
-        <v>11396</v>
+        <v>9576</v>
       </c>
       <c r="H26" s="158">
-        <v>14920</v>
+        <v>14879</v>
       </c>
       <c r="I26" s="158">
         <v>3500</v>
       </c>
       <c r="J26" s="160">
-        <v>11420</v>
-[...1 lines deleted...]
-      <c r="K26" s="206">
+        <v>11379</v>
+      </c>
+      <c r="K26" s="204">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>290</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>291</v>
       </c>
       <c r="B28" s="158">
-        <v>43053</v>
+        <v>45238</v>
       </c>
       <c r="C28" s="158">
-        <v>39813</v>
+        <v>42008</v>
       </c>
       <c r="D28" s="158">
-        <v>177</v>
+        <v>120</v>
       </c>
       <c r="E28" s="193">
         <v>0</v>
       </c>
       <c r="F28" s="193">
         <v>0</v>
       </c>
       <c r="G28" s="158">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="H28" s="158">
-        <v>3018</v>
+        <v>3033</v>
       </c>
       <c r="I28" s="158">
         <v>1700</v>
       </c>
       <c r="J28" s="160">
-        <v>1374</v>
+        <v>1372</v>
       </c>
       <c r="K28" s="162">
-        <v>-56</v>
+        <v>-39</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>292</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>293</v>
       </c>
       <c r="B30" s="158">
-        <v>44629</v>
+        <v>52704</v>
       </c>
       <c r="C30" s="158">
-        <v>27247</v>
+        <v>31908</v>
       </c>
       <c r="D30" s="158">
-        <v>99</v>
+        <v>134</v>
       </c>
       <c r="E30" s="193">
         <v>0</v>
       </c>
       <c r="F30" s="158">
-        <v>14940</v>
+        <v>18289</v>
       </c>
       <c r="G30" s="158">
-        <v>373</v>
+        <v>404</v>
       </c>
       <c r="H30" s="158">
-        <v>1970</v>
+        <v>1969</v>
       </c>
       <c r="I30" s="158">
         <v>1750</v>
       </c>
       <c r="J30" s="160">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="K30" s="162">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>294</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>295</v>
       </c>
       <c r="B32" s="164">
-        <v>55017</v>
+        <v>47288</v>
       </c>
       <c r="C32" s="197">
         <v>0</v>
       </c>
       <c r="D32" s="164">
-        <v>352</v>
+        <v>266</v>
       </c>
       <c r="E32" s="164">
-        <v>6357</v>
+        <v>11022</v>
       </c>
       <c r="F32" s="164">
-        <v>43721</v>
+        <v>28652</v>
       </c>
       <c r="G32" s="164">
-        <v>1466</v>
+        <v>859</v>
       </c>
       <c r="H32" s="164">
-        <v>3121</v>
+        <v>6488</v>
       </c>
       <c r="I32" s="164">
-        <v>2621</v>
+        <v>5827</v>
       </c>
       <c r="J32" s="166">
-        <v>501</v>
-[...2 lines deleted...]
-        <v>-1</v>
+        <v>662</v>
+      </c>
+      <c r="K32" s="210">
+        <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>296</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -9416,56 +9416,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -9539,228 +9539,228 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>125</v>
       </c>
       <c r="B9" s="145">
-        <v>182819</v>
+        <v>162740</v>
       </c>
       <c r="C9" s="145">
-        <v>378</v>
+        <v>122</v>
       </c>
       <c r="D9" s="145">
-        <v>792</v>
+        <v>772</v>
       </c>
       <c r="E9" s="145">
-        <v>28895</v>
+        <v>19199</v>
       </c>
       <c r="F9" s="172">
         <v>402</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>62119</v>
+        <v>60919</v>
       </c>
       <c r="I9" s="145">
-        <v>908</v>
+        <v>7580</v>
       </c>
       <c r="J9" s="148">
-        <v>49176</v>
+        <v>50484</v>
       </c>
       <c r="K9" s="151">
-        <v>40148</v>
+        <v>23262</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>130</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>297</v>
       </c>
       <c r="B11" s="158">
-        <v>26712</v>
+        <v>26876</v>
       </c>
       <c r="C11" s="158">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D11" s="158">
-        <v>214</v>
+        <v>23</v>
       </c>
       <c r="E11" s="158">
-        <v>2132</v>
+        <v>1567</v>
       </c>
       <c r="F11" s="178">
-        <v>745</v>
+        <v>694</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="193">
         <v>0</v>
       </c>
       <c r="I11" s="158">
-        <v>268</v>
+        <v>8139</v>
       </c>
       <c r="J11" s="160">
         <v>8764</v>
       </c>
       <c r="K11" s="162">
-        <v>14558</v>
+        <v>7664</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>298</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>299</v>
       </c>
       <c r="B13" s="158">
-        <v>9924</v>
+        <v>11424</v>
       </c>
       <c r="C13" s="158">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="D13" s="158">
-        <v>6858</v>
+        <v>7100</v>
       </c>
       <c r="E13" s="193">
         <v>0</v>
       </c>
       <c r="F13" s="183">
-        <v>440</v>
+        <v>542</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="J13" s="160">
-        <v>1455</v>
+        <v>1437</v>
       </c>
       <c r="K13" s="162">
-        <v>1034</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>300</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>301</v>
       </c>
       <c r="B15" s="158">
-        <v>4614</v>
+        <v>7646</v>
       </c>
       <c r="C15" s="158">
-        <v>763</v>
+        <v>125</v>
       </c>
       <c r="D15" s="158">
-        <v>243</v>
+        <v>1605</v>
       </c>
       <c r="E15" s="193">
         <v>0</v>
       </c>
-      <c r="F15" s="201">
+      <c r="F15" s="199">
         <v>0</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>200</v>
+        <v>30</v>
       </c>
       <c r="I15" s="158">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="J15" s="160">
-        <v>3388</v>
+        <v>5880</v>
       </c>
       <c r="K15" s="162">
-        <v>2</v>
+        <v>-25</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>302</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="40"/>
       <c r="B17" s="72"/>
       <c r="C17" s="72"/>
       <c r="D17" s="72"/>
       <c r="E17" s="72"/>
       <c r="F17" s="95"/>
       <c r="G17" s="96"/>
@@ -9884,228 +9884,228 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>125</v>
       </c>
       <c r="B24" s="145">
-        <v>182819</v>
+        <v>162740</v>
       </c>
       <c r="C24" s="145">
-        <v>56653</v>
+        <v>41160</v>
       </c>
       <c r="D24" s="145">
-        <v>682</v>
+        <v>637</v>
       </c>
       <c r="E24" s="145">
-        <v>68633</v>
+        <v>63529</v>
       </c>
       <c r="F24" s="145">
-        <v>20447</v>
+        <v>32019</v>
       </c>
       <c r="G24" s="145">
-        <v>30977</v>
+        <v>20426</v>
       </c>
       <c r="H24" s="145">
-        <v>5426</v>
+        <v>4970</v>
       </c>
       <c r="I24" s="145">
         <v>4000</v>
       </c>
       <c r="J24" s="148">
-        <v>1496</v>
+        <v>1048</v>
       </c>
       <c r="K24" s="151">
-        <v>-70</v>
+        <v>-79</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>130</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>297</v>
       </c>
       <c r="B26" s="158">
-        <v>26712</v>
+        <v>26876</v>
       </c>
       <c r="C26" s="158">
-        <v>15570</v>
+        <v>16586</v>
       </c>
       <c r="D26" s="158">
-        <v>249</v>
+        <v>262</v>
       </c>
       <c r="E26" s="193">
         <v>0</v>
       </c>
       <c r="F26" s="158">
-        <v>7022</v>
+        <v>7203</v>
       </c>
       <c r="G26" s="158">
-        <v>3378</v>
+        <v>2396</v>
       </c>
       <c r="H26" s="158">
-        <v>491</v>
+        <v>428</v>
       </c>
       <c r="I26" s="158">
         <v>401</v>
       </c>
       <c r="J26" s="160">
-        <v>89</v>
+        <v>27</v>
       </c>
       <c r="K26" s="162">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>298</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>299</v>
       </c>
       <c r="B28" s="158">
-        <v>9924</v>
+        <v>11424</v>
       </c>
       <c r="C28" s="193">
         <v>0</v>
       </c>
       <c r="D28" s="158">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E28" s="158">
-        <v>907</v>
+        <v>864</v>
       </c>
       <c r="F28" s="158">
-        <v>4336</v>
+        <v>5841</v>
       </c>
       <c r="G28" s="158">
-        <v>3461</v>
+        <v>3458</v>
       </c>
       <c r="H28" s="158">
-        <v>1202</v>
+        <v>1235</v>
       </c>
       <c r="I28" s="158">
         <v>1100</v>
       </c>
       <c r="J28" s="160">
-        <v>103</v>
+        <v>136</v>
       </c>
       <c r="K28" s="162">
         <v>-1</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>300</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>301</v>
       </c>
       <c r="B30" s="158">
-        <v>4614</v>
+        <v>7646</v>
       </c>
       <c r="C30" s="158">
-        <v>250</v>
+        <v>522</v>
       </c>
       <c r="D30" s="158">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="E30" s="158">
-        <v>1681</v>
+        <v>1926</v>
       </c>
       <c r="F30" s="158">
-        <v>1969</v>
+        <v>4462</v>
       </c>
       <c r="G30" s="158">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H30" s="158">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="I30" s="158">
         <v>830</v>
       </c>
       <c r="J30" s="160">
-        <v>-165</v>
+        <v>-170</v>
       </c>
       <c r="K30" s="162">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>302</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="40"/>
       <c r="B32" s="72"/>
       <c r="C32" s="72"/>
       <c r="D32" s="72"/>
       <c r="E32" s="72"/>
       <c r="F32" s="72"/>
       <c r="G32" s="72"/>
@@ -10384,56 +10384,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>173</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -10507,228 +10507,228 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="146">
-        <v>1392136</v>
+        <v>1303356</v>
       </c>
       <c r="C9" s="146">
-        <v>11067</v>
+        <v>6878</v>
       </c>
       <c r="D9" s="146">
-        <v>275455</v>
+        <v>276197</v>
       </c>
       <c r="E9" s="146">
-        <v>57624</v>
+        <v>28754</v>
       </c>
       <c r="F9" s="173">
-        <v>25867</v>
+        <v>39726</v>
       </c>
       <c r="G9" s="176">
         <v>0</v>
       </c>
       <c r="H9" s="146">
-        <v>33127</v>
+        <v>35619</v>
       </c>
       <c r="I9" s="146">
-        <v>10721</v>
+        <v>8730</v>
       </c>
       <c r="J9" s="149">
-        <v>151428</v>
+        <v>149597</v>
       </c>
       <c r="K9" s="152">
-        <v>826848</v>
+        <v>757854</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>129</v>
       </c>
       <c r="B11" s="158">
-        <v>616204</v>
+        <v>521892</v>
       </c>
       <c r="C11" s="158">
-        <v>7346</v>
+        <v>6456</v>
       </c>
       <c r="D11" s="158">
-        <v>85172</v>
+        <v>131790</v>
       </c>
       <c r="E11" s="158">
-        <v>55006</v>
+        <v>27390</v>
       </c>
       <c r="F11" s="212">
         <v>0</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>4494</v>
+        <v>6798</v>
       </c>
       <c r="I11" s="158">
-        <v>5486</v>
+        <v>2879</v>
       </c>
       <c r="J11" s="160">
-        <v>67435</v>
+        <v>65303</v>
       </c>
       <c r="K11" s="162">
-        <v>391265</v>
+        <v>281275</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>175</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>303</v>
       </c>
       <c r="B13" s="158">
-        <v>228703</v>
+        <v>208411</v>
       </c>
       <c r="C13" s="158">
-        <v>3143</v>
+        <v>27</v>
       </c>
       <c r="D13" s="158">
-        <v>58727</v>
+        <v>29477</v>
       </c>
       <c r="E13" s="158">
-        <v>826</v>
+        <v>167</v>
       </c>
       <c r="F13" s="183">
-        <v>86</v>
+        <v>1911</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>7608</v>
+        <v>6699</v>
       </c>
       <c r="I13" s="158">
-        <v>2038</v>
+        <v>1586</v>
       </c>
       <c r="J13" s="160">
-        <v>32312</v>
+        <v>37331</v>
       </c>
       <c r="K13" s="162">
-        <v>123963</v>
+        <v>131213</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>304</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>305</v>
       </c>
       <c r="B15" s="158">
-        <v>547229</v>
+        <v>573053</v>
       </c>
       <c r="C15" s="158">
-        <v>578</v>
+        <v>395</v>
       </c>
       <c r="D15" s="158">
-        <v>131556</v>
+        <v>114930</v>
       </c>
       <c r="E15" s="158">
-        <v>1792</v>
+        <v>1197</v>
       </c>
       <c r="F15" s="183">
-        <v>25781</v>
+        <v>37815</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>21024</v>
+        <v>22122</v>
       </c>
       <c r="I15" s="158">
-        <v>3197</v>
+        <v>4265</v>
       </c>
       <c r="J15" s="160">
-        <v>51681</v>
+        <v>46962</v>
       </c>
       <c r="K15" s="162">
-        <v>311620</v>
+        <v>345366</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>306</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="40"/>
       <c r="B17" s="72"/>
       <c r="C17" s="72"/>
       <c r="D17" s="72"/>
       <c r="E17" s="72"/>
       <c r="F17" s="95"/>
       <c r="G17" s="96"/>
@@ -10852,228 +10852,228 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="146">
-        <v>1392136</v>
+        <v>1303356</v>
       </c>
       <c r="C24" s="146">
-        <v>1004370</v>
+        <v>937983</v>
       </c>
       <c r="D24" s="146">
-        <v>9637</v>
+        <v>7707</v>
       </c>
       <c r="E24" s="146">
-        <v>144113</v>
+        <v>147142</v>
       </c>
       <c r="F24" s="146">
-        <v>137166</v>
+        <v>138303</v>
       </c>
       <c r="G24" s="146">
-        <v>60772</v>
+        <v>35509</v>
       </c>
       <c r="H24" s="146">
-        <v>36077</v>
+        <v>36712</v>
       </c>
       <c r="I24" s="146">
         <v>5909</v>
       </c>
       <c r="J24" s="149">
-        <v>29767</v>
+        <v>30422</v>
       </c>
       <c r="K24" s="152">
-        <v>402</v>
+        <v>382</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>129</v>
       </c>
       <c r="B26" s="158">
-        <v>616204</v>
+        <v>521892</v>
       </c>
       <c r="C26" s="158">
-        <v>463197</v>
+        <v>407988</v>
       </c>
       <c r="D26" s="158">
-        <v>5190</v>
+        <v>2931</v>
       </c>
       <c r="E26" s="158">
-        <v>72462</v>
+        <v>63765</v>
       </c>
       <c r="F26" s="158">
-        <v>6881</v>
+        <v>6335</v>
       </c>
       <c r="G26" s="158">
-        <v>57770</v>
+        <v>29943</v>
       </c>
       <c r="H26" s="158">
-        <v>10705</v>
+        <v>10930</v>
       </c>
       <c r="I26" s="158">
         <v>2940</v>
       </c>
       <c r="J26" s="160">
-        <v>7765</v>
-[...1 lines deleted...]
-      <c r="K26" s="206">
+        <v>7990</v>
+      </c>
+      <c r="K26" s="204">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>175</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>303</v>
       </c>
       <c r="B28" s="158">
-        <v>228703</v>
+        <v>208411</v>
       </c>
       <c r="C28" s="158">
-        <v>196643</v>
+        <v>161372</v>
       </c>
       <c r="D28" s="158">
-        <v>1190</v>
+        <v>1125</v>
       </c>
       <c r="E28" s="158">
-        <v>17462</v>
+        <v>26578</v>
       </c>
       <c r="F28" s="158">
-        <v>5056</v>
+        <v>11720</v>
       </c>
       <c r="G28" s="158">
-        <v>1279</v>
+        <v>433</v>
       </c>
       <c r="H28" s="158">
-        <v>7073</v>
+        <v>7182</v>
       </c>
       <c r="I28" s="158">
         <v>1475</v>
       </c>
       <c r="J28" s="160">
-        <v>5562</v>
+        <v>5706</v>
       </c>
       <c r="K28" s="162">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>304</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>305</v>
       </c>
       <c r="B30" s="158">
-        <v>547229</v>
+        <v>573053</v>
       </c>
       <c r="C30" s="158">
-        <v>344530</v>
+        <v>368623</v>
       </c>
       <c r="D30" s="158">
-        <v>3257</v>
+        <v>3650</v>
       </c>
       <c r="E30" s="158">
-        <v>54189</v>
+        <v>56799</v>
       </c>
       <c r="F30" s="158">
-        <v>125230</v>
+        <v>120248</v>
       </c>
       <c r="G30" s="158">
-        <v>1724</v>
+        <v>5132</v>
       </c>
       <c r="H30" s="158">
-        <v>18299</v>
+        <v>18600</v>
       </c>
       <c r="I30" s="158">
         <v>1494</v>
       </c>
       <c r="J30" s="160">
-        <v>16439</v>
+        <v>16726</v>
       </c>
       <c r="K30" s="162">
-        <v>366</v>
+        <v>381</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>306</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="40"/>
       <c r="B32" s="72"/>
       <c r="C32" s="72"/>
       <c r="D32" s="72"/>
       <c r="E32" s="72"/>
       <c r="F32" s="72"/>
       <c r="G32" s="72"/>
@@ -11354,56 +11354,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>160</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="28" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>59</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>139</v>
       </c>
       <c r="E5" s="68" t="s">
         <v>192</v>
@@ -11469,278 +11469,278 @@
       <c r="J7" s="31" t="s">
         <v>57</v>
       </c>
       <c r="K7" s="128" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="27" customHeight="1" thickBot="1">
       <c r="A8" s="106"/>
       <c r="B8" s="127"/>
       <c r="C8" s="127"/>
       <c r="D8" s="127"/>
       <c r="E8" s="67"/>
       <c r="F8" s="48"/>
       <c r="G8" s="45"/>
       <c r="H8" s="127"/>
       <c r="I8" s="127"/>
       <c r="J8" s="132"/>
       <c r="K8" s="129"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="146">
-        <v>1287922</v>
+        <v>1332324</v>
       </c>
       <c r="C9" s="146">
-        <v>2452</v>
+        <v>2766</v>
       </c>
       <c r="D9" s="146">
-        <v>752557</v>
+        <v>760612</v>
       </c>
       <c r="E9" s="173">
-        <v>490568</v>
+        <v>529821</v>
       </c>
       <c r="F9" s="176">
         <v>0</v>
       </c>
       <c r="G9" s="146">
-        <v>5535</v>
+        <v>5548</v>
       </c>
       <c r="H9" s="146">
-        <v>8244</v>
+        <v>5588</v>
       </c>
       <c r="I9" s="216">
-        <v>11066</v>
+        <v>8934</v>
       </c>
       <c r="J9" s="146">
-        <v>1766</v>
+        <v>1862</v>
       </c>
       <c r="K9" s="173">
-        <v>15734</v>
+        <v>17195</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="111"/>
       <c r="F10" s="112"/>
       <c r="G10" s="86"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="86"/>
       <c r="K10" s="111"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>162</v>
       </c>
       <c r="B11" s="158">
-        <v>340692</v>
+        <v>365197</v>
       </c>
       <c r="C11" s="158">
-        <v>377</v>
+        <v>351</v>
       </c>
       <c r="D11" s="158">
-        <v>191838</v>
+        <v>197241</v>
       </c>
       <c r="E11" s="178">
-        <v>141043</v>
+        <v>161058</v>
       </c>
       <c r="F11" s="180">
         <v>0</v>
       </c>
       <c r="G11" s="158">
-        <v>444</v>
-[...2 lines deleted...]
-        <v>701</v>
+        <v>457</v>
+      </c>
+      <c r="H11" s="193">
+        <v>0</v>
       </c>
       <c r="I11" s="158">
-        <v>2737</v>
+        <v>2653</v>
       </c>
       <c r="J11" s="193">
         <v>0</v>
       </c>
       <c r="K11" s="218">
-        <v>3552</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>174</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="97"/>
       <c r="F12" s="98"/>
       <c r="G12" s="75"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="75"/>
       <c r="K12" s="97"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>307</v>
       </c>
       <c r="B13" s="158">
-        <v>256941</v>
+        <v>263280</v>
       </c>
       <c r="C13" s="158">
         <v>351</v>
       </c>
       <c r="D13" s="158">
-        <v>149794</v>
+        <v>150461</v>
       </c>
       <c r="E13" s="183">
-        <v>95935</v>
+        <v>103363</v>
       </c>
       <c r="F13" s="185">
         <v>0</v>
       </c>
       <c r="G13" s="158">
-        <v>2690</v>
+        <v>2691</v>
       </c>
       <c r="H13" s="158">
-        <v>4790</v>
+        <v>3747</v>
       </c>
       <c r="I13" s="158">
-        <v>1740</v>
+        <v>1017</v>
       </c>
       <c r="J13" s="193">
         <v>0</v>
       </c>
       <c r="K13" s="218">
-        <v>1639</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>308</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="97"/>
       <c r="F14" s="98"/>
       <c r="G14" s="75"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="75"/>
       <c r="K14" s="97"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>309</v>
       </c>
       <c r="B15" s="158">
-        <v>297941</v>
+        <v>306197</v>
       </c>
       <c r="C15" s="158">
-        <v>628</v>
+        <v>775</v>
       </c>
       <c r="D15" s="158">
-        <v>176263</v>
+        <v>178694</v>
       </c>
       <c r="E15" s="183">
-        <v>110870</v>
+        <v>116316</v>
       </c>
       <c r="F15" s="185">
         <v>0</v>
       </c>
       <c r="G15" s="158">
         <v>699</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>3399</v>
+        <v>2176</v>
       </c>
       <c r="J15" s="158">
-        <v>1766</v>
+        <v>1862</v>
       </c>
       <c r="K15" s="218">
-        <v>4316</v>
+        <v>5675</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>310</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="97"/>
       <c r="F16" s="98"/>
       <c r="G16" s="75"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="75"/>
       <c r="K16" s="97"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>311</v>
       </c>
       <c r="B17" s="164">
-        <v>85970</v>
+        <v>90270</v>
       </c>
       <c r="C17" s="164">
-        <v>217</v>
+        <v>358</v>
       </c>
       <c r="D17" s="164">
-        <v>52041</v>
+        <v>53137</v>
       </c>
       <c r="E17" s="183">
-        <v>30519</v>
+        <v>33534</v>
       </c>
       <c r="F17" s="185">
         <v>0</v>
       </c>
       <c r="G17" s="197">
         <v>0</v>
       </c>
       <c r="H17" s="197">
         <v>0</v>
       </c>
       <c r="I17" s="164">
-        <v>1204</v>
+        <v>1225</v>
       </c>
       <c r="J17" s="197">
         <v>0</v>
       </c>
       <c r="K17" s="183">
-        <v>1989</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>312</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="100"/>
       <c r="F18" s="101"/>
       <c r="G18" s="73"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="73"/>
       <c r="K18" s="100"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -11834,277 +11834,277 @@
       </c>
       <c r="K22" s="130" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="27" customHeight="1" thickBot="1">
       <c r="A23" s="133"/>
       <c r="B23" s="127"/>
       <c r="C23" s="127"/>
       <c r="D23" s="127"/>
       <c r="E23" s="127"/>
       <c r="F23" s="127"/>
       <c r="G23" s="127"/>
       <c r="H23" s="127"/>
       <c r="I23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J23" s="127"/>
       <c r="K23" s="131"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="146">
-        <v>1287922</v>
+        <v>1332324</v>
       </c>
       <c r="C24" s="146">
-        <v>118806</v>
+        <v>140435</v>
       </c>
       <c r="D24" s="146">
-        <v>527</v>
+        <v>655</v>
       </c>
       <c r="E24" s="146">
-        <v>1009679</v>
+        <v>1025246</v>
       </c>
       <c r="F24" s="146">
-        <v>5244</v>
+        <v>4496</v>
       </c>
       <c r="G24" s="213">
         <v>0</v>
       </c>
       <c r="H24" s="146">
-        <v>11146</v>
+        <v>11504</v>
       </c>
       <c r="I24" s="216">
-        <v>142519</v>
+        <v>149989</v>
       </c>
       <c r="J24" s="146">
         <v>70614</v>
       </c>
       <c r="K24" s="173">
         <v>1038</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="86"/>
       <c r="K25" s="111"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>162</v>
       </c>
       <c r="B26" s="158">
-        <v>340692</v>
+        <v>365197</v>
       </c>
       <c r="C26" s="158">
-        <v>29627</v>
+        <v>26497</v>
       </c>
       <c r="D26" s="158">
-        <v>118</v>
+        <v>67</v>
       </c>
       <c r="E26" s="158">
-        <v>263464</v>
+        <v>289106</v>
       </c>
       <c r="F26" s="158">
-        <v>1296</v>
+        <v>741</v>
       </c>
       <c r="G26" s="193">
         <v>0</v>
       </c>
       <c r="H26" s="158">
-        <v>3153</v>
+        <v>3166</v>
       </c>
       <c r="I26" s="158">
-        <v>43035</v>
+        <v>45621</v>
       </c>
       <c r="J26" s="158">
         <v>15114</v>
       </c>
       <c r="K26" s="218">
         <v>328</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>174</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="75"/>
       <c r="K27" s="97"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>307</v>
       </c>
       <c r="B28" s="158">
-        <v>256941</v>
+        <v>263280</v>
       </c>
       <c r="C28" s="158">
-        <v>27679</v>
+        <v>36589</v>
       </c>
       <c r="D28" s="158">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="E28" s="158">
-        <v>199318</v>
+        <v>196071</v>
       </c>
       <c r="F28" s="158">
-        <v>1618</v>
+        <v>712</v>
       </c>
       <c r="G28" s="193">
         <v>0</v>
       </c>
       <c r="H28" s="158">
-        <v>2078</v>
+        <v>2442</v>
       </c>
       <c r="I28" s="158">
-        <v>26223</v>
+        <v>27457</v>
       </c>
       <c r="J28" s="158">
         <v>13430</v>
       </c>
       <c r="K28" s="218">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>308</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="75"/>
       <c r="K29" s="97"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>309</v>
       </c>
       <c r="B30" s="158">
-        <v>297941</v>
+        <v>306197</v>
       </c>
       <c r="C30" s="158">
-        <v>9578</v>
+        <v>14984</v>
       </c>
       <c r="D30" s="158">
-        <v>332</v>
+        <v>556</v>
       </c>
       <c r="E30" s="158">
-        <v>251705</v>
+        <v>252779</v>
       </c>
       <c r="F30" s="158">
-        <v>1055</v>
+        <v>1071</v>
       </c>
       <c r="G30" s="193">
         <v>0</v>
       </c>
       <c r="H30" s="158">
-        <v>2464</v>
+        <v>2235</v>
       </c>
       <c r="I30" s="158">
-        <v>32807</v>
+        <v>34573</v>
       </c>
       <c r="J30" s="158">
         <v>18480</v>
       </c>
       <c r="K30" s="218">
         <v>372</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>310</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="75"/>
       <c r="K31" s="97"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>311</v>
       </c>
       <c r="B32" s="164">
-        <v>85970</v>
+        <v>90270</v>
       </c>
       <c r="C32" s="164">
-        <v>11459</v>
+        <v>12227</v>
       </c>
       <c r="D32" s="164">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="E32" s="164">
-        <v>64271</v>
+        <v>66577</v>
       </c>
       <c r="F32" s="164">
-        <v>335</v>
+        <v>1095</v>
       </c>
       <c r="G32" s="197">
         <v>0</v>
       </c>
       <c r="H32" s="164">
-        <v>877</v>
+        <v>926</v>
       </c>
       <c r="I32" s="164">
-        <v>9018</v>
+        <v>9438</v>
       </c>
       <c r="J32" s="164">
         <v>4851</v>
       </c>
-      <c r="K32" s="201">
+      <c r="K32" s="199">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>312</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="73"/>
       <c r="K33" s="100"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
@@ -12405,56 +12405,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>160</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="28" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>59</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>139</v>
       </c>
       <c r="E5" s="68" t="s">
         <v>192</v>
@@ -12520,228 +12520,228 @@
       <c r="J7" s="31" t="s">
         <v>57</v>
       </c>
       <c r="K7" s="128" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="27" customHeight="1" thickBot="1">
       <c r="A8" s="106"/>
       <c r="B8" s="127"/>
       <c r="C8" s="127"/>
       <c r="D8" s="127"/>
       <c r="E8" s="67"/>
       <c r="F8" s="48"/>
       <c r="G8" s="45"/>
       <c r="H8" s="127"/>
       <c r="I8" s="127"/>
       <c r="J8" s="132"/>
       <c r="K8" s="129"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>161</v>
       </c>
       <c r="B9" s="145">
-        <v>73152</v>
+        <v>72705</v>
       </c>
       <c r="C9" s="145">
-        <v>225</v>
+        <v>138</v>
       </c>
       <c r="D9" s="145">
-        <v>48568</v>
+        <v>46662</v>
       </c>
       <c r="E9" s="172">
-        <v>22632</v>
+        <v>24149</v>
       </c>
       <c r="F9" s="175">
         <v>0</v>
       </c>
       <c r="G9" s="189">
         <v>0</v>
       </c>
       <c r="H9" s="189">
         <v>0</v>
       </c>
       <c r="I9" s="215">
         <v>264</v>
       </c>
       <c r="J9" s="189">
         <v>0</v>
       </c>
       <c r="K9" s="172">
-        <v>1463</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>164</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="111"/>
       <c r="F10" s="112"/>
       <c r="G10" s="86"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="86"/>
       <c r="K10" s="111"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>313</v>
       </c>
       <c r="B11" s="158">
-        <v>88171</v>
+        <v>88774</v>
       </c>
       <c r="C11" s="158">
-        <v>178</v>
+        <v>192</v>
       </c>
       <c r="D11" s="158">
-        <v>52314</v>
+        <v>52097</v>
       </c>
       <c r="E11" s="178">
-        <v>31990</v>
+        <v>33752</v>
       </c>
       <c r="F11" s="180">
         <v>0</v>
       </c>
       <c r="G11" s="193">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>2753</v>
+        <v>1840</v>
       </c>
       <c r="I11" s="158">
-        <v>450</v>
+        <v>378</v>
       </c>
       <c r="J11" s="193">
         <v>0</v>
       </c>
       <c r="K11" s="218">
-        <v>486</v>
+        <v>515</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>314</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="97"/>
       <c r="F12" s="98"/>
       <c r="G12" s="75"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="75"/>
       <c r="K12" s="97"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>315</v>
       </c>
       <c r="B13" s="158">
-        <v>72551</v>
+        <v>74625</v>
       </c>
       <c r="C13" s="158">
-        <v>239</v>
+        <v>390</v>
       </c>
       <c r="D13" s="158">
-        <v>33675</v>
+        <v>36788</v>
       </c>
       <c r="E13" s="183">
-        <v>36274</v>
+        <v>34990</v>
       </c>
       <c r="F13" s="185">
         <v>0</v>
       </c>
       <c r="G13" s="193">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>398</v>
+        <v>413</v>
       </c>
       <c r="J13" s="193">
         <v>0</v>
       </c>
       <c r="K13" s="218">
-        <v>1966</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>316</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="97"/>
       <c r="F14" s="98"/>
       <c r="G14" s="75"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="75"/>
       <c r="K14" s="97"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>317</v>
       </c>
       <c r="B15" s="158">
-        <v>72503</v>
+        <v>71276</v>
       </c>
       <c r="C15" s="158">
-        <v>238</v>
+        <v>211</v>
       </c>
       <c r="D15" s="158">
-        <v>48064</v>
+        <v>45532</v>
       </c>
       <c r="E15" s="183">
-        <v>21304</v>
+        <v>22657</v>
       </c>
       <c r="F15" s="185">
         <v>0</v>
       </c>
       <c r="G15" s="158">
-        <v>1701</v>
+        <v>1700</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>874</v>
+        <v>808</v>
       </c>
       <c r="J15" s="193">
         <v>0</v>
       </c>
       <c r="K15" s="218">
-        <v>322</v>
+        <v>369</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>318</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="97"/>
       <c r="F16" s="98"/>
       <c r="G16" s="75"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="75"/>
       <c r="K16" s="97"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="40"/>
       <c r="B17" s="72"/>
       <c r="C17" s="72"/>
       <c r="D17" s="72"/>
       <c r="E17" s="95"/>
       <c r="F17" s="96"/>
       <c r="G17" s="72"/>
@@ -12861,222 +12861,222 @@
       </c>
       <c r="K22" s="130" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="27" customHeight="1" thickBot="1">
       <c r="A23" s="106"/>
       <c r="B23" s="127"/>
       <c r="C23" s="127"/>
       <c r="D23" s="127"/>
       <c r="E23" s="127"/>
       <c r="F23" s="127"/>
       <c r="G23" s="127"/>
       <c r="H23" s="127"/>
       <c r="I23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J23" s="127"/>
       <c r="K23" s="131"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>161</v>
       </c>
       <c r="B24" s="145">
-        <v>73152</v>
+        <v>72705</v>
       </c>
       <c r="C24" s="145">
-        <v>10598</v>
+        <v>12816</v>
       </c>
       <c r="D24" s="145">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="E24" s="145">
-        <v>54740</v>
+        <v>51494</v>
       </c>
       <c r="F24" s="145">
-        <v>81</v>
+        <v>261</v>
       </c>
       <c r="G24" s="189">
         <v>0</v>
       </c>
       <c r="H24" s="145">
-        <v>523</v>
+        <v>563</v>
       </c>
       <c r="I24" s="215">
-        <v>7205</v>
+        <v>7568</v>
       </c>
       <c r="J24" s="145">
         <v>5162</v>
       </c>
       <c r="K24" s="172">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>164</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="86"/>
       <c r="K25" s="111"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>313</v>
       </c>
       <c r="B26" s="158">
-        <v>88171</v>
+        <v>88774</v>
       </c>
       <c r="C26" s="158">
-        <v>10917</v>
+        <v>11296</v>
       </c>
       <c r="D26" s="158">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="E26" s="158">
-        <v>66712</v>
+        <v>66711</v>
       </c>
       <c r="F26" s="158">
-        <v>520</v>
+        <v>242</v>
       </c>
       <c r="G26" s="193">
         <v>0</v>
       </c>
       <c r="H26" s="158">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="I26" s="158">
-        <v>9005</v>
+        <v>9511</v>
       </c>
       <c r="J26" s="158">
         <v>5408</v>
       </c>
       <c r="K26" s="218">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>314</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="75"/>
       <c r="K27" s="97"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>315</v>
       </c>
       <c r="B28" s="158">
-        <v>72551</v>
+        <v>74625</v>
       </c>
       <c r="C28" s="158">
-        <v>9958</v>
+        <v>14771</v>
       </c>
       <c r="D28" s="158">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="E28" s="158">
-        <v>54060</v>
+        <v>50868</v>
       </c>
       <c r="F28" s="158">
-        <v>218</v>
+        <v>254</v>
       </c>
       <c r="G28" s="193">
         <v>0</v>
       </c>
       <c r="H28" s="158">
-        <v>550</v>
+        <v>602</v>
       </c>
       <c r="I28" s="158">
-        <v>7749</v>
+        <v>8127</v>
       </c>
       <c r="J28" s="158">
         <v>3291</v>
       </c>
       <c r="K28" s="218">
         <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>316</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="75"/>
       <c r="K29" s="97"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>317</v>
       </c>
       <c r="B30" s="158">
-        <v>72503</v>
+        <v>71276</v>
       </c>
       <c r="C30" s="158">
-        <v>8989</v>
+        <v>11255</v>
       </c>
       <c r="D30" s="158">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E30" s="158">
-        <v>55410</v>
+        <v>51640</v>
       </c>
       <c r="F30" s="158">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="G30" s="193">
         <v>0</v>
       </c>
       <c r="H30" s="158">
-        <v>495</v>
+        <v>558</v>
       </c>
       <c r="I30" s="158">
-        <v>7477</v>
+        <v>7693</v>
       </c>
       <c r="J30" s="158">
         <v>4878</v>
       </c>
       <c r="K30" s="218">
         <v>313</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>318</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="75"/>
       <c r="K31" s="97"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="40"/>
@@ -13409,56 +13409,56 @@
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
       <c r="L2" s="103"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>147</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
       <c r="L3" s="104"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="59"/>
       <c r="I4" s="36"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>184</v>
       </c>
       <c r="E5" s="28" t="s">
@@ -13555,297 +13555,297 @@
         <v>182</v>
       </c>
       <c r="L8" s="128" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A9" s="106"/>
       <c r="B9" s="127"/>
       <c r="C9" s="127"/>
       <c r="D9" s="127"/>
       <c r="E9" s="127"/>
       <c r="F9" s="127"/>
       <c r="G9" s="127"/>
       <c r="H9" s="127"/>
       <c r="I9" s="127"/>
       <c r="J9" s="127"/>
       <c r="K9" s="135"/>
       <c r="L9" s="129"/>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="221" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="146">
-        <v>980674</v>
+        <v>989913</v>
       </c>
       <c r="C10" s="146">
-        <v>220183</v>
+        <v>223302</v>
       </c>
       <c r="D10" s="146">
-        <v>45315</v>
+        <v>43981</v>
       </c>
       <c r="E10" s="146">
-        <v>1153</v>
+        <v>921</v>
       </c>
       <c r="F10" s="146">
-        <v>7644</v>
+        <v>11103</v>
       </c>
       <c r="G10" s="146">
-        <v>1284</v>
+        <v>1249</v>
       </c>
       <c r="H10" s="146">
-        <v>671712</v>
+        <v>674527</v>
       </c>
       <c r="I10" s="146">
-        <v>10679</v>
+        <v>10459</v>
       </c>
       <c r="J10" s="146">
-        <v>4136</v>
+        <v>5341</v>
       </c>
       <c r="K10" s="146">
-        <v>11436</v>
+        <v>11456</v>
       </c>
       <c r="L10" s="173">
-        <v>7132</v>
+        <v>7574</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="224" t="s">
         <v>198</v>
       </c>
       <c r="B11" s="86"/>
       <c r="C11" s="86"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="86"/>
       <c r="G11" s="86"/>
       <c r="H11" s="86"/>
       <c r="I11" s="86"/>
       <c r="J11" s="86"/>
       <c r="K11" s="86"/>
       <c r="L11" s="111"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="225" t="s">
         <v>152</v>
       </c>
       <c r="B12" s="158">
-        <v>28783</v>
+        <v>29075</v>
       </c>
       <c r="C12" s="158">
-        <v>7074</v>
+        <v>7105</v>
       </c>
       <c r="D12" s="158">
-        <v>1237</v>
+        <v>1120</v>
       </c>
       <c r="E12" s="193">
         <v>0</v>
       </c>
       <c r="F12" s="193">
         <v>0</v>
       </c>
       <c r="G12" s="158">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H12" s="158">
-        <v>19263</v>
+        <v>19415</v>
       </c>
       <c r="I12" s="158">
-        <v>501</v>
+        <v>483</v>
       </c>
       <c r="J12" s="158">
-        <v>410</v>
+        <v>660</v>
       </c>
       <c r="K12" s="158">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="L12" s="218">
         <v>-21</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="223" t="s">
         <v>163</v>
       </c>
       <c r="B13" s="75"/>
       <c r="C13" s="75"/>
       <c r="D13" s="75"/>
       <c r="E13" s="75"/>
       <c r="F13" s="75"/>
       <c r="G13" s="75"/>
       <c r="H13" s="75"/>
       <c r="I13" s="75"/>
       <c r="J13" s="75"/>
       <c r="K13" s="75"/>
       <c r="L13" s="97"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="225" t="s">
         <v>319</v>
       </c>
       <c r="B14" s="158">
-        <v>40818</v>
+        <v>40665</v>
       </c>
       <c r="C14" s="158">
-        <v>7181</v>
+        <v>7000</v>
       </c>
       <c r="D14" s="158">
-        <v>1443</v>
+        <v>1597</v>
       </c>
       <c r="E14" s="158">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F14" s="193">
         <v>0</v>
       </c>
       <c r="G14" s="158">
-        <v>90</v>
+        <v>55</v>
       </c>
       <c r="H14" s="158">
-        <v>31868</v>
+        <v>31806</v>
       </c>
       <c r="I14" s="158">
-        <v>1242</v>
+        <v>1197</v>
       </c>
       <c r="J14" s="158">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="K14" s="158">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="L14" s="218">
-        <v>-1844</v>
+        <v>-1836</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="223" t="s">
         <v>320</v>
       </c>
       <c r="B15" s="75"/>
       <c r="C15" s="75"/>
       <c r="D15" s="75"/>
       <c r="E15" s="75"/>
       <c r="F15" s="75"/>
       <c r="G15" s="75"/>
       <c r="H15" s="75"/>
       <c r="I15" s="75"/>
       <c r="J15" s="75"/>
       <c r="K15" s="75"/>
       <c r="L15" s="97"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="225" t="s">
         <v>321</v>
       </c>
       <c r="B16" s="158">
-        <v>42378</v>
+        <v>43003</v>
       </c>
       <c r="C16" s="158">
-        <v>8484</v>
+        <v>8140</v>
       </c>
       <c r="D16" s="158">
-        <v>2072</v>
+        <v>2025</v>
       </c>
       <c r="E16" s="193">
         <v>0</v>
       </c>
       <c r="F16" s="158">
-        <v>100</v>
+        <v>797</v>
       </c>
       <c r="G16" s="158">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="H16" s="158">
-        <v>29849</v>
+        <v>29751</v>
       </c>
       <c r="I16" s="158">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="J16" s="158">
         <v>200</v>
       </c>
       <c r="K16" s="158">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="L16" s="218">
-        <v>829</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="223" t="s">
         <v>322</v>
       </c>
       <c r="B17" s="75"/>
       <c r="C17" s="75"/>
       <c r="D17" s="75"/>
       <c r="E17" s="75"/>
       <c r="F17" s="75"/>
       <c r="G17" s="75"/>
       <c r="H17" s="75"/>
       <c r="I17" s="75"/>
       <c r="J17" s="75"/>
       <c r="K17" s="75"/>
       <c r="L17" s="97"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="225" t="s">
         <v>323</v>
       </c>
       <c r="B18" s="164">
-        <v>115800</v>
+        <v>117848</v>
       </c>
       <c r="C18" s="164">
-        <v>27243</v>
+        <v>28307</v>
       </c>
       <c r="D18" s="164">
-        <v>5449</v>
+        <v>5269</v>
       </c>
       <c r="E18" s="164">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F18" s="164">
-        <v>2145</v>
+        <v>2892</v>
       </c>
       <c r="G18" s="164">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="H18" s="164">
-        <v>77796</v>
+        <v>78151</v>
       </c>
       <c r="I18" s="164">
-        <v>1704</v>
+        <v>1737</v>
       </c>
       <c r="J18" s="164">
         <v>102</v>
       </c>
       <c r="K18" s="164">
-        <v>720</v>
+        <v>711</v>
       </c>
       <c r="L18" s="183">
-        <v>483</v>
+        <v>524</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A19" s="227" t="s">
         <v>324</v>
       </c>
       <c r="B19" s="73"/>
       <c r="C19" s="73"/>
       <c r="D19" s="73"/>
       <c r="E19" s="73"/>
       <c r="F19" s="73"/>
       <c r="G19" s="73"/>
       <c r="H19" s="73"/>
       <c r="I19" s="73"/>
       <c r="J19" s="73"/>
       <c r="K19" s="73"/>
       <c r="L19" s="100"/>
     </row>
     <row r="20" spans="1:12" ht="7.5" customHeight="1" thickBot="1">
       <c r="A20" s="7"/>
       <c r="B20" s="11"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
@@ -13951,287 +13951,287 @@
       <c r="L23" s="136" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A24" s="106"/>
       <c r="B24" s="127"/>
       <c r="C24" s="132"/>
       <c r="D24" s="127"/>
       <c r="E24" s="127"/>
       <c r="F24" s="129"/>
       <c r="G24" s="135"/>
       <c r="H24" s="127"/>
       <c r="I24" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="127"/>
       <c r="K24" s="139"/>
       <c r="L24" s="137"/>
     </row>
     <row r="25" spans="1:12" ht="12.6" customHeight="1">
       <c r="A25" s="221" t="s">
         <v>11</v>
       </c>
       <c r="B25" s="146">
-        <v>980674</v>
+        <v>989913</v>
       </c>
       <c r="C25" s="146">
-        <v>293</v>
+        <v>108</v>
       </c>
       <c r="D25" s="213">
         <v>0</v>
       </c>
       <c r="E25" s="146">
-        <v>3423</v>
+        <v>4080</v>
       </c>
       <c r="F25" s="173">
-        <v>905846</v>
+        <v>913874</v>
       </c>
       <c r="G25" s="110"/>
       <c r="H25" s="146">
-        <v>2408</v>
+        <v>2078</v>
       </c>
       <c r="I25" s="146">
-        <v>68703</v>
+        <v>69773</v>
       </c>
       <c r="J25" s="146">
-        <v>17234</v>
+        <v>17285</v>
       </c>
       <c r="K25" s="146">
         <v>4005</v>
       </c>
       <c r="L25" s="173">
-        <v>40273</v>
+        <v>41571</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="11.1" customHeight="1">
       <c r="A26" s="224" t="s">
         <v>198</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="111"/>
       <c r="G26" s="112"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="111"/>
     </row>
     <row r="27" spans="1:12" ht="12.6" customHeight="1">
       <c r="A27" s="225" t="s">
         <v>152</v>
       </c>
       <c r="B27" s="158">
-        <v>28783</v>
+        <v>29075</v>
       </c>
       <c r="C27" s="193">
         <v>0</v>
       </c>
       <c r="D27" s="193">
         <v>0</v>
       </c>
       <c r="E27" s="158">
-        <v>108</v>
+        <v>146</v>
       </c>
       <c r="F27" s="178">
-        <v>26092</v>
+        <v>26340</v>
       </c>
       <c r="G27" s="114"/>
       <c r="H27" s="158">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I27" s="158">
-        <v>2507</v>
+        <v>2514</v>
       </c>
       <c r="J27" s="158">
         <v>554</v>
       </c>
       <c r="K27" s="158">
         <v>22</v>
       </c>
       <c r="L27" s="218">
-        <v>1497</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="11.1" customHeight="1">
       <c r="A28" s="223" t="s">
         <v>163</v>
       </c>
       <c r="B28" s="75"/>
       <c r="C28" s="75"/>
       <c r="D28" s="75"/>
       <c r="E28" s="75"/>
       <c r="F28" s="97"/>
       <c r="G28" s="98"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="75"/>
       <c r="K28" s="75"/>
       <c r="L28" s="97"/>
     </row>
     <row r="29" spans="1:12" ht="12.6" customHeight="1">
       <c r="A29" s="225" t="s">
         <v>319</v>
       </c>
       <c r="B29" s="158">
-        <v>40818</v>
+        <v>40665</v>
       </c>
       <c r="C29" s="158">
-        <v>275</v>
+        <v>90</v>
       </c>
       <c r="D29" s="193">
         <v>0</v>
       </c>
       <c r="E29" s="158">
-        <v>185</v>
+        <v>216</v>
       </c>
       <c r="F29" s="178">
-        <v>35495</v>
+        <v>35475</v>
       </c>
       <c r="G29" s="114"/>
       <c r="H29" s="158">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I29" s="158">
-        <v>4838</v>
+        <v>4859</v>
       </c>
       <c r="J29" s="158">
         <v>722</v>
       </c>
       <c r="K29" s="158">
         <v>792</v>
       </c>
       <c r="L29" s="218">
-        <v>2434</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="11.1" customHeight="1">
       <c r="A30" s="223" t="s">
         <v>320</v>
       </c>
       <c r="B30" s="75"/>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="97"/>
       <c r="G30" s="98"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75"/>
       <c r="J30" s="75"/>
       <c r="K30" s="75"/>
       <c r="L30" s="97"/>
     </row>
     <row r="31" spans="1:12" ht="12.6" customHeight="1">
       <c r="A31" s="225" t="s">
         <v>321</v>
       </c>
       <c r="B31" s="158">
-        <v>42378</v>
+        <v>43003</v>
       </c>
       <c r="C31" s="193">
         <v>0</v>
       </c>
       <c r="D31" s="193">
         <v>0</v>
       </c>
       <c r="E31" s="158">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="F31" s="178">
-        <v>38675</v>
+        <v>39239</v>
       </c>
       <c r="G31" s="114"/>
       <c r="H31" s="158">
         <v>357</v>
       </c>
       <c r="I31" s="158">
-        <v>3118</v>
+        <v>3171</v>
       </c>
       <c r="J31" s="158">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="K31" s="158">
         <v>252</v>
       </c>
       <c r="L31" s="218">
-        <v>1919</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="11.1" customHeight="1">
       <c r="A32" s="223" t="s">
         <v>322</v>
       </c>
       <c r="B32" s="75"/>
       <c r="C32" s="75"/>
       <c r="D32" s="75"/>
       <c r="E32" s="75"/>
       <c r="F32" s="97"/>
       <c r="G32" s="98"/>
       <c r="H32" s="75"/>
       <c r="I32" s="75"/>
       <c r="J32" s="75"/>
       <c r="K32" s="75"/>
       <c r="L32" s="97"/>
     </row>
     <row r="33" spans="1:12" ht="12.6" customHeight="1">
       <c r="A33" s="225" t="s">
         <v>323</v>
       </c>
       <c r="B33" s="164">
-        <v>115800</v>
+        <v>117848</v>
       </c>
       <c r="C33" s="197">
         <v>0</v>
       </c>
       <c r="D33" s="197">
         <v>0</v>
       </c>
       <c r="E33" s="164">
-        <v>428</v>
+        <v>513</v>
       </c>
       <c r="F33" s="183">
-        <v>108638</v>
+        <v>110490</v>
       </c>
       <c r="G33" s="96"/>
       <c r="H33" s="164">
         <v>10</v>
       </c>
       <c r="I33" s="164">
-        <v>6725</v>
+        <v>6836</v>
       </c>
       <c r="J33" s="164">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="K33" s="164">
         <v>46</v>
       </c>
       <c r="L33" s="183">
-        <v>4672</v>
+        <v>4776</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A34" s="227" t="s">
         <v>324</v>
       </c>
       <c r="B34" s="73"/>
       <c r="C34" s="73"/>
       <c r="D34" s="73"/>
       <c r="E34" s="73"/>
       <c r="F34" s="100"/>
       <c r="G34" s="101"/>
       <c r="H34" s="73"/>
       <c r="I34" s="73"/>
       <c r="J34" s="73"/>
       <c r="K34" s="73"/>
       <c r="L34" s="100"/>
     </row>
     <row r="35" spans="1:12" ht="13.5" customHeight="1">
       <c r="A35" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
@@ -14543,56 +14543,56 @@
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
       <c r="L2" s="103"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>147</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
       <c r="L3" s="104"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="59"/>
       <c r="I4" s="36"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>184</v>
       </c>
       <c r="E5" s="28" t="s">
@@ -14689,297 +14689,297 @@
         <v>182</v>
       </c>
       <c r="L8" s="128" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A9" s="106"/>
       <c r="B9" s="127"/>
       <c r="C9" s="127"/>
       <c r="D9" s="127"/>
       <c r="E9" s="127"/>
       <c r="F9" s="127"/>
       <c r="G9" s="127"/>
       <c r="H9" s="127"/>
       <c r="I9" s="127"/>
       <c r="J9" s="127"/>
       <c r="K9" s="135"/>
       <c r="L9" s="129"/>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="220" t="s">
         <v>151</v>
       </c>
       <c r="B10" s="145">
-        <v>27613</v>
+        <v>28280</v>
       </c>
       <c r="C10" s="145">
-        <v>4515</v>
+        <v>5284</v>
       </c>
       <c r="D10" s="145">
-        <v>1159</v>
+        <v>1003</v>
       </c>
       <c r="E10" s="189">
         <v>0</v>
       </c>
       <c r="F10" s="145">
-        <v>585</v>
+        <v>717</v>
       </c>
       <c r="G10" s="145">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="H10" s="145">
-        <v>20777</v>
+        <v>20728</v>
       </c>
       <c r="I10" s="145">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J10" s="189">
         <v>0</v>
       </c>
       <c r="K10" s="145">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="L10" s="172">
-        <v>293</v>
+        <v>247</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="223" t="s">
         <v>154</v>
       </c>
       <c r="B11" s="86"/>
       <c r="C11" s="86"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="86"/>
       <c r="G11" s="86"/>
       <c r="H11" s="86"/>
       <c r="I11" s="86"/>
       <c r="J11" s="86"/>
       <c r="K11" s="86"/>
       <c r="L11" s="111"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="225" t="s">
         <v>325</v>
       </c>
       <c r="B12" s="158">
-        <v>16466</v>
+        <v>16944</v>
       </c>
       <c r="C12" s="158">
-        <v>4084</v>
+        <v>4434</v>
       </c>
       <c r="D12" s="158">
-        <v>793</v>
+        <v>819</v>
       </c>
       <c r="E12" s="193">
         <v>0</v>
       </c>
       <c r="F12" s="158">
-        <v>230</v>
+        <v>250</v>
       </c>
       <c r="G12" s="158">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="H12" s="158">
-        <v>10950</v>
+        <v>10992</v>
       </c>
       <c r="I12" s="158">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J12" s="158">
         <v>2</v>
       </c>
       <c r="K12" s="158">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="L12" s="218">
-        <v>98</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="223" t="s">
         <v>326</v>
       </c>
       <c r="B13" s="75"/>
       <c r="C13" s="75"/>
       <c r="D13" s="75"/>
       <c r="E13" s="75"/>
       <c r="F13" s="75"/>
       <c r="G13" s="75"/>
       <c r="H13" s="75"/>
       <c r="I13" s="75"/>
       <c r="J13" s="75"/>
       <c r="K13" s="75"/>
       <c r="L13" s="97"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="225" t="s">
         <v>327</v>
       </c>
       <c r="B14" s="158">
-        <v>24053</v>
+        <v>23956</v>
       </c>
       <c r="C14" s="158">
-        <v>7704</v>
+        <v>7846</v>
       </c>
       <c r="D14" s="158">
-        <v>722</v>
+        <v>702</v>
       </c>
       <c r="E14" s="193">
         <v>0</v>
       </c>
       <c r="F14" s="193">
         <v>0</v>
       </c>
       <c r="G14" s="158">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H14" s="158">
-        <v>14398</v>
+        <v>14195</v>
       </c>
       <c r="I14" s="158">
-        <v>575</v>
+        <v>554</v>
       </c>
       <c r="J14" s="193">
         <v>0</v>
       </c>
       <c r="K14" s="158">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="L14" s="218">
-        <v>263</v>
+        <v>268</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="223" t="s">
         <v>328</v>
       </c>
       <c r="B15" s="75"/>
       <c r="C15" s="75"/>
       <c r="D15" s="75"/>
       <c r="E15" s="75"/>
       <c r="F15" s="75"/>
       <c r="G15" s="75"/>
       <c r="H15" s="75"/>
       <c r="I15" s="75"/>
       <c r="J15" s="75"/>
       <c r="K15" s="75"/>
       <c r="L15" s="97"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="225" t="s">
         <v>329</v>
       </c>
       <c r="B16" s="158">
-        <v>89548</v>
+        <v>89973</v>
       </c>
       <c r="C16" s="158">
-        <v>27394</v>
+        <v>27622</v>
       </c>
       <c r="D16" s="158">
-        <v>4007</v>
+        <v>3747</v>
       </c>
       <c r="E16" s="193">
         <v>0</v>
       </c>
       <c r="F16" s="193">
         <v>0</v>
       </c>
       <c r="G16" s="158">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="H16" s="158">
-        <v>57102</v>
+        <v>57044</v>
       </c>
       <c r="I16" s="158">
-        <v>1029</v>
+        <v>991</v>
       </c>
       <c r="J16" s="158">
-        <v>600</v>
+        <v>1100</v>
       </c>
       <c r="K16" s="158">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="L16" s="218">
-        <v>-1188</v>
+        <v>-1112</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="223" t="s">
         <v>330</v>
       </c>
       <c r="B17" s="75"/>
       <c r="C17" s="75"/>
       <c r="D17" s="75"/>
       <c r="E17" s="75"/>
       <c r="F17" s="75"/>
       <c r="G17" s="75"/>
       <c r="H17" s="75"/>
       <c r="I17" s="75"/>
       <c r="J17" s="75"/>
       <c r="K17" s="75"/>
       <c r="L17" s="97"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="225" t="s">
         <v>331</v>
       </c>
       <c r="B18" s="164">
-        <v>41346</v>
+        <v>41460</v>
       </c>
       <c r="C18" s="164">
-        <v>8437</v>
+        <v>8866</v>
       </c>
       <c r="D18" s="164">
-        <v>1778</v>
+        <v>1738</v>
       </c>
       <c r="E18" s="197">
         <v>0</v>
       </c>
       <c r="F18" s="197">
         <v>0</v>
       </c>
       <c r="G18" s="164">
         <v>44</v>
       </c>
       <c r="H18" s="164">
-        <v>29802</v>
+        <v>29711</v>
       </c>
       <c r="I18" s="164">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="J18" s="164">
-        <v>700</v>
+        <v>500</v>
       </c>
       <c r="K18" s="164">
-        <v>645</v>
+        <v>640</v>
       </c>
       <c r="L18" s="183">
-        <v>-201</v>
+        <v>-174</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A19" s="227" t="s">
         <v>332</v>
       </c>
       <c r="B19" s="73"/>
       <c r="C19" s="73"/>
       <c r="D19" s="73"/>
       <c r="E19" s="73"/>
       <c r="F19" s="73"/>
       <c r="G19" s="73"/>
       <c r="H19" s="73"/>
       <c r="I19" s="73"/>
       <c r="J19" s="73"/>
       <c r="K19" s="73"/>
       <c r="L19" s="100"/>
     </row>
     <row r="20" spans="1:12" ht="7.5" customHeight="1" thickBot="1">
       <c r="A20" s="7"/>
       <c r="B20" s="11"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
@@ -15085,287 +15085,287 @@
       <c r="L23" s="136" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A24" s="106"/>
       <c r="B24" s="127"/>
       <c r="C24" s="132"/>
       <c r="D24" s="127"/>
       <c r="E24" s="127"/>
       <c r="F24" s="129"/>
       <c r="G24" s="135"/>
       <c r="H24" s="127"/>
       <c r="I24" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="127"/>
       <c r="K24" s="139"/>
       <c r="L24" s="137"/>
     </row>
     <row r="25" spans="1:12" ht="12.6" customHeight="1">
       <c r="A25" s="220" t="s">
         <v>151</v>
       </c>
       <c r="B25" s="145">
-        <v>27613</v>
+        <v>28280</v>
       </c>
       <c r="C25" s="189">
         <v>0</v>
       </c>
       <c r="D25" s="189">
         <v>0</v>
       </c>
       <c r="E25" s="145">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="F25" s="172">
-        <v>25393</v>
+        <v>26024</v>
       </c>
       <c r="G25" s="110"/>
       <c r="H25" s="145">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="I25" s="145">
-        <v>2096</v>
+        <v>2122</v>
       </c>
       <c r="J25" s="145">
         <v>685</v>
       </c>
       <c r="K25" s="145">
         <v>40</v>
       </c>
       <c r="L25" s="172">
-        <v>1338</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="11.1" customHeight="1">
       <c r="A26" s="223" t="s">
         <v>154</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="111"/>
       <c r="G26" s="112"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="111"/>
     </row>
     <row r="27" spans="1:12" ht="12.6" customHeight="1">
       <c r="A27" s="225" t="s">
         <v>325</v>
       </c>
       <c r="B27" s="158">
-        <v>16466</v>
+        <v>16944</v>
       </c>
       <c r="C27" s="193">
         <v>0</v>
       </c>
       <c r="D27" s="193">
         <v>0</v>
       </c>
       <c r="E27" s="158">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="F27" s="178">
-        <v>15407</v>
+        <v>15830</v>
       </c>
       <c r="G27" s="114"/>
       <c r="H27" s="158">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I27" s="158">
-        <v>1003</v>
+        <v>1050</v>
       </c>
       <c r="J27" s="158">
-        <v>586</v>
+        <v>614</v>
       </c>
       <c r="K27" s="158">
         <v>13</v>
       </c>
       <c r="L27" s="218">
-        <v>389</v>
+        <v>411</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="11.1" customHeight="1">
       <c r="A28" s="223" t="s">
         <v>326</v>
       </c>
       <c r="B28" s="75"/>
       <c r="C28" s="75"/>
       <c r="D28" s="75"/>
       <c r="E28" s="75"/>
       <c r="F28" s="97"/>
       <c r="G28" s="98"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="75"/>
       <c r="K28" s="75"/>
       <c r="L28" s="97"/>
     </row>
     <row r="29" spans="1:12" ht="12.6" customHeight="1">
       <c r="A29" s="225" t="s">
         <v>327</v>
       </c>
       <c r="B29" s="158">
-        <v>24053</v>
+        <v>23956</v>
       </c>
       <c r="C29" s="193">
         <v>0</v>
       </c>
       <c r="D29" s="193">
         <v>0</v>
       </c>
       <c r="E29" s="158">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="F29" s="178">
-        <v>21328</v>
+        <v>21235</v>
       </c>
       <c r="G29" s="114"/>
       <c r="H29" s="158">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="I29" s="158">
-        <v>2527</v>
+        <v>2537</v>
       </c>
       <c r="J29" s="158">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="K29" s="158">
         <v>9</v>
       </c>
       <c r="L29" s="218">
-        <v>1438</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="11.1" customHeight="1">
       <c r="A30" s="223" t="s">
         <v>328</v>
       </c>
       <c r="B30" s="75"/>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="97"/>
       <c r="G30" s="98"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75"/>
       <c r="J30" s="75"/>
       <c r="K30" s="75"/>
       <c r="L30" s="97"/>
     </row>
     <row r="31" spans="1:12" ht="12.6" customHeight="1">
       <c r="A31" s="225" t="s">
         <v>329</v>
       </c>
       <c r="B31" s="158">
-        <v>89548</v>
+        <v>89973</v>
       </c>
       <c r="C31" s="193">
         <v>0</v>
       </c>
       <c r="D31" s="193">
         <v>0</v>
       </c>
       <c r="E31" s="158">
-        <v>286</v>
+        <v>308</v>
       </c>
       <c r="F31" s="178">
-        <v>82833</v>
+        <v>83099</v>
       </c>
       <c r="G31" s="114"/>
       <c r="H31" s="158">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I31" s="158">
-        <v>6357</v>
+        <v>6494</v>
       </c>
       <c r="J31" s="158">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="K31" s="158">
         <v>102</v>
       </c>
       <c r="L31" s="218">
-        <v>4222</v>
+        <v>4395</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="11.1" customHeight="1">
       <c r="A32" s="223" t="s">
         <v>330</v>
       </c>
       <c r="B32" s="75"/>
       <c r="C32" s="75"/>
       <c r="D32" s="75"/>
       <c r="E32" s="75"/>
       <c r="F32" s="97"/>
       <c r="G32" s="98"/>
       <c r="H32" s="75"/>
       <c r="I32" s="75"/>
       <c r="J32" s="75"/>
       <c r="K32" s="75"/>
       <c r="L32" s="97"/>
     </row>
     <row r="33" spans="1:12" ht="12.6" customHeight="1">
       <c r="A33" s="225" t="s">
         <v>331</v>
       </c>
       <c r="B33" s="164">
-        <v>41346</v>
+        <v>41460</v>
       </c>
       <c r="C33" s="197">
         <v>0</v>
       </c>
       <c r="D33" s="197">
         <v>0</v>
       </c>
       <c r="E33" s="164">
-        <v>114</v>
+        <v>145</v>
       </c>
       <c r="F33" s="183">
-        <v>38478</v>
+        <v>38513</v>
       </c>
       <c r="G33" s="96"/>
       <c r="H33" s="164">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I33" s="164">
-        <v>2725</v>
+        <v>2774</v>
       </c>
       <c r="J33" s="164">
         <v>961</v>
       </c>
       <c r="K33" s="164">
         <v>30</v>
       </c>
       <c r="L33" s="183">
-        <v>1654</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A34" s="227" t="s">
         <v>332</v>
       </c>
       <c r="B34" s="73"/>
       <c r="C34" s="73"/>
       <c r="D34" s="73"/>
       <c r="E34" s="73"/>
       <c r="F34" s="100"/>
       <c r="G34" s="101"/>
       <c r="H34" s="73"/>
       <c r="I34" s="73"/>
       <c r="J34" s="73"/>
       <c r="K34" s="73"/>
       <c r="L34" s="100"/>
     </row>
     <row r="35" spans="1:12" ht="13.5" customHeight="1">
       <c r="A35" s="38" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
@@ -15677,56 +15677,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -15801,278 +15801,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>72</v>
       </c>
       <c r="B9" s="145">
-        <v>4096051</v>
+        <v>4111888</v>
       </c>
       <c r="C9" s="145">
-        <v>35167</v>
+        <v>37037</v>
       </c>
       <c r="D9" s="145">
-        <v>246016</v>
+        <v>263046</v>
       </c>
       <c r="E9" s="145">
-        <v>157788</v>
+        <v>190355</v>
       </c>
       <c r="F9" s="172">
-        <v>358222</v>
+        <v>359637</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>853060</v>
+        <v>788214</v>
       </c>
       <c r="I9" s="145">
-        <v>46746</v>
+        <v>49373</v>
       </c>
       <c r="J9" s="148">
-        <v>2364048</v>
+        <v>2401101</v>
       </c>
       <c r="K9" s="151">
-        <v>35004</v>
+        <v>23125</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>80</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>207</v>
       </c>
       <c r="B11" s="158">
-        <v>3265358</v>
+        <v>3304527</v>
       </c>
       <c r="C11" s="158">
-        <v>34579</v>
+        <v>36454</v>
       </c>
       <c r="D11" s="158">
-        <v>208553</v>
+        <v>211558</v>
       </c>
       <c r="E11" s="158">
-        <v>123894</v>
+        <v>128466</v>
       </c>
       <c r="F11" s="178">
-        <v>323280</v>
+        <v>314998</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>498347</v>
+        <v>513228</v>
       </c>
       <c r="I11" s="158">
-        <v>24004</v>
+        <v>22548</v>
       </c>
       <c r="J11" s="160">
-        <v>2016352</v>
+        <v>2042300</v>
       </c>
       <c r="K11" s="162">
-        <v>36348</v>
+        <v>34976</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>208</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>209</v>
       </c>
       <c r="B13" s="158">
-        <v>1576519</v>
+        <v>1595696</v>
       </c>
       <c r="C13" s="158">
-        <v>17814</v>
+        <v>23777</v>
       </c>
       <c r="D13" s="158">
-        <v>80360</v>
+        <v>119747</v>
       </c>
       <c r="E13" s="158">
-        <v>3044</v>
+        <v>3935</v>
       </c>
       <c r="F13" s="183">
-        <v>235678</v>
+        <v>237656</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>207316</v>
+        <v>160843</v>
       </c>
       <c r="I13" s="158">
-        <v>13900</v>
+        <v>13166</v>
       </c>
       <c r="J13" s="160">
-        <v>886211</v>
+        <v>890215</v>
       </c>
       <c r="K13" s="162">
-        <v>132197</v>
+        <v>146358</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>210</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>211</v>
       </c>
       <c r="B15" s="158">
-        <v>4346828</v>
+        <v>4438377</v>
       </c>
       <c r="C15" s="158">
-        <v>48274</v>
+        <v>50162</v>
       </c>
       <c r="D15" s="158">
-        <v>364330</v>
+        <v>374268</v>
       </c>
       <c r="E15" s="158">
-        <v>228911</v>
+        <v>205986</v>
       </c>
       <c r="F15" s="183">
-        <v>199310</v>
+        <v>204586</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>806135</v>
+        <v>840910</v>
       </c>
       <c r="I15" s="158">
-        <v>146008</v>
+        <v>136640</v>
       </c>
       <c r="J15" s="160">
-        <v>2440561</v>
+        <v>2501464</v>
       </c>
       <c r="K15" s="162">
-        <v>113299</v>
+        <v>124360</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>212</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>213</v>
       </c>
       <c r="B17" s="164">
-        <v>4704629</v>
+        <v>4893962</v>
       </c>
       <c r="C17" s="164">
-        <v>69640</v>
+        <v>64175</v>
       </c>
       <c r="D17" s="164">
-        <v>444396</v>
+        <v>499096</v>
       </c>
       <c r="E17" s="164">
-        <v>302237</v>
+        <v>346735</v>
       </c>
       <c r="F17" s="183">
-        <v>317178</v>
+        <v>303988</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>648467</v>
+        <v>696232</v>
       </c>
       <c r="I17" s="164">
-        <v>155259</v>
+        <v>148062</v>
       </c>
       <c r="J17" s="166">
-        <v>2697312</v>
+        <v>2753342</v>
       </c>
       <c r="K17" s="168">
-        <v>70141</v>
+        <v>82332</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>214</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -16170,278 +16170,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>72</v>
       </c>
       <c r="B24" s="145">
-        <v>4096051</v>
+        <v>4111888</v>
       </c>
       <c r="C24" s="145">
-        <v>240971</v>
+        <v>207425</v>
       </c>
       <c r="D24" s="145">
-        <v>50131</v>
+        <v>50130</v>
       </c>
       <c r="E24" s="145">
-        <v>3304069</v>
+        <v>3359251</v>
       </c>
       <c r="F24" s="145">
         <v>47700</v>
       </c>
       <c r="G24" s="145">
-        <v>215018</v>
+        <v>198857</v>
       </c>
       <c r="H24" s="145">
-        <v>238163</v>
+        <v>248524</v>
       </c>
       <c r="I24" s="145">
         <v>106305</v>
       </c>
       <c r="J24" s="148">
         <v>37763</v>
       </c>
       <c r="K24" s="151">
-        <v>102739</v>
+        <v>109506</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>207</v>
       </c>
       <c r="B26" s="158">
-        <v>3265358</v>
+        <v>3304527</v>
       </c>
       <c r="C26" s="158">
-        <v>187597</v>
+        <v>199356</v>
       </c>
       <c r="D26" s="158">
-        <v>182625</v>
+        <v>165116</v>
       </c>
       <c r="E26" s="158">
-        <v>2586156</v>
+        <v>2625976</v>
       </c>
       <c r="F26" s="158">
-        <v>41794</v>
+        <v>41789</v>
       </c>
       <c r="G26" s="158">
-        <v>62344</v>
+        <v>54904</v>
       </c>
       <c r="H26" s="158">
-        <v>204842</v>
+        <v>217386</v>
       </c>
       <c r="I26" s="158">
         <v>117660</v>
       </c>
       <c r="J26" s="160">
         <v>0</v>
       </c>
       <c r="K26" s="162">
-        <v>79728</v>
+        <v>84193</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>208</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>209</v>
       </c>
       <c r="B28" s="158">
-        <v>1576519</v>
+        <v>1595696</v>
       </c>
       <c r="C28" s="158">
-        <v>9032</v>
+        <v>13646</v>
       </c>
       <c r="D28" s="158">
         <v>1222</v>
       </c>
       <c r="E28" s="158">
-        <v>1267597</v>
+        <v>1263390</v>
       </c>
       <c r="F28" s="158">
-        <v>46520</v>
+        <v>53970</v>
       </c>
       <c r="G28" s="158">
-        <v>59068</v>
+        <v>62633</v>
       </c>
       <c r="H28" s="158">
-        <v>193082</v>
+        <v>200836</v>
       </c>
       <c r="I28" s="158">
         <v>48616</v>
       </c>
       <c r="J28" s="160">
-        <v>27706</v>
+        <v>27858</v>
       </c>
       <c r="K28" s="162">
-        <v>110084</v>
+        <v>114507</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>210</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>211</v>
       </c>
       <c r="B30" s="158">
-        <v>4346828</v>
+        <v>4438377</v>
       </c>
       <c r="C30" s="158">
-        <v>143097</v>
+        <v>192900</v>
       </c>
       <c r="D30" s="158">
         <v>18052</v>
       </c>
       <c r="E30" s="158">
-        <v>3578779</v>
+        <v>3625061</v>
       </c>
       <c r="F30" s="158">
-        <v>106926</v>
+        <v>110278</v>
       </c>
       <c r="G30" s="158">
-        <v>204092</v>
+        <v>180102</v>
       </c>
       <c r="H30" s="158">
-        <v>295880</v>
+        <v>311983</v>
       </c>
       <c r="I30" s="158">
         <v>157598</v>
       </c>
       <c r="J30" s="160">
-        <v>15906</v>
+        <v>15908</v>
       </c>
       <c r="K30" s="162">
-        <v>121190</v>
+        <v>131529</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>212</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>213</v>
       </c>
       <c r="B32" s="164">
-        <v>4704629</v>
+        <v>4893962</v>
       </c>
       <c r="C32" s="164">
-        <v>57328</v>
+        <v>56256</v>
       </c>
       <c r="D32" s="164">
         <v>17709</v>
       </c>
       <c r="E32" s="164">
-        <v>4071680</v>
+        <v>4283939</v>
       </c>
       <c r="F32" s="164">
         <v>18600</v>
       </c>
       <c r="G32" s="164">
-        <v>241913</v>
+        <v>203255</v>
       </c>
       <c r="H32" s="164">
-        <v>297398</v>
+        <v>314203</v>
       </c>
       <c r="I32" s="164">
         <v>128221</v>
       </c>
       <c r="J32" s="166">
         <v>38869</v>
       </c>
       <c r="K32" s="168">
-        <v>137201</v>
+        <v>147758</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>214</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
@@ -16708,56 +16708,56 @@
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
       <c r="L2" s="103"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>147</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
       <c r="L3" s="104"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="59"/>
       <c r="I4" s="36"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>184</v>
       </c>
       <c r="E5" s="28" t="s">
@@ -16854,297 +16854,297 @@
         <v>182</v>
       </c>
       <c r="L8" s="128" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A9" s="106"/>
       <c r="B9" s="127"/>
       <c r="C9" s="127"/>
       <c r="D9" s="127"/>
       <c r="E9" s="127"/>
       <c r="F9" s="127"/>
       <c r="G9" s="127"/>
       <c r="H9" s="127"/>
       <c r="I9" s="127"/>
       <c r="J9" s="127"/>
       <c r="K9" s="135"/>
       <c r="L9" s="129"/>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="220" t="s">
         <v>153</v>
       </c>
       <c r="B10" s="145">
-        <v>119400</v>
+        <v>120618</v>
       </c>
       <c r="C10" s="145">
-        <v>26876</v>
+        <v>26963</v>
       </c>
       <c r="D10" s="145">
-        <v>5887</v>
+        <v>5198</v>
       </c>
       <c r="E10" s="189">
         <v>0</v>
       </c>
       <c r="F10" s="145">
-        <v>600</v>
+        <v>1597</v>
       </c>
       <c r="G10" s="145">
-        <v>123</v>
+        <v>135</v>
       </c>
       <c r="H10" s="145">
-        <v>84397</v>
+        <v>85305</v>
       </c>
       <c r="I10" s="145">
-        <v>451</v>
+        <v>435</v>
       </c>
       <c r="J10" s="189">
         <v>0</v>
       </c>
       <c r="K10" s="145">
-        <v>1528</v>
+        <v>1521</v>
       </c>
       <c r="L10" s="172">
-        <v>-462</v>
+        <v>-535</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="223" t="s">
         <v>156</v>
       </c>
       <c r="B11" s="86"/>
       <c r="C11" s="86"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="86"/>
       <c r="G11" s="86"/>
       <c r="H11" s="86"/>
       <c r="I11" s="86"/>
       <c r="J11" s="86"/>
       <c r="K11" s="86"/>
       <c r="L11" s="111"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="225" t="s">
         <v>333</v>
       </c>
       <c r="B12" s="158">
-        <v>21569</v>
+        <v>21655</v>
       </c>
       <c r="C12" s="158">
-        <v>4630</v>
+        <v>4969</v>
       </c>
       <c r="D12" s="158">
-        <v>880</v>
+        <v>859</v>
       </c>
       <c r="E12" s="193">
         <v>0</v>
       </c>
       <c r="F12" s="193">
         <v>0</v>
       </c>
       <c r="G12" s="158">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H12" s="158">
-        <v>14334</v>
+        <v>14411</v>
       </c>
       <c r="I12" s="158">
-        <v>367</v>
+        <v>353</v>
       </c>
       <c r="J12" s="193">
         <v>0</v>
       </c>
       <c r="K12" s="158">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="L12" s="218">
-        <v>888</v>
+        <v>592</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="223" t="s">
         <v>334</v>
       </c>
       <c r="B13" s="75"/>
       <c r="C13" s="75"/>
       <c r="D13" s="75"/>
       <c r="E13" s="75"/>
       <c r="F13" s="75"/>
       <c r="G13" s="75"/>
       <c r="H13" s="75"/>
       <c r="I13" s="75"/>
       <c r="J13" s="75"/>
       <c r="K13" s="75"/>
       <c r="L13" s="97"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="225" t="s">
         <v>335</v>
       </c>
       <c r="B14" s="158">
-        <v>18078</v>
+        <v>18438</v>
       </c>
       <c r="C14" s="158">
-        <v>3107</v>
+        <v>3344</v>
       </c>
       <c r="D14" s="158">
-        <v>1039</v>
+        <v>1036</v>
       </c>
       <c r="E14" s="193">
         <v>0</v>
       </c>
       <c r="F14" s="193">
         <v>0</v>
       </c>
       <c r="G14" s="158">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="H14" s="158">
-        <v>12048</v>
+        <v>12028</v>
       </c>
       <c r="I14" s="158">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="J14" s="158">
-        <v>1030</v>
+        <v>1180</v>
       </c>
       <c r="K14" s="158">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="L14" s="218">
-        <v>137</v>
+        <v>132</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="223" t="s">
         <v>336</v>
       </c>
       <c r="B15" s="75"/>
       <c r="C15" s="75"/>
       <c r="D15" s="75"/>
       <c r="E15" s="75"/>
       <c r="F15" s="75"/>
       <c r="G15" s="75"/>
       <c r="H15" s="75"/>
       <c r="I15" s="75"/>
       <c r="J15" s="75"/>
       <c r="K15" s="75"/>
       <c r="L15" s="97"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="225" t="s">
         <v>337</v>
       </c>
       <c r="B16" s="158">
-        <v>42562</v>
+        <v>43071</v>
       </c>
       <c r="C16" s="158">
-        <v>6964</v>
+        <v>6956</v>
       </c>
       <c r="D16" s="158">
-        <v>2222</v>
+        <v>2323</v>
       </c>
       <c r="E16" s="158">
-        <v>901</v>
+        <v>652</v>
       </c>
       <c r="F16" s="193">
         <v>0</v>
       </c>
       <c r="G16" s="158">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="H16" s="158">
-        <v>30643</v>
+        <v>31178</v>
       </c>
       <c r="I16" s="158">
-        <v>171</v>
+        <v>185</v>
       </c>
       <c r="J16" s="193">
         <v>0</v>
       </c>
       <c r="K16" s="158">
-        <v>912</v>
+        <v>961</v>
       </c>
       <c r="L16" s="218">
-        <v>684</v>
+        <v>749</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="223" t="s">
         <v>338</v>
       </c>
       <c r="B17" s="75"/>
       <c r="C17" s="75"/>
       <c r="D17" s="75"/>
       <c r="E17" s="75"/>
       <c r="F17" s="75"/>
       <c r="G17" s="75"/>
       <c r="H17" s="75"/>
       <c r="I17" s="75"/>
       <c r="J17" s="75"/>
       <c r="K17" s="75"/>
       <c r="L17" s="97"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="225" t="s">
         <v>339</v>
       </c>
       <c r="B18" s="164">
-        <v>19367</v>
+        <v>19423</v>
       </c>
       <c r="C18" s="164">
-        <v>6222</v>
+        <v>6208</v>
       </c>
       <c r="D18" s="164">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="E18" s="197">
         <v>0</v>
       </c>
       <c r="F18" s="164">
-        <v>845</v>
+        <v>1018</v>
       </c>
       <c r="G18" s="164">
         <v>20</v>
       </c>
       <c r="H18" s="164">
-        <v>10819</v>
+        <v>10712</v>
       </c>
       <c r="I18" s="164">
-        <v>233</v>
+        <v>224</v>
       </c>
       <c r="J18" s="197">
         <v>0</v>
       </c>
       <c r="K18" s="164">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="L18" s="183">
-        <v>286</v>
+        <v>293</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A19" s="227" t="s">
         <v>340</v>
       </c>
       <c r="B19" s="73"/>
       <c r="C19" s="73"/>
       <c r="D19" s="73"/>
       <c r="E19" s="73"/>
       <c r="F19" s="73"/>
       <c r="G19" s="73"/>
       <c r="H19" s="73"/>
       <c r="I19" s="73"/>
       <c r="J19" s="73"/>
       <c r="K19" s="73"/>
       <c r="L19" s="100"/>
     </row>
     <row r="20" spans="1:12" ht="7.5" customHeight="1" thickBot="1">
       <c r="A20" s="7"/>
       <c r="B20" s="11"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
@@ -17250,287 +17250,287 @@
       <c r="L23" s="136" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A24" s="106"/>
       <c r="B24" s="127"/>
       <c r="C24" s="132"/>
       <c r="D24" s="127"/>
       <c r="E24" s="127"/>
       <c r="F24" s="129"/>
       <c r="G24" s="135"/>
       <c r="H24" s="127"/>
       <c r="I24" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="127"/>
       <c r="K24" s="139"/>
       <c r="L24" s="137"/>
     </row>
     <row r="25" spans="1:12" ht="12.6" customHeight="1">
       <c r="A25" s="220" t="s">
         <v>153</v>
       </c>
       <c r="B25" s="145">
-        <v>119400</v>
+        <v>120618</v>
       </c>
       <c r="C25" s="145">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D25" s="189">
         <v>0</v>
       </c>
       <c r="E25" s="145">
-        <v>265</v>
+        <v>406</v>
       </c>
       <c r="F25" s="172">
-        <v>111824</v>
+        <v>112868</v>
       </c>
       <c r="G25" s="110"/>
       <c r="H25" s="145">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I25" s="145">
-        <v>7259</v>
+        <v>7294</v>
       </c>
       <c r="J25" s="145">
-        <v>1882</v>
+        <v>1886</v>
       </c>
       <c r="K25" s="145">
         <v>1715</v>
       </c>
       <c r="L25" s="172">
-        <v>3297</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="11.1" customHeight="1">
       <c r="A26" s="223" t="s">
         <v>156</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="111"/>
       <c r="G26" s="112"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="111"/>
     </row>
     <row r="27" spans="1:12" ht="12.6" customHeight="1">
       <c r="A27" s="225" t="s">
         <v>333</v>
       </c>
       <c r="B27" s="158">
-        <v>21569</v>
+        <v>21655</v>
       </c>
       <c r="C27" s="193">
         <v>0</v>
       </c>
       <c r="D27" s="193">
         <v>0</v>
       </c>
       <c r="E27" s="158">
-        <v>90</v>
+        <v>102</v>
       </c>
       <c r="F27" s="178">
-        <v>19564</v>
+        <v>19707</v>
       </c>
       <c r="G27" s="114"/>
       <c r="H27" s="158">
-        <v>141</v>
+        <v>61</v>
       </c>
       <c r="I27" s="158">
-        <v>1775</v>
+        <v>1785</v>
       </c>
       <c r="J27" s="158">
         <v>367</v>
       </c>
       <c r="K27" s="158">
         <v>116</v>
       </c>
       <c r="L27" s="218">
-        <v>1000</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="11.1" customHeight="1">
       <c r="A28" s="223" t="s">
         <v>334</v>
       </c>
       <c r="B28" s="75"/>
       <c r="C28" s="75"/>
       <c r="D28" s="75"/>
       <c r="E28" s="75"/>
       <c r="F28" s="97"/>
       <c r="G28" s="98"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="75"/>
       <c r="K28" s="75"/>
       <c r="L28" s="97"/>
     </row>
     <row r="29" spans="1:12" ht="12.6" customHeight="1">
       <c r="A29" s="225" t="s">
         <v>335</v>
       </c>
       <c r="B29" s="158">
-        <v>18078</v>
+        <v>18438</v>
       </c>
       <c r="C29" s="193">
         <v>0</v>
       </c>
       <c r="D29" s="193">
         <v>0</v>
       </c>
       <c r="E29" s="158">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="F29" s="178">
-        <v>16893</v>
+        <v>17213</v>
       </c>
       <c r="G29" s="114"/>
       <c r="H29" s="158">
         <v>29</v>
       </c>
       <c r="I29" s="158">
-        <v>1108</v>
+        <v>1133</v>
       </c>
       <c r="J29" s="158">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="K29" s="158">
         <v>10</v>
       </c>
       <c r="L29" s="218">
-        <v>792</v>
+        <v>814</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="11.1" customHeight="1">
       <c r="A30" s="223" t="s">
         <v>336</v>
       </c>
       <c r="B30" s="75"/>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="97"/>
       <c r="G30" s="98"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75"/>
       <c r="J30" s="75"/>
       <c r="K30" s="75"/>
       <c r="L30" s="97"/>
     </row>
     <row r="31" spans="1:12" ht="12.6" customHeight="1">
       <c r="A31" s="225" t="s">
         <v>337</v>
       </c>
       <c r="B31" s="158">
-        <v>42562</v>
+        <v>43071</v>
       </c>
       <c r="C31" s="193">
         <v>0</v>
       </c>
       <c r="D31" s="193">
         <v>0</v>
       </c>
       <c r="E31" s="158">
-        <v>171</v>
+        <v>195</v>
       </c>
       <c r="F31" s="178">
-        <v>38878</v>
+        <v>39255</v>
       </c>
       <c r="G31" s="114"/>
       <c r="H31" s="158">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="I31" s="158">
-        <v>3471</v>
+        <v>3586</v>
       </c>
       <c r="J31" s="158">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="K31" s="158">
         <v>158</v>
       </c>
       <c r="L31" s="218">
-        <v>2702</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="11.1" customHeight="1">
       <c r="A32" s="223" t="s">
         <v>338</v>
       </c>
       <c r="B32" s="75"/>
       <c r="C32" s="75"/>
       <c r="D32" s="75"/>
       <c r="E32" s="75"/>
       <c r="F32" s="97"/>
       <c r="G32" s="98"/>
       <c r="H32" s="75"/>
       <c r="I32" s="75"/>
       <c r="J32" s="75"/>
       <c r="K32" s="75"/>
       <c r="L32" s="97"/>
     </row>
     <row r="33" spans="1:12" ht="12.6" customHeight="1">
       <c r="A33" s="225" t="s">
         <v>339</v>
       </c>
       <c r="B33" s="164">
-        <v>19367</v>
+        <v>19423</v>
       </c>
       <c r="C33" s="197">
         <v>0</v>
       </c>
       <c r="D33" s="197">
         <v>0</v>
       </c>
       <c r="E33" s="164">
-        <v>62</v>
+        <v>79</v>
       </c>
       <c r="F33" s="183">
-        <v>17687</v>
+        <v>17704</v>
       </c>
       <c r="G33" s="96"/>
       <c r="H33" s="164">
         <v>25</v>
       </c>
       <c r="I33" s="164">
-        <v>1592</v>
+        <v>1615</v>
       </c>
       <c r="J33" s="164">
         <v>132</v>
       </c>
       <c r="K33" s="164">
         <v>38</v>
       </c>
       <c r="L33" s="183">
-        <v>1253</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A34" s="227" t="s">
         <v>340</v>
       </c>
       <c r="B34" s="73"/>
       <c r="C34" s="73"/>
       <c r="D34" s="73"/>
       <c r="E34" s="73"/>
       <c r="F34" s="100"/>
       <c r="G34" s="101"/>
       <c r="H34" s="73"/>
       <c r="I34" s="73"/>
       <c r="J34" s="73"/>
       <c r="K34" s="73"/>
       <c r="L34" s="100"/>
     </row>
     <row r="35" spans="1:12" ht="13.5" customHeight="1">
       <c r="A35" s="38"/>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
@@ -17840,56 +17840,56 @@
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
       <c r="L2" s="103"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>147</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
       <c r="L3" s="104"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="59"/>
       <c r="I4" s="36"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>184</v>
       </c>
       <c r="E5" s="28" t="s">
@@ -17986,297 +17986,297 @@
         <v>182</v>
       </c>
       <c r="L8" s="128" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A9" s="106"/>
       <c r="B9" s="127"/>
       <c r="C9" s="127"/>
       <c r="D9" s="127"/>
       <c r="E9" s="127"/>
       <c r="F9" s="127"/>
       <c r="G9" s="127"/>
       <c r="H9" s="127"/>
       <c r="I9" s="127"/>
       <c r="J9" s="127"/>
       <c r="K9" s="135"/>
       <c r="L9" s="129"/>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="220" t="s">
         <v>155</v>
       </c>
       <c r="B10" s="145">
-        <v>32841</v>
+        <v>32604</v>
       </c>
       <c r="C10" s="145">
-        <v>8660</v>
+        <v>8012</v>
       </c>
       <c r="D10" s="145">
-        <v>1312</v>
+        <v>1368</v>
       </c>
       <c r="E10" s="189">
         <v>0</v>
       </c>
       <c r="F10" s="189">
         <v>0</v>
       </c>
       <c r="G10" s="145">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H10" s="145">
-        <v>21139</v>
+        <v>20984</v>
       </c>
       <c r="I10" s="145">
-        <v>504</v>
+        <v>520</v>
       </c>
       <c r="J10" s="145">
-        <v>450</v>
+        <v>950</v>
       </c>
       <c r="K10" s="145">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="L10" s="172">
-        <v>338</v>
+        <v>332</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="223" t="s">
         <v>158</v>
       </c>
       <c r="B11" s="86"/>
       <c r="C11" s="86"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="86"/>
       <c r="G11" s="86"/>
       <c r="H11" s="86"/>
       <c r="I11" s="86"/>
       <c r="J11" s="86"/>
       <c r="K11" s="86"/>
       <c r="L11" s="111"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="225" t="s">
         <v>341</v>
       </c>
       <c r="B12" s="158">
-        <v>15746</v>
+        <v>16539</v>
       </c>
       <c r="C12" s="158">
-        <v>3960</v>
+        <v>4867</v>
       </c>
       <c r="D12" s="158">
-        <v>529</v>
+        <v>548</v>
       </c>
       <c r="E12" s="193">
         <v>0</v>
       </c>
       <c r="F12" s="193">
         <v>0</v>
       </c>
       <c r="G12" s="158">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="H12" s="158">
-        <v>10473</v>
+        <v>10240</v>
       </c>
       <c r="I12" s="158">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="J12" s="193">
         <v>0</v>
       </c>
       <c r="K12" s="158">
         <v>221</v>
       </c>
       <c r="L12" s="218">
-        <v>488</v>
+        <v>600</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="223" t="s">
         <v>342</v>
       </c>
       <c r="B13" s="75"/>
       <c r="C13" s="75"/>
       <c r="D13" s="75"/>
       <c r="E13" s="75"/>
       <c r="F13" s="75"/>
       <c r="G13" s="75"/>
       <c r="H13" s="75"/>
       <c r="I13" s="75"/>
       <c r="J13" s="75"/>
       <c r="K13" s="75"/>
       <c r="L13" s="97"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="225" t="s">
         <v>343</v>
       </c>
       <c r="B14" s="158">
-        <v>28647</v>
+        <v>28813</v>
       </c>
       <c r="C14" s="158">
-        <v>4238</v>
+        <v>4191</v>
       </c>
       <c r="D14" s="158">
-        <v>1268</v>
+        <v>1231</v>
       </c>
       <c r="E14" s="193">
         <v>0</v>
       </c>
       <c r="F14" s="158">
-        <v>1358</v>
+        <v>1437</v>
       </c>
       <c r="G14" s="158">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="H14" s="158">
-        <v>20503</v>
+        <v>20655</v>
       </c>
       <c r="I14" s="158">
         <v>284</v>
       </c>
       <c r="J14" s="158">
         <v>130</v>
       </c>
       <c r="K14" s="158">
+        <v>426</v>
+      </c>
+      <c r="L14" s="218">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="223" t="s">
         <v>344</v>
       </c>
       <c r="B15" s="75"/>
       <c r="C15" s="75"/>
       <c r="D15" s="75"/>
       <c r="E15" s="75"/>
       <c r="F15" s="75"/>
       <c r="G15" s="75"/>
       <c r="H15" s="75"/>
       <c r="I15" s="75"/>
       <c r="J15" s="75"/>
       <c r="K15" s="75"/>
       <c r="L15" s="97"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="225" t="s">
         <v>345</v>
       </c>
       <c r="B16" s="158">
-        <v>97329</v>
+        <v>99109</v>
       </c>
       <c r="C16" s="158">
-        <v>19307</v>
+        <v>20341</v>
       </c>
       <c r="D16" s="158">
-        <v>4998</v>
+        <v>4821</v>
       </c>
       <c r="E16" s="193">
         <v>0</v>
       </c>
       <c r="F16" s="158">
-        <v>1583</v>
+        <v>2345</v>
       </c>
       <c r="G16" s="158">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="H16" s="158">
-        <v>65485</v>
+        <v>65594</v>
       </c>
       <c r="I16" s="158">
-        <v>991</v>
+        <v>954</v>
       </c>
       <c r="J16" s="193">
         <v>0</v>
       </c>
       <c r="K16" s="158">
-        <v>1254</v>
+        <v>1269</v>
       </c>
       <c r="L16" s="218">
-        <v>3619</v>
+        <v>3685</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="223" t="s">
         <v>346</v>
       </c>
       <c r="B17" s="75"/>
       <c r="C17" s="75"/>
       <c r="D17" s="75"/>
       <c r="E17" s="75"/>
       <c r="F17" s="75"/>
       <c r="G17" s="75"/>
       <c r="H17" s="75"/>
       <c r="I17" s="75"/>
       <c r="J17" s="75"/>
       <c r="K17" s="75"/>
       <c r="L17" s="97"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="225" t="s">
         <v>347</v>
       </c>
       <c r="B18" s="164">
-        <v>38950</v>
+        <v>39095</v>
       </c>
       <c r="C18" s="164">
         <v>8769</v>
       </c>
       <c r="D18" s="164">
-        <v>1905</v>
+        <v>1990</v>
       </c>
       <c r="E18" s="164">
         <v>5</v>
       </c>
       <c r="F18" s="164">
-        <v>200</v>
+        <v>50</v>
       </c>
       <c r="G18" s="164">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H18" s="164">
-        <v>27441</v>
+        <v>27627</v>
       </c>
       <c r="I18" s="164">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="J18" s="197">
         <v>0</v>
       </c>
       <c r="K18" s="164">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="L18" s="183">
-        <v>136</v>
+        <v>161</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A19" s="227" t="s">
         <v>348</v>
       </c>
       <c r="B19" s="73"/>
       <c r="C19" s="73"/>
       <c r="D19" s="73"/>
       <c r="E19" s="73"/>
       <c r="F19" s="73"/>
       <c r="G19" s="73"/>
       <c r="H19" s="73"/>
       <c r="I19" s="73"/>
       <c r="J19" s="73"/>
       <c r="K19" s="73"/>
       <c r="L19" s="100"/>
     </row>
     <row r="20" spans="1:12" ht="7.5" customHeight="1" thickBot="1">
       <c r="A20" s="7"/>
       <c r="B20" s="11"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
@@ -18382,287 +18382,287 @@
       <c r="L23" s="136" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A24" s="106"/>
       <c r="B24" s="127"/>
       <c r="C24" s="132"/>
       <c r="D24" s="127"/>
       <c r="E24" s="127"/>
       <c r="F24" s="129"/>
       <c r="G24" s="135"/>
       <c r="H24" s="127"/>
       <c r="I24" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="127"/>
       <c r="K24" s="139"/>
       <c r="L24" s="137"/>
     </row>
     <row r="25" spans="1:12" ht="12.6" customHeight="1">
       <c r="A25" s="220" t="s">
         <v>155</v>
       </c>
       <c r="B25" s="145">
-        <v>32841</v>
+        <v>32604</v>
       </c>
       <c r="C25" s="189">
         <v>0</v>
       </c>
       <c r="D25" s="189">
         <v>0</v>
       </c>
       <c r="E25" s="145">
-        <v>77</v>
+        <v>100</v>
       </c>
       <c r="F25" s="172">
-        <v>29775</v>
+        <v>29747</v>
       </c>
       <c r="G25" s="110"/>
       <c r="H25" s="145">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="I25" s="145">
-        <v>2659</v>
+        <v>2726</v>
       </c>
       <c r="J25" s="145">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="K25" s="145">
         <v>20</v>
       </c>
       <c r="L25" s="172">
-        <v>1616</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="11.1" customHeight="1">
       <c r="A26" s="223" t="s">
         <v>158</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="111"/>
       <c r="G26" s="112"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="111"/>
     </row>
     <row r="27" spans="1:12" ht="12.6" customHeight="1">
       <c r="A27" s="225" t="s">
         <v>341</v>
       </c>
       <c r="B27" s="158">
-        <v>15746</v>
+        <v>16539</v>
       </c>
       <c r="C27" s="193">
         <v>0</v>
       </c>
       <c r="D27" s="193">
         <v>0</v>
       </c>
       <c r="E27" s="158">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F27" s="178">
-        <v>14595</v>
+        <v>15372</v>
       </c>
       <c r="G27" s="114"/>
       <c r="H27" s="158">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="I27" s="158">
-        <v>888</v>
+        <v>909</v>
       </c>
       <c r="J27" s="158">
         <v>245</v>
       </c>
       <c r="K27" s="158">
         <v>27</v>
       </c>
       <c r="L27" s="218">
-        <v>581</v>
+        <v>604</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="11.1" customHeight="1">
       <c r="A28" s="223" t="s">
         <v>342</v>
       </c>
       <c r="B28" s="75"/>
       <c r="C28" s="75"/>
       <c r="D28" s="75"/>
       <c r="E28" s="75"/>
       <c r="F28" s="97"/>
       <c r="G28" s="98"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="75"/>
       <c r="K28" s="75"/>
       <c r="L28" s="97"/>
     </row>
     <row r="29" spans="1:12" ht="12.6" customHeight="1">
       <c r="A29" s="225" t="s">
         <v>343</v>
       </c>
       <c r="B29" s="158">
-        <v>28647</v>
+        <v>28813</v>
       </c>
       <c r="C29" s="158">
         <v>0</v>
       </c>
       <c r="D29" s="193">
         <v>0</v>
       </c>
       <c r="E29" s="158">
-        <v>106</v>
+        <v>151</v>
       </c>
       <c r="F29" s="178">
-        <v>26886</v>
+        <v>27001</v>
       </c>
       <c r="G29" s="114"/>
       <c r="H29" s="158">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="I29" s="158">
-        <v>1564</v>
+        <v>1575</v>
       </c>
       <c r="J29" s="158">
         <v>625</v>
       </c>
       <c r="K29" s="158">
         <v>10</v>
       </c>
       <c r="L29" s="218">
-        <v>683</v>
+        <v>705</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="11.1" customHeight="1">
       <c r="A30" s="223" t="s">
         <v>344</v>
       </c>
       <c r="B30" s="75"/>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="97"/>
       <c r="G30" s="98"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75"/>
       <c r="J30" s="75"/>
       <c r="K30" s="75"/>
       <c r="L30" s="97"/>
     </row>
     <row r="31" spans="1:12" ht="12.6" customHeight="1">
       <c r="A31" s="225" t="s">
         <v>345</v>
       </c>
       <c r="B31" s="158">
-        <v>97329</v>
+        <v>99109</v>
       </c>
       <c r="C31" s="193">
         <v>0</v>
       </c>
       <c r="D31" s="193">
         <v>0</v>
       </c>
       <c r="E31" s="158">
-        <v>303</v>
+        <v>340</v>
       </c>
       <c r="F31" s="178">
-        <v>90539</v>
+        <v>92111</v>
       </c>
       <c r="G31" s="114"/>
       <c r="H31" s="158">
-        <v>281</v>
+        <v>268</v>
       </c>
       <c r="I31" s="158">
-        <v>6206</v>
+        <v>6390</v>
       </c>
       <c r="J31" s="158">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="K31" s="158">
         <v>472</v>
       </c>
       <c r="L31" s="218">
-        <v>3091</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="11.1" customHeight="1">
       <c r="A32" s="223" t="s">
         <v>346</v>
       </c>
       <c r="B32" s="75"/>
       <c r="C32" s="75"/>
       <c r="D32" s="75"/>
       <c r="E32" s="75"/>
       <c r="F32" s="97"/>
       <c r="G32" s="98"/>
       <c r="H32" s="75"/>
       <c r="I32" s="75"/>
       <c r="J32" s="75"/>
       <c r="K32" s="75"/>
       <c r="L32" s="97"/>
     </row>
     <row r="33" spans="1:12" ht="12.6" customHeight="1">
       <c r="A33" s="225" t="s">
         <v>347</v>
       </c>
       <c r="B33" s="164">
-        <v>38950</v>
+        <v>39095</v>
       </c>
       <c r="C33" s="197">
         <v>0</v>
       </c>
       <c r="D33" s="197">
         <v>0</v>
       </c>
       <c r="E33" s="164">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="F33" s="183">
-        <v>36807</v>
+        <v>36899</v>
       </c>
       <c r="G33" s="96"/>
       <c r="H33" s="164">
         <v>15</v>
       </c>
       <c r="I33" s="164">
-        <v>1937</v>
+        <v>1968</v>
       </c>
       <c r="J33" s="164">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="K33" s="164">
         <v>40</v>
       </c>
       <c r="L33" s="183">
-        <v>1127</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A34" s="227" t="s">
         <v>348</v>
       </c>
       <c r="B34" s="73"/>
       <c r="C34" s="73"/>
       <c r="D34" s="73"/>
       <c r="E34" s="73"/>
       <c r="F34" s="100"/>
       <c r="G34" s="101"/>
       <c r="H34" s="73"/>
       <c r="I34" s="73"/>
       <c r="J34" s="73"/>
       <c r="K34" s="73"/>
       <c r="L34" s="100"/>
     </row>
     <row r="35" spans="1:12" ht="13.5" customHeight="1">
       <c r="A35" s="38"/>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
@@ -18972,56 +18972,56 @@
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
       <c r="L2" s="103"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>147</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
       <c r="L3" s="104"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="59"/>
       <c r="H4" s="36"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>184</v>
       </c>
       <c r="E5" s="28" t="s">
@@ -19118,243 +19118,243 @@
         <v>182</v>
       </c>
       <c r="L8" s="128" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A9" s="106"/>
       <c r="B9" s="127"/>
       <c r="C9" s="127"/>
       <c r="D9" s="127"/>
       <c r="E9" s="127"/>
       <c r="F9" s="127"/>
       <c r="G9" s="127"/>
       <c r="H9" s="127"/>
       <c r="I9" s="127"/>
       <c r="J9" s="127"/>
       <c r="K9" s="135"/>
       <c r="L9" s="129"/>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="220" t="s">
         <v>157</v>
       </c>
       <c r="B10" s="145">
-        <v>95608</v>
+        <v>95575</v>
       </c>
       <c r="C10" s="145">
-        <v>20471</v>
+        <v>19293</v>
       </c>
       <c r="D10" s="145">
-        <v>4680</v>
+        <v>4716</v>
       </c>
       <c r="E10" s="145">
-        <v>191</v>
+        <v>201</v>
       </c>
       <c r="F10" s="189">
         <v>0</v>
       </c>
       <c r="G10" s="145">
-        <v>201</v>
+        <v>179</v>
       </c>
       <c r="H10" s="145">
-        <v>66103</v>
+        <v>67338</v>
       </c>
       <c r="I10" s="145">
-        <v>1677</v>
+        <v>1615</v>
       </c>
       <c r="J10" s="189">
         <v>0</v>
       </c>
       <c r="K10" s="145">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="L10" s="172">
-        <v>1431</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="223" t="s">
         <v>159</v>
       </c>
       <c r="B11" s="86"/>
       <c r="C11" s="86"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="86"/>
       <c r="G11" s="86"/>
       <c r="H11" s="86"/>
       <c r="I11" s="86"/>
       <c r="J11" s="86"/>
       <c r="K11" s="86"/>
       <c r="L11" s="111"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="225" t="s">
         <v>349</v>
       </c>
       <c r="B12" s="158">
-        <v>6409</v>
+        <v>6248</v>
       </c>
       <c r="C12" s="158">
-        <v>1930</v>
+        <v>1706</v>
       </c>
       <c r="D12" s="158">
-        <v>394</v>
+        <v>347</v>
       </c>
       <c r="E12" s="193">
         <v>0</v>
       </c>
       <c r="F12" s="193">
         <v>0</v>
       </c>
       <c r="G12" s="158">
         <v>7</v>
       </c>
       <c r="H12" s="158">
-        <v>3865</v>
+        <v>3973</v>
       </c>
       <c r="I12" s="158">
         <v>1</v>
       </c>
       <c r="J12" s="193">
         <v>0</v>
       </c>
       <c r="K12" s="158">
         <v>119</v>
       </c>
       <c r="L12" s="218">
         <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="223" t="s">
         <v>350</v>
       </c>
       <c r="B13" s="75"/>
       <c r="C13" s="75"/>
       <c r="D13" s="75"/>
       <c r="E13" s="75"/>
       <c r="F13" s="75"/>
       <c r="G13" s="75"/>
       <c r="H13" s="75"/>
       <c r="I13" s="75"/>
       <c r="J13" s="75"/>
       <c r="K13" s="75"/>
       <c r="L13" s="97"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="225" t="s">
         <v>351</v>
       </c>
       <c r="B14" s="158">
-        <v>11003</v>
+        <v>11118</v>
       </c>
       <c r="C14" s="158">
-        <v>1659</v>
+        <v>1753</v>
       </c>
       <c r="D14" s="158">
-        <v>490</v>
+        <v>463</v>
       </c>
       <c r="E14" s="193">
         <v>0</v>
       </c>
       <c r="F14" s="193">
         <v>0</v>
       </c>
       <c r="G14" s="158">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="H14" s="158">
-        <v>8102</v>
+        <v>8151</v>
       </c>
       <c r="I14" s="158">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="J14" s="193">
         <v>0</v>
       </c>
       <c r="K14" s="158">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="L14" s="218">
         <v>262</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="223" t="s">
         <v>352</v>
       </c>
       <c r="B15" s="75"/>
       <c r="C15" s="75"/>
       <c r="D15" s="75"/>
       <c r="E15" s="75"/>
       <c r="F15" s="75"/>
       <c r="G15" s="75"/>
       <c r="H15" s="75"/>
       <c r="I15" s="75"/>
       <c r="J15" s="75"/>
       <c r="K15" s="75"/>
       <c r="L15" s="97"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="225" t="s">
         <v>353</v>
       </c>
       <c r="B16" s="158">
-        <v>6359</v>
+        <v>6403</v>
       </c>
       <c r="C16" s="158">
-        <v>1273</v>
+        <v>1327</v>
       </c>
       <c r="D16" s="158">
         <v>296</v>
       </c>
       <c r="E16" s="193">
         <v>0</v>
       </c>
       <c r="F16" s="193">
         <v>0</v>
       </c>
       <c r="G16" s="158">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="H16" s="158">
-        <v>4552</v>
+        <v>4540</v>
       </c>
       <c r="I16" s="158">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="J16" s="193">
         <v>0</v>
       </c>
       <c r="K16" s="158">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L16" s="218">
-        <v>108</v>
+        <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="223" t="s">
         <v>354</v>
       </c>
       <c r="B17" s="75"/>
       <c r="C17" s="75"/>
       <c r="D17" s="75"/>
       <c r="E17" s="75"/>
       <c r="F17" s="75"/>
       <c r="G17" s="75"/>
       <c r="H17" s="75"/>
       <c r="I17" s="75"/>
       <c r="J17" s="75"/>
       <c r="K17" s="75"/>
       <c r="L17" s="97"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="51"/>
       <c r="B18" s="72"/>
       <c r="C18" s="72"/>
       <c r="D18" s="72"/>
       <c r="E18" s="72"/>
       <c r="F18" s="72"/>
@@ -19488,235 +19488,235 @@
       <c r="L23" s="136" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A24" s="106"/>
       <c r="B24" s="127"/>
       <c r="C24" s="132"/>
       <c r="D24" s="127"/>
       <c r="E24" s="127"/>
       <c r="F24" s="129"/>
       <c r="G24" s="135"/>
       <c r="H24" s="127"/>
       <c r="I24" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="127"/>
       <c r="K24" s="139"/>
       <c r="L24" s="137"/>
     </row>
     <row r="25" spans="1:12" ht="12.6" customHeight="1">
       <c r="A25" s="220" t="s">
         <v>157</v>
       </c>
       <c r="B25" s="145">
-        <v>95608</v>
+        <v>95575</v>
       </c>
       <c r="C25" s="145">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D25" s="189">
         <v>0</v>
       </c>
       <c r="E25" s="145">
-        <v>352</v>
+        <v>448</v>
       </c>
       <c r="F25" s="172">
-        <v>88144</v>
+        <v>87894</v>
       </c>
       <c r="G25" s="110"/>
       <c r="H25" s="145">
-        <v>422</v>
+        <v>496</v>
       </c>
       <c r="I25" s="145">
-        <v>6685</v>
+        <v>6730</v>
       </c>
       <c r="J25" s="145">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="K25" s="145">
         <v>63</v>
       </c>
       <c r="L25" s="172">
-        <v>3883</v>
+        <v>3990</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="11.1" customHeight="1">
       <c r="A26" s="223" t="s">
         <v>159</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="111"/>
       <c r="G26" s="112"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="111"/>
     </row>
     <row r="27" spans="1:12" ht="12.6" customHeight="1">
       <c r="A27" s="225" t="s">
         <v>349</v>
       </c>
       <c r="B27" s="158">
-        <v>6409</v>
+        <v>6248</v>
       </c>
       <c r="C27" s="193">
         <v>0</v>
       </c>
       <c r="D27" s="193">
         <v>0</v>
       </c>
       <c r="E27" s="158">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F27" s="178">
-        <v>5964</v>
+        <v>5786</v>
       </c>
       <c r="G27" s="114"/>
       <c r="H27" s="158">
         <v>9</v>
       </c>
       <c r="I27" s="158">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="J27" s="158">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="K27" s="158">
         <v>16</v>
       </c>
       <c r="L27" s="218">
-        <v>194</v>
+        <v>204</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="11.1" customHeight="1">
       <c r="A28" s="223" t="s">
         <v>350</v>
       </c>
       <c r="B28" s="75"/>
       <c r="C28" s="75"/>
       <c r="D28" s="75"/>
       <c r="E28" s="75"/>
       <c r="F28" s="97"/>
       <c r="G28" s="98"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="75"/>
       <c r="K28" s="75"/>
       <c r="L28" s="97"/>
     </row>
     <row r="29" spans="1:12" ht="12.6" customHeight="1">
       <c r="A29" s="225" t="s">
         <v>351</v>
       </c>
       <c r="B29" s="158">
-        <v>11003</v>
+        <v>11118</v>
       </c>
       <c r="C29" s="193">
         <v>0</v>
       </c>
       <c r="D29" s="193">
         <v>0</v>
       </c>
       <c r="E29" s="158">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F29" s="178">
-        <v>10159</v>
+        <v>10256</v>
       </c>
       <c r="G29" s="114"/>
       <c r="H29" s="158">
         <v>52</v>
       </c>
       <c r="I29" s="158">
-        <v>742</v>
+        <v>760</v>
       </c>
       <c r="J29" s="158">
         <v>371</v>
       </c>
       <c r="K29" s="158">
         <v>7</v>
       </c>
       <c r="L29" s="218">
-        <v>295</v>
+        <v>316</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="11.1" customHeight="1">
       <c r="A30" s="223" t="s">
         <v>352</v>
       </c>
       <c r="B30" s="75"/>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="97"/>
       <c r="G30" s="98"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75"/>
       <c r="J30" s="75"/>
       <c r="K30" s="75"/>
       <c r="L30" s="97"/>
     </row>
     <row r="31" spans="1:12" ht="12.6" customHeight="1">
       <c r="A31" s="225" t="s">
         <v>353</v>
       </c>
       <c r="B31" s="158">
-        <v>6359</v>
+        <v>6403</v>
       </c>
       <c r="C31" s="158">
         <v>2</v>
       </c>
       <c r="D31" s="193">
         <v>0</v>
       </c>
       <c r="E31" s="158">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F31" s="178">
-        <v>5791</v>
+        <v>5819</v>
       </c>
       <c r="G31" s="114"/>
       <c r="H31" s="158">
         <v>7</v>
       </c>
       <c r="I31" s="158">
-        <v>518</v>
+        <v>527</v>
       </c>
       <c r="J31" s="158">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="K31" s="158">
         <v>8</v>
       </c>
       <c r="L31" s="218">
-        <v>196</v>
+        <v>205</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="11.1" customHeight="1">
       <c r="A32" s="223" t="s">
         <v>354</v>
       </c>
       <c r="B32" s="75"/>
       <c r="C32" s="75"/>
       <c r="D32" s="75"/>
       <c r="E32" s="75"/>
       <c r="F32" s="97"/>
       <c r="G32" s="98"/>
       <c r="H32" s="75"/>
       <c r="I32" s="75"/>
       <c r="J32" s="75"/>
       <c r="K32" s="75"/>
       <c r="L32" s="97"/>
     </row>
     <row r="33" spans="1:12" ht="12.6" customHeight="1">
       <c r="A33" s="53"/>
       <c r="B33" s="72"/>
       <c r="C33" s="72"/>
       <c r="D33" s="72"/>
       <c r="E33" s="72"/>
       <c r="F33" s="95"/>
@@ -20054,56 +20054,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -20178,278 +20178,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="145">
-        <v>221914</v>
+        <v>231652</v>
       </c>
       <c r="C9" s="145">
-        <v>236</v>
+        <v>458</v>
       </c>
       <c r="D9" s="145">
-        <v>190</v>
+        <v>472</v>
       </c>
       <c r="E9" s="145">
-        <v>171</v>
+        <v>202</v>
       </c>
       <c r="F9" s="172">
         <v>461</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
         <v>7600</v>
       </c>
       <c r="I9" s="145">
-        <v>1267</v>
+        <v>1344</v>
       </c>
       <c r="J9" s="148">
-        <v>214475</v>
+        <v>223382</v>
       </c>
       <c r="K9" s="151">
-        <v>-2485</v>
+        <v>-2267</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>87</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>215</v>
       </c>
       <c r="B11" s="158">
-        <v>358584</v>
+        <v>355744</v>
       </c>
       <c r="C11" s="158">
-        <v>4012</v>
+        <v>4038</v>
       </c>
       <c r="D11" s="158">
-        <v>19907</v>
+        <v>19200</v>
       </c>
       <c r="E11" s="158">
-        <v>3717</v>
+        <v>3799</v>
       </c>
       <c r="F11" s="178">
-        <v>32084</v>
+        <v>32961</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>55198</v>
+        <v>55139</v>
       </c>
       <c r="I11" s="158">
-        <v>1896</v>
+        <v>1534</v>
       </c>
       <c r="J11" s="160">
-        <v>228978</v>
+        <v>229188</v>
       </c>
       <c r="K11" s="162">
-        <v>12792</v>
+        <v>9886</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>216</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>217</v>
       </c>
       <c r="B13" s="158">
-        <v>4069912</v>
+        <v>4298963</v>
       </c>
       <c r="C13" s="158">
-        <v>101102</v>
+        <v>94178</v>
       </c>
       <c r="D13" s="158">
-        <v>542836</v>
+        <v>688655</v>
       </c>
       <c r="E13" s="158">
-        <v>60932</v>
+        <v>67671</v>
       </c>
       <c r="F13" s="183">
-        <v>365420</v>
+        <v>370470</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>587330</v>
+        <v>642217</v>
       </c>
       <c r="I13" s="158">
-        <v>43470</v>
+        <v>39004</v>
       </c>
       <c r="J13" s="160">
-        <v>2342318</v>
+        <v>2371922</v>
       </c>
       <c r="K13" s="162">
-        <v>26504</v>
+        <v>24846</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>218</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>219</v>
       </c>
       <c r="B15" s="158">
-        <v>465231</v>
+        <v>452244</v>
       </c>
       <c r="C15" s="158">
-        <v>28238</v>
+        <v>28797</v>
       </c>
       <c r="D15" s="158">
-        <v>146015</v>
+        <v>150487</v>
       </c>
       <c r="E15" s="158">
-        <v>13054</v>
+        <v>10935</v>
       </c>
       <c r="F15" s="183">
-        <v>162983</v>
+        <v>139326</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>9780</v>
+        <v>11783</v>
       </c>
       <c r="J15" s="160">
-        <v>69280</v>
+        <v>64411</v>
       </c>
       <c r="K15" s="162">
-        <v>35882</v>
+        <v>46505</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>220</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>221</v>
       </c>
       <c r="B17" s="164">
-        <v>414565</v>
+        <v>423080</v>
       </c>
       <c r="C17" s="164">
-        <v>4951</v>
+        <v>6569</v>
       </c>
       <c r="D17" s="164">
-        <v>16672</v>
+        <v>23188</v>
       </c>
       <c r="E17" s="164">
-        <v>30855</v>
+        <v>34693</v>
       </c>
       <c r="F17" s="183">
-        <v>64177</v>
+        <v>59094</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>25855</v>
+        <v>26083</v>
       </c>
       <c r="I17" s="164">
-        <v>3158</v>
+        <v>2467</v>
       </c>
       <c r="J17" s="166">
-        <v>233869</v>
+        <v>233775</v>
       </c>
       <c r="K17" s="168">
-        <v>35028</v>
+        <v>37211</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>222</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -20547,278 +20547,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="145">
-        <v>221914</v>
+        <v>231652</v>
       </c>
       <c r="C24" s="145">
-        <v>85221</v>
+        <v>90033</v>
       </c>
       <c r="D24" s="189">
         <v>0</v>
       </c>
       <c r="E24" s="189">
         <v>0</v>
       </c>
       <c r="F24" s="145">
         <v>2800</v>
       </c>
       <c r="G24" s="145">
-        <v>88032</v>
+        <v>92239</v>
       </c>
       <c r="H24" s="145">
-        <v>45860</v>
+        <v>46580</v>
       </c>
       <c r="I24" s="145">
         <v>37833</v>
       </c>
       <c r="J24" s="191">
         <v>0</v>
       </c>
       <c r="K24" s="151">
-        <v>7884</v>
+        <v>8286</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>87</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>215</v>
       </c>
       <c r="B26" s="158">
-        <v>358584</v>
+        <v>355744</v>
       </c>
       <c r="C26" s="158">
-        <v>11770</v>
+        <v>11716</v>
       </c>
       <c r="D26" s="158">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E26" s="158">
-        <v>302014</v>
+        <v>299355</v>
       </c>
       <c r="F26" s="158">
         <v>6327</v>
       </c>
       <c r="G26" s="158">
-        <v>12734</v>
+        <v>11794</v>
       </c>
       <c r="H26" s="158">
-        <v>25726</v>
+        <v>26542</v>
       </c>
       <c r="I26" s="158">
         <v>18799</v>
       </c>
       <c r="J26" s="160">
         <v>1436</v>
       </c>
       <c r="K26" s="162">
-        <v>4810</v>
+        <v>5105</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>216</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>217</v>
       </c>
       <c r="B28" s="158">
-        <v>4069912</v>
+        <v>4298963</v>
       </c>
       <c r="C28" s="158">
-        <v>498389</v>
+        <v>552829</v>
       </c>
       <c r="D28" s="158">
-        <v>4</v>
+        <v>30004</v>
       </c>
       <c r="E28" s="158">
-        <v>3044193</v>
+        <v>3184538</v>
       </c>
       <c r="F28" s="158">
         <v>30200</v>
       </c>
       <c r="G28" s="158">
-        <v>143091</v>
+        <v>132029</v>
       </c>
       <c r="H28" s="158">
-        <v>354035</v>
+        <v>369363</v>
       </c>
       <c r="I28" s="158">
         <v>100000</v>
       </c>
       <c r="J28" s="160">
         <v>72804</v>
       </c>
       <c r="K28" s="162">
-        <v>180131</v>
+        <v>186723</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>218</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>219</v>
       </c>
       <c r="B30" s="158">
-        <v>465231</v>
+        <v>452244</v>
       </c>
       <c r="C30" s="158">
-        <v>3592</v>
+        <v>4086</v>
       </c>
       <c r="D30" s="193">
         <v>0</v>
       </c>
       <c r="E30" s="158">
-        <v>334887</v>
+        <v>341667</v>
       </c>
       <c r="F30" s="193">
         <v>0</v>
       </c>
       <c r="G30" s="158">
-        <v>60587</v>
+        <v>37976</v>
       </c>
       <c r="H30" s="158">
-        <v>66165</v>
+        <v>68515</v>
       </c>
       <c r="I30" s="158">
         <v>34433</v>
       </c>
       <c r="J30" s="195">
         <v>0</v>
       </c>
       <c r="K30" s="162">
-        <v>31563</v>
+        <v>33780</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>220</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>221</v>
       </c>
       <c r="B32" s="164">
-        <v>414565</v>
+        <v>423080</v>
       </c>
       <c r="C32" s="164">
-        <v>16270</v>
+        <v>12600</v>
       </c>
       <c r="D32" s="164">
         <v>12000</v>
       </c>
       <c r="E32" s="164">
-        <v>290957</v>
+        <v>297162</v>
       </c>
       <c r="F32" s="164">
-        <v>13450</v>
+        <v>14660</v>
       </c>
       <c r="G32" s="164">
-        <v>39400</v>
+        <v>42884</v>
       </c>
       <c r="H32" s="164">
-        <v>42487</v>
+        <v>43775</v>
       </c>
       <c r="I32" s="164">
         <v>30554</v>
       </c>
       <c r="J32" s="166">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="K32" s="168">
-        <v>12821</v>
+        <v>13280</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>222</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -21081,56 +21081,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -21205,278 +21205,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>86</v>
       </c>
       <c r="B9" s="145">
-        <v>2407750</v>
+        <v>2451486</v>
       </c>
       <c r="C9" s="145">
-        <v>22976</v>
+        <v>24802</v>
       </c>
       <c r="D9" s="145">
-        <v>126641</v>
+        <v>159032</v>
       </c>
       <c r="E9" s="145">
-        <v>93075</v>
+        <v>98390</v>
       </c>
       <c r="F9" s="172">
-        <v>195158</v>
+        <v>191820</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>266481</v>
+        <v>249348</v>
       </c>
       <c r="I9" s="145">
-        <v>11592</v>
+        <v>9705</v>
       </c>
       <c r="J9" s="148">
-        <v>1663545</v>
+        <v>1676140</v>
       </c>
       <c r="K9" s="151">
-        <v>28283</v>
+        <v>42250</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>94</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>223</v>
       </c>
       <c r="B11" s="158">
-        <v>788580</v>
+        <v>756668</v>
       </c>
       <c r="C11" s="158">
-        <v>13434</v>
+        <v>11947</v>
       </c>
       <c r="D11" s="158">
-        <v>179268</v>
+        <v>176972</v>
       </c>
       <c r="E11" s="158">
-        <v>76527</v>
+        <v>64968</v>
       </c>
       <c r="F11" s="178">
-        <v>113984</v>
+        <v>104798</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
         <v>14401</v>
       </c>
       <c r="I11" s="158">
-        <v>23227</v>
+        <v>15126</v>
       </c>
       <c r="J11" s="160">
-        <v>325829</v>
+        <v>321552</v>
       </c>
       <c r="K11" s="162">
-        <v>41911</v>
+        <v>46905</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>224</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>225</v>
       </c>
       <c r="B13" s="158">
-        <v>983956</v>
+        <v>982435</v>
       </c>
       <c r="C13" s="158">
-        <v>10839</v>
+        <v>10710</v>
       </c>
       <c r="D13" s="158">
-        <v>52703</v>
+        <v>51431</v>
       </c>
       <c r="E13" s="158">
-        <v>38272</v>
+        <v>37377</v>
       </c>
       <c r="F13" s="183">
-        <v>95922</v>
+        <v>98751</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>106269</v>
+        <v>102029</v>
       </c>
       <c r="I13" s="158">
-        <v>4803</v>
+        <v>4802</v>
       </c>
       <c r="J13" s="160">
-        <v>634040</v>
+        <v>634599</v>
       </c>
       <c r="K13" s="162">
-        <v>41109</v>
+        <v>42736</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>226</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>227</v>
       </c>
       <c r="B15" s="158">
-        <v>355647</v>
+        <v>355475</v>
       </c>
       <c r="C15" s="158">
-        <v>3167</v>
+        <v>2729</v>
       </c>
       <c r="D15" s="158">
-        <v>30278</v>
+        <v>29592</v>
       </c>
       <c r="E15" s="158">
-        <v>37072</v>
+        <v>33566</v>
       </c>
       <c r="F15" s="183">
-        <v>38579</v>
+        <v>38394</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>13198</v>
+        <v>17715</v>
       </c>
       <c r="I15" s="158">
-        <v>1839</v>
+        <v>1467</v>
       </c>
       <c r="J15" s="160">
-        <v>225285</v>
+        <v>226594</v>
       </c>
       <c r="K15" s="162">
-        <v>6228</v>
+        <v>5418</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>228</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>229</v>
       </c>
       <c r="B17" s="164">
-        <v>751498</v>
+        <v>736440</v>
       </c>
       <c r="C17" s="164">
-        <v>5765</v>
+        <v>5972</v>
       </c>
       <c r="D17" s="164">
-        <v>103004</v>
+        <v>108254</v>
       </c>
       <c r="E17" s="164">
-        <v>80193</v>
+        <v>80331</v>
       </c>
       <c r="F17" s="183">
-        <v>112861</v>
+        <v>118260</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>34053</v>
+        <v>29554</v>
       </c>
       <c r="I17" s="164">
-        <v>32463</v>
+        <v>35195</v>
       </c>
       <c r="J17" s="166">
-        <v>339681</v>
+        <v>331580</v>
       </c>
       <c r="K17" s="168">
-        <v>43478</v>
+        <v>27296</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>230</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -21574,278 +21574,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>86</v>
       </c>
       <c r="B24" s="145">
-        <v>2407750</v>
+        <v>2451486</v>
       </c>
       <c r="C24" s="145">
-        <v>55378</v>
+        <v>60842</v>
       </c>
       <c r="D24" s="145">
-        <v>184099</v>
+        <v>155099</v>
       </c>
       <c r="E24" s="145">
-        <v>1924787</v>
+        <v>1993184</v>
       </c>
       <c r="F24" s="145">
-        <v>53210</v>
+        <v>52910</v>
       </c>
       <c r="G24" s="145">
-        <v>51478</v>
+        <v>44719</v>
       </c>
       <c r="H24" s="145">
-        <v>138797</v>
+        <v>144733</v>
       </c>
       <c r="I24" s="145">
         <v>97181</v>
       </c>
       <c r="J24" s="148">
         <v>816</v>
       </c>
       <c r="K24" s="151">
-        <v>38948</v>
+        <v>42359</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>223</v>
       </c>
       <c r="B26" s="158">
-        <v>788580</v>
+        <v>756668</v>
       </c>
       <c r="C26" s="158">
-        <v>9573</v>
+        <v>339</v>
       </c>
       <c r="D26" s="158">
         <v>0</v>
       </c>
       <c r="E26" s="158">
-        <v>631907</v>
+        <v>624764</v>
       </c>
       <c r="F26" s="158">
-        <v>8977</v>
+        <v>9227</v>
       </c>
       <c r="G26" s="158">
-        <v>85257</v>
+        <v>67444</v>
       </c>
       <c r="H26" s="158">
-        <v>52865</v>
+        <v>54895</v>
       </c>
       <c r="I26" s="158">
         <v>29106</v>
       </c>
       <c r="J26" s="160">
         <v>5795</v>
       </c>
       <c r="K26" s="162">
-        <v>17898</v>
+        <v>19666</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>224</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>225</v>
       </c>
       <c r="B28" s="158">
-        <v>983956</v>
+        <v>982435</v>
       </c>
       <c r="C28" s="158">
-        <v>7288</v>
+        <v>11634</v>
       </c>
       <c r="D28" s="158">
         <v>5013</v>
       </c>
       <c r="E28" s="158">
-        <v>846420</v>
+        <v>836377</v>
       </c>
       <c r="F28" s="158">
-        <v>13500</v>
+        <v>17150</v>
       </c>
       <c r="G28" s="158">
-        <v>26513</v>
+        <v>23080</v>
       </c>
       <c r="H28" s="158">
-        <v>85222</v>
+        <v>89180</v>
       </c>
       <c r="I28" s="158">
         <v>59216</v>
       </c>
       <c r="J28" s="160">
-        <v>1528</v>
+        <v>1578</v>
       </c>
       <c r="K28" s="162">
-        <v>23708</v>
+        <v>26272</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>226</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>227</v>
       </c>
       <c r="B30" s="158">
-        <v>355647</v>
+        <v>355475</v>
       </c>
       <c r="C30" s="158">
-        <v>4315</v>
+        <v>6509</v>
       </c>
       <c r="D30" s="193">
         <v>0</v>
       </c>
       <c r="E30" s="158">
-        <v>284967</v>
+        <v>284533</v>
       </c>
       <c r="F30" s="193">
         <v>0</v>
       </c>
       <c r="G30" s="158">
-        <v>8316</v>
+        <v>6648</v>
       </c>
       <c r="H30" s="158">
-        <v>58049</v>
+        <v>57784</v>
       </c>
       <c r="I30" s="158">
         <v>11112</v>
       </c>
       <c r="J30" s="160">
         <v>55</v>
       </c>
       <c r="K30" s="162">
-        <v>41390</v>
+        <v>42229</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>228</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>229</v>
       </c>
       <c r="B32" s="164">
-        <v>751498</v>
+        <v>736440</v>
       </c>
       <c r="C32" s="164">
-        <v>28070</v>
+        <v>18452</v>
       </c>
       <c r="D32" s="197">
         <v>0</v>
       </c>
       <c r="E32" s="164">
-        <v>581433</v>
+        <v>579003</v>
       </c>
       <c r="F32" s="197">
         <v>0</v>
       </c>
       <c r="G32" s="164">
-        <v>77052</v>
+        <v>71331</v>
       </c>
       <c r="H32" s="164">
-        <v>64943</v>
+        <v>67654</v>
       </c>
       <c r="I32" s="164">
         <v>34800</v>
       </c>
       <c r="J32" s="166">
         <v>1579</v>
       </c>
       <c r="K32" s="168">
-        <v>28119</v>
+        <v>30759</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>230</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -22108,56 +22108,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -22232,278 +22232,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>90</v>
       </c>
       <c r="B9" s="145">
-        <v>94870</v>
+        <v>95831</v>
       </c>
       <c r="C9" s="145">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="D9" s="145">
-        <v>4728</v>
+        <v>5829</v>
       </c>
       <c r="E9" s="145">
-        <v>572</v>
+        <v>449</v>
       </c>
       <c r="F9" s="172">
-        <v>6025</v>
+        <v>7120</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>14890</v>
+        <v>14189</v>
       </c>
       <c r="I9" s="145">
-        <v>253</v>
+        <v>227</v>
       </c>
       <c r="J9" s="148">
-        <v>61460</v>
+        <v>61664</v>
       </c>
       <c r="K9" s="151">
-        <v>5707</v>
+        <v>5113</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>98</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>231</v>
       </c>
       <c r="B11" s="158">
-        <v>252487</v>
+        <v>261915</v>
       </c>
       <c r="C11" s="158">
-        <v>2247</v>
+        <v>2188</v>
       </c>
       <c r="D11" s="158">
-        <v>17912</v>
+        <v>20106</v>
       </c>
       <c r="E11" s="158">
-        <v>1874</v>
+        <v>1909</v>
       </c>
       <c r="F11" s="178">
-        <v>6320</v>
+        <v>6206</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>28700</v>
+        <v>28232</v>
       </c>
       <c r="I11" s="158">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="J11" s="160">
-        <v>183974</v>
+        <v>187679</v>
       </c>
       <c r="K11" s="162">
-        <v>10917</v>
+        <v>15050</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>232</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>233</v>
       </c>
       <c r="B13" s="158">
-        <v>1369136</v>
+        <v>1383694</v>
       </c>
       <c r="C13" s="158">
-        <v>16533</v>
+        <v>19022</v>
       </c>
       <c r="D13" s="158">
-        <v>90194</v>
+        <v>89437</v>
       </c>
       <c r="E13" s="158">
-        <v>122692</v>
+        <v>132650</v>
       </c>
       <c r="F13" s="183">
-        <v>175470</v>
+        <v>170672</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>62316</v>
+        <v>63578</v>
       </c>
       <c r="I13" s="158">
-        <v>15669</v>
+        <v>13958</v>
       </c>
       <c r="J13" s="160">
-        <v>881153</v>
+        <v>888372</v>
       </c>
       <c r="K13" s="162">
-        <v>5110</v>
+        <v>6004</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>234</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>235</v>
       </c>
       <c r="B15" s="158">
-        <v>780167</v>
+        <v>796747</v>
       </c>
       <c r="C15" s="158">
-        <v>8486</v>
+        <v>9419</v>
       </c>
       <c r="D15" s="158">
-        <v>39188</v>
+        <v>40191</v>
       </c>
       <c r="E15" s="158">
-        <v>38787</v>
+        <v>44310</v>
       </c>
       <c r="F15" s="183">
-        <v>109247</v>
+        <v>111787</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>36516</v>
+        <v>36480</v>
       </c>
       <c r="I15" s="158">
-        <v>3816</v>
+        <v>3288</v>
       </c>
       <c r="J15" s="160">
-        <v>518767</v>
+        <v>524303</v>
       </c>
       <c r="K15" s="162">
-        <v>25360</v>
+        <v>26970</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>236</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>237</v>
       </c>
       <c r="B17" s="164">
-        <v>343251</v>
+        <v>347382</v>
       </c>
       <c r="C17" s="164">
-        <v>4533</v>
+        <v>3213</v>
       </c>
       <c r="D17" s="164">
-        <v>17090</v>
+        <v>21387</v>
       </c>
       <c r="E17" s="164">
-        <v>10644</v>
+        <v>8189</v>
       </c>
       <c r="F17" s="183">
-        <v>18751</v>
+        <v>20079</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>46571</v>
+        <v>42174</v>
       </c>
       <c r="I17" s="164">
-        <v>1152</v>
+        <v>1735</v>
       </c>
       <c r="J17" s="166">
-        <v>224552</v>
+        <v>231559</v>
       </c>
       <c r="K17" s="168">
-        <v>19958</v>
+        <v>19045</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>238</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -22601,278 +22601,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>90</v>
       </c>
       <c r="B24" s="145">
-        <v>94870</v>
+        <v>95831</v>
       </c>
       <c r="C24" s="145">
-        <v>4662</v>
+        <v>4068</v>
       </c>
       <c r="D24" s="189">
         <v>0</v>
       </c>
       <c r="E24" s="145">
-        <v>80502</v>
+        <v>82351</v>
       </c>
       <c r="F24" s="145">
         <v>1210</v>
       </c>
       <c r="G24" s="145">
-        <v>2478</v>
+        <v>2091</v>
       </c>
       <c r="H24" s="145">
-        <v>6018</v>
+        <v>6110</v>
       </c>
       <c r="I24" s="145">
         <v>3202</v>
       </c>
       <c r="J24" s="148">
         <v>1058</v>
       </c>
       <c r="K24" s="151">
-        <v>1477</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>98</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>231</v>
       </c>
       <c r="B26" s="158">
-        <v>252487</v>
+        <v>261915</v>
       </c>
       <c r="C26" s="158">
         <v>15</v>
       </c>
       <c r="D26" s="193">
         <v>0</v>
       </c>
       <c r="E26" s="158">
-        <v>227826</v>
+        <v>236646</v>
       </c>
       <c r="F26" s="158">
-        <v>5630</v>
+        <v>6000</v>
       </c>
       <c r="G26" s="158">
-        <v>2952</v>
+        <v>2714</v>
       </c>
       <c r="H26" s="158">
-        <v>16065</v>
+        <v>16541</v>
       </c>
       <c r="I26" s="158">
         <v>13012</v>
       </c>
       <c r="J26" s="160">
         <v>10</v>
       </c>
       <c r="K26" s="162">
-        <v>2831</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>232</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>233</v>
       </c>
       <c r="B28" s="158">
-        <v>1369136</v>
+        <v>1383694</v>
       </c>
       <c r="C28" s="158">
-        <v>18819</v>
+        <v>19961</v>
       </c>
       <c r="D28" s="158">
         <v>314</v>
       </c>
       <c r="E28" s="158">
-        <v>1170876</v>
+        <v>1179053</v>
       </c>
       <c r="F28" s="158">
         <v>28200</v>
       </c>
       <c r="G28" s="158">
-        <v>74023</v>
+        <v>75096</v>
       </c>
       <c r="H28" s="158">
-        <v>76904</v>
+        <v>81071</v>
       </c>
       <c r="I28" s="158">
         <v>49815</v>
       </c>
       <c r="J28" s="160">
         <v>2756</v>
       </c>
       <c r="K28" s="162">
-        <v>31252</v>
+        <v>34021</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>234</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>235</v>
       </c>
       <c r="B30" s="158">
-        <v>780167</v>
+        <v>796747</v>
       </c>
       <c r="C30" s="158">
-        <v>4075</v>
+        <v>5905</v>
       </c>
       <c r="D30" s="158">
         <v>1299</v>
       </c>
       <c r="E30" s="158">
-        <v>694201</v>
+        <v>705175</v>
       </c>
       <c r="F30" s="158">
         <v>13520</v>
       </c>
       <c r="G30" s="158">
-        <v>13794</v>
+        <v>14519</v>
       </c>
       <c r="H30" s="158">
-        <v>53278</v>
+        <v>56329</v>
       </c>
       <c r="I30" s="158">
-        <v>39403</v>
+        <v>40403</v>
       </c>
       <c r="J30" s="160">
-        <v>133</v>
+        <v>143</v>
       </c>
       <c r="K30" s="162">
-        <v>13935</v>
+        <v>15157</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>236</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>237</v>
       </c>
       <c r="B32" s="164">
-        <v>343251</v>
+        <v>347382</v>
       </c>
       <c r="C32" s="164">
-        <v>7030</v>
+        <v>7036</v>
       </c>
       <c r="D32" s="164">
-        <v>7003</v>
+        <v>8003</v>
       </c>
       <c r="E32" s="164">
-        <v>292122</v>
+        <v>293430</v>
       </c>
       <c r="F32" s="164">
         <v>5449</v>
       </c>
       <c r="G32" s="164">
-        <v>7757</v>
+        <v>9023</v>
       </c>
       <c r="H32" s="164">
-        <v>23890</v>
+        <v>24441</v>
       </c>
       <c r="I32" s="164">
         <v>19403</v>
       </c>
       <c r="J32" s="166">
         <v>1</v>
       </c>
       <c r="K32" s="168">
-        <v>4712</v>
+        <v>5109</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>238</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -23135,56 +23135,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -23259,278 +23259,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>97</v>
       </c>
       <c r="B9" s="145">
-        <v>210419</v>
+        <v>215529</v>
       </c>
       <c r="C9" s="145">
-        <v>2474</v>
+        <v>2447</v>
       </c>
       <c r="D9" s="145">
-        <v>12253</v>
+        <v>11673</v>
       </c>
       <c r="E9" s="145">
-        <v>3735</v>
+        <v>7980</v>
       </c>
       <c r="F9" s="172">
-        <v>13575</v>
+        <v>13651</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>19539</v>
+        <v>20995</v>
       </c>
       <c r="I9" s="145">
-        <v>723</v>
+        <v>736</v>
       </c>
       <c r="J9" s="148">
-        <v>152239</v>
+        <v>150665</v>
       </c>
       <c r="K9" s="151">
-        <v>5882</v>
+        <v>7383</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>102</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>239</v>
       </c>
       <c r="B11" s="158">
-        <v>1020486</v>
+        <v>1033806</v>
       </c>
       <c r="C11" s="158">
-        <v>7330</v>
+        <v>7961</v>
       </c>
       <c r="D11" s="158">
-        <v>42983</v>
+        <v>48680</v>
       </c>
       <c r="E11" s="158">
-        <v>79752</v>
+        <v>89461</v>
       </c>
       <c r="F11" s="178">
-        <v>64754</v>
+        <v>67011</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>79679</v>
+        <v>75649</v>
       </c>
       <c r="I11" s="158">
-        <v>39631</v>
+        <v>38582</v>
       </c>
       <c r="J11" s="160">
-        <v>630417</v>
+        <v>635541</v>
       </c>
       <c r="K11" s="162">
-        <v>75941</v>
+        <v>70921</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>240</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>241</v>
       </c>
       <c r="B13" s="158">
-        <v>871853</v>
+        <v>870702</v>
       </c>
       <c r="C13" s="158">
-        <v>4478</v>
+        <v>4150</v>
       </c>
       <c r="D13" s="158">
-        <v>49064</v>
+        <v>51348</v>
       </c>
       <c r="E13" s="158">
-        <v>56323</v>
+        <v>51886</v>
       </c>
       <c r="F13" s="183">
-        <v>60878</v>
+        <v>64083</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>158868</v>
+        <v>152425</v>
       </c>
       <c r="I13" s="158">
-        <v>16518</v>
+        <v>16678</v>
       </c>
       <c r="J13" s="160">
-        <v>509347</v>
+        <v>510817</v>
       </c>
       <c r="K13" s="162">
-        <v>16378</v>
+        <v>19315</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>242</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>243</v>
       </c>
       <c r="B15" s="158">
-        <v>2214001</v>
+        <v>2313549</v>
       </c>
       <c r="C15" s="158">
-        <v>8458</v>
+        <v>11742</v>
       </c>
       <c r="D15" s="158">
-        <v>114954</v>
+        <v>125656</v>
       </c>
       <c r="E15" s="158">
-        <v>201889</v>
+        <v>231510</v>
       </c>
       <c r="F15" s="183">
-        <v>184379</v>
+        <v>212677</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>267384</v>
+        <v>252465</v>
       </c>
       <c r="I15" s="158">
-        <v>27684</v>
+        <v>28839</v>
       </c>
       <c r="J15" s="160">
-        <v>1354708</v>
+        <v>1390672</v>
       </c>
       <c r="K15" s="162">
-        <v>54544</v>
+        <v>59988</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>244</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>245</v>
       </c>
       <c r="B17" s="164">
-        <v>2769009</v>
+        <v>2826992</v>
       </c>
       <c r="C17" s="164">
-        <v>26154</v>
+        <v>31615</v>
       </c>
       <c r="D17" s="164">
-        <v>201880</v>
+        <v>207623</v>
       </c>
       <c r="E17" s="164">
-        <v>67744</v>
+        <v>69079</v>
       </c>
       <c r="F17" s="183">
-        <v>325198</v>
+        <v>346931</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>309118</v>
+        <v>324143</v>
       </c>
       <c r="I17" s="164">
-        <v>57016</v>
+        <v>55173</v>
       </c>
       <c r="J17" s="166">
-        <v>1643040</v>
+        <v>1667048</v>
       </c>
       <c r="K17" s="168">
-        <v>138858</v>
+        <v>125380</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>246</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -23628,278 +23628,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>97</v>
       </c>
       <c r="B24" s="145">
-        <v>210419</v>
+        <v>215529</v>
       </c>
       <c r="C24" s="145">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D24" s="145">
         <v>26</v>
       </c>
       <c r="E24" s="145">
-        <v>189056</v>
+        <v>194201</v>
       </c>
       <c r="F24" s="145">
         <v>2250</v>
       </c>
       <c r="G24" s="145">
-        <v>2881</v>
+        <v>2403</v>
       </c>
       <c r="H24" s="145">
-        <v>16194</v>
+        <v>16637</v>
       </c>
       <c r="I24" s="145">
         <v>11815</v>
       </c>
       <c r="J24" s="148">
         <v>927</v>
       </c>
       <c r="K24" s="151">
-        <v>3387</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>102</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>239</v>
       </c>
       <c r="B26" s="158">
-        <v>1020486</v>
+        <v>1033806</v>
       </c>
       <c r="C26" s="158">
-        <v>12214</v>
+        <v>9307</v>
       </c>
       <c r="D26" s="158">
         <v>5575</v>
       </c>
       <c r="E26" s="158">
-        <v>820170</v>
+        <v>825772</v>
       </c>
       <c r="F26" s="158">
-        <v>5000</v>
+        <v>6000</v>
       </c>
       <c r="G26" s="158">
-        <v>97240</v>
+        <v>103420</v>
       </c>
       <c r="H26" s="158">
-        <v>80289</v>
+        <v>83733</v>
       </c>
       <c r="I26" s="158">
         <v>45406</v>
       </c>
       <c r="J26" s="160">
-        <v>8222</v>
+        <v>8237</v>
       </c>
       <c r="K26" s="162">
-        <v>19169</v>
+        <v>20899</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>240</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>241</v>
       </c>
       <c r="B28" s="158">
-        <v>871853</v>
+        <v>870702</v>
       </c>
       <c r="C28" s="158">
-        <v>5956</v>
+        <v>3573</v>
       </c>
       <c r="D28" s="158">
-        <v>35209</v>
+        <v>35150</v>
       </c>
       <c r="E28" s="158">
-        <v>682434</v>
+        <v>675567</v>
       </c>
       <c r="F28" s="158">
-        <v>22902</v>
+        <v>25302</v>
       </c>
       <c r="G28" s="158">
-        <v>63783</v>
+        <v>61969</v>
       </c>
       <c r="H28" s="158">
-        <v>61568</v>
+        <v>69142</v>
       </c>
       <c r="I28" s="158">
-        <v>43823</v>
+        <v>48653</v>
       </c>
       <c r="J28" s="160">
-        <v>303</v>
+        <v>831</v>
       </c>
       <c r="K28" s="162">
-        <v>17216</v>
+        <v>18520</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>242</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>243</v>
       </c>
       <c r="B30" s="158">
-        <v>2214001</v>
+        <v>2313549</v>
       </c>
       <c r="C30" s="158">
-        <v>13019</v>
+        <v>18072</v>
       </c>
       <c r="D30" s="193">
         <v>0</v>
       </c>
       <c r="E30" s="158">
-        <v>1977010</v>
+        <v>2053057</v>
       </c>
       <c r="F30" s="158">
-        <v>31700</v>
+        <v>33000</v>
       </c>
       <c r="G30" s="158">
-        <v>44432</v>
+        <v>55944</v>
       </c>
       <c r="H30" s="158">
-        <v>147840</v>
+        <v>153477</v>
       </c>
       <c r="I30" s="158">
         <v>87303</v>
       </c>
       <c r="J30" s="160">
         <v>25960</v>
       </c>
       <c r="K30" s="162">
-        <v>37209</v>
+        <v>40295</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>244</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>245</v>
       </c>
       <c r="B32" s="164">
-        <v>2769009</v>
+        <v>2826992</v>
       </c>
       <c r="C32" s="164">
-        <v>70348</v>
+        <v>106866</v>
       </c>
       <c r="D32" s="164">
         <v>10023</v>
       </c>
       <c r="E32" s="164">
-        <v>2290700</v>
+        <v>2306766</v>
       </c>
       <c r="F32" s="164">
-        <v>53140</v>
+        <v>52140</v>
       </c>
       <c r="G32" s="164">
-        <v>154563</v>
+        <v>153201</v>
       </c>
       <c r="H32" s="164">
-        <v>190234</v>
+        <v>197996</v>
       </c>
       <c r="I32" s="164">
         <v>110735</v>
       </c>
       <c r="J32" s="166">
         <v>15581</v>
       </c>
       <c r="K32" s="168">
-        <v>71842</v>
+        <v>76988</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>246</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -24162,56 +24162,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -24286,278 +24286,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>101</v>
       </c>
       <c r="B9" s="145">
-        <v>4045119</v>
+        <v>4179283</v>
       </c>
       <c r="C9" s="145">
-        <v>36082</v>
+        <v>35458</v>
       </c>
       <c r="D9" s="145">
-        <v>297771</v>
+        <v>303671</v>
       </c>
       <c r="E9" s="145">
-        <v>252143</v>
+        <v>262933</v>
       </c>
       <c r="F9" s="172">
-        <v>310993</v>
+        <v>340359</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>480968</v>
+        <v>489772</v>
       </c>
       <c r="I9" s="145">
-        <v>165303</v>
+        <v>143572</v>
       </c>
       <c r="J9" s="148">
-        <v>2414720</v>
+        <v>2517559</v>
       </c>
       <c r="K9" s="151">
-        <v>87140</v>
+        <v>85958</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>104</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>247</v>
       </c>
       <c r="B11" s="158">
-        <v>898618</v>
+        <v>898351</v>
       </c>
       <c r="C11" s="158">
-        <v>6253</v>
+        <v>6011</v>
       </c>
       <c r="D11" s="158">
-        <v>45668</v>
+        <v>51959</v>
       </c>
       <c r="E11" s="158">
-        <v>43638</v>
+        <v>37571</v>
       </c>
       <c r="F11" s="178">
-        <v>121048</v>
+        <v>117990</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>75200</v>
+        <v>83200</v>
       </c>
       <c r="I11" s="158">
-        <v>19973</v>
+        <v>22254</v>
       </c>
       <c r="J11" s="160">
-        <v>511511</v>
+        <v>515174</v>
       </c>
       <c r="K11" s="162">
-        <v>75328</v>
+        <v>64192</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>248</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>249</v>
       </c>
       <c r="B13" s="158">
-        <v>978170</v>
+        <v>1005460</v>
       </c>
       <c r="C13" s="158">
-        <v>19203</v>
+        <v>15468</v>
       </c>
       <c r="D13" s="158">
-        <v>125004</v>
+        <v>138691</v>
       </c>
       <c r="E13" s="158">
-        <v>52947</v>
+        <v>58016</v>
       </c>
       <c r="F13" s="183">
-        <v>98748</v>
+        <v>127757</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>94738</v>
+        <v>87303</v>
       </c>
       <c r="J13" s="160">
-        <v>545285</v>
+        <v>540758</v>
       </c>
       <c r="K13" s="162">
-        <v>42246</v>
+        <v>37466</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>250</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>251</v>
       </c>
       <c r="B15" s="158">
-        <v>3012380</v>
+        <v>3031951</v>
       </c>
       <c r="C15" s="158">
-        <v>29327</v>
+        <v>29751</v>
       </c>
       <c r="D15" s="158">
-        <v>116995</v>
+        <v>118329</v>
       </c>
       <c r="E15" s="158">
-        <v>145480</v>
+        <v>144929</v>
       </c>
       <c r="F15" s="183">
-        <v>172330</v>
+        <v>158291</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>546366</v>
+        <v>532876</v>
       </c>
       <c r="I15" s="158">
-        <v>129686</v>
+        <v>133354</v>
       </c>
       <c r="J15" s="160">
-        <v>1830630</v>
+        <v>1864001</v>
       </c>
       <c r="K15" s="162">
-        <v>41566</v>
+        <v>50420</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>252</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>253</v>
       </c>
       <c r="B17" s="164">
-        <v>379138</v>
+        <v>392055</v>
       </c>
       <c r="C17" s="164">
-        <v>2613</v>
+        <v>2886</v>
       </c>
       <c r="D17" s="164">
-        <v>17920</v>
+        <v>16651</v>
       </c>
       <c r="E17" s="164">
-        <v>26663</v>
+        <v>28836</v>
       </c>
       <c r="F17" s="183">
-        <v>42037</v>
+        <v>46493</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>39429</v>
+        <v>35013</v>
       </c>
       <c r="I17" s="164">
-        <v>4798</v>
+        <v>6577</v>
       </c>
       <c r="J17" s="166">
-        <v>244996</v>
+        <v>255479</v>
       </c>
       <c r="K17" s="168">
-        <v>682</v>
+        <v>121</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>254</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -24655,278 +24655,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>101</v>
       </c>
       <c r="B24" s="145">
-        <v>4045119</v>
+        <v>4179283</v>
       </c>
       <c r="C24" s="145">
-        <v>83030</v>
+        <v>69929</v>
       </c>
       <c r="D24" s="145">
         <v>2276</v>
       </c>
       <c r="E24" s="145">
-        <v>3387106</v>
+        <v>3530510</v>
       </c>
       <c r="F24" s="145">
-        <v>25160</v>
+        <v>21510</v>
       </c>
       <c r="G24" s="145">
-        <v>274692</v>
+        <v>269331</v>
       </c>
       <c r="H24" s="145">
-        <v>272855</v>
+        <v>285726</v>
       </c>
       <c r="I24" s="145">
         <v>146320</v>
       </c>
       <c r="J24" s="148">
-        <v>36105</v>
+        <v>36439</v>
       </c>
       <c r="K24" s="151">
-        <v>88489</v>
+        <v>96871</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>104</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>247</v>
       </c>
       <c r="B26" s="158">
-        <v>898618</v>
+        <v>898351</v>
       </c>
       <c r="C26" s="158">
-        <v>14285</v>
+        <v>10911</v>
       </c>
       <c r="D26" s="158">
         <v>181</v>
       </c>
       <c r="E26" s="158">
-        <v>657017</v>
+        <v>671702</v>
       </c>
       <c r="F26" s="158">
-        <v>23976</v>
+        <v>23969</v>
       </c>
       <c r="G26" s="158">
-        <v>129247</v>
+        <v>114498</v>
       </c>
       <c r="H26" s="158">
-        <v>73912</v>
+        <v>77091</v>
       </c>
       <c r="I26" s="158">
         <v>47036</v>
       </c>
       <c r="J26" s="160">
-        <v>8047</v>
+        <v>8051</v>
       </c>
       <c r="K26" s="162">
-        <v>21319</v>
+        <v>23163</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>248</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>249</v>
       </c>
       <c r="B28" s="158">
-        <v>978170</v>
+        <v>1005460</v>
       </c>
       <c r="C28" s="158">
-        <v>12392</v>
+        <v>12845</v>
       </c>
       <c r="D28" s="193">
         <v>0</v>
       </c>
       <c r="E28" s="158">
-        <v>800138</v>
+        <v>829010</v>
       </c>
       <c r="F28" s="158">
-        <v>2983</v>
+        <v>3072</v>
       </c>
       <c r="G28" s="158">
-        <v>63616</v>
+        <v>58971</v>
       </c>
       <c r="H28" s="158">
-        <v>99041</v>
+        <v>101561</v>
       </c>
       <c r="I28" s="158">
         <v>84250</v>
       </c>
       <c r="J28" s="195">
         <v>0</v>
       </c>
       <c r="K28" s="162">
-        <v>14668</v>
+        <v>16830</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>250</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>251</v>
       </c>
       <c r="B30" s="158">
-        <v>3012380</v>
+        <v>3031951</v>
       </c>
       <c r="C30" s="158">
-        <v>12260</v>
+        <v>29075</v>
       </c>
       <c r="D30" s="158">
-        <v>6700</v>
+        <v>6716</v>
       </c>
       <c r="E30" s="158">
-        <v>2509942</v>
+        <v>2509878</v>
       </c>
       <c r="F30" s="158">
-        <v>20750</v>
+        <v>20050</v>
       </c>
       <c r="G30" s="158">
-        <v>260245</v>
+        <v>255648</v>
       </c>
       <c r="H30" s="158">
-        <v>202482</v>
+        <v>210584</v>
       </c>
       <c r="I30" s="158">
         <v>122992</v>
       </c>
       <c r="J30" s="160">
         <v>30186</v>
       </c>
       <c r="K30" s="162">
-        <v>50774</v>
+        <v>56980</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>252</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>253</v>
       </c>
       <c r="B32" s="164">
-        <v>379138</v>
+        <v>392055</v>
       </c>
       <c r="C32" s="164">
-        <v>2759</v>
+        <v>3340</v>
       </c>
       <c r="D32" s="164">
         <v>2006</v>
       </c>
       <c r="E32" s="164">
-        <v>330904</v>
+        <v>342151</v>
       </c>
       <c r="F32" s="197">
         <v>0</v>
       </c>
       <c r="G32" s="164">
-        <v>8504</v>
+        <v>8815</v>
       </c>
       <c r="H32" s="164">
-        <v>34965</v>
+        <v>35743</v>
       </c>
       <c r="I32" s="164">
         <v>19576</v>
       </c>
       <c r="J32" s="166">
         <v>406</v>
       </c>
       <c r="K32" s="168">
-        <v>15523</v>
+        <v>15942</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>254</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -25189,56 +25189,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年 7月底</v>
+        <v>民國114年10月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of July 2025</v>
+        <v> End of Oct. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -25313,228 +25313,228 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>103</v>
       </c>
       <c r="B9" s="145">
-        <v>5605515</v>
+        <v>5710271</v>
       </c>
       <c r="C9" s="145">
-        <v>105393</v>
+        <v>75683</v>
       </c>
       <c r="D9" s="145">
-        <v>306610</v>
+        <v>381431</v>
       </c>
       <c r="E9" s="145">
-        <v>268973</v>
+        <v>272294</v>
       </c>
       <c r="F9" s="172">
-        <v>318817</v>
+        <v>334357</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>863648</v>
+        <v>851901</v>
       </c>
       <c r="I9" s="145">
-        <v>221699</v>
+        <v>205148</v>
       </c>
       <c r="J9" s="148">
-        <v>3343937</v>
+        <v>3411272</v>
       </c>
       <c r="K9" s="151">
-        <v>176438</v>
+        <v>178185</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>106</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>255</v>
       </c>
       <c r="B11" s="158">
-        <v>59541</v>
+        <v>64662</v>
       </c>
       <c r="C11" s="158">
-        <v>191</v>
+        <v>246</v>
       </c>
       <c r="D11" s="158">
-        <v>3975</v>
+        <v>5036</v>
       </c>
       <c r="E11" s="193">
         <v>0</v>
       </c>
       <c r="F11" s="178">
-        <v>14105</v>
+        <v>17299</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>808</v>
+        <v>841</v>
       </c>
       <c r="I11" s="158">
-        <v>989</v>
+        <v>1133</v>
       </c>
       <c r="J11" s="160">
-        <v>28259</v>
+        <v>32273</v>
       </c>
       <c r="K11" s="162">
-        <v>11213</v>
+        <v>7833</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>256</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>257</v>
       </c>
       <c r="B13" s="158">
-        <v>95124</v>
+        <v>101758</v>
       </c>
       <c r="C13" s="158">
-        <v>153</v>
+        <v>169</v>
       </c>
       <c r="D13" s="158">
-        <v>6908</v>
+        <v>6999</v>
       </c>
       <c r="E13" s="193">
         <v>0</v>
       </c>
       <c r="F13" s="183">
-        <v>11687</v>
+        <v>13408</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>4380</v>
+        <v>4030</v>
       </c>
       <c r="I13" s="158">
-        <v>255</v>
+        <v>292</v>
       </c>
       <c r="J13" s="160">
-        <v>68097</v>
+        <v>73185</v>
       </c>
       <c r="K13" s="162">
-        <v>3644</v>
+        <v>3675</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>258</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>259</v>
       </c>
       <c r="B15" s="158">
-        <v>55894</v>
+        <v>55765</v>
       </c>
       <c r="C15" s="158">
         <v>2</v>
       </c>
       <c r="D15" s="158">
-        <v>4209</v>
+        <v>2809</v>
       </c>
       <c r="E15" s="158">
-        <v>3800</v>
+        <v>3486</v>
       </c>
       <c r="F15" s="183">
-        <v>15768</v>
+        <v>16197</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
         <v>600</v>
       </c>
       <c r="I15" s="158">
-        <v>517</v>
+        <v>498</v>
       </c>
       <c r="J15" s="160">
-        <v>21188</v>
+        <v>22278</v>
       </c>
       <c r="K15" s="162">
-        <v>9810</v>
+        <v>9896</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>260</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="40"/>
       <c r="B17" s="72"/>
       <c r="C17" s="72"/>
       <c r="D17" s="72"/>
       <c r="E17" s="72"/>
       <c r="F17" s="95"/>
       <c r="G17" s="96"/>
@@ -25658,228 +25658,228 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>103</v>
       </c>
       <c r="B24" s="145">
-        <v>5605515</v>
+        <v>5710271</v>
       </c>
       <c r="C24" s="145">
-        <v>106837</v>
+        <v>142508</v>
       </c>
       <c r="D24" s="145">
         <v>63</v>
       </c>
       <c r="E24" s="145">
-        <v>4676188</v>
+        <v>4667534</v>
       </c>
       <c r="F24" s="145">
-        <v>55550</v>
+        <v>77500</v>
       </c>
       <c r="G24" s="145">
-        <v>376572</v>
+        <v>405650</v>
       </c>
       <c r="H24" s="145">
-        <v>390305</v>
+        <v>417016</v>
       </c>
       <c r="I24" s="145">
         <v>171285</v>
       </c>
       <c r="J24" s="148">
-        <v>30910</v>
+        <v>31048</v>
       </c>
       <c r="K24" s="151">
-        <v>211284</v>
+        <v>226294</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>106</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>255</v>
       </c>
       <c r="B26" s="158">
-        <v>59541</v>
+        <v>64662</v>
       </c>
       <c r="C26" s="193">
         <v>0</v>
       </c>
       <c r="D26" s="193">
         <v>0</v>
       </c>
       <c r="E26" s="158">
-        <v>49753</v>
+        <v>54909</v>
       </c>
       <c r="F26" s="193">
         <v>0</v>
       </c>
       <c r="G26" s="158">
-        <v>1679</v>
+        <v>1802</v>
       </c>
       <c r="H26" s="158">
-        <v>8109</v>
+        <v>7950</v>
       </c>
       <c r="I26" s="158">
         <v>10000</v>
       </c>
       <c r="J26" s="195">
         <v>0</v>
       </c>
       <c r="K26" s="162">
-        <v>-1921</v>
+        <v>-2106</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>256</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>257</v>
       </c>
       <c r="B28" s="158">
-        <v>95124</v>
+        <v>101758</v>
       </c>
       <c r="C28" s="158">
-        <v>390</v>
+        <v>1022</v>
       </c>
       <c r="D28" s="193">
         <v>0</v>
       </c>
       <c r="E28" s="158">
-        <v>78158</v>
+        <v>83975</v>
       </c>
       <c r="F28" s="193">
         <v>0</v>
       </c>
       <c r="G28" s="158">
-        <v>587</v>
+        <v>800</v>
       </c>
       <c r="H28" s="158">
-        <v>15988</v>
+        <v>15961</v>
       </c>
       <c r="I28" s="158">
         <v>20000</v>
       </c>
       <c r="J28" s="195">
         <v>0</v>
       </c>
       <c r="K28" s="162">
-        <v>-4006</v>
+        <v>-4051</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>258</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>259</v>
       </c>
       <c r="B30" s="158">
-        <v>55894</v>
+        <v>55765</v>
       </c>
       <c r="C30" s="158">
-        <v>3900</v>
+        <v>4350</v>
       </c>
       <c r="D30" s="193">
         <v>0</v>
       </c>
       <c r="E30" s="158">
-        <v>42417</v>
+        <v>41896</v>
       </c>
       <c r="F30" s="193">
         <v>0</v>
       </c>
       <c r="G30" s="158">
-        <v>2268</v>
+        <v>2283</v>
       </c>
       <c r="H30" s="158">
-        <v>7309</v>
+        <v>7236</v>
       </c>
       <c r="I30" s="158">
         <v>10000</v>
       </c>
       <c r="J30" s="195">
         <v>0</v>
       </c>
       <c r="K30" s="162">
-        <v>-2598</v>
+        <v>-2707</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>260</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="40"/>
       <c r="B32" s="72"/>
       <c r="C32" s="72"/>
       <c r="D32" s="72"/>
       <c r="E32" s="72"/>
       <c r="F32" s="72"/>
       <c r="G32" s="72"/>
@@ -26165,51 +26165,51 @@
       <c r="F2" s="103"/>
       <c r="G2" s="103"/>
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
-      <c r="C4" s="202" t="s">
+      <c r="C4" s="200" t="s">
         <v>19</v>
       </c>
       <c r="D4" s="120"/>
       <c r="E4" s="58" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
@@ -26286,278 +26286,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="146">
-        <v>3847312</v>
+        <v>3939424</v>
       </c>
       <c r="C9" s="146">
-        <v>16414</v>
+        <v>18644</v>
       </c>
       <c r="D9" s="146">
-        <v>228880</v>
+        <v>218908</v>
       </c>
       <c r="E9" s="146">
-        <v>329256</v>
+        <v>258123</v>
       </c>
       <c r="F9" s="173">
-        <v>155327</v>
+        <v>154404</v>
       </c>
       <c r="G9" s="176">
         <v>0</v>
       </c>
       <c r="H9" s="146">
-        <v>93052</v>
+        <v>86478</v>
       </c>
       <c r="I9" s="146">
-        <v>190717</v>
+        <v>274268</v>
       </c>
       <c r="J9" s="149">
-        <v>1231805</v>
+        <v>1258092</v>
       </c>
       <c r="K9" s="152">
-        <v>1601862</v>
+        <v>1670505</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="158">
-        <v>663023</v>
+        <v>627963</v>
       </c>
       <c r="C11" s="158">
-        <v>2502</v>
+        <v>4572</v>
       </c>
       <c r="D11" s="158">
-        <v>15630</v>
+        <v>23426</v>
       </c>
       <c r="E11" s="158">
-        <v>9600</v>
+        <v>10365</v>
       </c>
       <c r="F11" s="178">
-        <v>49271</v>
+        <v>42413</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="193">
         <v>0</v>
       </c>
       <c r="I11" s="158">
-        <v>9074</v>
+        <v>17417</v>
       </c>
       <c r="J11" s="160">
-        <v>253696</v>
+        <v>269140</v>
       </c>
       <c r="K11" s="162">
-        <v>323250</v>
+        <v>260630</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>105</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>261</v>
       </c>
       <c r="B13" s="158">
-        <v>136923</v>
+        <v>203398</v>
       </c>
       <c r="C13" s="158">
-        <v>484</v>
+        <v>425</v>
       </c>
       <c r="D13" s="158">
-        <v>13704</v>
+        <v>11786</v>
       </c>
       <c r="E13" s="158">
-        <v>8641</v>
+        <v>7834</v>
       </c>
       <c r="F13" s="183">
-        <v>12281</v>
+        <v>10987</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>491</v>
+        <v>392</v>
       </c>
       <c r="J13" s="160">
-        <v>22024</v>
+        <v>19826</v>
       </c>
       <c r="K13" s="162">
-        <v>79299</v>
+        <v>152149</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>262</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>263</v>
       </c>
       <c r="B15" s="158">
-        <v>24296</v>
+        <v>24237</v>
       </c>
       <c r="C15" s="158">
-        <v>118</v>
+        <v>143</v>
       </c>
       <c r="D15" s="158">
-        <v>4129</v>
+        <v>4026</v>
       </c>
       <c r="E15" s="158">
-        <v>94</v>
+        <v>259</v>
       </c>
       <c r="F15" s="183">
-        <v>1536</v>
+        <v>1574</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>159</v>
+        <v>67</v>
       </c>
       <c r="J15" s="160">
-        <v>18502</v>
+        <v>18382</v>
       </c>
       <c r="K15" s="162">
-        <v>-243</v>
+        <v>-214</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>264</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>265</v>
       </c>
       <c r="B17" s="164">
-        <v>9256</v>
+        <v>7111</v>
       </c>
       <c r="C17" s="164">
-        <v>108</v>
+        <v>171</v>
       </c>
       <c r="D17" s="164">
-        <v>236</v>
+        <v>152</v>
       </c>
       <c r="E17" s="164">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="F17" s="201">
+        <v>59</v>
+      </c>
+      <c r="F17" s="199">
         <v>0</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>1790</v>
+        <v>1705</v>
       </c>
       <c r="I17" s="164">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="J17" s="166">
-        <v>7013</v>
+        <v>4940</v>
       </c>
       <c r="K17" s="168">
-        <v>48</v>
+        <v>57</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>266</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -26655,275 +26655,275 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="146">
-        <v>3847312</v>
+        <v>3939424</v>
       </c>
       <c r="C24" s="146">
-        <v>670157</v>
+        <v>675707</v>
       </c>
       <c r="D24" s="146">
-        <v>25979</v>
+        <v>30745</v>
       </c>
       <c r="E24" s="146">
-        <v>1850264</v>
+        <v>1883746</v>
       </c>
       <c r="F24" s="146">
-        <v>756329</v>
+        <v>885529</v>
       </c>
       <c r="G24" s="146">
-        <v>392819</v>
+        <v>306469</v>
       </c>
       <c r="H24" s="146">
-        <v>151765</v>
+        <v>157228</v>
       </c>
       <c r="I24" s="146">
-        <v>39639</v>
+        <v>43995</v>
       </c>
       <c r="J24" s="149">
-        <v>112688</v>
+        <v>113304</v>
       </c>
       <c r="K24" s="152">
-        <v>-562</v>
+        <v>-71</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>14</v>
       </c>
       <c r="B26" s="158">
-        <v>663023</v>
+        <v>627963</v>
       </c>
       <c r="C26" s="158">
-        <v>85474</v>
+        <v>88700</v>
       </c>
       <c r="D26" s="158">
-        <v>2288</v>
+        <v>2341</v>
       </c>
       <c r="E26" s="158">
-        <v>399845</v>
+        <v>344952</v>
       </c>
       <c r="F26" s="158">
-        <v>132725</v>
+        <v>152444</v>
       </c>
       <c r="G26" s="158">
-        <v>16331</v>
+        <v>10393</v>
       </c>
       <c r="H26" s="158">
-        <v>26359</v>
+        <v>29133</v>
       </c>
       <c r="I26" s="158">
         <v>4454</v>
       </c>
       <c r="J26" s="160">
-        <v>21906</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>24640</v>
+      </c>
+      <c r="K26" s="162">
+        <v>39</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>105</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>261</v>
       </c>
       <c r="B28" s="158">
-        <v>136923</v>
+        <v>203398</v>
       </c>
       <c r="C28" s="193">
         <v>0</v>
       </c>
       <c r="D28" s="158">
-        <v>859</v>
+        <v>1653</v>
       </c>
       <c r="E28" s="158">
-        <v>99440</v>
+        <v>169208</v>
       </c>
       <c r="F28" s="158">
-        <v>15232</v>
+        <v>4101</v>
       </c>
       <c r="G28" s="158">
-        <v>8435</v>
+        <v>15050</v>
       </c>
       <c r="H28" s="158">
-        <v>12957</v>
+        <v>13386</v>
       </c>
       <c r="I28" s="158">
         <v>390</v>
       </c>
       <c r="J28" s="160">
-        <v>12548</v>
+        <v>12979</v>
       </c>
       <c r="K28" s="162">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>262</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>263</v>
       </c>
       <c r="B30" s="158">
-        <v>24296</v>
+        <v>24237</v>
       </c>
       <c r="C30" s="158">
-        <v>3889</v>
+        <v>4305</v>
       </c>
       <c r="D30" s="158">
-        <v>254</v>
+        <v>169</v>
       </c>
       <c r="E30" s="158">
-        <v>8129</v>
+        <v>8400</v>
       </c>
       <c r="F30" s="158">
-        <v>5983</v>
+        <v>5535</v>
       </c>
       <c r="G30" s="158">
-        <v>839</v>
+        <v>571</v>
       </c>
       <c r="H30" s="158">
-        <v>5202</v>
+        <v>5257</v>
       </c>
       <c r="I30" s="158">
         <v>1000</v>
       </c>
       <c r="J30" s="160">
-        <v>4222</v>
+        <v>4241</v>
       </c>
       <c r="K30" s="162">
-        <v>-20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>264</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>265</v>
       </c>
       <c r="B32" s="164">
-        <v>9256</v>
+        <v>7111</v>
       </c>
       <c r="C32" s="197">
         <v>0</v>
       </c>
       <c r="D32" s="164">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="E32" s="164">
-        <v>240</v>
+        <v>159</v>
       </c>
       <c r="F32" s="164">
-        <v>7718</v>
+        <v>5673</v>
       </c>
       <c r="G32" s="164">
-        <v>271</v>
+        <v>225</v>
       </c>
       <c r="H32" s="164">
-        <v>992</v>
+        <v>1007</v>
       </c>
       <c r="I32" s="164">
         <v>665</v>
       </c>
       <c r="J32" s="166">
-        <v>327</v>
+        <v>341</v>
       </c>
       <c r="K32" s="168">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>266</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B34" s="7"/>