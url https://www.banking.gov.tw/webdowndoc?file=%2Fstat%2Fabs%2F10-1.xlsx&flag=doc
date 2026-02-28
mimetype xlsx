--- v1 (2026-01-09)
+++ v2 (2026-02-28)
@@ -129,78 +129,78 @@
   <si>
     <t>其他負債</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>保留盈餘</t>
   </si>
   <si>
     <t>　</t>
   </si>
   <si>
     <t>應收款項</t>
   </si>
   <si>
     <t>應付款項</t>
   </si>
   <si>
     <t>股    本</t>
   </si>
   <si>
     <t>說　　明：#係金融控股公司之子公司。</t>
   </si>
   <si>
-    <t xml:space="preserve"> End of Oct. 2025</t>
+    <t xml:space="preserve"> End of Dec. 2025</t>
   </si>
   <si>
     <t>總　　　　　計</t>
   </si>
   <si>
     <t>中國輸出入銀行</t>
   </si>
   <si>
     <t>美商美國紐約梅隆銀行</t>
   </si>
   <si>
     <t>日商瑞穗銀行</t>
   </si>
   <si>
     <t>香港東亞銀行</t>
   </si>
   <si>
     <t>The Bank of New York  Mellon</t>
   </si>
   <si>
     <t>新加坡商新加坡華僑銀行</t>
   </si>
   <si>
     <t>The Bank of East Asia Ltd.</t>
   </si>
   <si>
-    <t>民國114年10月底</t>
+    <t>民國114年12月底</t>
   </si>
   <si>
     <t>10-1 Abridged Balance Sheet</t>
   </si>
   <si>
     <t>透支、貼現</t>
   </si>
   <si>
     <t>及放款</t>
   </si>
   <si>
     <t>Total Assets</t>
   </si>
   <si>
     <t>Other Assets</t>
   </si>
   <si>
     <t xml:space="preserve">         負債及股東權益</t>
   </si>
   <si>
     <t>郵匯轉存款</t>
   </si>
   <si>
     <t>存款及匯款</t>
   </si>
@@ -4187,60 +4187,60 @@
     </xf>
     <xf xxid="264" numFmtId="180" fontId="6" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="265" numFmtId="180" fontId="40" fillId="2" borderId="40" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="266" numFmtId="180" fontId="6" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="267" numFmtId="180" fontId="40" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="268" numFmtId="180" fontId="6" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="269" numFmtId="180" fontId="40" fillId="2" borderId="28" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="270" numFmtId="180" fontId="6" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="271" numFmtId="180" fontId="40" fillId="2" borderId="27" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="272" numFmtId="181" fontId="6" fillId="2" borderId="33" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="272" numFmtId="180" fontId="6" fillId="2" borderId="48" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="273" numFmtId="181" fontId="40" fillId="2" borderId="33" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="273" numFmtId="180" fontId="40" fillId="2" borderId="48" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="274" numFmtId="180" fontId="6" fillId="2" borderId="48" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="274" numFmtId="181" fontId="6" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf xxid="275" numFmtId="180" fontId="40" fillId="2" borderId="48" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
+    <xf xxid="275" numFmtId="181" fontId="40" fillId="2" borderId="35" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="276" numFmtId="180" fontId="41" fillId="2" borderId="12" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="277" numFmtId="176" fontId="6" fillId="2" borderId="51" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="278" numFmtId="176" fontId="40" fillId="2" borderId="51" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="279" numFmtId="176" fontId="41" fillId="2" borderId="51" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="280" numFmtId="176" fontId="6" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="281" numFmtId="176" fontId="40" fillId="2" borderId="29" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf xxid="282" numFmtId="0" fontId="46" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf xxid="283" numFmtId="0" fontId="38" fillId="2" borderId="17" xfId="0" applyAlignment="1" applyBorder="1" applyFont="1" applyNumberFormat="1" applyFill="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
@@ -4509,278 +4509,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="146">
-        <v>75424758</v>
+        <v>76645665</v>
       </c>
       <c r="C9" s="146">
-        <v>916244</v>
+        <v>977681</v>
       </c>
       <c r="D9" s="146">
-        <v>6125190</v>
+        <v>6187939</v>
       </c>
       <c r="E9" s="146">
-        <v>3669397</v>
+        <v>3699176</v>
       </c>
       <c r="F9" s="173">
-        <v>7565190</v>
+        <v>7716838</v>
       </c>
       <c r="G9" s="176">
         <v>0</v>
       </c>
       <c r="H9" s="146">
-        <v>9764601</v>
+        <v>10076440</v>
       </c>
       <c r="I9" s="146">
-        <v>1401943</v>
+        <v>1427429</v>
       </c>
       <c r="J9" s="149">
-        <v>44210263</v>
+        <v>44767238</v>
       </c>
       <c r="K9" s="152">
-        <v>1771930</v>
+        <v>1792925</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>199</v>
       </c>
       <c r="B11" s="158">
-        <v>6861088</v>
+        <v>6860893</v>
       </c>
       <c r="C11" s="158">
-        <v>100174</v>
+        <v>107686</v>
       </c>
       <c r="D11" s="158">
-        <v>602346</v>
+        <v>527730</v>
       </c>
       <c r="E11" s="158">
-        <v>577546</v>
+        <v>579640</v>
       </c>
       <c r="F11" s="178">
-        <v>1624921</v>
+        <v>1594309</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>240277</v>
+        <v>243148</v>
       </c>
       <c r="I11" s="158">
-        <v>62545</v>
+        <v>63356</v>
       </c>
       <c r="J11" s="160">
-        <v>3446548</v>
+        <v>3536487</v>
       </c>
       <c r="K11" s="162">
-        <v>206730</v>
+        <v>208537</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>200</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>201</v>
       </c>
       <c r="B13" s="158">
-        <v>3731641</v>
+        <v>3786546</v>
       </c>
       <c r="C13" s="158">
-        <v>27408</v>
+        <v>27673</v>
       </c>
       <c r="D13" s="158">
-        <v>218926</v>
+        <v>264652</v>
       </c>
       <c r="E13" s="158">
-        <v>3227</v>
+        <v>4280</v>
       </c>
       <c r="F13" s="183">
-        <v>296826</v>
+        <v>288607</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>605559</v>
+        <v>618019</v>
       </c>
       <c r="I13" s="158">
-        <v>15803</v>
+        <v>16055</v>
       </c>
       <c r="J13" s="160">
-        <v>2532325</v>
+        <v>2536709</v>
       </c>
       <c r="K13" s="162">
-        <v>31566</v>
+        <v>30553</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>202</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>203</v>
       </c>
       <c r="B15" s="158">
-        <v>5094572</v>
+        <v>5136374</v>
       </c>
       <c r="C15" s="158">
-        <v>72512</v>
+        <v>76801</v>
       </c>
       <c r="D15" s="158">
-        <v>453226</v>
+        <v>430248</v>
       </c>
       <c r="E15" s="158">
-        <v>138220</v>
+        <v>137187</v>
       </c>
       <c r="F15" s="183">
-        <v>463225</v>
+        <v>474995</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>826359</v>
+        <v>826672</v>
       </c>
       <c r="I15" s="158">
-        <v>26363</v>
+        <v>23534</v>
       </c>
       <c r="J15" s="160">
-        <v>3093325</v>
+        <v>3146687</v>
       </c>
       <c r="K15" s="162">
-        <v>21343</v>
+        <v>20250</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>204</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>205</v>
       </c>
       <c r="B17" s="164">
-        <v>4763118</v>
+        <v>4850748</v>
       </c>
       <c r="C17" s="164">
-        <v>55678</v>
+        <v>73206</v>
       </c>
       <c r="D17" s="164">
-        <v>328186</v>
+        <v>329281</v>
       </c>
       <c r="E17" s="164">
-        <v>197507</v>
+        <v>200512</v>
       </c>
       <c r="F17" s="183">
-        <v>412649</v>
+        <v>415982</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>940328</v>
+        <v>953041</v>
       </c>
       <c r="I17" s="164">
-        <v>45125</v>
+        <v>46326</v>
       </c>
       <c r="J17" s="166">
-        <v>2756203</v>
+        <v>2808330</v>
       </c>
       <c r="K17" s="168">
-        <v>27442</v>
+        <v>24070</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>206</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -4878,278 +4878,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="146">
-        <v>75424758</v>
+        <v>76645665</v>
       </c>
       <c r="C24" s="146">
-        <v>2935879</v>
+        <v>2957972</v>
       </c>
       <c r="D24" s="146">
-        <v>1260216</v>
+        <v>1288035</v>
       </c>
       <c r="E24" s="146">
-        <v>60816287</v>
+        <v>61829763</v>
       </c>
       <c r="F24" s="146">
-        <v>920222</v>
+        <v>919161</v>
       </c>
       <c r="G24" s="146">
-        <v>3992817</v>
+        <v>4062610</v>
       </c>
       <c r="H24" s="146">
-        <v>5499337</v>
+        <v>5588124</v>
       </c>
       <c r="I24" s="146">
-        <v>2521382</v>
+        <v>2523472</v>
       </c>
       <c r="J24" s="149">
-        <v>590112</v>
+        <v>590282</v>
       </c>
       <c r="K24" s="152">
-        <v>2180423</v>
+        <v>2242972</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>199</v>
       </c>
       <c r="B26" s="158">
-        <v>6861088</v>
+        <v>6860893</v>
       </c>
       <c r="C26" s="158">
-        <v>256062</v>
+        <v>220427</v>
       </c>
       <c r="D26" s="158">
-        <v>80077</v>
+        <v>70077</v>
       </c>
       <c r="E26" s="158">
-        <v>5160928</v>
+        <v>5192063</v>
       </c>
       <c r="F26" s="158">
         <v>3000</v>
       </c>
       <c r="G26" s="158">
-        <v>834578</v>
+        <v>839029</v>
       </c>
       <c r="H26" s="158">
-        <v>526443</v>
+        <v>536297</v>
       </c>
       <c r="I26" s="158">
         <v>109000</v>
       </c>
       <c r="J26" s="160">
         <v>108455</v>
       </c>
       <c r="K26" s="162">
-        <v>201005</v>
+        <v>203447</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>200</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>201</v>
       </c>
       <c r="B28" s="158">
-        <v>3731641</v>
+        <v>3786546</v>
       </c>
       <c r="C28" s="158">
-        <v>167467</v>
+        <v>209750</v>
       </c>
       <c r="D28" s="158">
-        <v>402057</v>
+        <v>393402</v>
       </c>
       <c r="E28" s="158">
-        <v>2755902</v>
+        <v>2786261</v>
       </c>
       <c r="F28" s="158">
-        <v>76400</v>
+        <v>71400</v>
       </c>
       <c r="G28" s="158">
-        <v>83943</v>
+        <v>79379</v>
       </c>
       <c r="H28" s="158">
-        <v>245872</v>
+        <v>246355</v>
       </c>
       <c r="I28" s="158">
         <v>86200</v>
       </c>
       <c r="J28" s="160">
         <v>21749</v>
       </c>
       <c r="K28" s="162">
-        <v>116256</v>
+        <v>118767</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>202</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>203</v>
       </c>
       <c r="B30" s="158">
-        <v>5094572</v>
+        <v>5136374</v>
       </c>
       <c r="C30" s="158">
-        <v>311603</v>
+        <v>316716</v>
       </c>
       <c r="D30" s="158">
-        <v>167096</v>
+        <v>182096</v>
       </c>
       <c r="E30" s="158">
-        <v>4178385</v>
+        <v>4202656</v>
       </c>
       <c r="F30" s="158">
         <v>60240</v>
       </c>
       <c r="G30" s="158">
-        <v>79776</v>
+        <v>71602</v>
       </c>
       <c r="H30" s="158">
-        <v>297472</v>
+        <v>303064</v>
       </c>
       <c r="I30" s="158">
         <v>130694</v>
       </c>
       <c r="J30" s="160">
         <v>58767</v>
       </c>
       <c r="K30" s="162">
-        <v>105251</v>
+        <v>107580</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>204</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>205</v>
       </c>
       <c r="B32" s="164">
-        <v>4763118</v>
+        <v>4850748</v>
       </c>
       <c r="C32" s="164">
-        <v>313333</v>
+        <v>335622</v>
       </c>
       <c r="D32" s="164">
-        <v>85000</v>
+        <v>55000</v>
       </c>
       <c r="E32" s="164">
-        <v>3839291</v>
+        <v>3940818</v>
       </c>
       <c r="F32" s="164">
         <v>55800</v>
       </c>
       <c r="G32" s="164">
-        <v>166441</v>
+        <v>155172</v>
       </c>
       <c r="H32" s="164">
-        <v>303252</v>
+        <v>308338</v>
       </c>
       <c r="I32" s="164">
         <v>122846</v>
       </c>
       <c r="J32" s="166">
         <v>34470</v>
       </c>
       <c r="K32" s="168">
-        <v>115339</v>
+        <v>118961</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>206</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
@@ -5402,56 +5402,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -5525,278 +5525,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="145">
-        <v>5664</v>
+        <v>7064</v>
       </c>
       <c r="C9" s="145">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D9" s="145">
-        <v>68</v>
+        <v>151</v>
       </c>
       <c r="E9" s="145">
-        <v>3605</v>
+        <v>4971</v>
       </c>
       <c r="F9" s="206">
         <v>0</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>1385</v>
+        <v>1085</v>
       </c>
       <c r="I9" s="145">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="J9" s="191">
         <v>0</v>
       </c>
       <c r="K9" s="151">
-        <v>563</v>
+        <v>801</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>16</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>109</v>
       </c>
       <c r="B11" s="158">
-        <v>167400</v>
+        <v>162026</v>
       </c>
       <c r="C11" s="158">
-        <v>162</v>
+        <v>225</v>
       </c>
       <c r="D11" s="158">
-        <v>34670</v>
+        <v>46263</v>
       </c>
       <c r="E11" s="158">
-        <v>10027</v>
+        <v>11345</v>
       </c>
       <c r="F11" s="178">
-        <v>14121</v>
+        <v>11075</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="193">
         <v>0</v>
       </c>
       <c r="I11" s="158">
-        <v>6696</v>
+        <v>16238</v>
       </c>
       <c r="J11" s="160">
-        <v>62971</v>
+        <v>41200</v>
       </c>
       <c r="K11" s="162">
-        <v>38754</v>
+        <v>35681</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>110</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>267</v>
       </c>
       <c r="B13" s="158">
-        <v>13456</v>
+        <v>12335</v>
       </c>
       <c r="C13" s="158">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D13" s="158">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="E13" s="158">
-        <v>12091</v>
+        <v>11183</v>
       </c>
       <c r="F13" s="199">
         <v>0</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>80</v>
+        <v>69</v>
       </c>
       <c r="J13" s="195">
         <v>0</v>
       </c>
       <c r="K13" s="162">
-        <v>727</v>
+        <v>536</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>268</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>269</v>
       </c>
       <c r="B15" s="158">
-        <v>80662</v>
+        <v>89892</v>
       </c>
       <c r="C15" s="158">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D15" s="158">
-        <v>60</v>
+        <v>90</v>
       </c>
       <c r="E15" s="158">
-        <v>20044</v>
+        <v>18887</v>
       </c>
       <c r="F15" s="183">
-        <v>2302</v>
+        <v>2297</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>600</v>
+        <v>800</v>
       </c>
       <c r="I15" s="158">
-        <v>373</v>
+        <v>435</v>
       </c>
       <c r="J15" s="160">
-        <v>16825</v>
+        <v>16566</v>
       </c>
       <c r="K15" s="162">
-        <v>40438</v>
+        <v>50798</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>270</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>271</v>
       </c>
       <c r="B17" s="164">
-        <v>174610</v>
+        <v>201827</v>
       </c>
       <c r="C17" s="164">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D17" s="164">
-        <v>7683</v>
+        <v>6111</v>
       </c>
       <c r="E17" s="164">
-        <v>18868</v>
+        <v>24441</v>
       </c>
       <c r="F17" s="183">
-        <v>7954</v>
+        <v>7993</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="197">
         <v>0</v>
       </c>
       <c r="I17" s="164">
-        <v>2729</v>
+        <v>3287</v>
       </c>
       <c r="J17" s="166">
-        <v>15489</v>
+        <v>11930</v>
       </c>
       <c r="K17" s="168">
-        <v>121821</v>
+        <v>147997</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>272</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -5894,278 +5894,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="145">
-        <v>5664</v>
+        <v>7064</v>
       </c>
       <c r="C24" s="189">
         <v>0</v>
       </c>
       <c r="D24" s="145">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E24" s="145">
         <v>7</v>
       </c>
       <c r="F24" s="189">
         <v>0</v>
       </c>
       <c r="G24" s="145">
-        <v>3657</v>
+        <v>5014</v>
       </c>
       <c r="H24" s="145">
-        <v>1943</v>
+        <v>1978</v>
       </c>
       <c r="I24" s="145">
         <v>200</v>
       </c>
       <c r="J24" s="148">
-        <v>1743</v>
+        <v>1778</v>
       </c>
       <c r="K24" s="202">
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>16</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>109</v>
       </c>
       <c r="B26" s="158">
-        <v>167400</v>
+        <v>162026</v>
       </c>
       <c r="C26" s="158">
-        <v>60099</v>
+        <v>42157</v>
       </c>
       <c r="D26" s="158">
-        <v>517</v>
+        <v>501</v>
       </c>
       <c r="E26" s="158">
-        <v>3713</v>
+        <v>2855</v>
       </c>
       <c r="F26" s="158">
-        <v>82803</v>
+        <v>93558</v>
       </c>
       <c r="G26" s="158">
-        <v>13110</v>
+        <v>15467</v>
       </c>
       <c r="H26" s="158">
-        <v>7156</v>
+        <v>7488</v>
       </c>
       <c r="I26" s="158">
         <v>200</v>
       </c>
       <c r="J26" s="160">
-        <v>7144</v>
+        <v>7419</v>
       </c>
       <c r="K26" s="162">
-        <v>-188</v>
+        <v>-131</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>110</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>267</v>
       </c>
       <c r="B28" s="158">
-        <v>13456</v>
+        <v>12335</v>
       </c>
       <c r="C28" s="193">
         <v>0</v>
       </c>
       <c r="D28" s="158">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="E28" s="193">
         <v>0</v>
       </c>
       <c r="F28" s="158">
-        <v>1906</v>
+        <v>1571</v>
       </c>
       <c r="G28" s="158">
-        <v>8282</v>
+        <v>7468</v>
       </c>
       <c r="H28" s="158">
-        <v>3181</v>
+        <v>3201</v>
       </c>
       <c r="I28" s="158">
         <v>200</v>
       </c>
       <c r="J28" s="160">
-        <v>2981</v>
+        <v>3001</v>
       </c>
       <c r="K28" s="204">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>268</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>269</v>
       </c>
       <c r="B30" s="158">
-        <v>80662</v>
+        <v>89892</v>
       </c>
       <c r="C30" s="158">
-        <v>39994</v>
+        <v>50314</v>
       </c>
       <c r="D30" s="158">
-        <v>676</v>
+        <v>721</v>
       </c>
       <c r="E30" s="158">
-        <v>2012</v>
+        <v>2122</v>
       </c>
       <c r="F30" s="158">
-        <v>6431</v>
+        <v>5892</v>
       </c>
       <c r="G30" s="158">
-        <v>29501</v>
+        <v>28904</v>
       </c>
       <c r="H30" s="158">
-        <v>2048</v>
+        <v>1939</v>
       </c>
       <c r="I30" s="158">
         <v>1650</v>
       </c>
       <c r="J30" s="160">
-        <v>419</v>
+        <v>314</v>
       </c>
       <c r="K30" s="162">
-        <v>-21</v>
+        <v>-25</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>270</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>271</v>
       </c>
       <c r="B32" s="164">
-        <v>174610</v>
+        <v>201827</v>
       </c>
       <c r="C32" s="197">
         <v>0</v>
       </c>
       <c r="D32" s="164">
-        <v>2983</v>
+        <v>3560</v>
       </c>
       <c r="E32" s="164">
-        <v>127627</v>
+        <v>121597</v>
       </c>
       <c r="F32" s="164">
-        <v>23825</v>
+        <v>51277</v>
       </c>
       <c r="G32" s="164">
-        <v>18024</v>
+        <v>23147</v>
       </c>
       <c r="H32" s="164">
-        <v>2151</v>
+        <v>2247</v>
       </c>
       <c r="I32" s="164">
         <v>510</v>
       </c>
       <c r="J32" s="166">
-        <v>1623</v>
+        <v>1698</v>
       </c>
       <c r="K32" s="168">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>272</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
@@ -6407,56 +6407,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -6530,278 +6530,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="145">
-        <v>36810</v>
+        <v>40754</v>
       </c>
       <c r="C9" s="145">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="D9" s="145">
-        <v>1094</v>
+        <v>989</v>
       </c>
       <c r="E9" s="145">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="F9" s="206">
         <v>0</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
         <v>2000</v>
       </c>
       <c r="I9" s="145">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="J9" s="148">
-        <v>33654</v>
+        <v>37742</v>
       </c>
       <c r="K9" s="151">
-        <v>-142</v>
+        <v>-180</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>273</v>
       </c>
       <c r="B11" s="158">
-        <v>92789</v>
+        <v>96587</v>
       </c>
       <c r="C11" s="158">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D11" s="158">
-        <v>25082</v>
+        <v>28276</v>
       </c>
       <c r="E11" s="158">
-        <v>23979</v>
+        <v>27589</v>
       </c>
       <c r="F11" s="178">
         <v>207</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="193">
         <v>0</v>
       </c>
       <c r="I11" s="158">
-        <v>2036</v>
+        <v>2738</v>
       </c>
       <c r="J11" s="160">
-        <v>5308</v>
+        <v>1915</v>
       </c>
       <c r="K11" s="162">
-        <v>36133</v>
+        <v>35814</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>274</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>275</v>
       </c>
       <c r="B13" s="158">
-        <v>189833</v>
+        <v>218110</v>
       </c>
       <c r="C13" s="158">
-        <v>431</v>
+        <v>344</v>
       </c>
       <c r="D13" s="158">
-        <v>35579</v>
+        <v>34961</v>
       </c>
       <c r="E13" s="158">
-        <v>12967</v>
+        <v>14178</v>
       </c>
       <c r="F13" s="183">
-        <v>6624</v>
+        <v>11099</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>29709</v>
+        <v>19681</v>
       </c>
       <c r="J13" s="160">
-        <v>104766</v>
+        <v>136367</v>
       </c>
       <c r="K13" s="162">
-        <v>-243</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>276</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>277</v>
       </c>
       <c r="B15" s="158">
-        <v>223956</v>
+        <v>231793</v>
       </c>
       <c r="C15" s="158">
-        <v>445</v>
+        <v>175</v>
       </c>
       <c r="D15" s="158">
-        <v>5554</v>
+        <v>3538</v>
       </c>
       <c r="E15" s="158">
-        <v>53767</v>
+        <v>67177</v>
       </c>
       <c r="F15" s="183">
-        <v>6013</v>
+        <v>8114</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I15" s="158">
-        <v>3717</v>
+        <v>5629</v>
       </c>
       <c r="J15" s="160">
-        <v>65200</v>
+        <v>63919</v>
       </c>
       <c r="K15" s="162">
-        <v>88923</v>
+        <v>82904</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>278</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>279</v>
       </c>
       <c r="B17" s="164">
-        <v>18248</v>
+        <v>18630</v>
       </c>
       <c r="C17" s="164">
-        <v>194</v>
+        <v>83</v>
       </c>
       <c r="D17" s="164">
-        <v>1765</v>
+        <v>2015</v>
       </c>
       <c r="E17" s="197">
         <v>0</v>
       </c>
       <c r="F17" s="199">
         <v>0</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="197">
         <v>0</v>
       </c>
       <c r="I17" s="164">
-        <v>1361</v>
+        <v>9</v>
       </c>
       <c r="J17" s="166">
-        <v>14822</v>
+        <v>16883</v>
       </c>
       <c r="K17" s="168">
-        <v>106</v>
+        <v>-359</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>280</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -6899,278 +6899,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>15</v>
       </c>
       <c r="B24" s="145">
-        <v>36810</v>
+        <v>40754</v>
       </c>
       <c r="C24" s="145">
-        <v>6067</v>
+        <v>4086</v>
       </c>
       <c r="D24" s="145">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="E24" s="145">
-        <v>16736</v>
+        <v>18028</v>
       </c>
       <c r="F24" s="145">
-        <v>10828</v>
+        <v>15380</v>
       </c>
       <c r="G24" s="145">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="H24" s="145">
-        <v>2897</v>
+        <v>2974</v>
       </c>
       <c r="I24" s="145">
         <v>881</v>
       </c>
       <c r="J24" s="148">
-        <v>1978</v>
+        <v>2009</v>
       </c>
       <c r="K24" s="151">
-        <v>38</v>
+        <v>84</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>18</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>273</v>
       </c>
       <c r="B26" s="158">
-        <v>92789</v>
+        <v>96587</v>
       </c>
       <c r="C26" s="193">
         <v>0</v>
       </c>
       <c r="D26" s="158">
-        <v>892</v>
+        <v>794</v>
       </c>
       <c r="E26" s="158">
-        <v>64208</v>
+        <v>64800</v>
       </c>
       <c r="F26" s="158">
-        <v>836</v>
+        <v>923</v>
       </c>
       <c r="G26" s="158">
-        <v>22559</v>
+        <v>25951</v>
       </c>
       <c r="H26" s="158">
-        <v>4295</v>
+        <v>4119</v>
       </c>
       <c r="I26" s="158">
         <v>2000</v>
       </c>
       <c r="J26" s="160">
-        <v>2299</v>
+        <v>2123</v>
       </c>
       <c r="K26" s="162">
         <v>-4</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>274</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>275</v>
       </c>
       <c r="B28" s="158">
-        <v>189833</v>
+        <v>218110</v>
       </c>
       <c r="C28" s="158">
-        <v>121373</v>
+        <v>147270</v>
       </c>
       <c r="D28" s="158">
-        <v>4864</v>
+        <v>8520</v>
       </c>
       <c r="E28" s="158">
-        <v>43034</v>
+        <v>42365</v>
       </c>
       <c r="F28" s="193">
         <v>0</v>
       </c>
       <c r="G28" s="158">
-        <v>13102</v>
+        <v>11923</v>
       </c>
       <c r="H28" s="158">
-        <v>7460</v>
+        <v>8031</v>
       </c>
       <c r="I28" s="158">
         <v>200</v>
       </c>
       <c r="J28" s="160">
-        <v>7192</v>
+        <v>7713</v>
       </c>
       <c r="K28" s="162">
-        <v>68</v>
+        <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>276</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>277</v>
       </c>
       <c r="B30" s="158">
-        <v>223956</v>
+        <v>231793</v>
       </c>
       <c r="C30" s="158">
-        <v>65500</v>
+        <v>53768</v>
       </c>
       <c r="D30" s="158">
-        <v>2096</v>
+        <v>2077</v>
       </c>
       <c r="E30" s="158">
-        <v>84622</v>
+        <v>90717</v>
       </c>
       <c r="F30" s="158">
-        <v>693</v>
+        <v>877</v>
       </c>
       <c r="G30" s="158">
-        <v>67045</v>
+        <v>79946</v>
       </c>
       <c r="H30" s="158">
-        <v>4000</v>
+        <v>4409</v>
       </c>
       <c r="I30" s="158">
         <v>890</v>
       </c>
       <c r="J30" s="160">
-        <v>3116</v>
+        <v>3514</v>
       </c>
       <c r="K30" s="162">
-        <v>-6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>278</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>279</v>
       </c>
       <c r="B32" s="164">
-        <v>18248</v>
+        <v>18630</v>
       </c>
       <c r="C32" s="164">
-        <v>15353</v>
+        <v>15635</v>
       </c>
       <c r="D32" s="164">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="E32" s="164">
-        <v>45</v>
+        <v>83</v>
       </c>
       <c r="F32" s="197">
         <v>0</v>
       </c>
       <c r="G32" s="164">
-        <v>703</v>
+        <v>748</v>
       </c>
       <c r="H32" s="164">
-        <v>2060</v>
+        <v>2103</v>
       </c>
       <c r="I32" s="164">
         <v>1542</v>
       </c>
       <c r="J32" s="166">
-        <v>497</v>
+        <v>524</v>
       </c>
       <c r="K32" s="168">
-        <v>21</v>
+        <v>37</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>280</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -7397,56 +7397,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -7520,278 +7520,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>17</v>
       </c>
       <c r="B9" s="145">
-        <v>144197</v>
+        <v>144238</v>
       </c>
       <c r="C9" s="145">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="D9" s="145">
-        <v>16179</v>
+        <v>13789</v>
       </c>
       <c r="E9" s="145">
-        <v>5989</v>
+        <v>7807</v>
       </c>
       <c r="F9" s="172">
-        <v>31326</v>
+        <v>30660</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="189">
         <v>0</v>
       </c>
       <c r="I9" s="145">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="J9" s="148">
-        <v>79544</v>
+        <v>80536</v>
       </c>
       <c r="K9" s="151">
-        <v>10004</v>
+        <v>10299</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>122</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>281</v>
       </c>
       <c r="B11" s="158">
-        <v>226398</v>
+        <v>217620</v>
       </c>
       <c r="C11" s="158">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="D11" s="158">
-        <v>32</v>
+        <v>116</v>
       </c>
       <c r="E11" s="158">
-        <v>16533</v>
+        <v>17064</v>
       </c>
       <c r="F11" s="178">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>3588</v>
+        <v>2130</v>
       </c>
       <c r="I11" s="158">
-        <v>36087</v>
+        <v>42047</v>
       </c>
       <c r="J11" s="160">
-        <v>75225</v>
+        <v>78013</v>
       </c>
       <c r="K11" s="162">
-        <v>94587</v>
+        <v>77883</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>282</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>283</v>
       </c>
       <c r="B13" s="158">
-        <v>188981</v>
+        <v>190980</v>
       </c>
       <c r="C13" s="158">
-        <v>270</v>
+        <v>411</v>
       </c>
       <c r="D13" s="158">
-        <v>1556</v>
+        <v>2139</v>
       </c>
       <c r="E13" s="158">
-        <v>5451</v>
+        <v>3867</v>
       </c>
       <c r="F13" s="183">
-        <v>3150</v>
+        <v>3151</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>832</v>
+        <v>998</v>
       </c>
       <c r="J13" s="160">
-        <v>74701</v>
+        <v>76591</v>
       </c>
       <c r="K13" s="162">
-        <v>103021</v>
+        <v>103822</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>284</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>285</v>
       </c>
       <c r="B15" s="158">
-        <v>275369</v>
+        <v>332253</v>
       </c>
       <c r="C15" s="158">
-        <v>62</v>
+        <v>112</v>
       </c>
       <c r="D15" s="158">
-        <v>227</v>
+        <v>169</v>
       </c>
       <c r="E15" s="158">
-        <v>19512</v>
+        <v>20262</v>
       </c>
       <c r="F15" s="199">
         <v>0</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>118686</v>
+        <v>153851</v>
       </c>
       <c r="J15" s="160">
-        <v>42085</v>
+        <v>50883</v>
       </c>
       <c r="K15" s="162">
-        <v>94797</v>
+        <v>106977</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>286</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>287</v>
       </c>
       <c r="B17" s="164">
-        <v>894</v>
+        <v>763</v>
       </c>
       <c r="C17" s="164">
-        <v>459</v>
+        <v>380</v>
       </c>
       <c r="D17" s="197">
         <v>0</v>
       </c>
       <c r="E17" s="197">
         <v>0</v>
       </c>
       <c r="F17" s="199">
         <v>0</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="197">
         <v>0</v>
       </c>
       <c r="I17" s="164">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J17" s="208">
         <v>0</v>
       </c>
       <c r="K17" s="168">
-        <v>433</v>
+        <v>380</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>288</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -7889,278 +7889,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>17</v>
       </c>
       <c r="B24" s="145">
-        <v>144197</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>144238</v>
+      </c>
+      <c r="C24" s="189">
+        <v>0</v>
       </c>
       <c r="D24" s="145">
-        <v>796</v>
+        <v>918</v>
       </c>
       <c r="E24" s="145">
-        <v>5334</v>
+        <v>4498</v>
       </c>
       <c r="F24" s="145">
-        <v>126750</v>
+        <v>126486</v>
       </c>
       <c r="G24" s="145">
-        <v>7586</v>
+        <v>9009</v>
       </c>
       <c r="H24" s="145">
-        <v>3300</v>
+        <v>3326</v>
       </c>
       <c r="I24" s="145">
         <v>2904</v>
       </c>
       <c r="J24" s="148">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="K24" s="151">
-        <v>18</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>122</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>281</v>
       </c>
       <c r="B26" s="158">
-        <v>226398</v>
+        <v>217620</v>
       </c>
       <c r="C26" s="158">
-        <v>19031</v>
+        <v>2500</v>
       </c>
       <c r="D26" s="158">
-        <v>2222</v>
+        <v>856</v>
       </c>
       <c r="E26" s="158">
-        <v>106829</v>
+        <v>126629</v>
       </c>
       <c r="F26" s="158">
-        <v>68012</v>
+        <v>55465</v>
       </c>
       <c r="G26" s="158">
-        <v>23560</v>
+        <v>25540</v>
       </c>
       <c r="H26" s="158">
-        <v>6745</v>
+        <v>6631</v>
       </c>
       <c r="I26" s="158">
         <v>2761</v>
       </c>
       <c r="J26" s="160">
-        <v>3977</v>
+        <v>3863</v>
       </c>
       <c r="K26" s="162">
         <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>282</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>283</v>
       </c>
       <c r="B28" s="158">
-        <v>188981</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>190980</v>
+      </c>
+      <c r="C28" s="193">
+        <v>0</v>
       </c>
       <c r="D28" s="158">
-        <v>1266</v>
+        <v>2148</v>
       </c>
       <c r="E28" s="158">
-        <v>114981</v>
+        <v>129521</v>
       </c>
       <c r="F28" s="158">
-        <v>56934</v>
+        <v>47895</v>
       </c>
       <c r="G28" s="158">
-        <v>12193</v>
+        <v>8055</v>
       </c>
       <c r="H28" s="158">
-        <v>3208</v>
+        <v>3361</v>
       </c>
       <c r="I28" s="158">
         <v>1040</v>
       </c>
       <c r="J28" s="160">
-        <v>2024</v>
+        <v>2144</v>
       </c>
       <c r="K28" s="162">
-        <v>144</v>
+        <v>177</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>284</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>285</v>
       </c>
       <c r="B30" s="158">
-        <v>275369</v>
-[...2 lines deleted...]
-        <v>717</v>
+        <v>332253</v>
+      </c>
+      <c r="C30" s="193">
+        <v>0</v>
       </c>
       <c r="D30" s="158">
-        <v>2918</v>
+        <v>2339</v>
       </c>
       <c r="E30" s="158">
-        <v>108133</v>
+        <v>122727</v>
       </c>
       <c r="F30" s="158">
-        <v>152801</v>
+        <v>196067</v>
       </c>
       <c r="G30" s="158">
-        <v>6801</v>
+        <v>7270</v>
       </c>
       <c r="H30" s="158">
-        <v>3999</v>
+        <v>3851</v>
       </c>
       <c r="I30" s="158">
         <v>1580</v>
       </c>
       <c r="J30" s="160">
-        <v>2419</v>
+        <v>2271</v>
       </c>
       <c r="K30" s="204">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>286</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>287</v>
       </c>
       <c r="B32" s="164">
-        <v>894</v>
+        <v>763</v>
       </c>
       <c r="C32" s="197">
         <v>0</v>
       </c>
       <c r="D32" s="164">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="E32" s="164">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="F32" s="197">
         <v>0</v>
       </c>
       <c r="G32" s="164">
-        <v>213</v>
+        <v>227</v>
       </c>
       <c r="H32" s="164">
-        <v>523</v>
+        <v>485</v>
       </c>
       <c r="I32" s="164">
         <v>200</v>
       </c>
       <c r="J32" s="166">
-        <v>436</v>
+        <v>384</v>
       </c>
       <c r="K32" s="168">
-        <v>-113</v>
+        <v>-99</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>288</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -8400,56 +8400,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -8523,278 +8523,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>121</v>
       </c>
       <c r="B9" s="145">
-        <v>356156</v>
+        <v>342492</v>
       </c>
       <c r="C9" s="145">
-        <v>443</v>
+        <v>470</v>
       </c>
       <c r="D9" s="145">
-        <v>6482</v>
+        <v>8773</v>
       </c>
       <c r="E9" s="145">
-        <v>7899</v>
+        <v>11000</v>
       </c>
       <c r="F9" s="172">
-        <v>22742</v>
+        <v>20401</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="189">
         <v>0</v>
       </c>
       <c r="I9" s="145">
-        <v>8390</v>
+        <v>8473</v>
       </c>
       <c r="J9" s="148">
-        <v>108360</v>
+        <v>106896</v>
       </c>
       <c r="K9" s="151">
-        <v>201839</v>
+        <v>186480</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>126</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>289</v>
       </c>
       <c r="B11" s="158">
-        <v>527378</v>
+        <v>550846</v>
       </c>
       <c r="C11" s="158">
-        <v>6252</v>
+        <v>3970</v>
       </c>
       <c r="D11" s="158">
-        <v>25076</v>
+        <v>19854</v>
       </c>
       <c r="E11" s="158">
-        <v>7528</v>
-[...1 lines deleted...]
-      <c r="F11" s="212">
+        <v>8788</v>
+      </c>
+      <c r="F11" s="210">
         <v>0</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>15915</v>
+        <v>16550</v>
       </c>
       <c r="I11" s="158">
-        <v>10708</v>
+        <v>9707</v>
       </c>
       <c r="J11" s="160">
-        <v>79283</v>
+        <v>113656</v>
       </c>
       <c r="K11" s="162">
-        <v>382616</v>
+        <v>378320</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>290</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>291</v>
       </c>
       <c r="B13" s="158">
-        <v>45238</v>
+        <v>68519</v>
       </c>
       <c r="C13" s="158">
-        <v>167</v>
+        <v>191</v>
       </c>
       <c r="D13" s="158">
-        <v>4729</v>
+        <v>5462</v>
       </c>
       <c r="E13" s="158">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F13" s="199">
         <v>0</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>187</v>
+        <v>273</v>
       </c>
       <c r="J13" s="160">
-        <v>40716</v>
+        <v>63380</v>
       </c>
       <c r="K13" s="162">
-        <v>-572</v>
+        <v>-790</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>292</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>293</v>
       </c>
       <c r="B15" s="158">
-        <v>52704</v>
+        <v>69317</v>
       </c>
       <c r="C15" s="158">
-        <v>61</v>
+        <v>256</v>
       </c>
       <c r="D15" s="158">
-        <v>3313</v>
+        <v>3722</v>
       </c>
       <c r="E15" s="193">
         <v>0</v>
       </c>
       <c r="F15" s="199">
         <v>0</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J15" s="160">
-        <v>49478</v>
+        <v>65650</v>
       </c>
       <c r="K15" s="162">
-        <v>-318</v>
+        <v>-479</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>294</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>295</v>
       </c>
       <c r="B17" s="164">
-        <v>47288</v>
+        <v>113388</v>
       </c>
       <c r="C17" s="164">
-        <v>3278</v>
+        <v>119</v>
       </c>
       <c r="D17" s="164">
-        <v>347</v>
+        <v>293</v>
       </c>
       <c r="E17" s="164">
-        <v>519</v>
+        <v>660</v>
       </c>
       <c r="F17" s="183">
-        <v>3045</v>
+        <v>2546</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="197">
         <v>0</v>
       </c>
       <c r="I17" s="164">
-        <v>18010</v>
+        <v>63585</v>
       </c>
       <c r="J17" s="166">
-        <v>10809</v>
+        <v>37018</v>
       </c>
       <c r="K17" s="168">
-        <v>11281</v>
+        <v>9168</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>296</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -8892,278 +8892,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>121</v>
       </c>
       <c r="B24" s="145">
-        <v>356156</v>
+        <v>342492</v>
       </c>
       <c r="C24" s="145">
-        <v>60034</v>
+        <v>57333</v>
       </c>
       <c r="D24" s="145">
-        <v>2673</v>
+        <v>2578</v>
       </c>
       <c r="E24" s="145">
-        <v>195244</v>
+        <v>176012</v>
       </c>
       <c r="F24" s="145">
-        <v>61922</v>
+        <v>67486</v>
       </c>
       <c r="G24" s="145">
-        <v>16463</v>
+        <v>18638</v>
       </c>
       <c r="H24" s="145">
-        <v>19819</v>
+        <v>20446</v>
       </c>
       <c r="I24" s="145">
         <v>1620</v>
       </c>
       <c r="J24" s="148">
-        <v>18205</v>
+        <v>18795</v>
       </c>
       <c r="K24" s="151">
-        <v>-6</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>126</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>289</v>
       </c>
       <c r="B26" s="158">
-        <v>527378</v>
+        <v>550846</v>
       </c>
       <c r="C26" s="158">
-        <v>61519</v>
+        <v>62900</v>
       </c>
       <c r="D26" s="158">
-        <v>2794</v>
+        <v>2416</v>
       </c>
       <c r="E26" s="158">
-        <v>411041</v>
+        <v>421765</v>
       </c>
       <c r="F26" s="158">
-        <v>27570</v>
+        <v>38175</v>
       </c>
       <c r="G26" s="158">
-        <v>9576</v>
+        <v>10368</v>
       </c>
       <c r="H26" s="158">
-        <v>14879</v>
+        <v>15222</v>
       </c>
       <c r="I26" s="158">
         <v>3500</v>
       </c>
       <c r="J26" s="160">
-        <v>11379</v>
+        <v>11722</v>
       </c>
       <c r="K26" s="204">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>290</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>291</v>
       </c>
       <c r="B28" s="158">
-        <v>45238</v>
+        <v>68519</v>
       </c>
       <c r="C28" s="158">
-        <v>42008</v>
+        <v>65380</v>
       </c>
       <c r="D28" s="158">
-        <v>120</v>
+        <v>206</v>
       </c>
       <c r="E28" s="193">
         <v>0</v>
       </c>
       <c r="F28" s="193">
         <v>0</v>
       </c>
       <c r="G28" s="158">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="H28" s="158">
-        <v>3033</v>
+        <v>2918</v>
       </c>
       <c r="I28" s="158">
         <v>1700</v>
       </c>
       <c r="J28" s="160">
-        <v>1372</v>
+        <v>1243</v>
       </c>
       <c r="K28" s="162">
-        <v>-39</v>
+        <v>-26</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>292</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>293</v>
       </c>
       <c r="B30" s="158">
-        <v>52704</v>
+        <v>69317</v>
       </c>
       <c r="C30" s="158">
-        <v>31908</v>
+        <v>47979</v>
       </c>
       <c r="D30" s="158">
-        <v>134</v>
+        <v>181</v>
       </c>
       <c r="E30" s="193">
         <v>0</v>
       </c>
       <c r="F30" s="158">
-        <v>18289</v>
+        <v>18861</v>
       </c>
       <c r="G30" s="158">
         <v>404</v>
       </c>
       <c r="H30" s="158">
-        <v>1969</v>
+        <v>1892</v>
       </c>
       <c r="I30" s="158">
         <v>1750</v>
       </c>
       <c r="J30" s="160">
-        <v>219</v>
+        <v>142</v>
       </c>
       <c r="K30" s="162">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>294</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>295</v>
       </c>
       <c r="B32" s="164">
-        <v>47288</v>
+        <v>113388</v>
       </c>
       <c r="C32" s="197">
         <v>0</v>
       </c>
       <c r="D32" s="164">
-        <v>266</v>
+        <v>339</v>
       </c>
       <c r="E32" s="164">
-        <v>11022</v>
+        <v>6381</v>
       </c>
       <c r="F32" s="164">
-        <v>28652</v>
+        <v>99961</v>
       </c>
       <c r="G32" s="164">
-        <v>859</v>
+        <v>722</v>
       </c>
       <c r="H32" s="164">
-        <v>6488</v>
+        <v>5985</v>
       </c>
       <c r="I32" s="164">
         <v>5827</v>
       </c>
       <c r="J32" s="166">
-        <v>662</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>158</v>
+      </c>
+      <c r="K32" s="168">
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>296</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -9416,56 +9416,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>169</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -9539,228 +9539,228 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>125</v>
       </c>
       <c r="B9" s="145">
-        <v>162740</v>
+        <v>204851</v>
       </c>
       <c r="C9" s="145">
-        <v>122</v>
+        <v>164</v>
       </c>
       <c r="D9" s="145">
-        <v>772</v>
+        <v>649</v>
       </c>
       <c r="E9" s="145">
-        <v>19199</v>
+        <v>22638</v>
       </c>
       <c r="F9" s="172">
-        <v>402</v>
+        <v>501</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>60919</v>
+        <v>55889</v>
       </c>
       <c r="I9" s="145">
-        <v>7580</v>
+        <v>35629</v>
       </c>
       <c r="J9" s="148">
-        <v>50484</v>
+        <v>41766</v>
       </c>
       <c r="K9" s="151">
-        <v>23262</v>
+        <v>47615</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>130</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>297</v>
       </c>
       <c r="B11" s="158">
-        <v>26876</v>
+        <v>24643</v>
       </c>
       <c r="C11" s="158">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="D11" s="158">
-        <v>23</v>
+        <v>90</v>
       </c>
       <c r="E11" s="158">
-        <v>1567</v>
+        <v>1593</v>
       </c>
       <c r="F11" s="178">
-        <v>694</v>
+        <v>544</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="193">
         <v>0</v>
       </c>
       <c r="I11" s="158">
-        <v>8139</v>
+        <v>9739</v>
       </c>
       <c r="J11" s="160">
-        <v>8764</v>
+        <v>10352</v>
       </c>
       <c r="K11" s="162">
-        <v>7664</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>298</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>299</v>
       </c>
       <c r="B13" s="158">
-        <v>11424</v>
+        <v>12142</v>
       </c>
       <c r="C13" s="158">
-        <v>65</v>
+        <v>92</v>
       </c>
       <c r="D13" s="158">
-        <v>7100</v>
+        <v>4811</v>
       </c>
       <c r="E13" s="193">
         <v>0</v>
       </c>
       <c r="F13" s="183">
-        <v>542</v>
+        <v>395</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="J13" s="160">
-        <v>1437</v>
+        <v>1600</v>
       </c>
       <c r="K13" s="162">
-        <v>2215</v>
+        <v>5184</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>300</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>301</v>
       </c>
       <c r="B15" s="158">
-        <v>7646</v>
+        <v>7060</v>
       </c>
       <c r="C15" s="158">
-        <v>125</v>
+        <v>431</v>
       </c>
       <c r="D15" s="158">
-        <v>1605</v>
+        <v>750</v>
       </c>
       <c r="E15" s="193">
         <v>0</v>
       </c>
       <c r="F15" s="199">
         <v>0</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="I15" s="158">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="J15" s="160">
-        <v>5880</v>
+        <v>5848</v>
       </c>
       <c r="K15" s="162">
-        <v>-25</v>
+        <v>-27</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>302</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="40"/>
       <c r="B17" s="72"/>
       <c r="C17" s="72"/>
       <c r="D17" s="72"/>
       <c r="E17" s="72"/>
       <c r="F17" s="95"/>
       <c r="G17" s="96"/>
@@ -9884,227 +9884,227 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>125</v>
       </c>
       <c r="B24" s="145">
-        <v>162740</v>
+        <v>204851</v>
       </c>
       <c r="C24" s="145">
-        <v>41160</v>
+        <v>38371</v>
       </c>
       <c r="D24" s="145">
-        <v>637</v>
+        <v>487</v>
       </c>
       <c r="E24" s="145">
-        <v>63529</v>
+        <v>87589</v>
       </c>
       <c r="F24" s="145">
-        <v>32019</v>
+        <v>49588</v>
       </c>
       <c r="G24" s="145">
-        <v>20426</v>
+        <v>23844</v>
       </c>
       <c r="H24" s="145">
-        <v>4970</v>
+        <v>4971</v>
       </c>
       <c r="I24" s="145">
         <v>4000</v>
       </c>
       <c r="J24" s="148">
-        <v>1048</v>
+        <v>1057</v>
       </c>
       <c r="K24" s="151">
-        <v>-79</v>
+        <v>-86</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>130</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>297</v>
       </c>
       <c r="B26" s="158">
-        <v>26876</v>
+        <v>24643</v>
       </c>
       <c r="C26" s="158">
-        <v>16586</v>
+        <v>14289</v>
       </c>
       <c r="D26" s="158">
-        <v>262</v>
+        <v>190</v>
       </c>
       <c r="E26" s="193">
         <v>0</v>
       </c>
       <c r="F26" s="158">
-        <v>7203</v>
+        <v>7169</v>
       </c>
       <c r="G26" s="158">
-        <v>2396</v>
+        <v>2468</v>
       </c>
       <c r="H26" s="158">
-        <v>428</v>
+        <v>527</v>
       </c>
       <c r="I26" s="158">
         <v>401</v>
       </c>
       <c r="J26" s="160">
-        <v>27</v>
+        <v>126</v>
       </c>
       <c r="K26" s="162">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>298</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>299</v>
       </c>
       <c r="B28" s="158">
-        <v>11424</v>
+        <v>12142</v>
       </c>
       <c r="C28" s="193">
         <v>0</v>
       </c>
       <c r="D28" s="158">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E28" s="158">
-        <v>864</v>
+        <v>972</v>
       </c>
       <c r="F28" s="158">
-        <v>5841</v>
+        <v>5972</v>
       </c>
       <c r="G28" s="158">
-        <v>3458</v>
+        <v>3915</v>
       </c>
       <c r="H28" s="158">
-        <v>1235</v>
+        <v>1251</v>
       </c>
       <c r="I28" s="158">
         <v>1100</v>
       </c>
       <c r="J28" s="160">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>-1</v>
+        <v>151</v>
+      </c>
+      <c r="K28" s="212">
+        <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>300</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>301</v>
       </c>
       <c r="B30" s="158">
-        <v>7646</v>
+        <v>7060</v>
       </c>
       <c r="C30" s="158">
-        <v>522</v>
+        <v>322</v>
       </c>
       <c r="D30" s="158">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E30" s="158">
-        <v>1926</v>
+        <v>1374</v>
       </c>
       <c r="F30" s="158">
-        <v>4462</v>
+        <v>4614</v>
       </c>
       <c r="G30" s="158">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="H30" s="158">
         <v>661</v>
       </c>
       <c r="I30" s="158">
         <v>830</v>
       </c>
       <c r="J30" s="160">
-        <v>-170</v>
-[...1 lines deleted...]
-      <c r="K30" s="162">
+        <v>-169</v>
+      </c>
+      <c r="K30" s="212">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>302</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="40"/>
       <c r="B32" s="72"/>
       <c r="C32" s="72"/>
       <c r="D32" s="72"/>
       <c r="E32" s="72"/>
       <c r="F32" s="72"/>
@@ -10384,56 +10384,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>173</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
@@ -10507,228 +10507,228 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="146">
-        <v>1303356</v>
+        <v>1229336</v>
       </c>
       <c r="C9" s="146">
-        <v>6878</v>
+        <v>11145</v>
       </c>
       <c r="D9" s="146">
-        <v>276197</v>
+        <v>230421</v>
       </c>
       <c r="E9" s="146">
-        <v>28754</v>
+        <v>4084</v>
       </c>
       <c r="F9" s="173">
-        <v>39726</v>
+        <v>44223</v>
       </c>
       <c r="G9" s="176">
         <v>0</v>
       </c>
       <c r="H9" s="146">
-        <v>35619</v>
+        <v>31909</v>
       </c>
       <c r="I9" s="146">
-        <v>8730</v>
+        <v>9599</v>
       </c>
       <c r="J9" s="149">
-        <v>149597</v>
+        <v>167783</v>
       </c>
       <c r="K9" s="152">
-        <v>757854</v>
+        <v>730172</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>129</v>
       </c>
       <c r="B11" s="158">
-        <v>521892</v>
+        <v>541813</v>
       </c>
       <c r="C11" s="158">
-        <v>6456</v>
+        <v>10814</v>
       </c>
       <c r="D11" s="158">
-        <v>131790</v>
+        <v>132209</v>
       </c>
       <c r="E11" s="158">
-        <v>27390</v>
-[...1 lines deleted...]
-      <c r="F11" s="212">
+        <v>3729</v>
+      </c>
+      <c r="F11" s="210">
         <v>0</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>6798</v>
+        <v>9870</v>
       </c>
       <c r="I11" s="158">
-        <v>2879</v>
+        <v>3887</v>
       </c>
       <c r="J11" s="160">
-        <v>65303</v>
+        <v>83605</v>
       </c>
       <c r="K11" s="162">
-        <v>281275</v>
+        <v>297699</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>175</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>303</v>
       </c>
       <c r="B13" s="158">
-        <v>208411</v>
+        <v>223955</v>
       </c>
       <c r="C13" s="158">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="D13" s="158">
-        <v>29477</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>34163</v>
+      </c>
+      <c r="E13" s="193">
+        <v>0</v>
       </c>
       <c r="F13" s="183">
-        <v>1911</v>
+        <v>1976</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>6699</v>
+        <v>2599</v>
       </c>
       <c r="I13" s="158">
-        <v>1586</v>
+        <v>1367</v>
       </c>
       <c r="J13" s="160">
-        <v>37331</v>
+        <v>34288</v>
       </c>
       <c r="K13" s="162">
-        <v>131213</v>
+        <v>149521</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>304</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>305</v>
       </c>
       <c r="B15" s="158">
-        <v>573053</v>
+        <v>463568</v>
       </c>
       <c r="C15" s="158">
-        <v>395</v>
+        <v>292</v>
       </c>
       <c r="D15" s="158">
-        <v>114930</v>
+        <v>64048</v>
       </c>
       <c r="E15" s="158">
-        <v>1197</v>
+        <v>355</v>
       </c>
       <c r="F15" s="183">
-        <v>37815</v>
+        <v>42247</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>22122</v>
+        <v>19439</v>
       </c>
       <c r="I15" s="158">
-        <v>4265</v>
+        <v>4345</v>
       </c>
       <c r="J15" s="160">
-        <v>46962</v>
+        <v>49890</v>
       </c>
       <c r="K15" s="162">
-        <v>345366</v>
+        <v>282952</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>306</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="40"/>
       <c r="B17" s="72"/>
       <c r="C17" s="72"/>
       <c r="D17" s="72"/>
       <c r="E17" s="72"/>
       <c r="F17" s="95"/>
       <c r="G17" s="96"/>
@@ -10852,228 +10852,228 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="146">
-        <v>1303356</v>
+        <v>1229336</v>
       </c>
       <c r="C24" s="146">
-        <v>937983</v>
+        <v>886920</v>
       </c>
       <c r="D24" s="146">
-        <v>7707</v>
+        <v>8789</v>
       </c>
       <c r="E24" s="146">
-        <v>147142</v>
+        <v>149663</v>
       </c>
       <c r="F24" s="146">
-        <v>138303</v>
+        <v>137671</v>
       </c>
       <c r="G24" s="146">
-        <v>35509</v>
+        <v>9241</v>
       </c>
       <c r="H24" s="146">
-        <v>36712</v>
+        <v>37053</v>
       </c>
       <c r="I24" s="146">
         <v>5909</v>
       </c>
       <c r="J24" s="149">
-        <v>30422</v>
+        <v>30750</v>
       </c>
       <c r="K24" s="152">
-        <v>382</v>
+        <v>394</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>129</v>
       </c>
       <c r="B26" s="158">
-        <v>521892</v>
+        <v>541813</v>
       </c>
       <c r="C26" s="158">
-        <v>407988</v>
+        <v>430226</v>
       </c>
       <c r="D26" s="158">
-        <v>2931</v>
+        <v>3602</v>
       </c>
       <c r="E26" s="158">
-        <v>63765</v>
+        <v>65844</v>
       </c>
       <c r="F26" s="158">
-        <v>6335</v>
+        <v>24839</v>
       </c>
       <c r="G26" s="158">
-        <v>29943</v>
+        <v>6379</v>
       </c>
       <c r="H26" s="158">
-        <v>10930</v>
+        <v>10924</v>
       </c>
       <c r="I26" s="158">
         <v>2940</v>
       </c>
       <c r="J26" s="160">
-        <v>7990</v>
+        <v>7984</v>
       </c>
       <c r="K26" s="204">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>175</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>303</v>
       </c>
       <c r="B28" s="158">
-        <v>208411</v>
+        <v>223955</v>
       </c>
       <c r="C28" s="158">
-        <v>161372</v>
+        <v>163522</v>
       </c>
       <c r="D28" s="158">
-        <v>1125</v>
+        <v>1323</v>
       </c>
       <c r="E28" s="158">
-        <v>26578</v>
+        <v>41340</v>
       </c>
       <c r="F28" s="158">
-        <v>11720</v>
+        <v>10060</v>
       </c>
       <c r="G28" s="158">
-        <v>433</v>
+        <v>512</v>
       </c>
       <c r="H28" s="158">
-        <v>7182</v>
+        <v>7198</v>
       </c>
       <c r="I28" s="158">
         <v>1475</v>
       </c>
       <c r="J28" s="160">
-        <v>5706</v>
+        <v>5722</v>
       </c>
       <c r="K28" s="162">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>304</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>305</v>
       </c>
       <c r="B30" s="158">
-        <v>573053</v>
+        <v>463568</v>
       </c>
       <c r="C30" s="158">
-        <v>368623</v>
+        <v>293173</v>
       </c>
       <c r="D30" s="158">
-        <v>3650</v>
+        <v>3864</v>
       </c>
       <c r="E30" s="158">
-        <v>56799</v>
+        <v>42479</v>
       </c>
       <c r="F30" s="158">
-        <v>120248</v>
+        <v>102772</v>
       </c>
       <c r="G30" s="158">
-        <v>5132</v>
+        <v>2350</v>
       </c>
       <c r="H30" s="158">
-        <v>18600</v>
+        <v>18931</v>
       </c>
       <c r="I30" s="158">
         <v>1494</v>
       </c>
       <c r="J30" s="160">
-        <v>16726</v>
+        <v>17044</v>
       </c>
       <c r="K30" s="162">
-        <v>381</v>
+        <v>392</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>306</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="40"/>
       <c r="B32" s="72"/>
       <c r="C32" s="72"/>
       <c r="D32" s="72"/>
       <c r="E32" s="72"/>
       <c r="F32" s="72"/>
       <c r="G32" s="72"/>
@@ -11354,56 +11354,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>160</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="28" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>59</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>139</v>
       </c>
       <c r="E5" s="68" t="s">
         <v>192</v>
@@ -11469,278 +11469,278 @@
       <c r="J7" s="31" t="s">
         <v>57</v>
       </c>
       <c r="K7" s="128" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="27" customHeight="1" thickBot="1">
       <c r="A8" s="106"/>
       <c r="B8" s="127"/>
       <c r="C8" s="127"/>
       <c r="D8" s="127"/>
       <c r="E8" s="67"/>
       <c r="F8" s="48"/>
       <c r="G8" s="45"/>
       <c r="H8" s="127"/>
       <c r="I8" s="127"/>
       <c r="J8" s="132"/>
       <c r="K8" s="129"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="146">
-        <v>1332324</v>
+        <v>1328001</v>
       </c>
       <c r="C9" s="146">
-        <v>2766</v>
+        <v>2505</v>
       </c>
       <c r="D9" s="146">
-        <v>760612</v>
+        <v>745225</v>
       </c>
       <c r="E9" s="173">
-        <v>529821</v>
+        <v>541329</v>
       </c>
       <c r="F9" s="176">
         <v>0</v>
       </c>
       <c r="G9" s="146">
-        <v>5548</v>
+        <v>5558</v>
       </c>
       <c r="H9" s="146">
-        <v>5588</v>
+        <v>4989</v>
       </c>
       <c r="I9" s="216">
-        <v>8934</v>
+        <v>10205</v>
       </c>
       <c r="J9" s="146">
-        <v>1862</v>
+        <v>1872</v>
       </c>
       <c r="K9" s="173">
-        <v>17195</v>
+        <v>16317</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="111"/>
       <c r="F10" s="112"/>
       <c r="G10" s="86"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="86"/>
       <c r="K10" s="111"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>162</v>
       </c>
       <c r="B11" s="158">
-        <v>365197</v>
+        <v>361301</v>
       </c>
       <c r="C11" s="158">
-        <v>351</v>
+        <v>474</v>
       </c>
       <c r="D11" s="158">
-        <v>197241</v>
+        <v>190253</v>
       </c>
       <c r="E11" s="178">
-        <v>161058</v>
+        <v>163403</v>
       </c>
       <c r="F11" s="180">
         <v>0</v>
       </c>
       <c r="G11" s="158">
-        <v>457</v>
+        <v>468</v>
       </c>
       <c r="H11" s="193">
         <v>0</v>
       </c>
       <c r="I11" s="158">
-        <v>2653</v>
+        <v>3259</v>
       </c>
       <c r="J11" s="193">
         <v>0</v>
       </c>
       <c r="K11" s="218">
-        <v>3436</v>
+        <v>3443</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>174</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="97"/>
       <c r="F12" s="98"/>
       <c r="G12" s="75"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="75"/>
       <c r="K12" s="97"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>307</v>
       </c>
       <c r="B13" s="158">
-        <v>263280</v>
+        <v>265527</v>
       </c>
       <c r="C13" s="158">
-        <v>351</v>
+        <v>369</v>
       </c>
       <c r="D13" s="158">
-        <v>150461</v>
+        <v>152104</v>
       </c>
       <c r="E13" s="183">
-        <v>103363</v>
+        <v>102976</v>
       </c>
       <c r="F13" s="185">
         <v>0</v>
       </c>
       <c r="G13" s="158">
-        <v>2691</v>
+        <v>2692</v>
       </c>
       <c r="H13" s="158">
-        <v>3747</v>
+        <v>4306</v>
       </c>
       <c r="I13" s="158">
-        <v>1017</v>
+        <v>1347</v>
       </c>
       <c r="J13" s="193">
         <v>0</v>
       </c>
       <c r="K13" s="218">
-        <v>1649</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>308</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="97"/>
       <c r="F14" s="98"/>
       <c r="G14" s="75"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="75"/>
       <c r="K14" s="97"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>309</v>
       </c>
       <c r="B15" s="158">
-        <v>306197</v>
+        <v>306876</v>
       </c>
       <c r="C15" s="158">
-        <v>775</v>
+        <v>528</v>
       </c>
       <c r="D15" s="158">
-        <v>178694</v>
+        <v>172661</v>
       </c>
       <c r="E15" s="183">
-        <v>116316</v>
+        <v>123935</v>
       </c>
       <c r="F15" s="185">
         <v>0</v>
       </c>
       <c r="G15" s="158">
         <v>699</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>2176</v>
+        <v>2379</v>
       </c>
       <c r="J15" s="158">
-        <v>1862</v>
+        <v>1872</v>
       </c>
       <c r="K15" s="218">
-        <v>5675</v>
+        <v>4802</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>310</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="97"/>
       <c r="F16" s="98"/>
       <c r="G16" s="75"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="75"/>
       <c r="K16" s="97"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>311</v>
       </c>
       <c r="B17" s="164">
-        <v>90270</v>
+        <v>88477</v>
       </c>
       <c r="C17" s="164">
-        <v>358</v>
+        <v>176</v>
       </c>
       <c r="D17" s="164">
-        <v>53137</v>
+        <v>50403</v>
       </c>
       <c r="E17" s="183">
-        <v>33534</v>
+        <v>34633</v>
       </c>
       <c r="F17" s="185">
         <v>0</v>
       </c>
       <c r="G17" s="197">
         <v>0</v>
       </c>
-      <c r="H17" s="197">
-        <v>0</v>
+      <c r="H17" s="164">
+        <v>32</v>
       </c>
       <c r="I17" s="164">
-        <v>1225</v>
+        <v>1269</v>
       </c>
       <c r="J17" s="197">
         <v>0</v>
       </c>
       <c r="K17" s="183">
-        <v>2016</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>312</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="100"/>
       <c r="F18" s="101"/>
       <c r="G18" s="73"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="73"/>
       <c r="K18" s="100"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -11834,272 +11834,272 @@
       </c>
       <c r="K22" s="130" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="27" customHeight="1" thickBot="1">
       <c r="A23" s="133"/>
       <c r="B23" s="127"/>
       <c r="C23" s="127"/>
       <c r="D23" s="127"/>
       <c r="E23" s="127"/>
       <c r="F23" s="127"/>
       <c r="G23" s="127"/>
       <c r="H23" s="127"/>
       <c r="I23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J23" s="127"/>
       <c r="K23" s="131"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="146">
-        <v>1332324</v>
+        <v>1328001</v>
       </c>
       <c r="C24" s="146">
-        <v>140435</v>
+        <v>118091</v>
       </c>
       <c r="D24" s="146">
-        <v>655</v>
+        <v>814</v>
       </c>
       <c r="E24" s="146">
-        <v>1025246</v>
+        <v>1042328</v>
       </c>
       <c r="F24" s="146">
-        <v>4496</v>
+        <v>3508</v>
       </c>
       <c r="G24" s="213">
         <v>0</v>
       </c>
       <c r="H24" s="146">
-        <v>11504</v>
+        <v>11970</v>
       </c>
       <c r="I24" s="216">
-        <v>149989</v>
+        <v>151288</v>
       </c>
       <c r="J24" s="146">
         <v>70614</v>
       </c>
       <c r="K24" s="173">
-        <v>1038</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="86"/>
       <c r="K25" s="111"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>162</v>
       </c>
       <c r="B26" s="158">
-        <v>365197</v>
+        <v>361301</v>
       </c>
       <c r="C26" s="158">
-        <v>26497</v>
+        <v>22135</v>
       </c>
       <c r="D26" s="158">
-        <v>67</v>
+        <v>106</v>
       </c>
       <c r="E26" s="158">
-        <v>289106</v>
+        <v>288800</v>
       </c>
       <c r="F26" s="158">
-        <v>741</v>
+        <v>913</v>
       </c>
       <c r="G26" s="193">
         <v>0</v>
       </c>
       <c r="H26" s="158">
-        <v>3166</v>
+        <v>3438</v>
       </c>
       <c r="I26" s="158">
-        <v>45621</v>
+        <v>45908</v>
       </c>
       <c r="J26" s="158">
         <v>15114</v>
       </c>
       <c r="K26" s="218">
         <v>328</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>174</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="75"/>
       <c r="K27" s="97"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>307</v>
       </c>
       <c r="B28" s="158">
-        <v>263280</v>
+        <v>265527</v>
       </c>
       <c r="C28" s="158">
-        <v>36589</v>
+        <v>29965</v>
       </c>
       <c r="D28" s="158">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E28" s="158">
-        <v>196071</v>
+        <v>204299</v>
       </c>
       <c r="F28" s="158">
-        <v>712</v>
+        <v>664</v>
       </c>
       <c r="G28" s="193">
         <v>0</v>
       </c>
       <c r="H28" s="158">
-        <v>2442</v>
+        <v>2755</v>
       </c>
       <c r="I28" s="158">
-        <v>27457</v>
+        <v>27830</v>
       </c>
       <c r="J28" s="158">
         <v>13430</v>
       </c>
       <c r="K28" s="218">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>308</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="75"/>
       <c r="K29" s="97"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>309</v>
       </c>
       <c r="B30" s="158">
-        <v>306197</v>
+        <v>306876</v>
       </c>
       <c r="C30" s="158">
-        <v>14984</v>
+        <v>15331</v>
       </c>
       <c r="D30" s="158">
-        <v>556</v>
+        <v>664</v>
       </c>
       <c r="E30" s="158">
-        <v>252779</v>
+        <v>252936</v>
       </c>
       <c r="F30" s="158">
-        <v>1071</v>
+        <v>925</v>
       </c>
       <c r="G30" s="193">
         <v>0</v>
       </c>
       <c r="H30" s="158">
-        <v>2235</v>
+        <v>2189</v>
       </c>
       <c r="I30" s="158">
-        <v>34573</v>
+        <v>34831</v>
       </c>
       <c r="J30" s="158">
         <v>18480</v>
       </c>
       <c r="K30" s="218">
         <v>372</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>310</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="75"/>
       <c r="K31" s="97"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>311</v>
       </c>
       <c r="B32" s="164">
-        <v>90270</v>
+        <v>88477</v>
       </c>
       <c r="C32" s="164">
-        <v>12227</v>
+        <v>12008</v>
       </c>
       <c r="D32" s="164">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="E32" s="164">
-        <v>66577</v>
+        <v>65836</v>
       </c>
       <c r="F32" s="164">
-        <v>1095</v>
+        <v>280</v>
       </c>
       <c r="G32" s="197">
         <v>0</v>
       </c>
       <c r="H32" s="164">
-        <v>926</v>
+        <v>825</v>
       </c>
       <c r="I32" s="164">
-        <v>9438</v>
+        <v>9512</v>
       </c>
       <c r="J32" s="164">
         <v>4851</v>
       </c>
       <c r="K32" s="199">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>312</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="73"/>
       <c r="K33" s="100"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="7" t="s">
@@ -12405,56 +12405,56 @@
       <c r="H2" s="103"/>
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>160</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="28" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>59</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>139</v>
       </c>
       <c r="E5" s="68" t="s">
         <v>192</v>
@@ -12520,228 +12520,228 @@
       <c r="J7" s="31" t="s">
         <v>57</v>
       </c>
       <c r="K7" s="128" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="27" customHeight="1" thickBot="1">
       <c r="A8" s="106"/>
       <c r="B8" s="127"/>
       <c r="C8" s="127"/>
       <c r="D8" s="127"/>
       <c r="E8" s="67"/>
       <c r="F8" s="48"/>
       <c r="G8" s="45"/>
       <c r="H8" s="127"/>
       <c r="I8" s="127"/>
       <c r="J8" s="132"/>
       <c r="K8" s="129"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>161</v>
       </c>
       <c r="B9" s="145">
-        <v>72705</v>
+        <v>72791</v>
       </c>
       <c r="C9" s="145">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="D9" s="145">
-        <v>46662</v>
+        <v>45992</v>
       </c>
       <c r="E9" s="172">
-        <v>24149</v>
+        <v>24850</v>
       </c>
       <c r="F9" s="175">
         <v>0</v>
       </c>
       <c r="G9" s="189">
         <v>0</v>
       </c>
       <c r="H9" s="189">
         <v>0</v>
       </c>
       <c r="I9" s="215">
-        <v>264</v>
+        <v>338</v>
       </c>
       <c r="J9" s="189">
         <v>0</v>
       </c>
       <c r="K9" s="172">
-        <v>1492</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>164</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="111"/>
       <c r="F10" s="112"/>
       <c r="G10" s="86"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="86"/>
       <c r="K10" s="111"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>313</v>
       </c>
       <c r="B11" s="158">
-        <v>88774</v>
+        <v>87258</v>
       </c>
       <c r="C11" s="158">
-        <v>192</v>
+        <v>165</v>
       </c>
       <c r="D11" s="158">
-        <v>52097</v>
+        <v>51299</v>
       </c>
       <c r="E11" s="178">
-        <v>33752</v>
+        <v>34195</v>
       </c>
       <c r="F11" s="180">
         <v>0</v>
       </c>
       <c r="G11" s="193">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>1840</v>
+        <v>651</v>
       </c>
       <c r="I11" s="158">
-        <v>378</v>
+        <v>415</v>
       </c>
       <c r="J11" s="193">
         <v>0</v>
       </c>
       <c r="K11" s="218">
-        <v>515</v>
+        <v>534</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>314</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="97"/>
       <c r="F12" s="98"/>
       <c r="G12" s="75"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="75"/>
       <c r="K12" s="97"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>315</v>
       </c>
       <c r="B13" s="158">
-        <v>74625</v>
+        <v>75644</v>
       </c>
       <c r="C13" s="158">
-        <v>390</v>
+        <v>366</v>
       </c>
       <c r="D13" s="158">
-        <v>36788</v>
+        <v>38630</v>
       </c>
       <c r="E13" s="183">
-        <v>34990</v>
+        <v>34261</v>
       </c>
       <c r="F13" s="185">
         <v>0</v>
       </c>
       <c r="G13" s="193">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>413</v>
+        <v>345</v>
       </c>
       <c r="J13" s="193">
         <v>0</v>
       </c>
       <c r="K13" s="218">
-        <v>2043</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>316</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="97"/>
       <c r="F14" s="98"/>
       <c r="G14" s="75"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="75"/>
       <c r="K14" s="97"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>317</v>
       </c>
       <c r="B15" s="158">
-        <v>71276</v>
+        <v>70127</v>
       </c>
       <c r="C15" s="158">
-        <v>211</v>
+        <v>281</v>
       </c>
       <c r="D15" s="158">
-        <v>45532</v>
+        <v>43884</v>
       </c>
       <c r="E15" s="183">
-        <v>22657</v>
+        <v>23077</v>
       </c>
       <c r="F15" s="185">
         <v>0</v>
       </c>
       <c r="G15" s="158">
-        <v>1700</v>
+        <v>1699</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>808</v>
+        <v>852</v>
       </c>
       <c r="J15" s="193">
         <v>0</v>
       </c>
       <c r="K15" s="218">
-        <v>369</v>
+        <v>335</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>318</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="97"/>
       <c r="F16" s="98"/>
       <c r="G16" s="75"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="75"/>
       <c r="K16" s="97"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="40"/>
       <c r="B17" s="72"/>
       <c r="C17" s="72"/>
       <c r="D17" s="72"/>
       <c r="E17" s="95"/>
       <c r="F17" s="96"/>
       <c r="G17" s="72"/>
@@ -12861,222 +12861,222 @@
       </c>
       <c r="K22" s="130" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="27" customHeight="1" thickBot="1">
       <c r="A23" s="106"/>
       <c r="B23" s="127"/>
       <c r="C23" s="127"/>
       <c r="D23" s="127"/>
       <c r="E23" s="127"/>
       <c r="F23" s="127"/>
       <c r="G23" s="127"/>
       <c r="H23" s="127"/>
       <c r="I23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J23" s="127"/>
       <c r="K23" s="131"/>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>161</v>
       </c>
       <c r="B24" s="145">
-        <v>72705</v>
+        <v>72791</v>
       </c>
       <c r="C24" s="145">
-        <v>12816</v>
+        <v>11192</v>
       </c>
       <c r="D24" s="145">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E24" s="145">
-        <v>51494</v>
+        <v>53268</v>
       </c>
       <c r="F24" s="145">
-        <v>261</v>
+        <v>161</v>
       </c>
       <c r="G24" s="189">
         <v>0</v>
       </c>
       <c r="H24" s="145">
-        <v>563</v>
+        <v>539</v>
       </c>
       <c r="I24" s="215">
-        <v>7568</v>
+        <v>7625</v>
       </c>
       <c r="J24" s="145">
         <v>5162</v>
       </c>
       <c r="K24" s="172">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>164</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="86"/>
       <c r="K25" s="111"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>313</v>
       </c>
       <c r="B26" s="158">
-        <v>88774</v>
+        <v>87258</v>
       </c>
       <c r="C26" s="158">
-        <v>11296</v>
+        <v>10949</v>
       </c>
       <c r="D26" s="158">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E26" s="158">
-        <v>66711</v>
+        <v>65476</v>
       </c>
       <c r="F26" s="158">
-        <v>242</v>
+        <v>206</v>
       </c>
       <c r="G26" s="193">
         <v>0</v>
       </c>
       <c r="H26" s="158">
-        <v>1012</v>
+        <v>1043</v>
       </c>
       <c r="I26" s="158">
-        <v>9511</v>
+        <v>9581</v>
       </c>
       <c r="J26" s="158">
         <v>5408</v>
       </c>
       <c r="K26" s="218">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>314</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="75"/>
       <c r="K27" s="97"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>315</v>
       </c>
       <c r="B28" s="158">
-        <v>74625</v>
+        <v>75644</v>
       </c>
       <c r="C28" s="158">
-        <v>14771</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>8270</v>
+      </c>
+      <c r="D28" s="193">
+        <v>0</v>
       </c>
       <c r="E28" s="158">
-        <v>50868</v>
+        <v>58292</v>
       </c>
       <c r="F28" s="158">
-        <v>254</v>
+        <v>203</v>
       </c>
       <c r="G28" s="193">
         <v>0</v>
       </c>
       <c r="H28" s="158">
-        <v>602</v>
+        <v>647</v>
       </c>
       <c r="I28" s="158">
-        <v>8127</v>
+        <v>8233</v>
       </c>
       <c r="J28" s="158">
         <v>3291</v>
       </c>
       <c r="K28" s="218">
         <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>316</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="75"/>
       <c r="K29" s="97"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>317</v>
       </c>
       <c r="B30" s="158">
-        <v>71276</v>
+        <v>70127</v>
       </c>
       <c r="C30" s="158">
-        <v>11255</v>
+        <v>8242</v>
       </c>
       <c r="D30" s="158">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="E30" s="158">
-        <v>51640</v>
+        <v>53421</v>
       </c>
       <c r="F30" s="158">
-        <v>120</v>
+        <v>156</v>
       </c>
       <c r="G30" s="193">
         <v>0</v>
       </c>
       <c r="H30" s="158">
-        <v>558</v>
+        <v>535</v>
       </c>
       <c r="I30" s="158">
-        <v>7693</v>
+        <v>7769</v>
       </c>
       <c r="J30" s="158">
         <v>4878</v>
       </c>
       <c r="K30" s="218">
         <v>313</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>318</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="75"/>
       <c r="K31" s="97"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="40"/>
@@ -13409,56 +13409,56 @@
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
       <c r="L2" s="103"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>147</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
       <c r="L3" s="104"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="59"/>
       <c r="I4" s="36"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>184</v>
       </c>
       <c r="E5" s="28" t="s">
@@ -13555,297 +13555,297 @@
         <v>182</v>
       </c>
       <c r="L8" s="128" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A9" s="106"/>
       <c r="B9" s="127"/>
       <c r="C9" s="127"/>
       <c r="D9" s="127"/>
       <c r="E9" s="127"/>
       <c r="F9" s="127"/>
       <c r="G9" s="127"/>
       <c r="H9" s="127"/>
       <c r="I9" s="127"/>
       <c r="J9" s="127"/>
       <c r="K9" s="135"/>
       <c r="L9" s="129"/>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="221" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="146">
-        <v>989913</v>
+        <v>993828</v>
       </c>
       <c r="C10" s="146">
-        <v>223302</v>
+        <v>223123</v>
       </c>
       <c r="D10" s="146">
-        <v>43981</v>
+        <v>49395</v>
       </c>
       <c r="E10" s="146">
-        <v>921</v>
+        <v>260</v>
       </c>
       <c r="F10" s="146">
-        <v>11103</v>
+        <v>5245</v>
       </c>
       <c r="G10" s="146">
-        <v>1249</v>
+        <v>1236</v>
       </c>
       <c r="H10" s="146">
-        <v>674527</v>
+        <v>678906</v>
       </c>
       <c r="I10" s="146">
-        <v>10459</v>
+        <v>10688</v>
       </c>
       <c r="J10" s="146">
-        <v>5341</v>
+        <v>6665</v>
       </c>
       <c r="K10" s="146">
-        <v>11456</v>
+        <v>11517</v>
       </c>
       <c r="L10" s="173">
-        <v>7574</v>
+        <v>6792</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="224" t="s">
         <v>198</v>
       </c>
       <c r="B11" s="86"/>
       <c r="C11" s="86"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="86"/>
       <c r="G11" s="86"/>
       <c r="H11" s="86"/>
       <c r="I11" s="86"/>
       <c r="J11" s="86"/>
       <c r="K11" s="86"/>
       <c r="L11" s="111"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="225" t="s">
         <v>152</v>
       </c>
       <c r="B12" s="158">
-        <v>29075</v>
+        <v>29919</v>
       </c>
       <c r="C12" s="158">
-        <v>7105</v>
+        <v>7690</v>
       </c>
       <c r="D12" s="158">
-        <v>1120</v>
+        <v>1181</v>
       </c>
       <c r="E12" s="193">
         <v>0</v>
       </c>
       <c r="F12" s="193">
         <v>0</v>
       </c>
       <c r="G12" s="158">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="H12" s="158">
-        <v>19415</v>
+        <v>19507</v>
       </c>
       <c r="I12" s="158">
-        <v>483</v>
+        <v>494</v>
       </c>
       <c r="J12" s="158">
-        <v>660</v>
+        <v>760</v>
       </c>
       <c r="K12" s="158">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="L12" s="218">
         <v>-21</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="223" t="s">
         <v>163</v>
       </c>
       <c r="B13" s="75"/>
       <c r="C13" s="75"/>
       <c r="D13" s="75"/>
       <c r="E13" s="75"/>
       <c r="F13" s="75"/>
       <c r="G13" s="75"/>
       <c r="H13" s="75"/>
       <c r="I13" s="75"/>
       <c r="J13" s="75"/>
       <c r="K13" s="75"/>
       <c r="L13" s="97"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="225" t="s">
         <v>319</v>
       </c>
       <c r="B14" s="158">
-        <v>40665</v>
+        <v>40870</v>
       </c>
       <c r="C14" s="158">
-        <v>7000</v>
+        <v>7522</v>
       </c>
       <c r="D14" s="158">
-        <v>1597</v>
+        <v>1487</v>
       </c>
       <c r="E14" s="158">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F14" s="193">
         <v>0</v>
       </c>
       <c r="G14" s="158">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="H14" s="158">
-        <v>31806</v>
+        <v>31583</v>
       </c>
       <c r="I14" s="158">
-        <v>1197</v>
+        <v>1224</v>
       </c>
       <c r="J14" s="158">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="K14" s="158">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="L14" s="218">
-        <v>-1836</v>
+        <v>-1845</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="223" t="s">
         <v>320</v>
       </c>
       <c r="B15" s="75"/>
       <c r="C15" s="75"/>
       <c r="D15" s="75"/>
       <c r="E15" s="75"/>
       <c r="F15" s="75"/>
       <c r="G15" s="75"/>
       <c r="H15" s="75"/>
       <c r="I15" s="75"/>
       <c r="J15" s="75"/>
       <c r="K15" s="75"/>
       <c r="L15" s="97"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="225" t="s">
         <v>321</v>
       </c>
       <c r="B16" s="158">
-        <v>43003</v>
+        <v>42816</v>
       </c>
       <c r="C16" s="158">
-        <v>8140</v>
+        <v>8202</v>
       </c>
       <c r="D16" s="158">
-        <v>2025</v>
+        <v>2223</v>
       </c>
       <c r="E16" s="193">
         <v>0</v>
       </c>
-      <c r="F16" s="158">
-        <v>797</v>
+      <c r="F16" s="193">
+        <v>0</v>
       </c>
       <c r="G16" s="158">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="H16" s="158">
-        <v>29751</v>
+        <v>30109</v>
       </c>
       <c r="I16" s="158">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="J16" s="158">
         <v>200</v>
       </c>
       <c r="K16" s="158">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="L16" s="218">
-        <v>1247</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="223" t="s">
         <v>322</v>
       </c>
       <c r="B17" s="75"/>
       <c r="C17" s="75"/>
       <c r="D17" s="75"/>
       <c r="E17" s="75"/>
       <c r="F17" s="75"/>
       <c r="G17" s="75"/>
       <c r="H17" s="75"/>
       <c r="I17" s="75"/>
       <c r="J17" s="75"/>
       <c r="K17" s="75"/>
       <c r="L17" s="97"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="225" t="s">
         <v>323</v>
       </c>
       <c r="B18" s="164">
-        <v>117848</v>
+        <v>118148</v>
       </c>
       <c r="C18" s="164">
-        <v>28307</v>
+        <v>29207</v>
       </c>
       <c r="D18" s="164">
-        <v>5269</v>
+        <v>5310</v>
       </c>
       <c r="E18" s="164">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F18" s="164">
-        <v>2892</v>
+        <v>998</v>
       </c>
       <c r="G18" s="164">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="H18" s="164">
-        <v>78151</v>
+        <v>79405</v>
       </c>
       <c r="I18" s="164">
-        <v>1737</v>
+        <v>1781</v>
       </c>
       <c r="J18" s="164">
         <v>102</v>
       </c>
       <c r="K18" s="164">
         <v>711</v>
       </c>
       <c r="L18" s="183">
-        <v>524</v>
+        <v>484</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A19" s="227" t="s">
         <v>324</v>
       </c>
       <c r="B19" s="73"/>
       <c r="C19" s="73"/>
       <c r="D19" s="73"/>
       <c r="E19" s="73"/>
       <c r="F19" s="73"/>
       <c r="G19" s="73"/>
       <c r="H19" s="73"/>
       <c r="I19" s="73"/>
       <c r="J19" s="73"/>
       <c r="K19" s="73"/>
       <c r="L19" s="100"/>
     </row>
     <row r="20" spans="1:12" ht="7.5" customHeight="1" thickBot="1">
       <c r="A20" s="7"/>
       <c r="B20" s="11"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
@@ -13951,287 +13951,287 @@
       <c r="L23" s="136" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A24" s="106"/>
       <c r="B24" s="127"/>
       <c r="C24" s="132"/>
       <c r="D24" s="127"/>
       <c r="E24" s="127"/>
       <c r="F24" s="129"/>
       <c r="G24" s="135"/>
       <c r="H24" s="127"/>
       <c r="I24" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="127"/>
       <c r="K24" s="139"/>
       <c r="L24" s="137"/>
     </row>
     <row r="25" spans="1:12" ht="12.6" customHeight="1">
       <c r="A25" s="221" t="s">
         <v>11</v>
       </c>
       <c r="B25" s="146">
-        <v>989913</v>
+        <v>993828</v>
       </c>
       <c r="C25" s="146">
-        <v>108</v>
+        <v>31</v>
       </c>
       <c r="D25" s="213">
         <v>0</v>
       </c>
       <c r="E25" s="146">
-        <v>4080</v>
+        <v>4031</v>
       </c>
       <c r="F25" s="173">
-        <v>913874</v>
+        <v>918364</v>
       </c>
       <c r="G25" s="110"/>
       <c r="H25" s="146">
-        <v>2078</v>
+        <v>1624</v>
       </c>
       <c r="I25" s="146">
-        <v>69773</v>
+        <v>69778</v>
       </c>
       <c r="J25" s="146">
-        <v>17285</v>
+        <v>17383</v>
       </c>
       <c r="K25" s="146">
-        <v>4005</v>
+        <v>4008</v>
       </c>
       <c r="L25" s="173">
-        <v>41571</v>
+        <v>41230</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="11.1" customHeight="1">
       <c r="A26" s="224" t="s">
         <v>198</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="111"/>
       <c r="G26" s="112"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="111"/>
     </row>
     <row r="27" spans="1:12" ht="12.6" customHeight="1">
       <c r="A27" s="225" t="s">
         <v>152</v>
       </c>
       <c r="B27" s="158">
-        <v>29075</v>
+        <v>29919</v>
       </c>
       <c r="C27" s="193">
         <v>0</v>
       </c>
       <c r="D27" s="193">
         <v>0</v>
       </c>
       <c r="E27" s="158">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="F27" s="178">
-        <v>26340</v>
+        <v>27202</v>
       </c>
       <c r="G27" s="114"/>
       <c r="H27" s="158">
         <v>75</v>
       </c>
       <c r="I27" s="158">
-        <v>2514</v>
+        <v>2501</v>
       </c>
       <c r="J27" s="158">
         <v>554</v>
       </c>
       <c r="K27" s="158">
         <v>22</v>
       </c>
       <c r="L27" s="218">
-        <v>1522</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="11.1" customHeight="1">
       <c r="A28" s="223" t="s">
         <v>163</v>
       </c>
       <c r="B28" s="75"/>
       <c r="C28" s="75"/>
       <c r="D28" s="75"/>
       <c r="E28" s="75"/>
       <c r="F28" s="97"/>
       <c r="G28" s="98"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="75"/>
       <c r="K28" s="75"/>
       <c r="L28" s="97"/>
     </row>
     <row r="29" spans="1:12" ht="12.6" customHeight="1">
       <c r="A29" s="225" t="s">
         <v>319</v>
       </c>
       <c r="B29" s="158">
-        <v>40665</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>40870</v>
+      </c>
+      <c r="C29" s="193">
+        <v>0</v>
       </c>
       <c r="D29" s="193">
         <v>0</v>
       </c>
       <c r="E29" s="158">
-        <v>216</v>
+        <v>150</v>
       </c>
       <c r="F29" s="178">
-        <v>35475</v>
+        <v>35770</v>
       </c>
       <c r="G29" s="114"/>
       <c r="H29" s="158">
         <v>26</v>
       </c>
       <c r="I29" s="158">
-        <v>4859</v>
+        <v>4924</v>
       </c>
       <c r="J29" s="158">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="K29" s="158">
         <v>792</v>
       </c>
       <c r="L29" s="218">
-        <v>2500</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="11.1" customHeight="1">
       <c r="A30" s="223" t="s">
         <v>320</v>
       </c>
       <c r="B30" s="75"/>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="97"/>
       <c r="G30" s="98"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75"/>
       <c r="J30" s="75"/>
       <c r="K30" s="75"/>
       <c r="L30" s="97"/>
     </row>
     <row r="31" spans="1:12" ht="12.6" customHeight="1">
       <c r="A31" s="225" t="s">
         <v>321</v>
       </c>
       <c r="B31" s="158">
-        <v>43003</v>
+        <v>42816</v>
       </c>
       <c r="C31" s="193">
         <v>0</v>
       </c>
       <c r="D31" s="193">
         <v>0</v>
       </c>
       <c r="E31" s="158">
-        <v>236</v>
+        <v>265</v>
       </c>
       <c r="F31" s="178">
-        <v>39239</v>
+        <v>38994</v>
       </c>
       <c r="G31" s="114"/>
       <c r="H31" s="158">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="I31" s="158">
-        <v>3171</v>
+        <v>3204</v>
       </c>
       <c r="J31" s="158">
         <v>931</v>
       </c>
       <c r="K31" s="158">
         <v>252</v>
       </c>
       <c r="L31" s="218">
-        <v>1978</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="11.1" customHeight="1">
       <c r="A32" s="223" t="s">
         <v>322</v>
       </c>
       <c r="B32" s="75"/>
       <c r="C32" s="75"/>
       <c r="D32" s="75"/>
       <c r="E32" s="75"/>
       <c r="F32" s="97"/>
       <c r="G32" s="98"/>
       <c r="H32" s="75"/>
       <c r="I32" s="75"/>
       <c r="J32" s="75"/>
       <c r="K32" s="75"/>
       <c r="L32" s="97"/>
     </row>
     <row r="33" spans="1:12" ht="12.6" customHeight="1">
       <c r="A33" s="225" t="s">
         <v>323</v>
       </c>
       <c r="B33" s="164">
-        <v>117848</v>
+        <v>118148</v>
       </c>
       <c r="C33" s="197">
         <v>0</v>
       </c>
       <c r="D33" s="197">
         <v>0</v>
       </c>
       <c r="E33" s="164">
-        <v>513</v>
+        <v>449</v>
       </c>
       <c r="F33" s="183">
-        <v>110490</v>
+        <v>110795</v>
       </c>
       <c r="G33" s="96"/>
       <c r="H33" s="164">
         <v>10</v>
       </c>
       <c r="I33" s="164">
-        <v>6836</v>
+        <v>6894</v>
       </c>
       <c r="J33" s="164">
         <v>1259</v>
       </c>
       <c r="K33" s="164">
         <v>46</v>
       </c>
       <c r="L33" s="183">
-        <v>4776</v>
+        <v>4815</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A34" s="227" t="s">
         <v>324</v>
       </c>
       <c r="B34" s="73"/>
       <c r="C34" s="73"/>
       <c r="D34" s="73"/>
       <c r="E34" s="73"/>
       <c r="F34" s="100"/>
       <c r="G34" s="101"/>
       <c r="H34" s="73"/>
       <c r="I34" s="73"/>
       <c r="J34" s="73"/>
       <c r="K34" s="73"/>
       <c r="L34" s="100"/>
     </row>
     <row r="35" spans="1:12" ht="13.5" customHeight="1">
       <c r="A35" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
@@ -14543,56 +14543,56 @@
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
       <c r="L2" s="103"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>147</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
       <c r="L3" s="104"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="59"/>
       <c r="I4" s="36"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>184</v>
       </c>
       <c r="E5" s="28" t="s">
@@ -14689,297 +14689,297 @@
         <v>182</v>
       </c>
       <c r="L8" s="128" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A9" s="106"/>
       <c r="B9" s="127"/>
       <c r="C9" s="127"/>
       <c r="D9" s="127"/>
       <c r="E9" s="127"/>
       <c r="F9" s="127"/>
       <c r="G9" s="127"/>
       <c r="H9" s="127"/>
       <c r="I9" s="127"/>
       <c r="J9" s="127"/>
       <c r="K9" s="135"/>
       <c r="L9" s="129"/>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="220" t="s">
         <v>151</v>
       </c>
       <c r="B10" s="145">
-        <v>28280</v>
+        <v>28350</v>
       </c>
       <c r="C10" s="145">
-        <v>5284</v>
+        <v>5454</v>
       </c>
       <c r="D10" s="145">
         <v>1003</v>
       </c>
       <c r="E10" s="189">
         <v>0</v>
       </c>
       <c r="F10" s="145">
-        <v>717</v>
+        <v>848</v>
       </c>
       <c r="G10" s="145">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="H10" s="145">
-        <v>20728</v>
+        <v>20430</v>
       </c>
       <c r="I10" s="145">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="J10" s="189">
         <v>0</v>
       </c>
       <c r="K10" s="145">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="L10" s="172">
-        <v>247</v>
+        <v>311</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="223" t="s">
         <v>154</v>
       </c>
       <c r="B11" s="86"/>
       <c r="C11" s="86"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="86"/>
       <c r="G11" s="86"/>
       <c r="H11" s="86"/>
       <c r="I11" s="86"/>
       <c r="J11" s="86"/>
       <c r="K11" s="86"/>
       <c r="L11" s="111"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="225" t="s">
         <v>325</v>
       </c>
       <c r="B12" s="158">
-        <v>16944</v>
+        <v>17230</v>
       </c>
       <c r="C12" s="158">
-        <v>4434</v>
+        <v>4363</v>
       </c>
       <c r="D12" s="158">
-        <v>819</v>
+        <v>1098</v>
       </c>
       <c r="E12" s="193">
         <v>0</v>
       </c>
-      <c r="F12" s="158">
-        <v>250</v>
+      <c r="F12" s="193">
+        <v>0</v>
       </c>
       <c r="G12" s="158">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H12" s="158">
-        <v>10992</v>
+        <v>11335</v>
       </c>
       <c r="I12" s="158">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J12" s="158">
         <v>2</v>
       </c>
       <c r="K12" s="158">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="L12" s="218">
-        <v>140</v>
+        <v>126</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="223" t="s">
         <v>326</v>
       </c>
       <c r="B13" s="75"/>
       <c r="C13" s="75"/>
       <c r="D13" s="75"/>
       <c r="E13" s="75"/>
       <c r="F13" s="75"/>
       <c r="G13" s="75"/>
       <c r="H13" s="75"/>
       <c r="I13" s="75"/>
       <c r="J13" s="75"/>
       <c r="K13" s="75"/>
       <c r="L13" s="97"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="225" t="s">
         <v>327</v>
       </c>
       <c r="B14" s="158">
-        <v>23956</v>
+        <v>23870</v>
       </c>
       <c r="C14" s="158">
-        <v>7846</v>
+        <v>7809</v>
       </c>
       <c r="D14" s="158">
-        <v>702</v>
+        <v>719</v>
       </c>
       <c r="E14" s="193">
         <v>0</v>
       </c>
       <c r="F14" s="193">
         <v>0</v>
       </c>
       <c r="G14" s="158">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="H14" s="158">
-        <v>14195</v>
+        <v>14131</v>
       </c>
       <c r="I14" s="158">
-        <v>554</v>
+        <v>567</v>
       </c>
       <c r="J14" s="193">
         <v>0</v>
       </c>
       <c r="K14" s="158">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="L14" s="218">
-        <v>268</v>
+        <v>259</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="223" t="s">
         <v>328</v>
       </c>
       <c r="B15" s="75"/>
       <c r="C15" s="75"/>
       <c r="D15" s="75"/>
       <c r="E15" s="75"/>
       <c r="F15" s="75"/>
       <c r="G15" s="75"/>
       <c r="H15" s="75"/>
       <c r="I15" s="75"/>
       <c r="J15" s="75"/>
       <c r="K15" s="75"/>
       <c r="L15" s="97"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="225" t="s">
         <v>329</v>
       </c>
       <c r="B16" s="158">
-        <v>89973</v>
+        <v>90419</v>
       </c>
       <c r="C16" s="158">
-        <v>27622</v>
+        <v>28520</v>
       </c>
       <c r="D16" s="158">
-        <v>3747</v>
+        <v>3893</v>
       </c>
       <c r="E16" s="193">
         <v>0</v>
       </c>
       <c r="F16" s="193">
         <v>0</v>
       </c>
       <c r="G16" s="158">
-        <v>88</v>
+        <v>78</v>
       </c>
       <c r="H16" s="158">
-        <v>57044</v>
+        <v>56197</v>
       </c>
       <c r="I16" s="158">
-        <v>991</v>
+        <v>1014</v>
       </c>
       <c r="J16" s="158">
-        <v>1100</v>
+        <v>1400</v>
       </c>
       <c r="K16" s="158">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="L16" s="218">
-        <v>-1112</v>
+        <v>-1180</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="223" t="s">
         <v>330</v>
       </c>
       <c r="B17" s="75"/>
       <c r="C17" s="75"/>
       <c r="D17" s="75"/>
       <c r="E17" s="75"/>
       <c r="F17" s="75"/>
       <c r="G17" s="75"/>
       <c r="H17" s="75"/>
       <c r="I17" s="75"/>
       <c r="J17" s="75"/>
       <c r="K17" s="75"/>
       <c r="L17" s="97"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="225" t="s">
         <v>331</v>
       </c>
       <c r="B18" s="164">
-        <v>41460</v>
+        <v>42193</v>
       </c>
       <c r="C18" s="164">
-        <v>8866</v>
+        <v>9106</v>
       </c>
       <c r="D18" s="164">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="E18" s="197">
         <v>0</v>
       </c>
       <c r="F18" s="197">
         <v>0</v>
       </c>
       <c r="G18" s="164">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="H18" s="164">
-        <v>29711</v>
+        <v>29960</v>
       </c>
       <c r="I18" s="164">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="J18" s="164">
-        <v>500</v>
+        <v>800</v>
       </c>
       <c r="K18" s="164">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="L18" s="183">
-        <v>-174</v>
+        <v>-229</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A19" s="227" t="s">
         <v>332</v>
       </c>
       <c r="B19" s="73"/>
       <c r="C19" s="73"/>
       <c r="D19" s="73"/>
       <c r="E19" s="73"/>
       <c r="F19" s="73"/>
       <c r="G19" s="73"/>
       <c r="H19" s="73"/>
       <c r="I19" s="73"/>
       <c r="J19" s="73"/>
       <c r="K19" s="73"/>
       <c r="L19" s="100"/>
     </row>
     <row r="20" spans="1:12" ht="7.5" customHeight="1" thickBot="1">
       <c r="A20" s="7"/>
       <c r="B20" s="11"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
@@ -15085,287 +15085,287 @@
       <c r="L23" s="136" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A24" s="106"/>
       <c r="B24" s="127"/>
       <c r="C24" s="132"/>
       <c r="D24" s="127"/>
       <c r="E24" s="127"/>
       <c r="F24" s="129"/>
       <c r="G24" s="135"/>
       <c r="H24" s="127"/>
       <c r="I24" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="127"/>
       <c r="K24" s="139"/>
       <c r="L24" s="137"/>
     </row>
     <row r="25" spans="1:12" ht="12.6" customHeight="1">
       <c r="A25" s="220" t="s">
         <v>151</v>
       </c>
       <c r="B25" s="145">
-        <v>28280</v>
+        <v>28350</v>
       </c>
       <c r="C25" s="189">
         <v>0</v>
       </c>
       <c r="D25" s="189">
         <v>0</v>
       </c>
       <c r="E25" s="145">
-        <v>89</v>
+        <v>103</v>
       </c>
       <c r="F25" s="172">
-        <v>26024</v>
+        <v>26123</v>
       </c>
       <c r="G25" s="110"/>
       <c r="H25" s="145">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="I25" s="145">
-        <v>2122</v>
+        <v>2080</v>
       </c>
       <c r="J25" s="145">
         <v>685</v>
       </c>
       <c r="K25" s="145">
         <v>40</v>
       </c>
       <c r="L25" s="172">
-        <v>1362</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="11.1" customHeight="1">
       <c r="A26" s="223" t="s">
         <v>154</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="111"/>
       <c r="G26" s="112"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="111"/>
     </row>
     <row r="27" spans="1:12" ht="12.6" customHeight="1">
       <c r="A27" s="225" t="s">
         <v>325</v>
       </c>
       <c r="B27" s="158">
-        <v>16944</v>
+        <v>17230</v>
       </c>
       <c r="C27" s="193">
         <v>0</v>
       </c>
       <c r="D27" s="193">
         <v>0</v>
       </c>
       <c r="E27" s="158">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F27" s="178">
-        <v>15830</v>
+        <v>16095</v>
       </c>
       <c r="G27" s="114"/>
       <c r="H27" s="158">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I27" s="158">
-        <v>1050</v>
+        <v>1069</v>
       </c>
       <c r="J27" s="158">
-        <v>614</v>
+        <v>643</v>
       </c>
       <c r="K27" s="158">
         <v>13</v>
       </c>
       <c r="L27" s="218">
-        <v>411</v>
+        <v>399</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="11.1" customHeight="1">
       <c r="A28" s="223" t="s">
         <v>326</v>
       </c>
       <c r="B28" s="75"/>
       <c r="C28" s="75"/>
       <c r="D28" s="75"/>
       <c r="E28" s="75"/>
       <c r="F28" s="97"/>
       <c r="G28" s="98"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="75"/>
       <c r="K28" s="75"/>
       <c r="L28" s="97"/>
     </row>
     <row r="29" spans="1:12" ht="12.6" customHeight="1">
       <c r="A29" s="225" t="s">
         <v>327</v>
       </c>
       <c r="B29" s="158">
-        <v>23956</v>
+        <v>23870</v>
       </c>
       <c r="C29" s="193">
         <v>0</v>
       </c>
       <c r="D29" s="193">
         <v>0</v>
       </c>
       <c r="E29" s="158">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="F29" s="178">
-        <v>21235</v>
+        <v>21139</v>
       </c>
       <c r="G29" s="114"/>
       <c r="H29" s="158">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I29" s="158">
-        <v>2537</v>
+        <v>2535</v>
       </c>
       <c r="J29" s="158">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="K29" s="158">
         <v>9</v>
       </c>
       <c r="L29" s="218">
-        <v>1470</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="11.1" customHeight="1">
       <c r="A30" s="223" t="s">
         <v>328</v>
       </c>
       <c r="B30" s="75"/>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="97"/>
       <c r="G30" s="98"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75"/>
       <c r="J30" s="75"/>
       <c r="K30" s="75"/>
       <c r="L30" s="97"/>
     </row>
     <row r="31" spans="1:12" ht="12.6" customHeight="1">
       <c r="A31" s="225" t="s">
         <v>329</v>
       </c>
       <c r="B31" s="158">
-        <v>89973</v>
+        <v>90419</v>
       </c>
       <c r="C31" s="193">
         <v>0</v>
       </c>
       <c r="D31" s="193">
         <v>0</v>
       </c>
       <c r="E31" s="158">
-        <v>308</v>
+        <v>290</v>
       </c>
       <c r="F31" s="178">
-        <v>83099</v>
+        <v>83663</v>
       </c>
       <c r="G31" s="114"/>
       <c r="H31" s="158">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="I31" s="158">
-        <v>6494</v>
+        <v>6390</v>
       </c>
       <c r="J31" s="158">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="K31" s="158">
         <v>102</v>
       </c>
       <c r="L31" s="218">
-        <v>4395</v>
+        <v>4268</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="11.1" customHeight="1">
       <c r="A32" s="223" t="s">
         <v>330</v>
       </c>
       <c r="B32" s="75"/>
       <c r="C32" s="75"/>
       <c r="D32" s="75"/>
       <c r="E32" s="75"/>
       <c r="F32" s="97"/>
       <c r="G32" s="98"/>
       <c r="H32" s="75"/>
       <c r="I32" s="75"/>
       <c r="J32" s="75"/>
       <c r="K32" s="75"/>
       <c r="L32" s="97"/>
     </row>
     <row r="33" spans="1:12" ht="12.6" customHeight="1">
       <c r="A33" s="225" t="s">
         <v>331</v>
       </c>
       <c r="B33" s="164">
-        <v>41460</v>
+        <v>42193</v>
       </c>
       <c r="C33" s="197">
         <v>0</v>
       </c>
       <c r="D33" s="197">
         <v>0</v>
       </c>
       <c r="E33" s="164">
-        <v>145</v>
+        <v>168</v>
       </c>
       <c r="F33" s="183">
-        <v>38513</v>
+        <v>39306</v>
       </c>
       <c r="G33" s="96"/>
       <c r="H33" s="164">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I33" s="164">
-        <v>2774</v>
+        <v>2693</v>
       </c>
       <c r="J33" s="164">
         <v>961</v>
       </c>
       <c r="K33" s="164">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="L33" s="183">
-        <v>1708</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A34" s="227" t="s">
         <v>332</v>
       </c>
       <c r="B34" s="73"/>
       <c r="C34" s="73"/>
       <c r="D34" s="73"/>
       <c r="E34" s="73"/>
       <c r="F34" s="100"/>
       <c r="G34" s="101"/>
       <c r="H34" s="73"/>
       <c r="I34" s="73"/>
       <c r="J34" s="73"/>
       <c r="K34" s="73"/>
       <c r="L34" s="100"/>
     </row>
     <row r="35" spans="1:12" ht="13.5" customHeight="1">
       <c r="A35" s="38" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
@@ -15677,56 +15677,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -15801,278 +15801,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>72</v>
       </c>
       <c r="B9" s="145">
-        <v>4111888</v>
+        <v>4200655</v>
       </c>
       <c r="C9" s="145">
-        <v>37037</v>
+        <v>42830</v>
       </c>
       <c r="D9" s="145">
-        <v>263046</v>
+        <v>263629</v>
       </c>
       <c r="E9" s="145">
-        <v>190355</v>
+        <v>190567</v>
       </c>
       <c r="F9" s="172">
-        <v>359637</v>
+        <v>373868</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>788214</v>
+        <v>817663</v>
       </c>
       <c r="I9" s="145">
-        <v>49373</v>
+        <v>56180</v>
       </c>
       <c r="J9" s="148">
-        <v>2401101</v>
+        <v>2433058</v>
       </c>
       <c r="K9" s="151">
-        <v>23125</v>
+        <v>22860</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>80</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>207</v>
       </c>
       <c r="B11" s="158">
-        <v>3304527</v>
+        <v>3343111</v>
       </c>
       <c r="C11" s="158">
-        <v>36454</v>
+        <v>35027</v>
       </c>
       <c r="D11" s="158">
-        <v>211558</v>
+        <v>205229</v>
       </c>
       <c r="E11" s="158">
-        <v>128466</v>
+        <v>123065</v>
       </c>
       <c r="F11" s="178">
-        <v>314998</v>
+        <v>311180</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>513228</v>
+        <v>535760</v>
       </c>
       <c r="I11" s="158">
-        <v>22548</v>
+        <v>24911</v>
       </c>
       <c r="J11" s="160">
-        <v>2042300</v>
+        <v>2072514</v>
       </c>
       <c r="K11" s="162">
-        <v>34976</v>
+        <v>35425</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>208</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>209</v>
       </c>
       <c r="B13" s="158">
-        <v>1595696</v>
+        <v>1597910</v>
       </c>
       <c r="C13" s="158">
-        <v>23777</v>
+        <v>14568</v>
       </c>
       <c r="D13" s="158">
-        <v>119747</v>
+        <v>110092</v>
       </c>
       <c r="E13" s="158">
-        <v>3935</v>
+        <v>1814</v>
       </c>
       <c r="F13" s="183">
-        <v>237656</v>
+        <v>246275</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>160843</v>
+        <v>153830</v>
       </c>
       <c r="I13" s="158">
-        <v>13166</v>
+        <v>11352</v>
       </c>
       <c r="J13" s="160">
-        <v>890215</v>
+        <v>907692</v>
       </c>
       <c r="K13" s="162">
-        <v>146358</v>
+        <v>152287</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>210</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>211</v>
       </c>
       <c r="B15" s="158">
-        <v>4438377</v>
+        <v>4544430</v>
       </c>
       <c r="C15" s="158">
-        <v>50162</v>
+        <v>64302</v>
       </c>
       <c r="D15" s="158">
-        <v>374268</v>
+        <v>403284</v>
       </c>
       <c r="E15" s="158">
-        <v>205986</v>
+        <v>197536</v>
       </c>
       <c r="F15" s="183">
-        <v>204586</v>
+        <v>210550</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>840910</v>
+        <v>875353</v>
       </c>
       <c r="I15" s="158">
-        <v>136640</v>
+        <v>142414</v>
       </c>
       <c r="J15" s="160">
-        <v>2501464</v>
+        <v>2520307</v>
       </c>
       <c r="K15" s="162">
-        <v>124360</v>
+        <v>130684</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>212</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>213</v>
       </c>
       <c r="B17" s="164">
-        <v>4893962</v>
+        <v>4929453</v>
       </c>
       <c r="C17" s="164">
-        <v>64175</v>
+        <v>60418</v>
       </c>
       <c r="D17" s="164">
-        <v>499096</v>
+        <v>412168</v>
       </c>
       <c r="E17" s="164">
-        <v>346735</v>
+        <v>368085</v>
       </c>
       <c r="F17" s="183">
-        <v>303988</v>
+        <v>336431</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>696232</v>
+        <v>686644</v>
       </c>
       <c r="I17" s="164">
-        <v>148062</v>
+        <v>149078</v>
       </c>
       <c r="J17" s="166">
-        <v>2753342</v>
+        <v>2822445</v>
       </c>
       <c r="K17" s="168">
-        <v>82332</v>
+        <v>94183</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>214</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -16170,278 +16170,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>72</v>
       </c>
       <c r="B24" s="145">
-        <v>4111888</v>
+        <v>4200655</v>
       </c>
       <c r="C24" s="145">
-        <v>207425</v>
+        <v>210434</v>
       </c>
       <c r="D24" s="145">
-        <v>50130</v>
+        <v>50134</v>
       </c>
       <c r="E24" s="145">
-        <v>3359251</v>
+        <v>3419044</v>
       </c>
       <c r="F24" s="145">
         <v>47700</v>
       </c>
       <c r="G24" s="145">
-        <v>198857</v>
+        <v>219538</v>
       </c>
       <c r="H24" s="145">
-        <v>248524</v>
+        <v>253805</v>
       </c>
       <c r="I24" s="145">
         <v>106305</v>
       </c>
       <c r="J24" s="148">
         <v>37763</v>
       </c>
       <c r="K24" s="151">
-        <v>109506</v>
+        <v>112732</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>207</v>
       </c>
       <c r="B26" s="158">
-        <v>3304527</v>
+        <v>3343111</v>
       </c>
       <c r="C26" s="158">
-        <v>199356</v>
+        <v>183296</v>
       </c>
       <c r="D26" s="158">
-        <v>165116</v>
+        <v>150116</v>
       </c>
       <c r="E26" s="158">
-        <v>2625976</v>
+        <v>2679514</v>
       </c>
       <c r="F26" s="158">
-        <v>41789</v>
+        <v>41785</v>
       </c>
       <c r="G26" s="158">
-        <v>54904</v>
+        <v>68058</v>
       </c>
       <c r="H26" s="158">
-        <v>217386</v>
+        <v>220342</v>
       </c>
       <c r="I26" s="158">
         <v>117660</v>
       </c>
       <c r="J26" s="160">
         <v>0</v>
       </c>
       <c r="K26" s="162">
-        <v>84193</v>
+        <v>86522</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>208</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>209</v>
       </c>
       <c r="B28" s="158">
-        <v>1595696</v>
+        <v>1597910</v>
       </c>
       <c r="C28" s="158">
-        <v>13646</v>
+        <v>9950</v>
       </c>
       <c r="D28" s="158">
         <v>1222</v>
       </c>
       <c r="E28" s="158">
-        <v>1263390</v>
+        <v>1263841</v>
       </c>
       <c r="F28" s="158">
-        <v>53970</v>
+        <v>54370</v>
       </c>
       <c r="G28" s="158">
-        <v>62633</v>
+        <v>64070</v>
       </c>
       <c r="H28" s="158">
-        <v>200836</v>
+        <v>204458</v>
       </c>
       <c r="I28" s="158">
         <v>48616</v>
       </c>
       <c r="J28" s="160">
-        <v>27858</v>
+        <v>27867</v>
       </c>
       <c r="K28" s="162">
-        <v>114507</v>
+        <v>116327</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>210</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>211</v>
       </c>
       <c r="B30" s="158">
-        <v>4438377</v>
+        <v>4544430</v>
       </c>
       <c r="C30" s="158">
-        <v>192900</v>
+        <v>215388</v>
       </c>
       <c r="D30" s="158">
         <v>18052</v>
       </c>
       <c r="E30" s="158">
-        <v>3625061</v>
+        <v>3694838</v>
       </c>
       <c r="F30" s="158">
-        <v>110278</v>
+        <v>109718</v>
       </c>
       <c r="G30" s="158">
-        <v>180102</v>
+        <v>188283</v>
       </c>
       <c r="H30" s="158">
-        <v>311983</v>
+        <v>318151</v>
       </c>
       <c r="I30" s="158">
         <v>157598</v>
       </c>
       <c r="J30" s="160">
-        <v>15908</v>
+        <v>15910</v>
       </c>
       <c r="K30" s="162">
-        <v>131529</v>
+        <v>135522</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>212</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>213</v>
       </c>
       <c r="B32" s="164">
-        <v>4893962</v>
+        <v>4929453</v>
       </c>
       <c r="C32" s="164">
-        <v>56256</v>
+        <v>62541</v>
       </c>
       <c r="D32" s="164">
         <v>17709</v>
       </c>
       <c r="E32" s="164">
-        <v>4283939</v>
+        <v>4302617</v>
       </c>
       <c r="F32" s="164">
         <v>18600</v>
       </c>
       <c r="G32" s="164">
-        <v>203255</v>
+        <v>208131</v>
       </c>
       <c r="H32" s="164">
-        <v>314203</v>
+        <v>319856</v>
       </c>
       <c r="I32" s="164">
         <v>128221</v>
       </c>
       <c r="J32" s="166">
         <v>38869</v>
       </c>
       <c r="K32" s="168">
-        <v>147758</v>
+        <v>152527</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>214</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
@@ -16708,56 +16708,56 @@
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
       <c r="L2" s="103"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>147</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
       <c r="L3" s="104"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="59"/>
       <c r="I4" s="36"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>184</v>
       </c>
       <c r="E5" s="28" t="s">
@@ -16854,297 +16854,297 @@
         <v>182</v>
       </c>
       <c r="L8" s="128" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A9" s="106"/>
       <c r="B9" s="127"/>
       <c r="C9" s="127"/>
       <c r="D9" s="127"/>
       <c r="E9" s="127"/>
       <c r="F9" s="127"/>
       <c r="G9" s="127"/>
       <c r="H9" s="127"/>
       <c r="I9" s="127"/>
       <c r="J9" s="127"/>
       <c r="K9" s="135"/>
       <c r="L9" s="129"/>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="220" t="s">
         <v>153</v>
       </c>
       <c r="B10" s="145">
-        <v>120618</v>
+        <v>119647</v>
       </c>
       <c r="C10" s="145">
-        <v>26963</v>
+        <v>21952</v>
       </c>
       <c r="D10" s="145">
-        <v>5198</v>
+        <v>9037</v>
       </c>
       <c r="E10" s="189">
         <v>0</v>
       </c>
-      <c r="F10" s="145">
-        <v>1597</v>
+      <c r="F10" s="189">
+        <v>0</v>
       </c>
       <c r="G10" s="145">
-        <v>135</v>
+        <v>121</v>
       </c>
       <c r="H10" s="145">
-        <v>85305</v>
+        <v>87209</v>
       </c>
       <c r="I10" s="145">
-        <v>435</v>
+        <v>445</v>
       </c>
       <c r="J10" s="189">
         <v>0</v>
       </c>
       <c r="K10" s="145">
-        <v>1521</v>
+        <v>1516</v>
       </c>
       <c r="L10" s="172">
-        <v>-535</v>
+        <v>-633</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="223" t="s">
         <v>156</v>
       </c>
       <c r="B11" s="86"/>
       <c r="C11" s="86"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="86"/>
       <c r="G11" s="86"/>
       <c r="H11" s="86"/>
       <c r="I11" s="86"/>
       <c r="J11" s="86"/>
       <c r="K11" s="86"/>
       <c r="L11" s="111"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="225" t="s">
         <v>333</v>
       </c>
       <c r="B12" s="158">
-        <v>21655</v>
+        <v>21829</v>
       </c>
       <c r="C12" s="158">
-        <v>4969</v>
+        <v>4954</v>
       </c>
       <c r="D12" s="158">
-        <v>859</v>
+        <v>1029</v>
       </c>
       <c r="E12" s="193">
         <v>0</v>
       </c>
       <c r="F12" s="193">
         <v>0</v>
       </c>
       <c r="G12" s="158">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="H12" s="158">
-        <v>14411</v>
+        <v>14430</v>
       </c>
       <c r="I12" s="158">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="J12" s="193">
         <v>0</v>
       </c>
       <c r="K12" s="158">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="L12" s="218">
-        <v>592</v>
+        <v>589</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="223" t="s">
         <v>334</v>
       </c>
       <c r="B13" s="75"/>
       <c r="C13" s="75"/>
       <c r="D13" s="75"/>
       <c r="E13" s="75"/>
       <c r="F13" s="75"/>
       <c r="G13" s="75"/>
       <c r="H13" s="75"/>
       <c r="I13" s="75"/>
       <c r="J13" s="75"/>
       <c r="K13" s="75"/>
       <c r="L13" s="97"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="225" t="s">
         <v>335</v>
       </c>
       <c r="B14" s="158">
-        <v>18438</v>
+        <v>18551</v>
       </c>
       <c r="C14" s="158">
-        <v>3344</v>
+        <v>3330</v>
       </c>
       <c r="D14" s="158">
-        <v>1036</v>
+        <v>1084</v>
       </c>
       <c r="E14" s="193">
         <v>0</v>
       </c>
       <c r="F14" s="193">
         <v>0</v>
       </c>
       <c r="G14" s="158">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="H14" s="158">
-        <v>12028</v>
+        <v>12099</v>
       </c>
       <c r="I14" s="158">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="J14" s="158">
         <v>1180</v>
       </c>
       <c r="K14" s="158">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="L14" s="218">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="223" t="s">
         <v>336</v>
       </c>
       <c r="B15" s="75"/>
       <c r="C15" s="75"/>
       <c r="D15" s="75"/>
       <c r="E15" s="75"/>
       <c r="F15" s="75"/>
       <c r="G15" s="75"/>
       <c r="H15" s="75"/>
       <c r="I15" s="75"/>
       <c r="J15" s="75"/>
       <c r="K15" s="75"/>
       <c r="L15" s="97"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="225" t="s">
         <v>337</v>
       </c>
       <c r="B16" s="158">
-        <v>43071</v>
+        <v>42998</v>
       </c>
       <c r="C16" s="158">
-        <v>6956</v>
+        <v>6983</v>
       </c>
       <c r="D16" s="158">
-        <v>2323</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>2820</v>
+      </c>
+      <c r="E16" s="193">
+        <v>0</v>
       </c>
       <c r="F16" s="193">
         <v>0</v>
       </c>
       <c r="G16" s="158">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="H16" s="158">
-        <v>31178</v>
+        <v>31290</v>
       </c>
       <c r="I16" s="158">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="J16" s="193">
         <v>0</v>
       </c>
       <c r="K16" s="158">
-        <v>961</v>
+        <v>972</v>
       </c>
       <c r="L16" s="218">
-        <v>749</v>
+        <v>706</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="223" t="s">
         <v>338</v>
       </c>
       <c r="B17" s="75"/>
       <c r="C17" s="75"/>
       <c r="D17" s="75"/>
       <c r="E17" s="75"/>
       <c r="F17" s="75"/>
       <c r="G17" s="75"/>
       <c r="H17" s="75"/>
       <c r="I17" s="75"/>
       <c r="J17" s="75"/>
       <c r="K17" s="75"/>
       <c r="L17" s="97"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="225" t="s">
         <v>339</v>
       </c>
       <c r="B18" s="164">
-        <v>19423</v>
+        <v>19402</v>
       </c>
       <c r="C18" s="164">
-        <v>6208</v>
+        <v>7181</v>
       </c>
       <c r="D18" s="164">
-        <v>763</v>
+        <v>779</v>
       </c>
       <c r="E18" s="197">
         <v>0</v>
       </c>
-      <c r="F18" s="164">
-        <v>1018</v>
+      <c r="F18" s="197">
+        <v>0</v>
       </c>
       <c r="G18" s="164">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H18" s="164">
-        <v>10712</v>
+        <v>10723</v>
       </c>
       <c r="I18" s="164">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="J18" s="197">
         <v>0</v>
       </c>
       <c r="K18" s="164">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="L18" s="183">
-        <v>293</v>
+        <v>288</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A19" s="227" t="s">
         <v>340</v>
       </c>
       <c r="B19" s="73"/>
       <c r="C19" s="73"/>
       <c r="D19" s="73"/>
       <c r="E19" s="73"/>
       <c r="F19" s="73"/>
       <c r="G19" s="73"/>
       <c r="H19" s="73"/>
       <c r="I19" s="73"/>
       <c r="J19" s="73"/>
       <c r="K19" s="73"/>
       <c r="L19" s="100"/>
     </row>
     <row r="20" spans="1:12" ht="7.5" customHeight="1" thickBot="1">
       <c r="A20" s="7"/>
       <c r="B20" s="11"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
@@ -17250,287 +17250,287 @@
       <c r="L23" s="136" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A24" s="106"/>
       <c r="B24" s="127"/>
       <c r="C24" s="132"/>
       <c r="D24" s="127"/>
       <c r="E24" s="127"/>
       <c r="F24" s="129"/>
       <c r="G24" s="135"/>
       <c r="H24" s="127"/>
       <c r="I24" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="127"/>
       <c r="K24" s="139"/>
       <c r="L24" s="137"/>
     </row>
     <row r="25" spans="1:12" ht="12.6" customHeight="1">
       <c r="A25" s="220" t="s">
         <v>153</v>
       </c>
       <c r="B25" s="145">
-        <v>120618</v>
+        <v>119647</v>
       </c>
       <c r="C25" s="145">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D25" s="189">
         <v>0</v>
       </c>
       <c r="E25" s="145">
-        <v>406</v>
+        <v>324</v>
       </c>
       <c r="F25" s="172">
-        <v>112868</v>
+        <v>112027</v>
       </c>
       <c r="G25" s="110"/>
       <c r="H25" s="145">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I25" s="145">
-        <v>7294</v>
+        <v>7238</v>
       </c>
       <c r="J25" s="145">
-        <v>1886</v>
+        <v>1904</v>
       </c>
       <c r="K25" s="145">
         <v>1715</v>
       </c>
       <c r="L25" s="172">
-        <v>3346</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="11.1" customHeight="1">
       <c r="A26" s="223" t="s">
         <v>156</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="111"/>
       <c r="G26" s="112"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="111"/>
     </row>
     <row r="27" spans="1:12" ht="12.6" customHeight="1">
       <c r="A27" s="225" t="s">
         <v>333</v>
       </c>
       <c r="B27" s="158">
-        <v>21655</v>
+        <v>21829</v>
       </c>
       <c r="C27" s="193">
         <v>0</v>
       </c>
       <c r="D27" s="193">
         <v>0</v>
       </c>
       <c r="E27" s="158">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="F27" s="178">
-        <v>19707</v>
+        <v>19881</v>
       </c>
       <c r="G27" s="114"/>
       <c r="H27" s="158">
         <v>61</v>
       </c>
       <c r="I27" s="158">
-        <v>1785</v>
+        <v>1764</v>
       </c>
       <c r="J27" s="158">
         <v>367</v>
       </c>
       <c r="K27" s="158">
         <v>116</v>
       </c>
       <c r="L27" s="218">
-        <v>1024</v>
+        <v>994</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="11.1" customHeight="1">
       <c r="A28" s="223" t="s">
         <v>334</v>
       </c>
       <c r="B28" s="75"/>
       <c r="C28" s="75"/>
       <c r="D28" s="75"/>
       <c r="E28" s="75"/>
       <c r="F28" s="97"/>
       <c r="G28" s="98"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="75"/>
       <c r="K28" s="75"/>
       <c r="L28" s="97"/>
     </row>
     <row r="29" spans="1:12" ht="12.6" customHeight="1">
       <c r="A29" s="225" t="s">
         <v>335</v>
       </c>
       <c r="B29" s="158">
-        <v>18438</v>
+        <v>18551</v>
       </c>
       <c r="C29" s="193">
         <v>0</v>
       </c>
       <c r="D29" s="193">
         <v>0</v>
       </c>
       <c r="E29" s="158">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="F29" s="178">
-        <v>17213</v>
+        <v>17312</v>
       </c>
       <c r="G29" s="114"/>
       <c r="H29" s="158">
         <v>29</v>
       </c>
       <c r="I29" s="158">
-        <v>1133</v>
+        <v>1128</v>
       </c>
       <c r="J29" s="158">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="K29" s="158">
         <v>10</v>
       </c>
       <c r="L29" s="218">
-        <v>814</v>
+        <v>799</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="11.1" customHeight="1">
       <c r="A30" s="223" t="s">
         <v>336</v>
       </c>
       <c r="B30" s="75"/>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="97"/>
       <c r="G30" s="98"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75"/>
       <c r="J30" s="75"/>
       <c r="K30" s="75"/>
       <c r="L30" s="97"/>
     </row>
     <row r="31" spans="1:12" ht="12.6" customHeight="1">
       <c r="A31" s="225" t="s">
         <v>337</v>
       </c>
       <c r="B31" s="158">
-        <v>43071</v>
+        <v>42998</v>
       </c>
       <c r="C31" s="193">
         <v>0</v>
       </c>
       <c r="D31" s="193">
         <v>0</v>
       </c>
       <c r="E31" s="158">
-        <v>195</v>
+        <v>234</v>
       </c>
       <c r="F31" s="178">
-        <v>39255</v>
+        <v>39193</v>
       </c>
       <c r="G31" s="114"/>
       <c r="H31" s="158">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="I31" s="158">
-        <v>3586</v>
+        <v>3542</v>
       </c>
       <c r="J31" s="158">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="K31" s="158">
         <v>158</v>
       </c>
       <c r="L31" s="218">
-        <v>2822</v>
+        <v>2772</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="11.1" customHeight="1">
       <c r="A32" s="223" t="s">
         <v>338</v>
       </c>
       <c r="B32" s="75"/>
       <c r="C32" s="75"/>
       <c r="D32" s="75"/>
       <c r="E32" s="75"/>
       <c r="F32" s="97"/>
       <c r="G32" s="98"/>
       <c r="H32" s="75"/>
       <c r="I32" s="75"/>
       <c r="J32" s="75"/>
       <c r="K32" s="75"/>
       <c r="L32" s="97"/>
     </row>
     <row r="33" spans="1:12" ht="12.6" customHeight="1">
       <c r="A33" s="225" t="s">
         <v>339</v>
       </c>
       <c r="B33" s="164">
-        <v>19423</v>
+        <v>19402</v>
       </c>
       <c r="C33" s="197">
         <v>0</v>
       </c>
       <c r="D33" s="197">
         <v>0</v>
       </c>
       <c r="E33" s="164">
-        <v>79</v>
+        <v>112</v>
       </c>
       <c r="F33" s="183">
-        <v>17704</v>
+        <v>17652</v>
       </c>
       <c r="G33" s="96"/>
       <c r="H33" s="164">
         <v>25</v>
       </c>
       <c r="I33" s="164">
-        <v>1615</v>
+        <v>1614</v>
       </c>
       <c r="J33" s="164">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="K33" s="164">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="L33" s="183">
-        <v>1283</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A34" s="227" t="s">
         <v>340</v>
       </c>
       <c r="B34" s="73"/>
       <c r="C34" s="73"/>
       <c r="D34" s="73"/>
       <c r="E34" s="73"/>
       <c r="F34" s="100"/>
       <c r="G34" s="101"/>
       <c r="H34" s="73"/>
       <c r="I34" s="73"/>
       <c r="J34" s="73"/>
       <c r="K34" s="73"/>
       <c r="L34" s="100"/>
     </row>
     <row r="35" spans="1:12" ht="13.5" customHeight="1">
       <c r="A35" s="38"/>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
@@ -17840,56 +17840,56 @@
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
       <c r="L2" s="103"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>147</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
       <c r="L3" s="104"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="58"/>
       <c r="H4" s="59"/>
       <c r="I4" s="36"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>184</v>
       </c>
       <c r="E5" s="28" t="s">
@@ -17986,297 +17986,297 @@
         <v>182</v>
       </c>
       <c r="L8" s="128" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A9" s="106"/>
       <c r="B9" s="127"/>
       <c r="C9" s="127"/>
       <c r="D9" s="127"/>
       <c r="E9" s="127"/>
       <c r="F9" s="127"/>
       <c r="G9" s="127"/>
       <c r="H9" s="127"/>
       <c r="I9" s="127"/>
       <c r="J9" s="127"/>
       <c r="K9" s="135"/>
       <c r="L9" s="129"/>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="220" t="s">
         <v>155</v>
       </c>
       <c r="B10" s="145">
-        <v>32604</v>
+        <v>32950</v>
       </c>
       <c r="C10" s="145">
-        <v>8012</v>
+        <v>8349</v>
       </c>
       <c r="D10" s="145">
-        <v>1368</v>
+        <v>1267</v>
       </c>
       <c r="E10" s="189">
         <v>0</v>
       </c>
       <c r="F10" s="189">
         <v>0</v>
       </c>
       <c r="G10" s="145">
-        <v>45</v>
+        <v>136</v>
       </c>
       <c r="H10" s="145">
-        <v>20984</v>
+        <v>20655</v>
       </c>
       <c r="I10" s="145">
-        <v>520</v>
+        <v>529</v>
       </c>
       <c r="J10" s="145">
-        <v>950</v>
+        <v>1700</v>
       </c>
       <c r="K10" s="145">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="L10" s="172">
-        <v>332</v>
+        <v>-82</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="223" t="s">
         <v>158</v>
       </c>
       <c r="B11" s="86"/>
       <c r="C11" s="86"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="86"/>
       <c r="G11" s="86"/>
       <c r="H11" s="86"/>
       <c r="I11" s="86"/>
       <c r="J11" s="86"/>
       <c r="K11" s="86"/>
       <c r="L11" s="111"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="225" t="s">
         <v>341</v>
       </c>
       <c r="B12" s="158">
-        <v>16539</v>
+        <v>16357</v>
       </c>
       <c r="C12" s="158">
-        <v>4867</v>
+        <v>4607</v>
       </c>
       <c r="D12" s="158">
-        <v>548</v>
+        <v>616</v>
       </c>
       <c r="E12" s="193">
         <v>0</v>
       </c>
       <c r="F12" s="193">
         <v>0</v>
       </c>
       <c r="G12" s="158">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H12" s="158">
-        <v>10240</v>
+        <v>10244</v>
       </c>
       <c r="I12" s="158">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J12" s="193">
         <v>0</v>
       </c>
       <c r="K12" s="158">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="L12" s="218">
-        <v>600</v>
+        <v>603</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="223" t="s">
         <v>342</v>
       </c>
       <c r="B13" s="75"/>
       <c r="C13" s="75"/>
       <c r="D13" s="75"/>
       <c r="E13" s="75"/>
       <c r="F13" s="75"/>
       <c r="G13" s="75"/>
       <c r="H13" s="75"/>
       <c r="I13" s="75"/>
       <c r="J13" s="75"/>
       <c r="K13" s="75"/>
       <c r="L13" s="97"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="225" t="s">
         <v>343</v>
       </c>
       <c r="B14" s="158">
-        <v>28813</v>
+        <v>28466</v>
       </c>
       <c r="C14" s="158">
-        <v>4191</v>
+        <v>4178</v>
       </c>
       <c r="D14" s="158">
-        <v>1231</v>
+        <v>1326</v>
       </c>
       <c r="E14" s="193">
         <v>0</v>
       </c>
       <c r="F14" s="158">
-        <v>1437</v>
+        <v>978</v>
       </c>
       <c r="G14" s="158">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="H14" s="158">
-        <v>20655</v>
+        <v>20818</v>
       </c>
       <c r="I14" s="158">
-        <v>284</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>291</v>
+      </c>
+      <c r="J14" s="193">
+        <v>0</v>
       </c>
       <c r="K14" s="158">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="L14" s="218">
-        <v>427</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="223" t="s">
         <v>344</v>
       </c>
       <c r="B15" s="75"/>
       <c r="C15" s="75"/>
       <c r="D15" s="75"/>
       <c r="E15" s="75"/>
       <c r="F15" s="75"/>
       <c r="G15" s="75"/>
       <c r="H15" s="75"/>
       <c r="I15" s="75"/>
       <c r="J15" s="75"/>
       <c r="K15" s="75"/>
       <c r="L15" s="97"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="225" t="s">
         <v>345</v>
       </c>
       <c r="B16" s="158">
-        <v>99109</v>
+        <v>100318</v>
       </c>
       <c r="C16" s="158">
-        <v>20341</v>
+        <v>20843</v>
       </c>
       <c r="D16" s="158">
-        <v>4821</v>
+        <v>4599</v>
       </c>
       <c r="E16" s="193">
         <v>0</v>
       </c>
       <c r="F16" s="158">
-        <v>2345</v>
+        <v>2420</v>
       </c>
       <c r="G16" s="158">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="H16" s="158">
-        <v>65594</v>
+        <v>66385</v>
       </c>
       <c r="I16" s="158">
-        <v>954</v>
+        <v>976</v>
       </c>
       <c r="J16" s="193">
         <v>0</v>
       </c>
       <c r="K16" s="158">
-        <v>1269</v>
+        <v>1283</v>
       </c>
       <c r="L16" s="218">
-        <v>3685</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="223" t="s">
         <v>346</v>
       </c>
       <c r="B17" s="75"/>
       <c r="C17" s="75"/>
       <c r="D17" s="75"/>
       <c r="E17" s="75"/>
       <c r="F17" s="75"/>
       <c r="G17" s="75"/>
       <c r="H17" s="75"/>
       <c r="I17" s="75"/>
       <c r="J17" s="75"/>
       <c r="K17" s="75"/>
       <c r="L17" s="97"/>
     </row>
     <row r="18" spans="1:12" ht="12.6" customHeight="1">
       <c r="A18" s="225" t="s">
         <v>347</v>
       </c>
       <c r="B18" s="164">
-        <v>39095</v>
+        <v>38778</v>
       </c>
       <c r="C18" s="164">
-        <v>8769</v>
+        <v>8401</v>
       </c>
       <c r="D18" s="164">
-        <v>1990</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>2105</v>
+      </c>
+      <c r="E18" s="197">
+        <v>0</v>
+      </c>
+      <c r="F18" s="197">
+        <v>0</v>
       </c>
       <c r="G18" s="164">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="H18" s="164">
-        <v>27627</v>
+        <v>27687</v>
       </c>
       <c r="I18" s="164">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J18" s="197">
         <v>0</v>
       </c>
       <c r="K18" s="164">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="L18" s="183">
-        <v>161</v>
+        <v>94</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A19" s="227" t="s">
         <v>348</v>
       </c>
       <c r="B19" s="73"/>
       <c r="C19" s="73"/>
       <c r="D19" s="73"/>
       <c r="E19" s="73"/>
       <c r="F19" s="73"/>
       <c r="G19" s="73"/>
       <c r="H19" s="73"/>
       <c r="I19" s="73"/>
       <c r="J19" s="73"/>
       <c r="K19" s="73"/>
       <c r="L19" s="100"/>
     </row>
     <row r="20" spans="1:12" ht="7.5" customHeight="1" thickBot="1">
       <c r="A20" s="7"/>
       <c r="B20" s="11"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="7"/>
       <c r="F20" s="7"/>
@@ -18382,287 +18382,287 @@
       <c r="L23" s="136" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A24" s="106"/>
       <c r="B24" s="127"/>
       <c r="C24" s="132"/>
       <c r="D24" s="127"/>
       <c r="E24" s="127"/>
       <c r="F24" s="129"/>
       <c r="G24" s="135"/>
       <c r="H24" s="127"/>
       <c r="I24" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="127"/>
       <c r="K24" s="139"/>
       <c r="L24" s="137"/>
     </row>
     <row r="25" spans="1:12" ht="12.6" customHeight="1">
       <c r="A25" s="220" t="s">
         <v>155</v>
       </c>
       <c r="B25" s="145">
-        <v>32604</v>
+        <v>32950</v>
       </c>
       <c r="C25" s="189">
         <v>0</v>
       </c>
       <c r="D25" s="189">
         <v>0</v>
       </c>
       <c r="E25" s="145">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="F25" s="172">
-        <v>29747</v>
+        <v>30006</v>
       </c>
       <c r="G25" s="110"/>
       <c r="H25" s="145">
         <v>31</v>
       </c>
       <c r="I25" s="145">
-        <v>2726</v>
+        <v>2737</v>
       </c>
       <c r="J25" s="145">
         <v>855</v>
       </c>
       <c r="K25" s="145">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L25" s="172">
-        <v>1666</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="11.1" customHeight="1">
       <c r="A26" s="223" t="s">
         <v>158</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="111"/>
       <c r="G26" s="112"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="111"/>
     </row>
     <row r="27" spans="1:12" ht="12.6" customHeight="1">
       <c r="A27" s="225" t="s">
         <v>341</v>
       </c>
       <c r="B27" s="158">
-        <v>16539</v>
+        <v>16357</v>
       </c>
       <c r="C27" s="193">
         <v>0</v>
       </c>
       <c r="D27" s="193">
         <v>0</v>
       </c>
       <c r="E27" s="158">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F27" s="178">
-        <v>15372</v>
+        <v>15408</v>
       </c>
       <c r="G27" s="114"/>
       <c r="H27" s="158">
-        <v>221</v>
+        <v>7</v>
       </c>
       <c r="I27" s="158">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="J27" s="158">
         <v>245</v>
       </c>
       <c r="K27" s="158">
         <v>27</v>
       </c>
       <c r="L27" s="218">
-        <v>604</v>
+        <v>596</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="11.1" customHeight="1">
       <c r="A28" s="223" t="s">
         <v>342</v>
       </c>
       <c r="B28" s="75"/>
       <c r="C28" s="75"/>
       <c r="D28" s="75"/>
       <c r="E28" s="75"/>
       <c r="F28" s="97"/>
       <c r="G28" s="98"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="75"/>
       <c r="K28" s="75"/>
       <c r="L28" s="97"/>
     </row>
     <row r="29" spans="1:12" ht="12.6" customHeight="1">
       <c r="A29" s="225" t="s">
         <v>343</v>
       </c>
       <c r="B29" s="158">
-        <v>28813</v>
+        <v>28466</v>
       </c>
       <c r="C29" s="158">
         <v>0</v>
       </c>
       <c r="D29" s="193">
         <v>0</v>
       </c>
       <c r="E29" s="158">
-        <v>151</v>
+        <v>120</v>
       </c>
       <c r="F29" s="178">
-        <v>27001</v>
+        <v>26644</v>
       </c>
       <c r="G29" s="114"/>
       <c r="H29" s="158">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I29" s="158">
-        <v>1575</v>
+        <v>1613</v>
       </c>
       <c r="J29" s="158">
-        <v>625</v>
+        <v>658</v>
       </c>
       <c r="K29" s="158">
         <v>10</v>
       </c>
       <c r="L29" s="218">
-        <v>705</v>
+        <v>702</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="11.1" customHeight="1">
       <c r="A30" s="223" t="s">
         <v>344</v>
       </c>
       <c r="B30" s="75"/>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="97"/>
       <c r="G30" s="98"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75"/>
       <c r="J30" s="75"/>
       <c r="K30" s="75"/>
       <c r="L30" s="97"/>
     </row>
     <row r="31" spans="1:12" ht="12.6" customHeight="1">
       <c r="A31" s="225" t="s">
         <v>345</v>
       </c>
       <c r="B31" s="158">
-        <v>99109</v>
+        <v>100318</v>
       </c>
       <c r="C31" s="193">
         <v>0</v>
       </c>
       <c r="D31" s="193">
         <v>0</v>
       </c>
       <c r="E31" s="158">
-        <v>340</v>
+        <v>374</v>
       </c>
       <c r="F31" s="178">
-        <v>92111</v>
+        <v>93226</v>
       </c>
       <c r="G31" s="114"/>
       <c r="H31" s="158">
-        <v>268</v>
+        <v>285</v>
       </c>
       <c r="I31" s="158">
-        <v>6390</v>
+        <v>6432</v>
       </c>
       <c r="J31" s="158">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="K31" s="158">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="L31" s="218">
-        <v>3306</v>
+        <v>3321</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="11.1" customHeight="1">
       <c r="A32" s="223" t="s">
         <v>346</v>
       </c>
       <c r="B32" s="75"/>
       <c r="C32" s="75"/>
       <c r="D32" s="75"/>
       <c r="E32" s="75"/>
       <c r="F32" s="97"/>
       <c r="G32" s="98"/>
       <c r="H32" s="75"/>
       <c r="I32" s="75"/>
       <c r="J32" s="75"/>
       <c r="K32" s="75"/>
       <c r="L32" s="97"/>
     </row>
     <row r="33" spans="1:12" ht="12.6" customHeight="1">
       <c r="A33" s="225" t="s">
         <v>347</v>
       </c>
       <c r="B33" s="164">
-        <v>39095</v>
+        <v>38778</v>
       </c>
       <c r="C33" s="197">
         <v>0</v>
       </c>
       <c r="D33" s="197">
         <v>0</v>
       </c>
       <c r="E33" s="164">
-        <v>214</v>
+        <v>183</v>
       </c>
       <c r="F33" s="183">
-        <v>36899</v>
+        <v>36577</v>
       </c>
       <c r="G33" s="96"/>
       <c r="H33" s="164">
         <v>15</v>
       </c>
       <c r="I33" s="164">
-        <v>1968</v>
+        <v>2003</v>
       </c>
       <c r="J33" s="164">
         <v>705</v>
       </c>
       <c r="K33" s="164">
         <v>40</v>
       </c>
       <c r="L33" s="183">
-        <v>1161</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="11.1" customHeight="1" thickBot="1">
       <c r="A34" s="227" t="s">
         <v>348</v>
       </c>
       <c r="B34" s="73"/>
       <c r="C34" s="73"/>
       <c r="D34" s="73"/>
       <c r="E34" s="73"/>
       <c r="F34" s="100"/>
       <c r="G34" s="101"/>
       <c r="H34" s="73"/>
       <c r="I34" s="73"/>
       <c r="J34" s="73"/>
       <c r="K34" s="73"/>
       <c r="L34" s="100"/>
     </row>
     <row r="35" spans="1:12" ht="13.5" customHeight="1">
       <c r="A35" s="38"/>
       <c r="B35" s="7"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="7"/>
       <c r="F35" s="7"/>
@@ -18972,56 +18972,56 @@
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
       <c r="L2" s="103"/>
     </row>
     <row r="3" spans="1:12" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>147</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
       <c r="L3" s="104"/>
     </row>
     <row r="4" spans="1:12" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="108" t="str">
         <f>'10-1(續八)'!C4:D4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="D4" s="108"/>
       <c r="E4" s="58" t="str">
         <f>'10-1(續八)'!E4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="F4" s="58"/>
       <c r="G4" s="59"/>
       <c r="H4" s="36"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>184</v>
       </c>
       <c r="E5" s="28" t="s">
@@ -19118,231 +19118,231 @@
         <v>182</v>
       </c>
       <c r="L8" s="128" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A9" s="106"/>
       <c r="B9" s="127"/>
       <c r="C9" s="127"/>
       <c r="D9" s="127"/>
       <c r="E9" s="127"/>
       <c r="F9" s="127"/>
       <c r="G9" s="127"/>
       <c r="H9" s="127"/>
       <c r="I9" s="127"/>
       <c r="J9" s="127"/>
       <c r="K9" s="135"/>
       <c r="L9" s="129"/>
     </row>
     <row r="10" spans="1:12" ht="12.6" customHeight="1">
       <c r="A10" s="220" t="s">
         <v>157</v>
       </c>
       <c r="B10" s="145">
-        <v>95575</v>
+        <v>96770</v>
       </c>
       <c r="C10" s="145">
-        <v>19293</v>
+        <v>19591</v>
       </c>
       <c r="D10" s="145">
-        <v>4716</v>
+        <v>4929</v>
       </c>
       <c r="E10" s="145">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="F10" s="189">
         <v>0</v>
       </c>
       <c r="G10" s="145">
-        <v>179</v>
+        <v>164</v>
       </c>
       <c r="H10" s="145">
-        <v>67338</v>
+        <v>67994</v>
       </c>
       <c r="I10" s="145">
-        <v>1615</v>
+        <v>1652</v>
       </c>
       <c r="J10" s="189">
         <v>0</v>
       </c>
       <c r="K10" s="145">
-        <v>850</v>
+        <v>882</v>
       </c>
       <c r="L10" s="172">
-        <v>1384</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="11.1" customHeight="1">
       <c r="A11" s="223" t="s">
         <v>159</v>
       </c>
       <c r="B11" s="86"/>
       <c r="C11" s="86"/>
       <c r="D11" s="86"/>
       <c r="E11" s="86"/>
       <c r="F11" s="86"/>
       <c r="G11" s="86"/>
       <c r="H11" s="86"/>
       <c r="I11" s="86"/>
       <c r="J11" s="86"/>
       <c r="K11" s="86"/>
       <c r="L11" s="111"/>
     </row>
     <row r="12" spans="1:12" ht="12.6" customHeight="1">
       <c r="A12" s="225" t="s">
         <v>349</v>
       </c>
       <c r="B12" s="158">
-        <v>6248</v>
+        <v>6320</v>
       </c>
       <c r="C12" s="158">
-        <v>1706</v>
+        <v>1732</v>
       </c>
       <c r="D12" s="158">
-        <v>347</v>
+        <v>366</v>
       </c>
       <c r="E12" s="193">
         <v>0</v>
       </c>
       <c r="F12" s="193">
         <v>0</v>
       </c>
       <c r="G12" s="158">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H12" s="158">
-        <v>3973</v>
+        <v>4010</v>
       </c>
       <c r="I12" s="158">
         <v>1</v>
       </c>
       <c r="J12" s="193">
         <v>0</v>
       </c>
       <c r="K12" s="158">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="L12" s="218">
-        <v>93</v>
+        <v>84</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="11.1" customHeight="1">
       <c r="A13" s="223" t="s">
         <v>350</v>
       </c>
       <c r="B13" s="75"/>
       <c r="C13" s="75"/>
       <c r="D13" s="75"/>
       <c r="E13" s="75"/>
       <c r="F13" s="75"/>
       <c r="G13" s="75"/>
       <c r="H13" s="75"/>
       <c r="I13" s="75"/>
       <c r="J13" s="75"/>
       <c r="K13" s="75"/>
       <c r="L13" s="97"/>
     </row>
     <row r="14" spans="1:12" ht="12.6" customHeight="1">
       <c r="A14" s="225" t="s">
         <v>351</v>
       </c>
       <c r="B14" s="158">
-        <v>11118</v>
+        <v>11096</v>
       </c>
       <c r="C14" s="158">
-        <v>1753</v>
+        <v>1735</v>
       </c>
       <c r="D14" s="158">
-        <v>463</v>
+        <v>477</v>
       </c>
       <c r="E14" s="193">
         <v>0</v>
       </c>
       <c r="F14" s="193">
         <v>0</v>
       </c>
       <c r="G14" s="158">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="H14" s="158">
-        <v>8151</v>
+        <v>8139</v>
       </c>
       <c r="I14" s="158">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="J14" s="193">
         <v>0</v>
       </c>
       <c r="K14" s="158">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="L14" s="218">
-        <v>262</v>
+        <v>257</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="11.1" customHeight="1">
       <c r="A15" s="223" t="s">
         <v>352</v>
       </c>
       <c r="B15" s="75"/>
       <c r="C15" s="75"/>
       <c r="D15" s="75"/>
       <c r="E15" s="75"/>
       <c r="F15" s="75"/>
       <c r="G15" s="75"/>
       <c r="H15" s="75"/>
       <c r="I15" s="75"/>
       <c r="J15" s="75"/>
       <c r="K15" s="75"/>
       <c r="L15" s="97"/>
     </row>
     <row r="16" spans="1:12" ht="12.6" customHeight="1">
       <c r="A16" s="225" t="s">
         <v>353</v>
       </c>
       <c r="B16" s="158">
-        <v>6403</v>
+        <v>6531</v>
       </c>
       <c r="C16" s="158">
-        <v>1327</v>
+        <v>1417</v>
       </c>
       <c r="D16" s="158">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="E16" s="193">
         <v>0</v>
       </c>
       <c r="F16" s="193">
         <v>0</v>
       </c>
       <c r="G16" s="158">
         <v>10</v>
       </c>
       <c r="H16" s="158">
-        <v>4540</v>
+        <v>4567</v>
       </c>
       <c r="I16" s="158">
         <v>36</v>
       </c>
       <c r="J16" s="193">
         <v>0</v>
       </c>
       <c r="K16" s="158">
         <v>80</v>
       </c>
       <c r="L16" s="218">
         <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="11.1" customHeight="1">
       <c r="A17" s="223" t="s">
         <v>354</v>
       </c>
       <c r="B17" s="75"/>
       <c r="C17" s="75"/>
       <c r="D17" s="75"/>
       <c r="E17" s="75"/>
       <c r="F17" s="75"/>
       <c r="G17" s="75"/>
       <c r="H17" s="75"/>
@@ -19488,235 +19488,235 @@
       <c r="L23" s="136" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:12" ht="24.6" customHeight="1" thickBot="1">
       <c r="A24" s="106"/>
       <c r="B24" s="127"/>
       <c r="C24" s="132"/>
       <c r="D24" s="127"/>
       <c r="E24" s="127"/>
       <c r="F24" s="129"/>
       <c r="G24" s="135"/>
       <c r="H24" s="127"/>
       <c r="I24" s="19" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="127"/>
       <c r="K24" s="139"/>
       <c r="L24" s="137"/>
     </row>
     <row r="25" spans="1:12" ht="12.6" customHeight="1">
       <c r="A25" s="220" t="s">
         <v>157</v>
       </c>
       <c r="B25" s="145">
-        <v>95575</v>
+        <v>96770</v>
       </c>
       <c r="C25" s="145">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="D25" s="189">
         <v>0</v>
       </c>
       <c r="E25" s="145">
-        <v>448</v>
+        <v>353</v>
       </c>
       <c r="F25" s="172">
-        <v>87894</v>
+        <v>89307</v>
       </c>
       <c r="G25" s="110"/>
       <c r="H25" s="145">
-        <v>496</v>
+        <v>243</v>
       </c>
       <c r="I25" s="145">
-        <v>6730</v>
+        <v>6851</v>
       </c>
       <c r="J25" s="145">
         <v>1374</v>
       </c>
       <c r="K25" s="145">
         <v>63</v>
       </c>
       <c r="L25" s="172">
-        <v>3990</v>
+        <v>4074</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="11.1" customHeight="1">
       <c r="A26" s="223" t="s">
         <v>159</v>
       </c>
       <c r="B26" s="86"/>
       <c r="C26" s="86"/>
       <c r="D26" s="86"/>
       <c r="E26" s="86"/>
       <c r="F26" s="111"/>
       <c r="G26" s="112"/>
       <c r="H26" s="86"/>
       <c r="I26" s="86"/>
       <c r="J26" s="86"/>
       <c r="K26" s="86"/>
       <c r="L26" s="111"/>
     </row>
     <row r="27" spans="1:12" ht="12.6" customHeight="1">
       <c r="A27" s="225" t="s">
         <v>349</v>
       </c>
       <c r="B27" s="158">
-        <v>6248</v>
+        <v>6320</v>
       </c>
       <c r="C27" s="193">
         <v>0</v>
       </c>
       <c r="D27" s="193">
         <v>0</v>
       </c>
       <c r="E27" s="158">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="F27" s="178">
-        <v>5786</v>
+        <v>5857</v>
       </c>
       <c r="G27" s="114"/>
       <c r="H27" s="158">
         <v>9</v>
       </c>
       <c r="I27" s="158">
-        <v>419</v>
+        <v>403</v>
       </c>
       <c r="J27" s="158">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="K27" s="158">
         <v>16</v>
       </c>
       <c r="L27" s="218">
-        <v>204</v>
+        <v>188</v>
       </c>
     </row>
     <row r="28" spans="1:12" ht="11.1" customHeight="1">
       <c r="A28" s="223" t="s">
         <v>350</v>
       </c>
       <c r="B28" s="75"/>
       <c r="C28" s="75"/>
       <c r="D28" s="75"/>
       <c r="E28" s="75"/>
       <c r="F28" s="97"/>
       <c r="G28" s="98"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="75"/>
       <c r="K28" s="75"/>
       <c r="L28" s="97"/>
     </row>
     <row r="29" spans="1:12" ht="12.6" customHeight="1">
       <c r="A29" s="225" t="s">
         <v>351</v>
       </c>
       <c r="B29" s="158">
-        <v>11118</v>
+        <v>11096</v>
       </c>
       <c r="C29" s="193">
         <v>0</v>
       </c>
       <c r="D29" s="193">
         <v>0</v>
       </c>
       <c r="E29" s="158">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="F29" s="178">
-        <v>10256</v>
+        <v>10237</v>
       </c>
       <c r="G29" s="114"/>
       <c r="H29" s="158">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I29" s="158">
-        <v>760</v>
+        <v>724</v>
       </c>
       <c r="J29" s="158">
         <v>371</v>
       </c>
       <c r="K29" s="158">
         <v>7</v>
       </c>
       <c r="L29" s="218">
-        <v>316</v>
+        <v>278</v>
       </c>
     </row>
     <row r="30" spans="1:12" ht="11.1" customHeight="1">
       <c r="A30" s="223" t="s">
         <v>352</v>
       </c>
       <c r="B30" s="75"/>
       <c r="C30" s="75"/>
       <c r="D30" s="75"/>
       <c r="E30" s="75"/>
       <c r="F30" s="97"/>
       <c r="G30" s="98"/>
       <c r="H30" s="75"/>
       <c r="I30" s="75"/>
       <c r="J30" s="75"/>
       <c r="K30" s="75"/>
       <c r="L30" s="97"/>
     </row>
     <row r="31" spans="1:12" ht="12.6" customHeight="1">
       <c r="A31" s="225" t="s">
         <v>353</v>
       </c>
       <c r="B31" s="158">
-        <v>6403</v>
+        <v>6531</v>
       </c>
       <c r="C31" s="158">
         <v>2</v>
       </c>
       <c r="D31" s="193">
         <v>0</v>
       </c>
       <c r="E31" s="158">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="F31" s="178">
-        <v>5819</v>
+        <v>5949</v>
       </c>
       <c r="G31" s="114"/>
       <c r="H31" s="158">
         <v>7</v>
       </c>
       <c r="I31" s="158">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="J31" s="158">
         <v>293</v>
       </c>
       <c r="K31" s="158">
         <v>8</v>
       </c>
       <c r="L31" s="218">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="11.1" customHeight="1">
       <c r="A32" s="223" t="s">
         <v>354</v>
       </c>
       <c r="B32" s="75"/>
       <c r="C32" s="75"/>
       <c r="D32" s="75"/>
       <c r="E32" s="75"/>
       <c r="F32" s="97"/>
       <c r="G32" s="98"/>
       <c r="H32" s="75"/>
       <c r="I32" s="75"/>
       <c r="J32" s="75"/>
       <c r="K32" s="75"/>
       <c r="L32" s="97"/>
     </row>
     <row r="33" spans="1:12" ht="12.6" customHeight="1">
       <c r="A33" s="53"/>
       <c r="B33" s="72"/>
       <c r="C33" s="72"/>
       <c r="D33" s="72"/>
       <c r="E33" s="72"/>
       <c r="F33" s="95"/>
@@ -20054,56 +20054,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -20178,278 +20178,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="145">
-        <v>231652</v>
+        <v>231392</v>
       </c>
       <c r="C9" s="145">
-        <v>458</v>
+        <v>613</v>
       </c>
       <c r="D9" s="145">
-        <v>472</v>
+        <v>10</v>
       </c>
       <c r="E9" s="145">
-        <v>202</v>
+        <v>11</v>
       </c>
       <c r="F9" s="172">
-        <v>461</v>
+        <v>522</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
         <v>7600</v>
       </c>
       <c r="I9" s="145">
-        <v>1344</v>
+        <v>1104</v>
       </c>
       <c r="J9" s="148">
-        <v>223382</v>
+        <v>223429</v>
       </c>
       <c r="K9" s="151">
-        <v>-2267</v>
+        <v>-1896</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>87</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>215</v>
       </c>
       <c r="B11" s="158">
-        <v>355744</v>
+        <v>355849</v>
       </c>
       <c r="C11" s="158">
-        <v>4038</v>
+        <v>3537</v>
       </c>
       <c r="D11" s="158">
-        <v>19200</v>
+        <v>16856</v>
       </c>
       <c r="E11" s="158">
-        <v>3799</v>
+        <v>3745</v>
       </c>
       <c r="F11" s="178">
-        <v>32961</v>
+        <v>33588</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>55139</v>
+        <v>56553</v>
       </c>
       <c r="I11" s="158">
-        <v>1534</v>
+        <v>1422</v>
       </c>
       <c r="J11" s="160">
-        <v>229188</v>
+        <v>226459</v>
       </c>
       <c r="K11" s="162">
-        <v>9886</v>
+        <v>13689</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>216</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>217</v>
       </c>
       <c r="B13" s="158">
-        <v>4298963</v>
+        <v>4547129</v>
       </c>
       <c r="C13" s="158">
-        <v>94178</v>
+        <v>148548</v>
       </c>
       <c r="D13" s="158">
-        <v>688655</v>
+        <v>707890</v>
       </c>
       <c r="E13" s="158">
-        <v>67671</v>
+        <v>67894</v>
       </c>
       <c r="F13" s="183">
-        <v>370470</v>
+        <v>382853</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>642217</v>
+        <v>722539</v>
       </c>
       <c r="I13" s="158">
-        <v>39004</v>
+        <v>48374</v>
       </c>
       <c r="J13" s="160">
-        <v>2371922</v>
+        <v>2443199</v>
       </c>
       <c r="K13" s="162">
-        <v>24846</v>
+        <v>25832</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>218</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>219</v>
       </c>
       <c r="B15" s="158">
-        <v>452244</v>
+        <v>490356</v>
       </c>
       <c r="C15" s="158">
-        <v>28797</v>
+        <v>21760</v>
       </c>
       <c r="D15" s="158">
-        <v>150487</v>
+        <v>207273</v>
       </c>
       <c r="E15" s="158">
-        <v>10935</v>
+        <v>11103</v>
       </c>
       <c r="F15" s="183">
-        <v>139326</v>
+        <v>125201</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>11783</v>
+        <v>13313</v>
       </c>
       <c r="J15" s="160">
-        <v>64411</v>
+        <v>57742</v>
       </c>
       <c r="K15" s="162">
-        <v>46505</v>
+        <v>53965</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>220</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>221</v>
       </c>
       <c r="B17" s="164">
-        <v>423080</v>
+        <v>416468</v>
       </c>
       <c r="C17" s="164">
-        <v>6569</v>
+        <v>2602</v>
       </c>
       <c r="D17" s="164">
-        <v>23188</v>
+        <v>26994</v>
       </c>
       <c r="E17" s="164">
-        <v>34693</v>
+        <v>24552</v>
       </c>
       <c r="F17" s="183">
-        <v>59094</v>
+        <v>60343</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>26083</v>
+        <v>26704</v>
       </c>
       <c r="I17" s="164">
-        <v>2467</v>
+        <v>2581</v>
       </c>
       <c r="J17" s="166">
-        <v>233775</v>
+        <v>234813</v>
       </c>
       <c r="K17" s="168">
-        <v>37211</v>
+        <v>37881</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>222</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -20547,278 +20547,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>12</v>
       </c>
       <c r="B24" s="145">
-        <v>231652</v>
+        <v>231392</v>
       </c>
       <c r="C24" s="145">
-        <v>90033</v>
+        <v>86137</v>
       </c>
       <c r="D24" s="189">
         <v>0</v>
       </c>
       <c r="E24" s="189">
         <v>0</v>
       </c>
       <c r="F24" s="145">
         <v>2800</v>
       </c>
       <c r="G24" s="145">
-        <v>92239</v>
+        <v>95395</v>
       </c>
       <c r="H24" s="145">
-        <v>46580</v>
+        <v>47060</v>
       </c>
       <c r="I24" s="145">
         <v>37833</v>
       </c>
       <c r="J24" s="191">
         <v>0</v>
       </c>
       <c r="K24" s="151">
-        <v>8286</v>
+        <v>8445</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>87</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>215</v>
       </c>
       <c r="B26" s="158">
-        <v>355744</v>
+        <v>355849</v>
       </c>
       <c r="C26" s="158">
-        <v>11716</v>
+        <v>12897</v>
       </c>
       <c r="D26" s="158">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E26" s="158">
-        <v>299355</v>
+        <v>295902</v>
       </c>
       <c r="F26" s="158">
         <v>6327</v>
       </c>
       <c r="G26" s="158">
-        <v>11794</v>
+        <v>14003</v>
       </c>
       <c r="H26" s="158">
-        <v>26542</v>
+        <v>26711</v>
       </c>
       <c r="I26" s="158">
         <v>18799</v>
       </c>
       <c r="J26" s="160">
         <v>1436</v>
       </c>
       <c r="K26" s="162">
-        <v>5105</v>
+        <v>5252</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>216</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>217</v>
       </c>
       <c r="B28" s="158">
-        <v>4298963</v>
+        <v>4547129</v>
       </c>
       <c r="C28" s="158">
-        <v>552829</v>
+        <v>583706</v>
       </c>
       <c r="D28" s="158">
-        <v>30004</v>
+        <v>130004</v>
       </c>
       <c r="E28" s="158">
-        <v>3184538</v>
+        <v>3296276</v>
       </c>
       <c r="F28" s="158">
         <v>30200</v>
       </c>
       <c r="G28" s="158">
-        <v>132029</v>
+        <v>133047</v>
       </c>
       <c r="H28" s="158">
-        <v>369363</v>
+        <v>373896</v>
       </c>
       <c r="I28" s="158">
         <v>100000</v>
       </c>
       <c r="J28" s="160">
         <v>72804</v>
       </c>
       <c r="K28" s="162">
-        <v>186723</v>
+        <v>190457</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>218</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>219</v>
       </c>
       <c r="B30" s="158">
-        <v>452244</v>
+        <v>490356</v>
       </c>
       <c r="C30" s="158">
-        <v>4086</v>
+        <v>17787</v>
       </c>
       <c r="D30" s="193">
         <v>0</v>
       </c>
       <c r="E30" s="158">
-        <v>341667</v>
+        <v>366649</v>
       </c>
       <c r="F30" s="193">
         <v>0</v>
       </c>
       <c r="G30" s="158">
-        <v>37976</v>
+        <v>36597</v>
       </c>
       <c r="H30" s="158">
-        <v>68515</v>
+        <v>69323</v>
       </c>
       <c r="I30" s="158">
         <v>34433</v>
       </c>
       <c r="J30" s="195">
         <v>0</v>
       </c>
       <c r="K30" s="162">
-        <v>33780</v>
+        <v>34527</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>220</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>221</v>
       </c>
       <c r="B32" s="164">
-        <v>423080</v>
+        <v>416468</v>
       </c>
       <c r="C32" s="164">
-        <v>12600</v>
+        <v>6645</v>
       </c>
       <c r="D32" s="164">
         <v>12000</v>
       </c>
       <c r="E32" s="164">
-        <v>297162</v>
+        <v>302643</v>
       </c>
       <c r="F32" s="164">
         <v>14660</v>
       </c>
       <c r="G32" s="164">
-        <v>42884</v>
+        <v>36306</v>
       </c>
       <c r="H32" s="164">
-        <v>43775</v>
+        <v>44214</v>
       </c>
       <c r="I32" s="164">
         <v>30554</v>
       </c>
       <c r="J32" s="166">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="K32" s="168">
-        <v>13280</v>
+        <v>13466</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>222</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -21081,56 +21081,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -21205,278 +21205,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>86</v>
       </c>
       <c r="B9" s="145">
-        <v>2451486</v>
+        <v>2508491</v>
       </c>
       <c r="C9" s="145">
-        <v>24802</v>
+        <v>26699</v>
       </c>
       <c r="D9" s="145">
-        <v>159032</v>
+        <v>161960</v>
       </c>
       <c r="E9" s="145">
-        <v>98390</v>
+        <v>104089</v>
       </c>
       <c r="F9" s="172">
-        <v>191820</v>
+        <v>195284</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>249348</v>
+        <v>279235</v>
       </c>
       <c r="I9" s="145">
-        <v>9705</v>
+        <v>9388</v>
       </c>
       <c r="J9" s="148">
-        <v>1676140</v>
+        <v>1690172</v>
       </c>
       <c r="K9" s="151">
-        <v>42250</v>
+        <v>41664</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>94</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>223</v>
       </c>
       <c r="B11" s="158">
-        <v>756668</v>
+        <v>752949</v>
       </c>
       <c r="C11" s="158">
-        <v>11947</v>
+        <v>8065</v>
       </c>
       <c r="D11" s="158">
-        <v>176972</v>
+        <v>148669</v>
       </c>
       <c r="E11" s="158">
-        <v>64968</v>
+        <v>73732</v>
       </c>
       <c r="F11" s="178">
-        <v>104798</v>
+        <v>105252</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>14401</v>
+        <v>14399</v>
       </c>
       <c r="I11" s="158">
-        <v>15126</v>
+        <v>28190</v>
       </c>
       <c r="J11" s="160">
-        <v>321552</v>
+        <v>320771</v>
       </c>
       <c r="K11" s="162">
-        <v>46905</v>
+        <v>53871</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>224</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>225</v>
       </c>
       <c r="B13" s="158">
-        <v>982435</v>
+        <v>997307</v>
       </c>
       <c r="C13" s="158">
-        <v>10710</v>
+        <v>12690</v>
       </c>
       <c r="D13" s="158">
-        <v>51431</v>
+        <v>49439</v>
       </c>
       <c r="E13" s="158">
-        <v>37377</v>
+        <v>41898</v>
       </c>
       <c r="F13" s="183">
-        <v>98751</v>
+        <v>100225</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>102029</v>
+        <v>103928</v>
       </c>
       <c r="I13" s="158">
-        <v>4802</v>
+        <v>4830</v>
       </c>
       <c r="J13" s="160">
-        <v>634599</v>
+        <v>638544</v>
       </c>
       <c r="K13" s="162">
-        <v>42736</v>
+        <v>45753</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>226</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>227</v>
       </c>
       <c r="B15" s="158">
-        <v>355475</v>
+        <v>362898</v>
       </c>
       <c r="C15" s="158">
-        <v>2729</v>
+        <v>2654</v>
       </c>
       <c r="D15" s="158">
-        <v>29592</v>
+        <v>33277</v>
       </c>
       <c r="E15" s="158">
-        <v>33566</v>
+        <v>29517</v>
       </c>
       <c r="F15" s="183">
-        <v>38394</v>
+        <v>41274</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>17715</v>
+        <v>19470</v>
       </c>
       <c r="I15" s="158">
-        <v>1467</v>
+        <v>1577</v>
       </c>
       <c r="J15" s="160">
-        <v>226594</v>
+        <v>228156</v>
       </c>
       <c r="K15" s="162">
-        <v>5418</v>
+        <v>6972</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>228</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>229</v>
       </c>
       <c r="B17" s="164">
-        <v>736440</v>
+        <v>751237</v>
       </c>
       <c r="C17" s="164">
-        <v>5972</v>
+        <v>7731</v>
       </c>
       <c r="D17" s="164">
-        <v>108254</v>
+        <v>98699</v>
       </c>
       <c r="E17" s="164">
-        <v>80331</v>
+        <v>85915</v>
       </c>
       <c r="F17" s="183">
-        <v>118260</v>
+        <v>133528</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>29554</v>
+        <v>39179</v>
       </c>
       <c r="I17" s="164">
-        <v>35195</v>
+        <v>26521</v>
       </c>
       <c r="J17" s="166">
-        <v>331580</v>
+        <v>342037</v>
       </c>
       <c r="K17" s="168">
-        <v>27296</v>
+        <v>17628</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>230</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -21574,278 +21574,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>86</v>
       </c>
       <c r="B24" s="145">
-        <v>2451486</v>
+        <v>2508491</v>
       </c>
       <c r="C24" s="145">
-        <v>60842</v>
+        <v>68181</v>
       </c>
       <c r="D24" s="145">
-        <v>155099</v>
+        <v>129099</v>
       </c>
       <c r="E24" s="145">
-        <v>1993184</v>
+        <v>2064484</v>
       </c>
       <c r="F24" s="145">
-        <v>52910</v>
+        <v>53910</v>
       </c>
       <c r="G24" s="145">
-        <v>44719</v>
+        <v>45731</v>
       </c>
       <c r="H24" s="145">
-        <v>144733</v>
+        <v>147085</v>
       </c>
       <c r="I24" s="145">
         <v>97181</v>
       </c>
       <c r="J24" s="148">
         <v>816</v>
       </c>
       <c r="K24" s="151">
-        <v>42359</v>
+        <v>43517</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>94</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>223</v>
       </c>
       <c r="B26" s="158">
-        <v>756668</v>
+        <v>752949</v>
       </c>
       <c r="C26" s="158">
-        <v>339</v>
+        <v>959</v>
       </c>
       <c r="D26" s="158">
         <v>0</v>
       </c>
       <c r="E26" s="158">
-        <v>624764</v>
+        <v>612990</v>
       </c>
       <c r="F26" s="158">
-        <v>9227</v>
+        <v>9432</v>
       </c>
       <c r="G26" s="158">
-        <v>67444</v>
+        <v>74229</v>
       </c>
       <c r="H26" s="158">
-        <v>54895</v>
+        <v>55338</v>
       </c>
       <c r="I26" s="158">
         <v>29106</v>
       </c>
       <c r="J26" s="160">
         <v>5795</v>
       </c>
       <c r="K26" s="162">
-        <v>19666</v>
+        <v>20341</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>224</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>225</v>
       </c>
       <c r="B28" s="158">
-        <v>982435</v>
+        <v>997307</v>
       </c>
       <c r="C28" s="158">
-        <v>11634</v>
+        <v>7344</v>
       </c>
       <c r="D28" s="158">
-        <v>5013</v>
+        <v>7513</v>
       </c>
       <c r="E28" s="158">
-        <v>836377</v>
+        <v>845289</v>
       </c>
       <c r="F28" s="158">
-        <v>17150</v>
+        <v>15150</v>
       </c>
       <c r="G28" s="158">
-        <v>23080</v>
+        <v>30334</v>
       </c>
       <c r="H28" s="158">
-        <v>89180</v>
+        <v>91678</v>
       </c>
       <c r="I28" s="158">
-        <v>59216</v>
+        <v>60216</v>
       </c>
       <c r="J28" s="160">
-        <v>1578</v>
+        <v>2468</v>
       </c>
       <c r="K28" s="162">
-        <v>26272</v>
+        <v>27746</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>226</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>227</v>
       </c>
       <c r="B30" s="158">
-        <v>355475</v>
+        <v>362898</v>
       </c>
       <c r="C30" s="158">
-        <v>6509</v>
+        <v>7959</v>
       </c>
       <c r="D30" s="193">
         <v>0</v>
       </c>
       <c r="E30" s="158">
-        <v>284533</v>
+        <v>291513</v>
       </c>
       <c r="F30" s="193">
         <v>0</v>
       </c>
       <c r="G30" s="158">
-        <v>6648</v>
+        <v>8859</v>
       </c>
       <c r="H30" s="158">
-        <v>57784</v>
+        <v>54568</v>
       </c>
       <c r="I30" s="158">
         <v>11112</v>
       </c>
       <c r="J30" s="160">
         <v>55</v>
       </c>
       <c r="K30" s="162">
-        <v>42229</v>
+        <v>39148</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>228</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>229</v>
       </c>
       <c r="B32" s="164">
-        <v>736440</v>
+        <v>751237</v>
       </c>
       <c r="C32" s="164">
-        <v>18452</v>
+        <v>15454</v>
       </c>
       <c r="D32" s="197">
         <v>0</v>
       </c>
       <c r="E32" s="164">
-        <v>579003</v>
+        <v>591086</v>
       </c>
       <c r="F32" s="197">
         <v>0</v>
       </c>
       <c r="G32" s="164">
-        <v>71331</v>
+        <v>76352</v>
       </c>
       <c r="H32" s="164">
-        <v>67654</v>
+        <v>68345</v>
       </c>
       <c r="I32" s="164">
         <v>34800</v>
       </c>
       <c r="J32" s="166">
         <v>1579</v>
       </c>
       <c r="K32" s="168">
-        <v>30759</v>
+        <v>31767</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>230</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -22108,56 +22108,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -22232,278 +22232,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>90</v>
       </c>
       <c r="B9" s="145">
-        <v>95831</v>
+        <v>96750</v>
       </c>
       <c r="C9" s="145">
-        <v>1239</v>
+        <v>1430</v>
       </c>
       <c r="D9" s="145">
-        <v>5829</v>
+        <v>5736</v>
       </c>
       <c r="E9" s="145">
-        <v>449</v>
+        <v>467</v>
       </c>
       <c r="F9" s="172">
-        <v>7120</v>
+        <v>7236</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>14189</v>
+        <v>14071</v>
       </c>
       <c r="I9" s="145">
-        <v>227</v>
+        <v>238</v>
       </c>
       <c r="J9" s="148">
-        <v>61664</v>
+        <v>62487</v>
       </c>
       <c r="K9" s="151">
-        <v>5113</v>
+        <v>5084</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>98</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>231</v>
       </c>
       <c r="B11" s="158">
-        <v>261915</v>
+        <v>263997</v>
       </c>
       <c r="C11" s="158">
-        <v>2188</v>
+        <v>2350</v>
       </c>
       <c r="D11" s="158">
-        <v>20106</v>
+        <v>22681</v>
       </c>
       <c r="E11" s="158">
-        <v>1909</v>
+        <v>3176</v>
       </c>
       <c r="F11" s="178">
-        <v>6206</v>
+        <v>6088</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>28232</v>
+        <v>33415</v>
       </c>
       <c r="I11" s="158">
-        <v>544</v>
+        <v>498</v>
       </c>
       <c r="J11" s="160">
-        <v>187679</v>
+        <v>187250</v>
       </c>
       <c r="K11" s="162">
-        <v>15050</v>
+        <v>8540</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>232</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>233</v>
       </c>
       <c r="B13" s="158">
-        <v>1383694</v>
+        <v>1387664</v>
       </c>
       <c r="C13" s="158">
-        <v>19022</v>
+        <v>18060</v>
       </c>
       <c r="D13" s="158">
-        <v>89437</v>
+        <v>86640</v>
       </c>
       <c r="E13" s="158">
-        <v>132650</v>
+        <v>127315</v>
       </c>
       <c r="F13" s="183">
-        <v>170672</v>
+        <v>176365</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>63578</v>
+        <v>62707</v>
       </c>
       <c r="I13" s="158">
-        <v>13958</v>
+        <v>15674</v>
       </c>
       <c r="J13" s="160">
-        <v>888372</v>
+        <v>895904</v>
       </c>
       <c r="K13" s="162">
-        <v>6004</v>
+        <v>4998</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>234</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>235</v>
       </c>
       <c r="B15" s="158">
-        <v>796747</v>
+        <v>811483</v>
       </c>
       <c r="C15" s="158">
-        <v>9419</v>
+        <v>8667</v>
       </c>
       <c r="D15" s="158">
-        <v>40191</v>
+        <v>41614</v>
       </c>
       <c r="E15" s="158">
-        <v>44310</v>
+        <v>44582</v>
       </c>
       <c r="F15" s="183">
-        <v>111787</v>
+        <v>117418</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>36480</v>
+        <v>36716</v>
       </c>
       <c r="I15" s="158">
-        <v>3288</v>
+        <v>3534</v>
       </c>
       <c r="J15" s="160">
-        <v>524303</v>
+        <v>535782</v>
       </c>
       <c r="K15" s="162">
-        <v>26970</v>
+        <v>23170</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>236</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>237</v>
       </c>
       <c r="B17" s="164">
-        <v>347382</v>
+        <v>350493</v>
       </c>
       <c r="C17" s="164">
-        <v>3213</v>
+        <v>3350</v>
       </c>
       <c r="D17" s="164">
-        <v>21387</v>
+        <v>16813</v>
       </c>
       <c r="E17" s="164">
-        <v>8189</v>
+        <v>9018</v>
       </c>
       <c r="F17" s="183">
-        <v>20079</v>
+        <v>20777</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>42174</v>
+        <v>43394</v>
       </c>
       <c r="I17" s="164">
-        <v>1735</v>
+        <v>2418</v>
       </c>
       <c r="J17" s="166">
-        <v>231559</v>
+        <v>235337</v>
       </c>
       <c r="K17" s="168">
-        <v>19045</v>
+        <v>19386</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>238</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -22601,278 +22601,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>90</v>
       </c>
       <c r="B24" s="145">
-        <v>95831</v>
+        <v>96750</v>
       </c>
       <c r="C24" s="145">
-        <v>4068</v>
+        <v>4800</v>
       </c>
       <c r="D24" s="189">
         <v>0</v>
       </c>
       <c r="E24" s="145">
-        <v>82351</v>
+        <v>82055</v>
       </c>
       <c r="F24" s="145">
-        <v>1210</v>
+        <v>1610</v>
       </c>
       <c r="G24" s="145">
-        <v>2091</v>
+        <v>2119</v>
       </c>
       <c r="H24" s="145">
-        <v>6110</v>
+        <v>6167</v>
       </c>
       <c r="I24" s="145">
         <v>3202</v>
       </c>
       <c r="J24" s="148">
         <v>1058</v>
       </c>
       <c r="K24" s="151">
-        <v>1538</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>98</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>231</v>
       </c>
       <c r="B26" s="158">
-        <v>261915</v>
+        <v>263997</v>
       </c>
       <c r="C26" s="158">
-        <v>15</v>
+        <v>546</v>
       </c>
       <c r="D26" s="193">
         <v>0</v>
       </c>
       <c r="E26" s="158">
-        <v>236646</v>
+        <v>236961</v>
       </c>
       <c r="F26" s="158">
         <v>6000</v>
       </c>
       <c r="G26" s="158">
-        <v>2714</v>
+        <v>2768</v>
       </c>
       <c r="H26" s="158">
-        <v>16541</v>
+        <v>17723</v>
       </c>
       <c r="I26" s="158">
-        <v>13012</v>
+        <v>14012</v>
       </c>
       <c r="J26" s="160">
         <v>10</v>
       </c>
       <c r="K26" s="162">
-        <v>3187</v>
+        <v>3370</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>232</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>233</v>
       </c>
       <c r="B28" s="158">
-        <v>1383694</v>
+        <v>1387664</v>
       </c>
       <c r="C28" s="158">
-        <v>19961</v>
+        <v>12099</v>
       </c>
       <c r="D28" s="158">
         <v>314</v>
       </c>
       <c r="E28" s="158">
-        <v>1179053</v>
+        <v>1180535</v>
       </c>
       <c r="F28" s="158">
         <v>28200</v>
       </c>
       <c r="G28" s="158">
-        <v>75096</v>
+        <v>84487</v>
       </c>
       <c r="H28" s="158">
-        <v>81071</v>
+        <v>82030</v>
       </c>
       <c r="I28" s="158">
         <v>49815</v>
       </c>
       <c r="J28" s="160">
         <v>2756</v>
       </c>
       <c r="K28" s="162">
-        <v>34021</v>
+        <v>35098</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>234</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>235</v>
       </c>
       <c r="B30" s="158">
-        <v>796747</v>
+        <v>811483</v>
       </c>
       <c r="C30" s="158">
-        <v>5905</v>
+        <v>4205</v>
       </c>
       <c r="D30" s="158">
         <v>1299</v>
       </c>
       <c r="E30" s="158">
-        <v>705175</v>
+        <v>721843</v>
       </c>
       <c r="F30" s="158">
         <v>13520</v>
       </c>
       <c r="G30" s="158">
-        <v>14519</v>
+        <v>14710</v>
       </c>
       <c r="H30" s="158">
-        <v>56329</v>
+        <v>55906</v>
       </c>
       <c r="I30" s="158">
         <v>40403</v>
       </c>
       <c r="J30" s="160">
-        <v>143</v>
+        <v>172</v>
       </c>
       <c r="K30" s="162">
-        <v>15157</v>
+        <v>14738</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>236</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>237</v>
       </c>
       <c r="B32" s="164">
-        <v>347382</v>
+        <v>350493</v>
       </c>
       <c r="C32" s="164">
-        <v>7036</v>
+        <v>6557</v>
       </c>
       <c r="D32" s="164">
-        <v>8003</v>
+        <v>7003</v>
       </c>
       <c r="E32" s="164">
-        <v>293430</v>
+        <v>297066</v>
       </c>
       <c r="F32" s="164">
         <v>5449</v>
       </c>
       <c r="G32" s="164">
-        <v>9023</v>
+        <v>9786</v>
       </c>
       <c r="H32" s="164">
-        <v>24441</v>
+        <v>24632</v>
       </c>
       <c r="I32" s="164">
         <v>19403</v>
       </c>
       <c r="J32" s="166">
         <v>1</v>
       </c>
       <c r="K32" s="168">
-        <v>5109</v>
+        <v>5282</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>238</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -23135,56 +23135,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -23259,278 +23259,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>97</v>
       </c>
       <c r="B9" s="145">
-        <v>215529</v>
+        <v>219642</v>
       </c>
       <c r="C9" s="145">
-        <v>2447</v>
+        <v>2708</v>
       </c>
       <c r="D9" s="145">
-        <v>11673</v>
+        <v>12425</v>
       </c>
       <c r="E9" s="145">
-        <v>7980</v>
+        <v>6224</v>
       </c>
       <c r="F9" s="172">
-        <v>13651</v>
+        <v>15983</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>20995</v>
+        <v>19959</v>
       </c>
       <c r="I9" s="145">
-        <v>736</v>
+        <v>756</v>
       </c>
       <c r="J9" s="148">
-        <v>150665</v>
+        <v>152886</v>
       </c>
       <c r="K9" s="151">
-        <v>7383</v>
+        <v>8701</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>102</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>239</v>
       </c>
       <c r="B11" s="158">
-        <v>1033806</v>
+        <v>1034859</v>
       </c>
       <c r="C11" s="158">
-        <v>7961</v>
+        <v>7517</v>
       </c>
       <c r="D11" s="158">
-        <v>48680</v>
+        <v>43877</v>
       </c>
       <c r="E11" s="158">
-        <v>89461</v>
+        <v>85575</v>
       </c>
       <c r="F11" s="178">
-        <v>67011</v>
+        <v>67461</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>75649</v>
+        <v>80910</v>
       </c>
       <c r="I11" s="158">
-        <v>38582</v>
+        <v>41235</v>
       </c>
       <c r="J11" s="160">
-        <v>635541</v>
+        <v>642589</v>
       </c>
       <c r="K11" s="162">
-        <v>70921</v>
+        <v>65695</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>240</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>241</v>
       </c>
       <c r="B13" s="158">
-        <v>870702</v>
+        <v>872756</v>
       </c>
       <c r="C13" s="158">
-        <v>4150</v>
+        <v>5119</v>
       </c>
       <c r="D13" s="158">
-        <v>51348</v>
+        <v>50467</v>
       </c>
       <c r="E13" s="158">
-        <v>51886</v>
+        <v>55688</v>
       </c>
       <c r="F13" s="183">
-        <v>64083</v>
+        <v>63132</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>152425</v>
+        <v>147693</v>
       </c>
       <c r="I13" s="158">
-        <v>16678</v>
+        <v>16990</v>
       </c>
       <c r="J13" s="160">
-        <v>510817</v>
+        <v>512885</v>
       </c>
       <c r="K13" s="162">
-        <v>19315</v>
+        <v>20780</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>242</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>243</v>
       </c>
       <c r="B15" s="158">
-        <v>2313549</v>
+        <v>2365606</v>
       </c>
       <c r="C15" s="158">
-        <v>11742</v>
+        <v>20611</v>
       </c>
       <c r="D15" s="158">
-        <v>125656</v>
+        <v>116882</v>
       </c>
       <c r="E15" s="158">
-        <v>231510</v>
+        <v>217759</v>
       </c>
       <c r="F15" s="183">
-        <v>212677</v>
+        <v>205573</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>252465</v>
+        <v>250401</v>
       </c>
       <c r="I15" s="158">
-        <v>28839</v>
+        <v>28765</v>
       </c>
       <c r="J15" s="160">
-        <v>1390672</v>
+        <v>1476611</v>
       </c>
       <c r="K15" s="162">
-        <v>59988</v>
+        <v>49003</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>244</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>245</v>
       </c>
       <c r="B17" s="164">
-        <v>2826992</v>
+        <v>2841340</v>
       </c>
       <c r="C17" s="164">
-        <v>31615</v>
+        <v>19317</v>
       </c>
       <c r="D17" s="164">
-        <v>207623</v>
+        <v>219329</v>
       </c>
       <c r="E17" s="164">
-        <v>69079</v>
+        <v>66023</v>
       </c>
       <c r="F17" s="183">
-        <v>346931</v>
+        <v>372189</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>324143</v>
+        <v>329273</v>
       </c>
       <c r="I17" s="164">
-        <v>55173</v>
+        <v>58507</v>
       </c>
       <c r="J17" s="166">
-        <v>1667048</v>
+        <v>1646793</v>
       </c>
       <c r="K17" s="168">
-        <v>125380</v>
+        <v>129908</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>246</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -23628,278 +23628,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>97</v>
       </c>
       <c r="B24" s="145">
-        <v>215529</v>
+        <v>219642</v>
       </c>
       <c r="C24" s="145">
         <v>12</v>
       </c>
       <c r="D24" s="145">
         <v>26</v>
       </c>
       <c r="E24" s="145">
-        <v>194201</v>
+        <v>198889</v>
       </c>
       <c r="F24" s="145">
-        <v>2250</v>
+        <v>1650</v>
       </c>
       <c r="G24" s="145">
-        <v>2403</v>
+        <v>2245</v>
       </c>
       <c r="H24" s="145">
-        <v>16637</v>
+        <v>16821</v>
       </c>
       <c r="I24" s="145">
-        <v>11815</v>
+        <v>11905</v>
       </c>
       <c r="J24" s="148">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="K24" s="151">
-        <v>3691</v>
+        <v>3799</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>102</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>239</v>
       </c>
       <c r="B26" s="158">
-        <v>1033806</v>
+        <v>1034859</v>
       </c>
       <c r="C26" s="158">
-        <v>9307</v>
+        <v>11289</v>
       </c>
       <c r="D26" s="158">
         <v>5575</v>
       </c>
       <c r="E26" s="158">
-        <v>825772</v>
+        <v>829591</v>
       </c>
       <c r="F26" s="158">
         <v>6000</v>
       </c>
       <c r="G26" s="158">
-        <v>103420</v>
+        <v>96875</v>
       </c>
       <c r="H26" s="158">
-        <v>83733</v>
+        <v>85528</v>
       </c>
       <c r="I26" s="158">
         <v>45406</v>
       </c>
       <c r="J26" s="160">
         <v>8237</v>
       </c>
       <c r="K26" s="162">
-        <v>20899</v>
+        <v>23112</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>240</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>241</v>
       </c>
       <c r="B28" s="158">
-        <v>870702</v>
+        <v>872756</v>
       </c>
       <c r="C28" s="158">
-        <v>3573</v>
+        <v>4015</v>
       </c>
       <c r="D28" s="158">
         <v>35150</v>
       </c>
       <c r="E28" s="158">
-        <v>675567</v>
+        <v>676884</v>
       </c>
       <c r="F28" s="158">
         <v>25302</v>
       </c>
       <c r="G28" s="158">
-        <v>61969</v>
+        <v>61556</v>
       </c>
       <c r="H28" s="158">
-        <v>69142</v>
+        <v>69849</v>
       </c>
       <c r="I28" s="158">
         <v>48653</v>
       </c>
       <c r="J28" s="160">
         <v>831</v>
       </c>
       <c r="K28" s="162">
-        <v>18520</v>
+        <v>19355</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>242</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>243</v>
       </c>
       <c r="B30" s="158">
-        <v>2313549</v>
+        <v>2365606</v>
       </c>
       <c r="C30" s="158">
-        <v>18072</v>
+        <v>8539</v>
       </c>
       <c r="D30" s="193">
         <v>0</v>
       </c>
       <c r="E30" s="158">
-        <v>2053057</v>
+        <v>2114189</v>
       </c>
       <c r="F30" s="158">
         <v>33000</v>
       </c>
       <c r="G30" s="158">
-        <v>55944</v>
+        <v>54811</v>
       </c>
       <c r="H30" s="158">
-        <v>153477</v>
+        <v>155066</v>
       </c>
       <c r="I30" s="158">
         <v>87303</v>
       </c>
       <c r="J30" s="160">
-        <v>25960</v>
+        <v>24943</v>
       </c>
       <c r="K30" s="162">
-        <v>40295</v>
+        <v>41483</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>244</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>245</v>
       </c>
       <c r="B32" s="164">
-        <v>2826992</v>
+        <v>2841340</v>
       </c>
       <c r="C32" s="164">
-        <v>106866</v>
+        <v>112807</v>
       </c>
       <c r="D32" s="164">
-        <v>10023</v>
+        <v>10015</v>
       </c>
       <c r="E32" s="164">
-        <v>2306766</v>
+        <v>2323579</v>
       </c>
       <c r="F32" s="164">
-        <v>52140</v>
+        <v>53140</v>
       </c>
       <c r="G32" s="164">
-        <v>153201</v>
+        <v>142295</v>
       </c>
       <c r="H32" s="164">
-        <v>197996</v>
+        <v>199505</v>
       </c>
       <c r="I32" s="164">
         <v>110735</v>
       </c>
       <c r="J32" s="166">
         <v>15581</v>
       </c>
       <c r="K32" s="168">
-        <v>76988</v>
+        <v>78784</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>246</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -24162,56 +24162,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -24286,278 +24286,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>101</v>
       </c>
       <c r="B9" s="145">
-        <v>4179283</v>
+        <v>4352343</v>
       </c>
       <c r="C9" s="145">
-        <v>35458</v>
+        <v>37348</v>
       </c>
       <c r="D9" s="145">
-        <v>303671</v>
+        <v>356984</v>
       </c>
       <c r="E9" s="145">
-        <v>262933</v>
+        <v>270337</v>
       </c>
       <c r="F9" s="172">
-        <v>340359</v>
+        <v>365097</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>489772</v>
+        <v>522115</v>
       </c>
       <c r="I9" s="145">
-        <v>143572</v>
+        <v>142853</v>
       </c>
       <c r="J9" s="148">
-        <v>2517559</v>
+        <v>2567935</v>
       </c>
       <c r="K9" s="151">
-        <v>85958</v>
+        <v>89674</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>104</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>247</v>
       </c>
       <c r="B11" s="158">
-        <v>898351</v>
+        <v>934471</v>
       </c>
       <c r="C11" s="158">
-        <v>6011</v>
+        <v>9565</v>
       </c>
       <c r="D11" s="158">
-        <v>51959</v>
+        <v>57557</v>
       </c>
       <c r="E11" s="158">
-        <v>37571</v>
+        <v>44789</v>
       </c>
       <c r="F11" s="178">
-        <v>117990</v>
+        <v>118680</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>83200</v>
+        <v>82509</v>
       </c>
       <c r="I11" s="158">
-        <v>22254</v>
+        <v>23099</v>
       </c>
       <c r="J11" s="160">
-        <v>515174</v>
+        <v>531316</v>
       </c>
       <c r="K11" s="162">
-        <v>64192</v>
+        <v>66955</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>248</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>249</v>
       </c>
       <c r="B13" s="158">
-        <v>1005460</v>
+        <v>1070413</v>
       </c>
       <c r="C13" s="158">
-        <v>15468</v>
+        <v>15356</v>
       </c>
       <c r="D13" s="158">
-        <v>138691</v>
+        <v>203414</v>
       </c>
       <c r="E13" s="158">
-        <v>58016</v>
+        <v>52477</v>
       </c>
       <c r="F13" s="183">
-        <v>127757</v>
+        <v>138107</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>87303</v>
+        <v>96640</v>
       </c>
       <c r="J13" s="160">
-        <v>540758</v>
+        <v>527977</v>
       </c>
       <c r="K13" s="162">
-        <v>37466</v>
+        <v>36440</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>250</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>251</v>
       </c>
       <c r="B15" s="158">
-        <v>3031951</v>
+        <v>3000512</v>
       </c>
       <c r="C15" s="158">
-        <v>29751</v>
+        <v>28568</v>
       </c>
       <c r="D15" s="158">
-        <v>118329</v>
+        <v>121951</v>
       </c>
       <c r="E15" s="158">
-        <v>144929</v>
+        <v>143875</v>
       </c>
       <c r="F15" s="183">
-        <v>158291</v>
+        <v>170597</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
-        <v>532876</v>
+        <v>545986</v>
       </c>
       <c r="I15" s="158">
-        <v>133354</v>
+        <v>130637</v>
       </c>
       <c r="J15" s="160">
-        <v>1864001</v>
+        <v>1814918</v>
       </c>
       <c r="K15" s="162">
-        <v>50420</v>
+        <v>43981</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>252</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>253</v>
       </c>
       <c r="B17" s="164">
-        <v>392055</v>
+        <v>388405</v>
       </c>
       <c r="C17" s="164">
-        <v>2886</v>
+        <v>2779</v>
       </c>
       <c r="D17" s="164">
-        <v>16651</v>
+        <v>16452</v>
       </c>
       <c r="E17" s="164">
-        <v>28836</v>
+        <v>27786</v>
       </c>
       <c r="F17" s="183">
-        <v>46493</v>
+        <v>47549</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>35013</v>
+        <v>35354</v>
       </c>
       <c r="I17" s="164">
-        <v>6577</v>
+        <v>5249</v>
       </c>
       <c r="J17" s="166">
-        <v>255479</v>
+        <v>253050</v>
       </c>
       <c r="K17" s="168">
-        <v>121</v>
+        <v>187</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>254</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -24655,278 +24655,278 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>101</v>
       </c>
       <c r="B24" s="145">
-        <v>4179283</v>
+        <v>4352343</v>
       </c>
       <c r="C24" s="145">
-        <v>69929</v>
+        <v>61146</v>
       </c>
       <c r="D24" s="145">
         <v>2276</v>
       </c>
       <c r="E24" s="145">
-        <v>3530510</v>
+        <v>3680177</v>
       </c>
       <c r="F24" s="145">
-        <v>21510</v>
+        <v>23820</v>
       </c>
       <c r="G24" s="145">
-        <v>269331</v>
+        <v>292244</v>
       </c>
       <c r="H24" s="145">
-        <v>285726</v>
+        <v>292681</v>
       </c>
       <c r="I24" s="145">
         <v>146320</v>
       </c>
       <c r="J24" s="148">
-        <v>36439</v>
+        <v>36574</v>
       </c>
       <c r="K24" s="151">
-        <v>96871</v>
+        <v>101464</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>104</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>247</v>
       </c>
       <c r="B26" s="158">
-        <v>898351</v>
+        <v>934471</v>
       </c>
       <c r="C26" s="158">
-        <v>10911</v>
+        <v>9591</v>
       </c>
       <c r="D26" s="158">
         <v>181</v>
       </c>
       <c r="E26" s="158">
-        <v>671702</v>
+        <v>685954</v>
       </c>
       <c r="F26" s="158">
-        <v>23969</v>
+        <v>26685</v>
       </c>
       <c r="G26" s="158">
-        <v>114498</v>
+        <v>133603</v>
       </c>
       <c r="H26" s="158">
-        <v>77091</v>
+        <v>78457</v>
       </c>
       <c r="I26" s="158">
         <v>47036</v>
       </c>
       <c r="J26" s="160">
-        <v>8051</v>
+        <v>8054</v>
       </c>
       <c r="K26" s="162">
-        <v>23163</v>
+        <v>24058</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>248</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>249</v>
       </c>
       <c r="B28" s="158">
-        <v>1005460</v>
+        <v>1070413</v>
       </c>
       <c r="C28" s="158">
-        <v>12845</v>
+        <v>835</v>
       </c>
       <c r="D28" s="193">
         <v>0</v>
       </c>
       <c r="E28" s="158">
-        <v>829010</v>
+        <v>892023</v>
       </c>
       <c r="F28" s="158">
-        <v>3072</v>
+        <v>3143</v>
       </c>
       <c r="G28" s="158">
-        <v>58971</v>
+        <v>71897</v>
       </c>
       <c r="H28" s="158">
-        <v>101561</v>
+        <v>102514</v>
       </c>
       <c r="I28" s="158">
         <v>84250</v>
       </c>
       <c r="J28" s="195">
         <v>0</v>
       </c>
       <c r="K28" s="162">
-        <v>16830</v>
+        <v>17975</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>250</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>251</v>
       </c>
       <c r="B30" s="158">
-        <v>3031951</v>
+        <v>3000512</v>
       </c>
       <c r="C30" s="158">
-        <v>29075</v>
+        <v>28776</v>
       </c>
       <c r="D30" s="158">
-        <v>6716</v>
+        <v>6697</v>
       </c>
       <c r="E30" s="158">
-        <v>2509878</v>
+        <v>2487493</v>
       </c>
       <c r="F30" s="158">
         <v>20050</v>
       </c>
       <c r="G30" s="158">
-        <v>255648</v>
+        <v>243180</v>
       </c>
       <c r="H30" s="158">
-        <v>210584</v>
+        <v>214317</v>
       </c>
       <c r="I30" s="158">
         <v>122992</v>
       </c>
       <c r="J30" s="160">
         <v>30186</v>
       </c>
       <c r="K30" s="162">
-        <v>56980</v>
+        <v>60884</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>252</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>253</v>
       </c>
       <c r="B32" s="164">
-        <v>392055</v>
+        <v>388405</v>
       </c>
       <c r="C32" s="164">
-        <v>3340</v>
+        <v>1620</v>
       </c>
       <c r="D32" s="164">
-        <v>2006</v>
+        <v>3006</v>
       </c>
       <c r="E32" s="164">
-        <v>342151</v>
+        <v>337844</v>
       </c>
       <c r="F32" s="197">
         <v>0</v>
       </c>
       <c r="G32" s="164">
-        <v>8815</v>
+        <v>9785</v>
       </c>
       <c r="H32" s="164">
-        <v>35743</v>
+        <v>36150</v>
       </c>
       <c r="I32" s="164">
         <v>19576</v>
       </c>
       <c r="J32" s="166">
         <v>406</v>
       </c>
       <c r="K32" s="168">
-        <v>15942</v>
+        <v>16234</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>254</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="38"/>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="7"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
@@ -25189,56 +25189,56 @@
       <c r="I2" s="103"/>
       <c r="J2" s="103"/>
       <c r="K2" s="103"/>
     </row>
     <row r="3" spans="1:11" ht="18.6" customHeight="1">
       <c r="A3" s="104" t="s">
         <v>170</v>
       </c>
       <c r="B3" s="104"/>
       <c r="C3" s="104"/>
       <c r="D3" s="104"/>
       <c r="E3" s="104"/>
       <c r="F3" s="104"/>
       <c r="G3" s="104"/>
       <c r="H3" s="104"/>
       <c r="I3" s="104"/>
       <c r="J3" s="104"/>
       <c r="K3" s="104"/>
     </row>
     <row r="4" spans="1:11" ht="18.6" customHeight="1" thickBot="1">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="108" t="str">
         <f>'10-1'!D4:E4</f>
-        <v>民國114年10月底</v>
+        <v>民國114年12月底</v>
       </c>
       <c r="E4" s="108"/>
       <c r="F4" s="58" t="str">
         <f>'10-1'!F4:G4</f>
-        <v> End of Oct. 2025</v>
+        <v> End of Dec. 2025</v>
       </c>
       <c r="G4" s="59"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="37" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="5" spans="1:11" ht="15" customHeight="1">
       <c r="A5" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="28" t="s">
         <v>54</v>
       </c>
       <c r="D5" s="28" t="s">
         <v>45</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>139</v>
       </c>
@@ -25313,228 +25313,228 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="142" t="s">
         <v>103</v>
       </c>
       <c r="B9" s="145">
-        <v>5710271</v>
+        <v>5765573</v>
       </c>
       <c r="C9" s="145">
-        <v>75683</v>
+        <v>57155</v>
       </c>
       <c r="D9" s="145">
-        <v>381431</v>
+        <v>400847</v>
       </c>
       <c r="E9" s="145">
-        <v>272294</v>
+        <v>295194</v>
       </c>
       <c r="F9" s="172">
-        <v>334357</v>
+        <v>350691</v>
       </c>
       <c r="G9" s="175">
         <v>0</v>
       </c>
       <c r="H9" s="145">
-        <v>851901</v>
+        <v>886706</v>
       </c>
       <c r="I9" s="145">
-        <v>205148</v>
+        <v>187896</v>
       </c>
       <c r="J9" s="148">
-        <v>3411272</v>
+        <v>3398825</v>
       </c>
       <c r="K9" s="151">
-        <v>178185</v>
+        <v>188259</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="154" t="s">
         <v>106</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>255</v>
       </c>
       <c r="B11" s="158">
-        <v>64662</v>
+        <v>65360</v>
       </c>
       <c r="C11" s="158">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="D11" s="158">
-        <v>5036</v>
+        <v>6189</v>
       </c>
       <c r="E11" s="193">
         <v>0</v>
       </c>
       <c r="F11" s="178">
-        <v>17299</v>
+        <v>14111</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="158">
-        <v>841</v>
+        <v>543</v>
       </c>
       <c r="I11" s="158">
-        <v>1133</v>
+        <v>1074</v>
       </c>
       <c r="J11" s="160">
-        <v>32273</v>
+        <v>37678</v>
       </c>
       <c r="K11" s="162">
-        <v>7833</v>
+        <v>5515</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>256</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="181" t="s">
         <v>257</v>
       </c>
       <c r="B13" s="158">
-        <v>101758</v>
+        <v>104880</v>
       </c>
       <c r="C13" s="158">
-        <v>169</v>
+        <v>117</v>
       </c>
       <c r="D13" s="158">
-        <v>6999</v>
+        <v>7932</v>
       </c>
       <c r="E13" s="193">
         <v>0</v>
       </c>
       <c r="F13" s="183">
-        <v>13408</v>
+        <v>13514</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="158">
-        <v>4030</v>
+        <v>4350</v>
       </c>
       <c r="I13" s="158">
-        <v>292</v>
+        <v>313</v>
       </c>
       <c r="J13" s="160">
-        <v>73185</v>
+        <v>75067</v>
       </c>
       <c r="K13" s="162">
-        <v>3675</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="187" t="s">
         <v>258</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>259</v>
       </c>
       <c r="B15" s="158">
-        <v>55765</v>
+        <v>54923</v>
       </c>
       <c r="C15" s="158">
         <v>2</v>
       </c>
       <c r="D15" s="158">
-        <v>2809</v>
+        <v>2768</v>
       </c>
       <c r="E15" s="158">
-        <v>3486</v>
+        <v>3751</v>
       </c>
       <c r="F15" s="183">
-        <v>16197</v>
+        <v>15999</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="158">
         <v>600</v>
       </c>
       <c r="I15" s="158">
-        <v>498</v>
+        <v>550</v>
       </c>
       <c r="J15" s="160">
-        <v>22278</v>
+        <v>22398</v>
       </c>
       <c r="K15" s="162">
-        <v>9896</v>
+        <v>8855</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>260</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="40"/>
       <c r="B17" s="72"/>
       <c r="C17" s="72"/>
       <c r="D17" s="72"/>
       <c r="E17" s="72"/>
       <c r="F17" s="95"/>
       <c r="G17" s="96"/>
@@ -25658,228 +25658,228 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="18" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="47" t="s">
         <v>32</v>
       </c>
       <c r="J23" s="48" t="s">
         <v>33</v>
       </c>
       <c r="K23" s="49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="142" t="s">
         <v>103</v>
       </c>
       <c r="B24" s="145">
-        <v>5710271</v>
+        <v>5765573</v>
       </c>
       <c r="C24" s="145">
-        <v>142508</v>
+        <v>114015</v>
       </c>
       <c r="D24" s="145">
         <v>63</v>
       </c>
       <c r="E24" s="145">
-        <v>4667534</v>
+        <v>4752227</v>
       </c>
       <c r="F24" s="145">
-        <v>77500</v>
+        <v>76500</v>
       </c>
       <c r="G24" s="145">
-        <v>405650</v>
+        <v>391797</v>
       </c>
       <c r="H24" s="145">
-        <v>417016</v>
+        <v>430971</v>
       </c>
       <c r="I24" s="145">
         <v>171285</v>
       </c>
       <c r="J24" s="148">
-        <v>31048</v>
+        <v>31167</v>
       </c>
       <c r="K24" s="151">
-        <v>226294</v>
+        <v>237817</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="154" t="s">
         <v>106</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>255</v>
       </c>
       <c r="B26" s="158">
-        <v>64662</v>
+        <v>65360</v>
       </c>
       <c r="C26" s="193">
         <v>0</v>
       </c>
       <c r="D26" s="193">
         <v>0</v>
       </c>
       <c r="E26" s="158">
-        <v>54909</v>
+        <v>56250</v>
       </c>
       <c r="F26" s="193">
         <v>0</v>
       </c>
       <c r="G26" s="158">
-        <v>1802</v>
+        <v>1307</v>
       </c>
       <c r="H26" s="158">
-        <v>7950</v>
+        <v>7803</v>
       </c>
       <c r="I26" s="158">
         <v>10000</v>
       </c>
       <c r="J26" s="195">
         <v>0</v>
       </c>
       <c r="K26" s="162">
-        <v>-2106</v>
+        <v>-2261</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>256</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>257</v>
       </c>
       <c r="B28" s="158">
-        <v>101758</v>
+        <v>104880</v>
       </c>
       <c r="C28" s="158">
-        <v>1022</v>
+        <v>777</v>
       </c>
       <c r="D28" s="193">
         <v>0</v>
       </c>
       <c r="E28" s="158">
-        <v>83975</v>
+        <v>87426</v>
       </c>
       <c r="F28" s="193">
         <v>0</v>
       </c>
       <c r="G28" s="158">
-        <v>800</v>
+        <v>721</v>
       </c>
       <c r="H28" s="158">
-        <v>15961</v>
+        <v>15956</v>
       </c>
       <c r="I28" s="158">
         <v>20000</v>
       </c>
       <c r="J28" s="195">
         <v>0</v>
       </c>
       <c r="K28" s="162">
-        <v>-4051</v>
+        <v>-4060</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>258</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>259</v>
       </c>
       <c r="B30" s="158">
-        <v>55765</v>
+        <v>54923</v>
       </c>
       <c r="C30" s="158">
-        <v>4350</v>
+        <v>5150</v>
       </c>
       <c r="D30" s="193">
         <v>0</v>
       </c>
       <c r="E30" s="158">
-        <v>41896</v>
+        <v>40296</v>
       </c>
       <c r="F30" s="193">
         <v>0</v>
       </c>
       <c r="G30" s="158">
-        <v>2283</v>
+        <v>2309</v>
       </c>
       <c r="H30" s="158">
-        <v>7236</v>
+        <v>7169</v>
       </c>
       <c r="I30" s="158">
         <v>10000</v>
       </c>
       <c r="J30" s="195">
         <v>0</v>
       </c>
       <c r="K30" s="162">
-        <v>-2707</v>
+        <v>-2779</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>260</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="40"/>
       <c r="B32" s="72"/>
       <c r="C32" s="72"/>
       <c r="D32" s="72"/>
       <c r="E32" s="72"/>
       <c r="F32" s="72"/>
       <c r="G32" s="72"/>
@@ -26286,278 +26286,278 @@
       </c>
       <c r="K7" s="65" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11" ht="21" customHeight="1" thickBot="1">
       <c r="A8" s="23" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="45"/>
       <c r="C8" s="45"/>
       <c r="D8" s="45"/>
       <c r="E8" s="45"/>
       <c r="F8" s="67"/>
       <c r="G8" s="48"/>
       <c r="H8" s="45"/>
       <c r="I8" s="45"/>
       <c r="J8" s="45"/>
       <c r="K8" s="67"/>
     </row>
     <row r="9" spans="1:11" ht="12.6" customHeight="1">
       <c r="A9" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="146">
-        <v>3939424</v>
+        <v>4219942</v>
       </c>
       <c r="C9" s="146">
-        <v>18644</v>
+        <v>12425</v>
       </c>
       <c r="D9" s="146">
-        <v>218908</v>
+        <v>231588</v>
       </c>
       <c r="E9" s="146">
-        <v>258123</v>
+        <v>299112</v>
       </c>
       <c r="F9" s="173">
-        <v>154404</v>
+        <v>156317</v>
       </c>
       <c r="G9" s="176">
         <v>0</v>
       </c>
       <c r="H9" s="146">
-        <v>86478</v>
+        <v>81280</v>
       </c>
       <c r="I9" s="146">
-        <v>274268</v>
+        <v>409964</v>
       </c>
       <c r="J9" s="149">
-        <v>1258092</v>
+        <v>1404883</v>
       </c>
       <c r="K9" s="152">
-        <v>1670505</v>
+        <v>1624372</v>
       </c>
     </row>
     <row r="10" spans="1:11" ht="11.1" customHeight="1">
       <c r="A10" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B10" s="86"/>
       <c r="C10" s="86"/>
       <c r="D10" s="86"/>
       <c r="E10" s="86"/>
       <c r="F10" s="111"/>
       <c r="G10" s="112"/>
       <c r="H10" s="86"/>
       <c r="I10" s="86"/>
       <c r="J10" s="88"/>
       <c r="K10" s="94"/>
     </row>
     <row r="11" spans="1:11" ht="12.6" customHeight="1">
       <c r="A11" s="156" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="158">
-        <v>627963</v>
+        <v>681379</v>
       </c>
       <c r="C11" s="158">
-        <v>4572</v>
+        <v>2942</v>
       </c>
       <c r="D11" s="158">
-        <v>23426</v>
+        <v>29263</v>
       </c>
       <c r="E11" s="158">
-        <v>10365</v>
+        <v>14749</v>
       </c>
       <c r="F11" s="178">
-        <v>42413</v>
+        <v>43546</v>
       </c>
       <c r="G11" s="180">
         <v>0</v>
       </c>
       <c r="H11" s="193">
         <v>0</v>
       </c>
       <c r="I11" s="158">
-        <v>17417</v>
+        <v>15588</v>
       </c>
       <c r="J11" s="160">
-        <v>269140</v>
+        <v>282229</v>
       </c>
       <c r="K11" s="162">
-        <v>260630</v>
+        <v>293063</v>
       </c>
     </row>
     <row r="12" spans="1:11" ht="11.1" customHeight="1">
       <c r="A12" s="154" t="s">
         <v>105</v>
       </c>
       <c r="B12" s="75"/>
       <c r="C12" s="75"/>
       <c r="D12" s="75"/>
       <c r="E12" s="75"/>
       <c r="F12" s="97"/>
       <c r="G12" s="98"/>
       <c r="H12" s="75"/>
       <c r="I12" s="75"/>
       <c r="J12" s="83"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="12.6" customHeight="1">
       <c r="A13" s="156" t="s">
         <v>261</v>
       </c>
       <c r="B13" s="158">
-        <v>203398</v>
+        <v>140904</v>
       </c>
       <c r="C13" s="158">
-        <v>425</v>
+        <v>399</v>
       </c>
       <c r="D13" s="158">
-        <v>11786</v>
+        <v>13597</v>
       </c>
       <c r="E13" s="158">
-        <v>7834</v>
+        <v>10403</v>
       </c>
       <c r="F13" s="183">
-        <v>10987</v>
+        <v>10912</v>
       </c>
       <c r="G13" s="185">
         <v>0</v>
       </c>
       <c r="H13" s="193">
         <v>0</v>
       </c>
       <c r="I13" s="158">
-        <v>392</v>
+        <v>20898</v>
       </c>
       <c r="J13" s="160">
-        <v>19826</v>
+        <v>35669</v>
       </c>
       <c r="K13" s="162">
-        <v>152149</v>
+        <v>49026</v>
       </c>
     </row>
     <row r="14" spans="1:11" ht="11.1" customHeight="1">
       <c r="A14" s="154" t="s">
         <v>262</v>
       </c>
       <c r="B14" s="75"/>
       <c r="C14" s="75"/>
       <c r="D14" s="75"/>
       <c r="E14" s="75"/>
       <c r="F14" s="97"/>
       <c r="G14" s="98"/>
       <c r="H14" s="75"/>
       <c r="I14" s="75"/>
       <c r="J14" s="83"/>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11" ht="12.6" customHeight="1">
       <c r="A15" s="156" t="s">
         <v>263</v>
       </c>
       <c r="B15" s="158">
-        <v>24237</v>
+        <v>27383</v>
       </c>
       <c r="C15" s="158">
-        <v>143</v>
+        <v>695</v>
       </c>
       <c r="D15" s="158">
-        <v>4026</v>
+        <v>4696</v>
       </c>
       <c r="E15" s="158">
-        <v>259</v>
+        <v>383</v>
       </c>
       <c r="F15" s="183">
-        <v>1574</v>
+        <v>2559</v>
       </c>
       <c r="G15" s="185">
         <v>0</v>
       </c>
       <c r="H15" s="193">
         <v>0</v>
       </c>
       <c r="I15" s="158">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="J15" s="160">
-        <v>18382</v>
+        <v>19337</v>
       </c>
       <c r="K15" s="162">
-        <v>-214</v>
+        <v>-330</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="11.1" customHeight="1">
       <c r="A16" s="154" t="s">
         <v>264</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="75"/>
       <c r="D16" s="75"/>
       <c r="E16" s="75"/>
       <c r="F16" s="97"/>
       <c r="G16" s="98"/>
       <c r="H16" s="75"/>
       <c r="I16" s="75"/>
       <c r="J16" s="83"/>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11" ht="12.6" customHeight="1">
       <c r="A17" s="156" t="s">
         <v>265</v>
       </c>
       <c r="B17" s="164">
-        <v>7111</v>
+        <v>12146</v>
       </c>
       <c r="C17" s="164">
-        <v>171</v>
+        <v>96</v>
       </c>
       <c r="D17" s="164">
-        <v>152</v>
+        <v>519</v>
       </c>
       <c r="E17" s="164">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F17" s="199">
         <v>0</v>
       </c>
       <c r="G17" s="185">
         <v>0</v>
       </c>
       <c r="H17" s="164">
-        <v>1705</v>
+        <v>2450</v>
       </c>
       <c r="I17" s="164">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="J17" s="166">
-        <v>4940</v>
+        <v>8936</v>
       </c>
       <c r="K17" s="168">
-        <v>57</v>
+        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A18" s="170" t="s">
         <v>266</v>
       </c>
       <c r="B18" s="73"/>
       <c r="C18" s="73"/>
       <c r="D18" s="73"/>
       <c r="E18" s="73"/>
       <c r="F18" s="100"/>
       <c r="G18" s="101"/>
       <c r="H18" s="73"/>
       <c r="I18" s="73"/>
       <c r="J18" s="77"/>
       <c r="K18" s="79"/>
     </row>
     <row r="19" spans="1:11" ht="7.5" customHeight="1" thickBot="1">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="4"/>
       <c r="F19" s="4"/>
       <c r="G19" s="4"/>
@@ -26655,275 +26655,275 @@
       <c r="A23" s="106"/>
       <c r="B23" s="45"/>
       <c r="C23" s="107"/>
       <c r="D23" s="45"/>
       <c r="E23" s="107"/>
       <c r="F23" s="45"/>
       <c r="G23" s="45"/>
       <c r="H23" s="19" t="s">
         <v>3</v>
       </c>
       <c r="I23" s="45" t="s">
         <v>115</v>
       </c>
       <c r="J23" s="45" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="46" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="12.6" customHeight="1">
       <c r="A24" s="143" t="s">
         <v>11</v>
       </c>
       <c r="B24" s="146">
-        <v>3939424</v>
+        <v>4219942</v>
       </c>
       <c r="C24" s="146">
-        <v>675707</v>
+        <v>709200</v>
       </c>
       <c r="D24" s="146">
-        <v>30745</v>
+        <v>32845</v>
       </c>
       <c r="E24" s="146">
-        <v>1883746</v>
+        <v>1883456</v>
       </c>
       <c r="F24" s="146">
-        <v>885529</v>
+        <v>1104983</v>
       </c>
       <c r="G24" s="146">
-        <v>306469</v>
+        <v>329756</v>
       </c>
       <c r="H24" s="146">
-        <v>157228</v>
+        <v>159700</v>
       </c>
       <c r="I24" s="146">
         <v>43995</v>
       </c>
       <c r="J24" s="149">
-        <v>113304</v>
+        <v>115450</v>
       </c>
       <c r="K24" s="152">
-        <v>-71</v>
+        <v>255</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="11.1" customHeight="1">
       <c r="A25" s="155" t="s">
         <v>198</v>
       </c>
       <c r="B25" s="86"/>
       <c r="C25" s="86"/>
       <c r="D25" s="86"/>
       <c r="E25" s="86"/>
       <c r="F25" s="86"/>
       <c r="G25" s="86"/>
       <c r="H25" s="86"/>
       <c r="I25" s="86"/>
       <c r="J25" s="88"/>
       <c r="K25" s="94"/>
     </row>
     <row r="26" spans="1:11" ht="12.6" customHeight="1">
       <c r="A26" s="156" t="s">
         <v>14</v>
       </c>
       <c r="B26" s="158">
-        <v>627963</v>
+        <v>681379</v>
       </c>
       <c r="C26" s="158">
-        <v>88700</v>
+        <v>104067</v>
       </c>
       <c r="D26" s="158">
-        <v>2341</v>
+        <v>2013</v>
       </c>
       <c r="E26" s="158">
-        <v>344952</v>
+        <v>378458</v>
       </c>
       <c r="F26" s="158">
-        <v>152444</v>
+        <v>157027</v>
       </c>
       <c r="G26" s="158">
-        <v>10393</v>
+        <v>10107</v>
       </c>
       <c r="H26" s="158">
-        <v>29133</v>
+        <v>29707</v>
       </c>
       <c r="I26" s="158">
         <v>4454</v>
       </c>
       <c r="J26" s="160">
-        <v>24640</v>
+        <v>25239</v>
       </c>
       <c r="K26" s="162">
-        <v>39</v>
+        <v>14</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="11.1" customHeight="1">
       <c r="A27" s="154" t="s">
         <v>105</v>
       </c>
       <c r="B27" s="75"/>
       <c r="C27" s="75"/>
       <c r="D27" s="75"/>
       <c r="E27" s="75"/>
       <c r="F27" s="75"/>
       <c r="G27" s="75"/>
       <c r="H27" s="75"/>
       <c r="I27" s="75"/>
       <c r="J27" s="83"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="12.6" customHeight="1">
       <c r="A28" s="156" t="s">
         <v>261</v>
       </c>
       <c r="B28" s="158">
-        <v>203398</v>
+        <v>140904</v>
       </c>
       <c r="C28" s="193">
         <v>0</v>
       </c>
       <c r="D28" s="158">
-        <v>1653</v>
+        <v>882</v>
       </c>
       <c r="E28" s="158">
-        <v>169208</v>
+        <v>75992</v>
       </c>
       <c r="F28" s="158">
-        <v>4101</v>
+        <v>40793</v>
       </c>
       <c r="G28" s="158">
-        <v>15050</v>
+        <v>9568</v>
       </c>
       <c r="H28" s="158">
-        <v>13386</v>
+        <v>13669</v>
       </c>
       <c r="I28" s="158">
         <v>390</v>
       </c>
       <c r="J28" s="160">
-        <v>12979</v>
+        <v>13256</v>
       </c>
       <c r="K28" s="162">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="11.1" customHeight="1">
       <c r="A29" s="154" t="s">
         <v>262</v>
       </c>
       <c r="B29" s="75"/>
       <c r="C29" s="75"/>
       <c r="D29" s="75"/>
       <c r="E29" s="75"/>
       <c r="F29" s="75"/>
       <c r="G29" s="75"/>
       <c r="H29" s="75"/>
       <c r="I29" s="75"/>
       <c r="J29" s="83"/>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="12.6" customHeight="1">
       <c r="A30" s="156" t="s">
         <v>263</v>
       </c>
       <c r="B30" s="158">
-        <v>24237</v>
+        <v>27383</v>
       </c>
       <c r="C30" s="158">
-        <v>4305</v>
+        <v>2829</v>
       </c>
       <c r="D30" s="158">
-        <v>169</v>
+        <v>666</v>
       </c>
       <c r="E30" s="158">
-        <v>8400</v>
+        <v>8416</v>
       </c>
       <c r="F30" s="158">
-        <v>5535</v>
+        <v>9589</v>
       </c>
       <c r="G30" s="158">
-        <v>571</v>
+        <v>590</v>
       </c>
       <c r="H30" s="158">
-        <v>5257</v>
+        <v>5294</v>
       </c>
       <c r="I30" s="158">
         <v>1000</v>
       </c>
       <c r="J30" s="160">
-        <v>4241</v>
+        <v>4248</v>
       </c>
       <c r="K30" s="162">
-        <v>16</v>
+        <v>46</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="11.1" customHeight="1">
       <c r="A31" s="154" t="s">
         <v>264</v>
       </c>
       <c r="B31" s="75"/>
       <c r="C31" s="75"/>
       <c r="D31" s="75"/>
       <c r="E31" s="75"/>
       <c r="F31" s="75"/>
       <c r="G31" s="75"/>
       <c r="H31" s="75"/>
       <c r="I31" s="75"/>
       <c r="J31" s="83"/>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11" ht="12.6" customHeight="1">
       <c r="A32" s="156" t="s">
         <v>265</v>
       </c>
       <c r="B32" s="164">
-        <v>7111</v>
+        <v>12146</v>
       </c>
       <c r="C32" s="197">
         <v>0</v>
       </c>
       <c r="D32" s="164">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="E32" s="164">
-        <v>159</v>
+        <v>529</v>
       </c>
       <c r="F32" s="164">
-        <v>5673</v>
+        <v>10359</v>
       </c>
       <c r="G32" s="164">
-        <v>225</v>
+        <v>212</v>
       </c>
       <c r="H32" s="164">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="I32" s="164">
         <v>665</v>
       </c>
       <c r="J32" s="166">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="K32" s="168">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="11.1" customHeight="1" thickBot="1">
       <c r="A33" s="170" t="s">
         <v>266</v>
       </c>
       <c r="B33" s="73"/>
       <c r="C33" s="73"/>
       <c r="D33" s="73"/>
       <c r="E33" s="73"/>
       <c r="F33" s="73"/>
       <c r="G33" s="73"/>
       <c r="H33" s="73"/>
       <c r="I33" s="73"/>
       <c r="J33" s="77"/>
       <c r="K33" s="79"/>
     </row>
     <row r="34" spans="1:11" ht="13.5" customHeight="1">
       <c r="A34" s="7" t="s">
         <v>136</v>
       </c>
       <c r="B34" s="7"/>