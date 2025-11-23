--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -2867,80 +2867,80 @@
       <c r="E8" s="58"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="56" t="s">
         <v>30</v>
       </c>
       <c r="I8" s="57"/>
     </row>
     <row r="9" spans="1:9" ht="19.5" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="67">
         <v>34337</v>
       </c>
       <c r="C9" s="69">
         <v>31950</v>
       </c>
       <c r="D9" s="98">
         <v>7.47</v>
       </c>
       <c r="E9" s="100" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="75">
-        <v>66130</v>
+        <v>66135</v>
       </c>
       <c r="G9" s="69">
         <v>64201</v>
       </c>
       <c r="H9" s="71">
-        <v>3</v>
+        <v>3.01</v>
       </c>
       <c r="I9" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="19.5" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="69">
         <v>1547834</v>
       </c>
       <c r="C10" s="69">
         <v>1666104</v>
       </c>
       <c r="D10" s="102">
         <v>-7.1</v>
       </c>
       <c r="E10" s="104" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="75">
-        <v>975738</v>
+        <v>975746</v>
       </c>
       <c r="G10" s="69">
         <v>933033</v>
       </c>
       <c r="H10" s="71">
         <v>4.58</v>
       </c>
       <c r="I10" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="19.5" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="69">
         <v>193888</v>
       </c>
       <c r="C11" s="69">
         <v>198374</v>
       </c>
       <c r="D11" s="102">
         <v>-2.26</v>
       </c>
       <c r="E11" s="104" t="s">
@@ -3304,51 +3304,51 @@
       </c>
       <c r="H23" s="71">
         <v>10.19</v>
       </c>
       <c r="I23" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="19.5" customHeight="1">
       <c r="A24" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="84">
         <v>515944.76</v>
       </c>
       <c r="C24" s="84">
         <v>555367.99</v>
       </c>
       <c r="D24" s="102">
         <v>-7.1</v>
       </c>
       <c r="E24" s="106" t="s">
         <v>42</v>
       </c>
       <c r="F24" s="88">
-        <v>3107.45</v>
+        <v>3107.47</v>
       </c>
       <c r="G24" s="84">
         <v>2990.49</v>
       </c>
       <c r="H24" s="71">
         <v>3.91</v>
       </c>
       <c r="I24" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="19.5" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="84">
         <v>30980.55</v>
       </c>
       <c r="C25" s="84">
         <v>27324.16</v>
       </c>
       <c r="D25" s="102">
         <v>13.38</v>
       </c>
       <c r="E25" s="106" t="s">