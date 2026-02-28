--- v1 (2025-11-23)
+++ v2 (2026-02-28)
@@ -25,51 +25,51 @@
     <sheet name="1-2" sheetId="1" r:id="rId1"/>
     <sheet name="1-2(續)" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="Print_Area" localSheetId="0">'1-2'!$A$1:$I$32</definedName>
     <definedName name="Print_Area" localSheetId="1">'1-2(續)'!$A$1:$I$32</definedName>
     <definedName name="外部資料_1" localSheetId="0">'1-2'!$A$1:$I$32</definedName>
     <definedName name="外部資料_1" localSheetId="1">'1-2(續)'!$A$1:$I$32</definedName>
   </definedNames>
   <calcPr fullPrecision="1" calcMode="auto" calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>　</t>
   </si>
   <si>
     <t>本國銀行</t>
   </si>
   <si>
     <t>信用合作社</t>
   </si>
   <si>
-    <t>113年</t>
+    <t>114年</t>
   </si>
   <si>
     <t xml:space="preserve"> 1-2 Operation Condition</t>
   </si>
   <si>
     <t>Domestic Banks</t>
   </si>
   <si>
     <t>Local Branches of Foreign Banks</t>
   </si>
   <si>
     <t>Credit Cooperatives</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">1.淨值 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Net worth</t>
@@ -502,57 +502,57 @@
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve"> 2.</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t>營業單位：本國銀行含國內總分行、國際金融業務分行及海外分行；外國銀行及陸銀在臺分行指其在臺分行、國際金融業務分行。</t>
     </r>
   </si>
   <si>
     <t>％</t>
   </si>
   <si>
     <t>個百分點</t>
   </si>
   <si>
+    <t xml:space="preserve"> 2025</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 2024</t>
   </si>
   <si>
-    <t xml:space="preserve"> 2023</t>
-[...2 lines deleted...]
-    <t>112年</t>
+    <t>113年</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="21">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="0.00_);[Red]\(0.00\)"/>
     <numFmt numFmtId="178" formatCode="###,##0.00_-"/>
     <numFmt numFmtId="179" formatCode="###,##0.00"/>
     <numFmt numFmtId="180" formatCode="#,##0.00;&quot;－&quot;;&quot;－&quot;"/>
     <numFmt numFmtId="181" formatCode="###,##0;&quot;-&quot;;&quot;-&quot;"/>
@@ -2011,625 +2011,625 @@
       <c r="D5" s="61"/>
       <c r="E5" s="62"/>
       <c r="F5" s="60" t="s">
         <v>6</v>
       </c>
       <c r="G5" s="61"/>
       <c r="H5" s="61"/>
       <c r="I5" s="61"/>
     </row>
     <row r="6" spans="1:9" ht="12" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="25" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="25" t="s">
         <v>46</v>
       </c>
       <c r="D6" s="48" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="63"/>
       <c r="F6" s="25" t="str">
         <f>B6</f>
-        <v>113年</v>
+        <v>114年</v>
       </c>
       <c r="G6" s="25" t="str">
         <f>C6</f>
-        <v>112年</v>
+        <v>113年</v>
       </c>
       <c r="H6" s="48" t="s">
         <v>21</v>
       </c>
       <c r="I6" s="49"/>
     </row>
     <row r="7" spans="1:9" ht="12" customHeight="1">
       <c r="A7" s="28" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="40" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="40" t="s">
         <v>45</v>
       </c>
       <c r="D7" s="46" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="47"/>
       <c r="F7" s="40" t="str">
         <f>B7</f>
-        <v> 2024</v>
+        <v> 2025</v>
       </c>
       <c r="G7" s="40" t="str">
         <f>C7</f>
-        <v> 2023</v>
+        <v> 2024</v>
       </c>
       <c r="H7" s="46" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="50"/>
     </row>
     <row r="8" spans="1:9" ht="12" customHeight="1" thickBot="1">
       <c r="A8" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="26"/>
       <c r="C8" s="26"/>
       <c r="D8" s="56" t="s">
         <v>30</v>
       </c>
       <c r="E8" s="58"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="56" t="s">
         <v>30</v>
       </c>
       <c r="I8" s="57"/>
     </row>
     <row r="9" spans="1:9" ht="19.5" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="67">
+        <v>5588124</v>
+      </c>
+      <c r="C9" s="69">
         <v>5187549</v>
       </c>
-      <c r="C9" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="71">
-        <v>7.8</v>
+        <v>7.72</v>
       </c>
       <c r="E9" s="73" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="75">
+        <v>159700</v>
+      </c>
+      <c r="G9" s="69">
         <v>146163</v>
       </c>
-      <c r="G9" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="71">
-        <v>6.52</v>
+        <v>9.26</v>
       </c>
       <c r="I9" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="19.5" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="69">
+        <v>76645665</v>
+      </c>
+      <c r="C10" s="69">
         <v>72072461</v>
       </c>
-      <c r="C10" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="71">
-        <v>7.63</v>
+        <v>6.35</v>
       </c>
       <c r="E10" s="73" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="75">
+        <v>4219942</v>
+      </c>
+      <c r="G10" s="69">
         <v>3511913</v>
       </c>
-      <c r="G10" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H10" s="71">
-        <v>2.74</v>
+        <v>20.16</v>
       </c>
       <c r="I10" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="19.5" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="69">
+        <v>61804348</v>
+      </c>
+      <c r="C11" s="69">
         <v>58300773</v>
       </c>
-      <c r="C11" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="71">
-        <v>7.6</v>
+        <v>6.01</v>
       </c>
       <c r="E11" s="73" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="75">
+        <v>1881673</v>
+      </c>
+      <c r="G11" s="69">
         <v>1286297</v>
       </c>
-      <c r="G11" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="71">
-        <v>-13.04</v>
+        <v>46.29</v>
       </c>
       <c r="I11" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="19.5" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="69">
+        <v>44767238</v>
+      </c>
+      <c r="C12" s="69">
         <v>42157050</v>
       </c>
-      <c r="C12" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="71">
-        <v>9.72</v>
+        <v>6.19</v>
       </c>
       <c r="E12" s="73" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="75">
+        <v>1404883</v>
+      </c>
+      <c r="G12" s="69">
         <v>1292915</v>
       </c>
-      <c r="G12" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H12" s="71">
-        <v>8.42</v>
+        <v>8.66</v>
       </c>
       <c r="I12" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="19.5" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="69">
+        <v>3999282</v>
+      </c>
+      <c r="C13" s="69">
         <v>3827639</v>
       </c>
-      <c r="C13" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="71">
-        <v>13.84</v>
+        <v>4.48</v>
       </c>
       <c r="E13" s="73" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="75">
+        <v>251669</v>
+      </c>
+      <c r="G13" s="69">
         <v>243899</v>
       </c>
-      <c r="G13" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="71">
-        <v>1.6</v>
+        <v>3.19</v>
       </c>
       <c r="I13" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="19.5" customHeight="1">
       <c r="A14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="75">
+        <v>583596</v>
+      </c>
+      <c r="C14" s="69">
         <v>527315</v>
       </c>
-      <c r="C14" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="71">
-        <v>11.62</v>
+        <v>10.67</v>
       </c>
       <c r="E14" s="33" t="str">
         <f>IF(D14=0,"","％")</f>
         <v>％</v>
       </c>
       <c r="F14" s="75">
+        <v>22026</v>
+      </c>
+      <c r="G14" s="69">
         <v>20126</v>
       </c>
-      <c r="G14" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H14" s="71">
-        <v>14.9</v>
+        <v>9.44</v>
       </c>
       <c r="I14" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="19.5" customHeight="1">
       <c r="A15" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="77">
+        <v>7.29</v>
+      </c>
+      <c r="C15" s="77">
         <v>7.2</v>
       </c>
-      <c r="C15" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="71">
-        <v>0.01</v>
+        <v>0.09</v>
       </c>
       <c r="E15" s="73" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="79">
+        <v>3.78</v>
+      </c>
+      <c r="G15" s="77">
         <v>4.16</v>
       </c>
-      <c r="G15" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="71">
-        <v>0.15</v>
+        <v>-0.38</v>
       </c>
       <c r="I15" s="73" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="19.5" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="77">
+        <v>0.76</v>
+      </c>
+      <c r="C16" s="77">
         <v>0.73</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.71</v>
       </c>
       <c r="D16" s="71">
         <v>0.03</v>
       </c>
       <c r="E16" s="73" t="s">
         <v>43</v>
       </c>
       <c r="F16" s="81">
+        <v>0.52</v>
+      </c>
+      <c r="G16" s="77">
         <v>0.57</v>
       </c>
-      <c r="G16" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H16" s="71">
-        <v>0.06</v>
+        <v>-0.05</v>
       </c>
       <c r="I16" s="73" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="19.5" customHeight="1">
       <c r="A17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="77">
+        <v>14.59</v>
+      </c>
+      <c r="C17" s="77">
         <v>13.78</v>
       </c>
-      <c r="C17" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="71">
-        <v>-0.27</v>
+        <v>0.82</v>
       </c>
       <c r="E17" s="73" t="s">
         <v>43</v>
       </c>
       <c r="F17" s="81">
+        <v>8.75</v>
+      </c>
+      <c r="G17" s="77">
         <v>8.25</v>
       </c>
-      <c r="G17" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="71">
-        <v>0.95</v>
+        <v>0.5</v>
       </c>
       <c r="I17" s="73" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="19.5" customHeight="1">
       <c r="A18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="77">
+        <v>72.43</v>
+      </c>
+      <c r="C18" s="77">
         <v>72.31</v>
       </c>
-      <c r="C18" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="71">
-        <v>1.4</v>
+        <v>0.12</v>
       </c>
       <c r="E18" s="73" t="s">
         <v>43</v>
       </c>
       <c r="F18" s="81">
+        <v>74.66</v>
+      </c>
+      <c r="G18" s="77">
         <v>100.51</v>
       </c>
-      <c r="G18" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H18" s="71">
-        <v>19.9</v>
+        <v>-25.85</v>
       </c>
       <c r="I18" s="73" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="19.5" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="69">
+        <v>167156</v>
+      </c>
+      <c r="C19" s="69">
         <v>164876</v>
       </c>
-      <c r="C19" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="71">
-        <v>2.06</v>
+        <v>1.38</v>
       </c>
       <c r="E19" s="73" t="s">
         <v>42</v>
       </c>
       <c r="F19" s="75">
+        <v>2375</v>
+      </c>
+      <c r="G19" s="69">
         <v>2356</v>
       </c>
-      <c r="G19" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="71">
-        <v>-1.38</v>
+        <v>0.81</v>
       </c>
       <c r="I19" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="19.5" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="69">
+        <v>3582</v>
+      </c>
+      <c r="C20" s="69">
         <v>3607</v>
       </c>
-      <c r="C20" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="71">
-        <v>-0.39</v>
+        <v>-0.69</v>
       </c>
       <c r="E20" s="73" t="s">
         <v>42</v>
       </c>
       <c r="F20" s="75">
         <v>61</v>
       </c>
       <c r="G20" s="69">
         <v>61</v>
       </c>
       <c r="H20" s="83">
         <v>0</v>
       </c>
       <c r="I20" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="19.5" customHeight="1">
       <c r="A21" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="84">
+        <v>458.53</v>
+      </c>
+      <c r="C21" s="84">
         <v>437.13</v>
       </c>
-      <c r="C21" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="71">
-        <v>5.46</v>
+        <v>4.89</v>
       </c>
       <c r="E21" s="73" t="s">
         <v>42</v>
       </c>
       <c r="F21" s="86">
+        <v>1776.82</v>
+      </c>
+      <c r="G21" s="84">
         <v>1490.63</v>
       </c>
-      <c r="G21" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="71">
-        <v>4.18</v>
+        <v>19.2</v>
       </c>
       <c r="I21" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="19.5" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="77">
+        <v>23.93</v>
+      </c>
+      <c r="C22" s="77">
         <v>23.22</v>
       </c>
-      <c r="C22" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="D22" s="71">
-        <v>11.54</v>
+        <v>3.06</v>
       </c>
       <c r="E22" s="73" t="s">
         <v>42</v>
       </c>
       <c r="F22" s="81">
+        <v>105.97</v>
+      </c>
+      <c r="G22" s="77">
         <v>103.52</v>
       </c>
-      <c r="G22" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H22" s="71">
-        <v>3.02</v>
+        <v>2.36</v>
       </c>
       <c r="I22" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="19.5" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="77">
+        <v>3.49</v>
+      </c>
+      <c r="C23" s="77">
         <v>3.2</v>
       </c>
-      <c r="C23" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="71">
-        <v>9.36</v>
+        <v>9.16</v>
       </c>
       <c r="E23" s="33" t="str">
         <f>IF(D23=0,"","％")</f>
         <v>％</v>
       </c>
       <c r="F23" s="81">
+        <v>9.27</v>
+      </c>
+      <c r="G23" s="77">
         <v>8.54</v>
       </c>
-      <c r="G23" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="71">
-        <v>16.51</v>
+        <v>8.56</v>
       </c>
       <c r="I23" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="19.5" customHeight="1">
       <c r="A24" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="84">
+        <v>21397.45</v>
+      </c>
+      <c r="C24" s="84">
         <v>19981.28</v>
       </c>
-      <c r="C24" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="71">
-        <v>8.05</v>
+        <v>7.09</v>
       </c>
       <c r="E24" s="73" t="s">
         <v>42</v>
       </c>
       <c r="F24" s="88">
+        <v>69179.37</v>
+      </c>
+      <c r="G24" s="84">
         <v>57572.35</v>
       </c>
-      <c r="G24" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="H24" s="71">
-        <v>2.74</v>
+        <v>20.16</v>
       </c>
       <c r="I24" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="19.5" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="84">
+        <v>1116.49</v>
+      </c>
+      <c r="C25" s="84">
         <v>1061.17</v>
       </c>
-      <c r="C25" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="71">
-        <v>14.28</v>
+        <v>5.21</v>
       </c>
       <c r="E25" s="73" t="s">
         <v>42</v>
       </c>
       <c r="F25" s="88">
+        <v>4125.72</v>
+      </c>
+      <c r="G25" s="84">
         <v>3998.35</v>
       </c>
-      <c r="G25" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="71">
-        <v>1.6</v>
+        <v>3.19</v>
       </c>
       <c r="I25" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="19.5" customHeight="1" thickBot="1">
       <c r="A26" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="90">
+        <v>162.92</v>
+      </c>
+      <c r="C26" s="90">
         <v>146.19</v>
       </c>
-      <c r="C26" s="90">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="92">
-        <v>12.05</v>
+        <v>11.45</v>
       </c>
       <c r="E26" s="34" t="str">
         <f>IF(D26=0,"","％")</f>
         <v>％</v>
       </c>
       <c r="F26" s="94">
+        <v>361.08</v>
+      </c>
+      <c r="G26" s="90">
         <v>329.94</v>
       </c>
-      <c r="G26" s="90">
-[...1 lines deleted...]
-      </c>
       <c r="H26" s="92">
-        <v>14.9</v>
+        <v>9.44</v>
       </c>
       <c r="I26" s="96" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="13.5" customHeight="1">
       <c r="A27" s="17" t="s">
         <v>37</v>
       </c>
       <c r="B27" s="18"/>
       <c r="C27" s="18"/>
       <c r="D27" s="18"/>
       <c r="E27" s="18"/>
       <c r="F27" s="18"/>
       <c r="G27" s="18"/>
       <c r="H27" s="18"/>
       <c r="I27" s="18"/>
     </row>
     <row r="28" spans="1:9" ht="13.5" customHeight="1">
       <c r="A28" s="9" t="s">
         <v>32</v>
       </c>
       <c r="B28" s="18"/>
       <c r="C28" s="18"/>
       <c r="D28" s="18"/>
@@ -2795,625 +2795,625 @@
       <c r="D5" s="61"/>
       <c r="E5" s="62"/>
       <c r="F5" s="60" t="s">
         <v>7</v>
       </c>
       <c r="G5" s="65"/>
       <c r="H5" s="65"/>
       <c r="I5" s="65"/>
     </row>
     <row r="6" spans="1:9" ht="12" customHeight="1">
       <c r="A6" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="25" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="25" t="s">
         <v>46</v>
       </c>
       <c r="D6" s="48" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="63"/>
       <c r="F6" s="25" t="str">
         <f>B6</f>
-        <v>113年</v>
+        <v>114年</v>
       </c>
       <c r="G6" s="25" t="str">
         <f>C6</f>
-        <v>112年</v>
+        <v>113年</v>
       </c>
       <c r="H6" s="48" t="s">
         <v>21</v>
       </c>
       <c r="I6" s="49"/>
     </row>
     <row r="7" spans="1:9" ht="12" customHeight="1">
       <c r="A7" s="28" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="40" t="s">
         <v>44</v>
       </c>
       <c r="C7" s="40" t="s">
         <v>45</v>
       </c>
       <c r="D7" s="46" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="47"/>
       <c r="F7" s="40" t="str">
         <f>B7</f>
-        <v> 2024</v>
+        <v> 2025</v>
       </c>
       <c r="G7" s="40" t="str">
         <f>C7</f>
-        <v> 2023</v>
+        <v> 2024</v>
       </c>
       <c r="H7" s="46" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="50"/>
     </row>
     <row r="8" spans="1:9" ht="12" customHeight="1" thickBot="1">
       <c r="A8" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="26"/>
       <c r="C8" s="26"/>
       <c r="D8" s="56" t="s">
         <v>30</v>
       </c>
       <c r="E8" s="58"/>
       <c r="F8" s="26"/>
       <c r="G8" s="26"/>
       <c r="H8" s="56" t="s">
         <v>30</v>
       </c>
       <c r="I8" s="57"/>
     </row>
     <row r="9" spans="1:9" ht="19.5" customHeight="1">
       <c r="A9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="67">
+        <v>37053</v>
+      </c>
+      <c r="C9" s="69">
         <v>34337</v>
       </c>
-      <c r="C9" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="98">
-        <v>7.47</v>
+        <v>7.91</v>
       </c>
       <c r="E9" s="100" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="75">
+        <v>69778</v>
+      </c>
+      <c r="G9" s="69">
         <v>66135</v>
       </c>
-      <c r="G9" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H9" s="71">
-        <v>3.01</v>
+        <v>5.51</v>
       </c>
       <c r="I9" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:9" ht="19.5" customHeight="1">
       <c r="A10" s="5" t="s">
         <v>20</v>
       </c>
       <c r="B10" s="69">
+        <v>1229336</v>
+      </c>
+      <c r="C10" s="69">
         <v>1547834</v>
       </c>
-      <c r="C10" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D10" s="102">
-        <v>-7.1</v>
+        <v>-20.58</v>
       </c>
       <c r="E10" s="104" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="75">
+        <v>993828</v>
+      </c>
+      <c r="G10" s="69">
         <v>975746</v>
       </c>
-      <c r="G10" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H10" s="71">
-        <v>4.58</v>
+        <v>1.85</v>
       </c>
       <c r="I10" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="19.5" customHeight="1">
       <c r="A11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="69">
+        <v>149651</v>
+      </c>
+      <c r="C11" s="69">
         <v>193888</v>
       </c>
-      <c r="C11" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D11" s="102">
-        <v>-2.26</v>
+        <v>-22.82</v>
       </c>
       <c r="E11" s="104" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="75">
+        <v>918364</v>
+      </c>
+      <c r="G11" s="69">
         <v>902097</v>
       </c>
-      <c r="G11" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H11" s="71">
-        <v>4.69</v>
+        <v>1.8</v>
       </c>
       <c r="I11" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="19.5" customHeight="1">
       <c r="A12" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B12" s="69">
+        <v>167783</v>
+      </c>
+      <c r="C12" s="69">
         <v>155540</v>
       </c>
-      <c r="C12" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D12" s="102">
-        <v>16.24</v>
+        <v>7.87</v>
       </c>
       <c r="E12" s="104" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="75">
+        <v>678906</v>
+      </c>
+      <c r="G12" s="69">
         <v>655777</v>
       </c>
-      <c r="G12" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H12" s="71">
-        <v>8.32</v>
+        <v>3.53</v>
       </c>
       <c r="I12" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="19.5" customHeight="1">
       <c r="A13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="B13" s="69">
+        <v>66736</v>
+      </c>
+      <c r="C13" s="69">
         <v>92942</v>
       </c>
-      <c r="C13" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="102">
-        <v>13.38</v>
+        <v>-28.2</v>
       </c>
       <c r="E13" s="104" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="75">
+        <v>24267</v>
+      </c>
+      <c r="G13" s="69">
         <v>22761</v>
       </c>
-      <c r="G13" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H13" s="71">
-        <v>11.39</v>
+        <v>6.61</v>
       </c>
       <c r="I13" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="19.5" customHeight="1">
       <c r="A14" s="9" t="s">
         <v>24</v>
       </c>
       <c r="B14" s="75">
+        <v>3506</v>
+      </c>
+      <c r="C14" s="69">
         <v>3673</v>
       </c>
-      <c r="C14" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="102">
-        <v>-14.97</v>
+        <v>-4.55</v>
       </c>
       <c r="E14" s="41" t="str">
         <f>IF(D14="－","","％")</f>
         <v>％</v>
       </c>
       <c r="F14" s="75">
+        <v>4484</v>
+      </c>
+      <c r="G14" s="69">
         <v>3837</v>
       </c>
-      <c r="G14" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H14" s="71">
-        <v>9.28</v>
+        <v>16.87</v>
       </c>
       <c r="I14" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="19.5" customHeight="1">
       <c r="A15" s="10" t="s">
         <v>19</v>
       </c>
       <c r="B15" s="77">
+        <v>3.01</v>
+      </c>
+      <c r="C15" s="77">
         <v>2.22</v>
       </c>
-      <c r="C15" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="71">
-        <v>0.3</v>
+        <v>0.8</v>
       </c>
       <c r="E15" s="73" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="79">
+        <v>7.02</v>
+      </c>
+      <c r="G15" s="77">
         <v>6.78</v>
       </c>
-      <c r="G15" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H15" s="71">
-        <v>-0.1</v>
+        <v>0.24</v>
       </c>
       <c r="I15" s="73" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="19.5" customHeight="1">
       <c r="A16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="77">
+        <v>0.29</v>
+      </c>
+      <c r="C16" s="77">
         <v>0.24</v>
       </c>
-      <c r="C16" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="71">
-        <v>-0.02</v>
+        <v>0.05</v>
       </c>
       <c r="E16" s="73" t="s">
         <v>43</v>
       </c>
       <c r="F16" s="81">
+        <v>0.45</v>
+      </c>
+      <c r="G16" s="77">
         <v>0.39</v>
       </c>
-      <c r="G16" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H16" s="71">
-        <v>0.02</v>
+        <v>0.06</v>
       </c>
       <c r="I16" s="73" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="19.5" customHeight="1">
       <c r="A17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="77">
+        <v>5.25</v>
+      </c>
+      <c r="C17" s="77">
         <v>3.95</v>
       </c>
-      <c r="C17" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="D17" s="71">
-        <v>-1.32</v>
+        <v>1.3</v>
       </c>
       <c r="E17" s="73" t="s">
         <v>43</v>
       </c>
       <c r="F17" s="81">
+        <v>18.48</v>
+      </c>
+      <c r="G17" s="77">
         <v>16.86</v>
       </c>
-      <c r="G17" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H17" s="71">
-        <v>-0.33</v>
+        <v>1.62</v>
       </c>
       <c r="I17" s="73" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="19.5" customHeight="1">
       <c r="A18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="77">
+        <v>112.12</v>
+      </c>
+      <c r="C18" s="77">
         <v>80.22</v>
       </c>
-      <c r="C18" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="71">
-        <v>12.77</v>
+        <v>31.89</v>
       </c>
       <c r="E18" s="73" t="s">
         <v>43</v>
       </c>
       <c r="F18" s="81">
+        <v>73.93</v>
+      </c>
+      <c r="G18" s="77">
         <v>72.69</v>
       </c>
-      <c r="G18" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H18" s="71">
-        <v>2.43</v>
+        <v>1.23</v>
       </c>
       <c r="I18" s="73" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="19.5" customHeight="1">
       <c r="A19" s="5" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="69">
+        <v>197</v>
+      </c>
+      <c r="C19" s="69">
         <v>189</v>
       </c>
-      <c r="C19" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="D19" s="102">
-        <v>-0.53</v>
+        <v>4.23</v>
       </c>
       <c r="E19" s="106" t="s">
         <v>42</v>
       </c>
       <c r="F19" s="75">
+        <v>3988</v>
+      </c>
+      <c r="G19" s="69">
         <v>3965</v>
       </c>
-      <c r="G19" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H19" s="71">
-        <v>-0.83</v>
+        <v>0.58</v>
       </c>
       <c r="I19" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="19.5" customHeight="1">
       <c r="A20" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="69">
         <v>3</v>
       </c>
       <c r="C20" s="69">
         <v>3</v>
       </c>
       <c r="D20" s="108">
         <v>0</v>
       </c>
       <c r="E20" s="106" t="s">
         <v>42</v>
       </c>
       <c r="F20" s="75">
+        <v>315</v>
+      </c>
+      <c r="G20" s="69">
         <v>314</v>
       </c>
-      <c r="G20" s="69">
-[...1 lines deleted...]
-      </c>
       <c r="H20" s="71">
-        <v>0.64</v>
+        <v>0.32</v>
       </c>
       <c r="I20" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="19.5" customHeight="1">
       <c r="A21" s="5" t="s">
         <v>12</v>
       </c>
       <c r="B21" s="84">
+        <v>6240.29</v>
+      </c>
+      <c r="C21" s="84">
         <v>8189.6</v>
       </c>
-      <c r="C21" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="102">
-        <v>-6.61</v>
+        <v>-23.8</v>
       </c>
       <c r="E21" s="106" t="s">
         <v>42</v>
       </c>
       <c r="F21" s="79">
+        <v>249.2</v>
+      </c>
+      <c r="G21" s="77">
         <v>246.09</v>
       </c>
-      <c r="G21" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H21" s="71">
-        <v>5.45</v>
+        <v>1.27</v>
       </c>
       <c r="I21" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="19.5" customHeight="1">
       <c r="A22" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B22" s="77">
+        <v>338.76</v>
+      </c>
+      <c r="C22" s="77">
         <v>491.75</v>
       </c>
-      <c r="C22" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="D22" s="102">
-        <v>13.98</v>
+        <v>-31.11</v>
       </c>
       <c r="E22" s="106" t="s">
         <v>42</v>
       </c>
       <c r="F22" s="81">
+        <v>6.08</v>
+      </c>
+      <c r="G22" s="77">
         <v>5.74</v>
       </c>
-      <c r="G22" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H22" s="71">
-        <v>12.32</v>
+        <v>6</v>
       </c>
       <c r="I22" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="19.5" customHeight="1">
       <c r="A23" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B23" s="77">
+        <v>17.8</v>
+      </c>
+      <c r="C23" s="77">
         <v>19.44</v>
       </c>
-      <c r="C23" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="D23" s="102">
-        <v>-14.52</v>
+        <v>-8.43</v>
       </c>
       <c r="E23" s="41" t="str">
         <f>IF(D23="－","","％")</f>
         <v>％</v>
       </c>
       <c r="F23" s="81">
+        <v>1.12</v>
+      </c>
+      <c r="G23" s="77">
         <v>0.97</v>
       </c>
-      <c r="G23" s="77">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="71">
-        <v>10.19</v>
+        <v>16.2</v>
       </c>
       <c r="I23" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="19.5" customHeight="1">
       <c r="A24" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B24" s="84">
+        <v>409778.75</v>
+      </c>
+      <c r="C24" s="84">
         <v>515944.76</v>
       </c>
-      <c r="C24" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="102">
-        <v>-7.1</v>
+        <v>-20.58</v>
       </c>
       <c r="E24" s="106" t="s">
         <v>42</v>
       </c>
       <c r="F24" s="88">
+        <v>3155.01</v>
+      </c>
+      <c r="G24" s="84">
         <v>3107.47</v>
       </c>
-      <c r="G24" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="H24" s="71">
-        <v>3.91</v>
+        <v>1.53</v>
       </c>
       <c r="I24" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="19.5" customHeight="1">
       <c r="A25" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="84">
+        <v>22245.44</v>
+      </c>
+      <c r="C25" s="84">
         <v>30980.55</v>
       </c>
-      <c r="C25" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="102">
-        <v>13.38</v>
+        <v>-28.2</v>
       </c>
       <c r="E25" s="106" t="s">
         <v>42</v>
       </c>
       <c r="F25" s="88">
+        <v>77.04</v>
+      </c>
+      <c r="G25" s="84">
         <v>72.49</v>
       </c>
-      <c r="G25" s="84">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="71">
-        <v>10.68</v>
+        <v>6.27</v>
       </c>
       <c r="I25" s="73" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="19.5" customHeight="1" thickBot="1">
       <c r="A26" s="13" t="s">
         <v>29</v>
       </c>
       <c r="B26" s="90">
+        <v>1168.69</v>
+      </c>
+      <c r="C26" s="90">
         <v>1224.46</v>
       </c>
-      <c r="C26" s="90">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="110">
-        <v>-14.97</v>
+        <v>-4.55</v>
       </c>
       <c r="E26" s="42" t="str">
         <f>IF(D26="－","","％")</f>
         <v>％</v>
       </c>
       <c r="F26" s="94">
+        <v>14.24</v>
+      </c>
+      <c r="G26" s="90">
         <v>12.22</v>
       </c>
-      <c r="G26" s="90">
-[...1 lines deleted...]
-      </c>
       <c r="H26" s="92">
-        <v>8.58</v>
+        <v>16.5</v>
       </c>
       <c r="I26" s="96" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="13.5" customHeight="1">
       <c r="A27" s="35" t="s">
         <v>40</v>
       </c>
       <c r="B27" s="18"/>
       <c r="C27" s="18"/>
       <c r="D27" s="18"/>
       <c r="E27" s="18"/>
       <c r="F27" s="18"/>
       <c r="G27" s="18"/>
       <c r="H27" s="18"/>
       <c r="I27" s="18"/>
     </row>
     <row r="28" spans="1:9" ht="13.5" customHeight="1">
       <c r="A28" s="9"/>
       <c r="B28" s="18"/>
       <c r="C28" s="18"/>
       <c r="D28" s="18"/>
       <c r="E28" s="18"/>
       <c r="F28" s="18"/>