--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -771,63 +771,63 @@
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve">本年累計 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Accumulated</t>
     </r>
   </si>
   <si>
-    <t>114年 7月</t>
-[...11 lines deleted...]
-    <t>民國114年 7月底</t>
+    <t>114年 9月</t>
+  </si>
+  <si>
+    <t>114年 6月</t>
+  </si>
+  <si>
+    <t>113年 9月</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> End of Sept. 2025</t>
+  </si>
+  <si>
+    <t>民國114年 9月底</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="26">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="#,##0.000_-"/>
     <numFmt numFmtId="178" formatCode="&quot;貶&quot;&quot;值&quot;##0.00;###,##0.00;&quot;升&quot;&quot;值&quot;##0.00"/>
     <numFmt numFmtId="179" formatCode="&quot;貶&quot;&quot;值&quot;##0.00;&quot;升&quot;&quot;值&quot;##0.00;###,##0.00"/>
     <numFmt numFmtId="180" formatCode="&quot;升&quot;&quot;值&quot;##0.00;&quot;貶&quot;&quot;值&quot;##0.00;###,##0.00"/>
     <numFmt numFmtId="181" formatCode="###,###,###,##0"/>
@@ -1969,346 +1969,346 @@
       </c>
       <c r="B7" s="27" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="27" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="34" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="34" t="s">
         <v>42</v>
       </c>
       <c r="F7" s="34" t="s">
         <v>43</v>
       </c>
       <c r="G7" s="28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="18" customHeight="1">
       <c r="A8" s="20" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="56">
-        <v>28698206</v>
+        <v>28935913</v>
       </c>
       <c r="C8" s="56">
-        <v>28251162</v>
+        <v>28885427</v>
       </c>
       <c r="D8" s="56">
-        <v>27675562</v>
+        <v>27475506</v>
       </c>
       <c r="E8" s="51">
-        <v>1.58</v>
+        <v>0.17</v>
       </c>
       <c r="F8" s="51">
-        <v>3.7</v>
+        <v>5.32</v>
       </c>
       <c r="G8" s="3"/>
     </row>
     <row r="9" spans="1:7" ht="18" customHeight="1">
       <c r="A9" s="20" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="56">
-        <v>64341542</v>
+        <v>64986703</v>
       </c>
       <c r="C9" s="56">
-        <v>63212052</v>
+        <v>64814217</v>
       </c>
       <c r="D9" s="56">
-        <v>61703528</v>
+        <v>61513701</v>
       </c>
       <c r="E9" s="51">
-        <v>1.79</v>
+        <v>0.27</v>
       </c>
       <c r="F9" s="51">
-        <v>4.28</v>
+        <v>5.65</v>
       </c>
       <c r="G9" s="3"/>
     </row>
     <row r="10" spans="1:7" ht="18" customHeight="1">
       <c r="A10" s="20" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="56">
-        <v>44297954</v>
+        <v>44811028</v>
       </c>
       <c r="C10" s="56">
-        <v>43877795</v>
+        <v>44481503</v>
       </c>
       <c r="D10" s="56">
-        <v>41317992</v>
+        <v>42228341</v>
       </c>
       <c r="E10" s="51">
-        <v>0.96</v>
+        <v>0.74</v>
       </c>
       <c r="F10" s="51">
-        <v>7.21</v>
+        <v>6.12</v>
       </c>
       <c r="G10" s="3"/>
     </row>
     <row r="11" spans="1:7" ht="18" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="56">
-        <v>64341542</v>
+        <v>64986703</v>
       </c>
       <c r="C11" s="56">
-        <v>63212052</v>
+        <v>64814217</v>
       </c>
       <c r="D11" s="56">
-        <v>61703528</v>
+        <v>61513701</v>
       </c>
       <c r="E11" s="51">
-        <v>1.79</v>
+        <v>0.27</v>
       </c>
       <c r="F11" s="51">
-        <v>4.28</v>
+        <v>5.65</v>
       </c>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7" ht="18" customHeight="1">
       <c r="A12" s="20" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="56">
-        <v>43029373</v>
+        <v>43525264</v>
       </c>
       <c r="C12" s="56">
-        <v>42612393</v>
+        <v>43204601</v>
       </c>
       <c r="D12" s="56">
-        <v>40110122</v>
+        <v>41016085</v>
       </c>
       <c r="E12" s="51">
-        <v>0.98</v>
+        <v>0.74</v>
       </c>
       <c r="F12" s="51">
-        <v>7.28</v>
+        <v>6.12</v>
       </c>
       <c r="G12" s="3"/>
     </row>
     <row r="13" spans="1:7" ht="28.15" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="56">
-        <v>10845778</v>
+        <v>10934835</v>
       </c>
       <c r="C13" s="56">
-        <v>10721630</v>
+        <v>10873833</v>
       </c>
       <c r="D13" s="56">
-        <v>10264017</v>
+        <v>10435870</v>
       </c>
       <c r="E13" s="51">
-        <v>1.16</v>
+        <v>0.56</v>
       </c>
       <c r="F13" s="51">
-        <v>5.67</v>
+        <v>4.78</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="18" customHeight="1">
       <c r="A14" s="20" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="56">
-        <v>1838807</v>
+        <v>1884563</v>
       </c>
       <c r="C14" s="56">
-        <v>1816070</v>
+        <v>1885099</v>
       </c>
       <c r="D14" s="56">
-        <v>1746762</v>
+        <v>1727794</v>
       </c>
       <c r="E14" s="51">
-        <v>1.25</v>
+        <v>-0.03</v>
       </c>
       <c r="F14" s="51">
-        <v>5.27</v>
+        <v>9.07</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="28.15" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="56">
-        <v>13090403</v>
+        <v>13182559</v>
       </c>
       <c r="C15" s="56">
-        <v>13025640</v>
+        <v>13146457</v>
       </c>
       <c r="D15" s="56">
-        <v>12290145</v>
+        <v>12507786</v>
       </c>
       <c r="E15" s="51">
-        <v>0.5</v>
+        <v>0.27</v>
       </c>
       <c r="F15" s="51">
-        <v>6.51</v>
+        <v>5.39</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="18" customHeight="1">
       <c r="A16" s="19" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="57">
-        <v>2718053</v>
+        <v>2546281</v>
       </c>
       <c r="C16" s="57">
-        <v>2352106</v>
+        <v>2477723</v>
       </c>
       <c r="D16" s="57">
-        <v>2151876</v>
+        <v>2187130</v>
       </c>
       <c r="E16" s="58">
-        <v>15.56</v>
+        <v>2.77</v>
       </c>
       <c r="F16" s="58">
-        <v>26.31</v>
+        <v>16.42</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="18" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="56">
-        <v>16576347</v>
+        <v>21600351</v>
       </c>
       <c r="C17" s="59">
         <v>0</v>
       </c>
       <c r="D17" s="56">
-        <v>13753641</v>
+        <v>18352933</v>
       </c>
       <c r="E17" s="50">
         <v>0</v>
       </c>
       <c r="F17" s="51">
-        <v>20.52</v>
+        <v>17.69</v>
       </c>
       <c r="G17" s="3"/>
     </row>
     <row r="18" spans="1:7" ht="18" customHeight="1">
       <c r="A18" s="20" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="51">
-        <v>23542.52</v>
+        <v>25820.54</v>
       </c>
       <c r="C18" s="51">
-        <v>22256.02</v>
+        <v>24233.1</v>
       </c>
       <c r="D18" s="51">
-        <v>22199.35</v>
+        <v>22224.54</v>
       </c>
       <c r="E18" s="51">
-        <v>5.78</v>
+        <v>6.55</v>
       </c>
       <c r="F18" s="51">
-        <v>6.05</v>
+        <v>16.18</v>
       </c>
       <c r="G18" s="3"/>
     </row>
     <row r="19" spans="1:7" ht="18" customHeight="1">
       <c r="A19" s="39" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="58">
-        <v>105.28</v>
+        <v>107.6</v>
       </c>
       <c r="C19" s="58">
-        <v>105.99</v>
+        <v>107.34</v>
       </c>
       <c r="D19" s="58">
-        <v>112.75</v>
+        <v>111.72</v>
       </c>
       <c r="E19" s="58">
-        <v>-0.67</v>
+        <v>0.24</v>
       </c>
       <c r="F19" s="58">
-        <v>-6.63</v>
+        <v>-3.69</v>
       </c>
       <c r="G19" s="4"/>
     </row>
     <row r="20" spans="1:7" ht="18" customHeight="1">
       <c r="A20" s="38" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="51">
-        <v>109.57</v>
+        <v>109.82</v>
       </c>
       <c r="C20" s="51">
-        <v>109.17</v>
+        <v>110.07</v>
       </c>
       <c r="D20" s="51">
-        <v>107.92</v>
+        <v>108.46</v>
       </c>
       <c r="E20" s="51">
-        <v>0.37</v>
+        <v>-0.23</v>
       </c>
       <c r="F20" s="51">
-        <v>1.53</v>
+        <v>1.25</v>
       </c>
       <c r="G20" s="3"/>
     </row>
     <row r="21" spans="1:7" ht="18" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="55">
-        <v>29.916</v>
+        <v>30.469</v>
       </c>
       <c r="C21" s="55">
-        <v>29.902</v>
+        <v>30.605</v>
       </c>
       <c r="D21" s="55">
-        <v>32.836</v>
+        <v>31.651</v>
       </c>
       <c r="E21" s="9">
         <f>E35</f>
-        <v>-0.05</v>
+        <v>0.44</v>
       </c>
       <c r="F21" s="9">
         <f>F35</f>
-        <v>8.89</v>
+        <v>3.73</v>
       </c>
       <c r="G21" s="3"/>
     </row>
     <row r="22" spans="1:7" ht="18" customHeight="1">
       <c r="A22" s="20" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="55">
         <v>2</v>
       </c>
       <c r="C22" s="55">
         <v>2</v>
       </c>
       <c r="D22" s="55">
         <v>2</v>
       </c>
       <c r="E22" s="50">
         <v>0</v>
       </c>
       <c r="F22" s="50">
         <v>0</v>
       </c>
       <c r="G22" s="3"/>
     </row>
     <row r="23" spans="1:7" ht="18" customHeight="1">
@@ -2316,88 +2316,88 @@
         <v>21</v>
       </c>
       <c r="B23" s="55">
         <v>3.264</v>
       </c>
       <c r="C23" s="55">
         <v>3.264</v>
       </c>
       <c r="D23" s="55">
         <v>3.263</v>
       </c>
       <c r="E23" s="50">
         <v>0</v>
       </c>
       <c r="F23" s="51">
         <v>0</v>
       </c>
       <c r="G23" s="3"/>
     </row>
     <row r="24" spans="1:7" ht="18" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="7" t="str">
         <f>MID(B35,1,3)&amp;"Q"&amp;FIXED(((VALUE(MID(B35,5,2))+1)/3),0)&amp;"　"&amp;FIXED(B36,2)</f>
-        <v>114Q3　2.91</v>
+        <v>114Q3　7.64</v>
       </c>
       <c r="C24" s="7" t="str">
         <f>MID(C35,1,3)&amp;"Q"&amp;FIXED(((VALUE(MID(C35,5,2))+1)/3),0)&amp;"　"&amp;FIXED(C36,2)</f>
         <v>114Q2　8.01</v>
       </c>
       <c r="D24" s="7" t="str">
         <f>MID(D35,1,3)&amp;"Q"&amp;FIXED(((VALUE(MID(D35,5,2))+1)/3),0)&amp;"　"&amp;FIXED(D36,2)</f>
         <v>113Q3　4.21</v>
       </c>
       <c r="E24" s="8">
         <f>E36</f>
-        <v>-5.1</v>
+        <v>-0.37</v>
       </c>
       <c r="F24" s="8">
         <f>F36</f>
-        <v>-1.3</v>
+        <v>3.43</v>
       </c>
       <c r="G24" s="3"/>
     </row>
     <row r="25" spans="1:7" ht="18" customHeight="1" thickBot="1">
       <c r="A25" s="21" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="44">
-        <v>597869</v>
+        <v>602943</v>
       </c>
       <c r="C25" s="44">
-        <v>598432</v>
+        <v>597430</v>
       </c>
       <c r="D25" s="44">
-        <v>571740</v>
+        <v>577929</v>
       </c>
       <c r="E25" s="45">
-        <v>-0.09</v>
+        <v>0.92</v>
       </c>
       <c r="F25" s="45">
-        <v>4.57</v>
+        <v>4.33</v>
       </c>
       <c r="G25" s="15"/>
     </row>
     <row r="26" spans="1:7" ht="13.5" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="17"/>
       <c r="C26" s="17"/>
       <c r="D26" s="17"/>
       <c r="E26" s="17"/>
       <c r="F26" s="17"/>
       <c r="G26" s="17"/>
     </row>
     <row r="27" spans="1:7" ht="13.5" customHeight="1">
       <c r="A27" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B27" s="17"/>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="17"/>
       <c r="G27" s="17"/>
     </row>
@@ -2452,71 +2452,71 @@
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
     </row>
     <row r="33" ht="13.5" customHeight="1"/>
     <row r="34" spans="1:7" ht="13.5" customHeight="1">
       <c r="A34" s="40"/>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="40"/>
     </row>
     <row r="35" spans="2:6" hidden="1">
       <c r="B35" s="47" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="47" t="s">
         <v>53</v>
       </c>
       <c r="D35" s="47" t="s">
         <v>54</v>
       </c>
       <c r="E35" s="54">
-        <v>-0.05</v>
+        <v>0.44</v>
       </c>
       <c r="F35" s="54">
-        <v>8.89</v>
+        <v>3.73</v>
       </c>
     </row>
     <row r="36" spans="2:6" hidden="1">
       <c r="B36" s="49">
-        <v>2.91</v>
+        <v>7.64</v>
       </c>
       <c r="C36" s="49">
         <v>8.01</v>
       </c>
       <c r="D36" s="49">
         <v>4.21</v>
       </c>
       <c r="E36" s="49">
-        <v>-5.1</v>
+        <v>-0.37</v>
       </c>
       <c r="F36" s="49">
-        <v>-1.3</v>
+        <v>3.43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A32:F32"/>
     <mergeCell ref="A34:G34"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.6692913385826772" right="0.6692913385826772" top="0.39370078740157483" bottom="0.19685039370078741" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" firstPageNumber="13" orientation="landscape" useFirstPageNumber="1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L &amp;C&amp;"Times New Roman"&amp;9 - &amp;p -&amp;R </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <Company>367010000D</Company>
   <Manager>行政院金融監督管理委員會銀行局</Manager>
   <AppVersion></AppVersion>
 </Properties>