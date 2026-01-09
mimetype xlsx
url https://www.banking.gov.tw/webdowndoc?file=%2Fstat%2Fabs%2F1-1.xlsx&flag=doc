--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -771,63 +771,63 @@
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve">本年累計 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Accumulated</t>
     </r>
   </si>
   <si>
-    <t>114年 9月</t>
-[...11 lines deleted...]
-    <t>民國114年 9月底</t>
+    <t>114年10月</t>
+  </si>
+  <si>
+    <t>114年 7月</t>
+  </si>
+  <si>
+    <t>113年10月</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> End of Oct. 2025</t>
+  </si>
+  <si>
+    <t>民國114年10月底</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="26">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="#,##0.000_-"/>
     <numFmt numFmtId="178" formatCode="&quot;貶&quot;&quot;值&quot;##0.00;###,##0.00;&quot;升&quot;&quot;值&quot;##0.00"/>
     <numFmt numFmtId="179" formatCode="&quot;貶&quot;&quot;值&quot;##0.00;&quot;升&quot;&quot;值&quot;##0.00;###,##0.00"/>
     <numFmt numFmtId="180" formatCode="&quot;升&quot;&quot;值&quot;##0.00;&quot;貶&quot;&quot;值&quot;##0.00;###,##0.00"/>
     <numFmt numFmtId="181" formatCode="###,###,###,##0"/>
@@ -1969,435 +1969,435 @@
       </c>
       <c r="B7" s="27" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="27" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="34" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="34" t="s">
         <v>42</v>
       </c>
       <c r="F7" s="34" t="s">
         <v>43</v>
       </c>
       <c r="G7" s="28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="18" customHeight="1">
       <c r="A8" s="20" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="56">
-        <v>28935913</v>
+        <v>28899357</v>
       </c>
       <c r="C8" s="56">
-        <v>28885427</v>
+        <v>28935757</v>
       </c>
       <c r="D8" s="56">
-        <v>27475506</v>
+        <v>27614757</v>
       </c>
       <c r="E8" s="51">
-        <v>0.17</v>
+        <v>-0.13</v>
       </c>
       <c r="F8" s="51">
-        <v>5.32</v>
+        <v>4.65</v>
       </c>
       <c r="G8" s="3"/>
     </row>
     <row r="9" spans="1:7" ht="18" customHeight="1">
       <c r="A9" s="20" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="56">
-        <v>64986703</v>
+        <v>65505910</v>
       </c>
       <c r="C9" s="56">
-        <v>64814217</v>
+        <v>64979772</v>
       </c>
       <c r="D9" s="56">
-        <v>61513701</v>
+        <v>62099843</v>
       </c>
       <c r="E9" s="51">
-        <v>0.27</v>
+        <v>0.81</v>
       </c>
       <c r="F9" s="51">
-        <v>5.65</v>
+        <v>5.48</v>
       </c>
       <c r="G9" s="3"/>
     </row>
     <row r="10" spans="1:7" ht="18" customHeight="1">
       <c r="A10" s="20" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="56">
-        <v>44811028</v>
+        <v>44840191</v>
       </c>
       <c r="C10" s="56">
-        <v>44481503</v>
+        <v>44815694</v>
       </c>
       <c r="D10" s="56">
-        <v>42228341</v>
+        <v>42371831</v>
       </c>
       <c r="E10" s="51">
-        <v>0.74</v>
+        <v>0.05</v>
       </c>
       <c r="F10" s="51">
-        <v>6.12</v>
+        <v>5.83</v>
       </c>
       <c r="G10" s="3"/>
     </row>
     <row r="11" spans="1:7" ht="18" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="56">
-        <v>64986703</v>
+        <v>65505910</v>
       </c>
       <c r="C11" s="56">
-        <v>64814217</v>
+        <v>64979772</v>
       </c>
       <c r="D11" s="56">
-        <v>61513701</v>
+        <v>62099843</v>
       </c>
       <c r="E11" s="51">
-        <v>0.27</v>
+        <v>0.81</v>
       </c>
       <c r="F11" s="51">
-        <v>5.65</v>
+        <v>5.48</v>
       </c>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7" ht="18" customHeight="1">
       <c r="A12" s="20" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="56">
-        <v>43525264</v>
+        <v>43543752</v>
       </c>
       <c r="C12" s="56">
-        <v>43204601</v>
+        <v>43529930</v>
       </c>
       <c r="D12" s="56">
-        <v>41016085</v>
+        <v>41154740</v>
       </c>
       <c r="E12" s="51">
-        <v>0.74</v>
+        <v>0.03</v>
       </c>
       <c r="F12" s="51">
-        <v>6.12</v>
+        <v>5.8</v>
       </c>
       <c r="G12" s="3"/>
     </row>
     <row r="13" spans="1:7" ht="28.15" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="56">
+        <v>10986651</v>
+      </c>
+      <c r="C13" s="56">
         <v>10934835</v>
       </c>
-      <c r="C13" s="56">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="56">
-        <v>10435870</v>
+        <v>10439552</v>
       </c>
       <c r="E13" s="51">
-        <v>0.56</v>
+        <v>0.47</v>
       </c>
       <c r="F13" s="51">
-        <v>4.78</v>
+        <v>5.24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="18" customHeight="1">
       <c r="A14" s="20" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="56">
+        <v>1930896</v>
+      </c>
+      <c r="C14" s="56">
         <v>1884563</v>
       </c>
-      <c r="C14" s="56">
-[...1 lines deleted...]
-      </c>
       <c r="D14" s="56">
-        <v>1727794</v>
+        <v>1753651</v>
       </c>
       <c r="E14" s="51">
-        <v>-0.03</v>
+        <v>2.46</v>
       </c>
       <c r="F14" s="51">
-        <v>9.07</v>
+        <v>10.11</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="28.15" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="56">
+        <v>13223785</v>
+      </c>
+      <c r="C15" s="56">
         <v>13182559</v>
       </c>
-      <c r="C15" s="56">
-[...1 lines deleted...]
-      </c>
       <c r="D15" s="56">
-        <v>12507786</v>
+        <v>12580698</v>
       </c>
       <c r="E15" s="51">
-        <v>0.27</v>
+        <v>0.31</v>
       </c>
       <c r="F15" s="51">
-        <v>5.39</v>
+        <v>5.11</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="18" customHeight="1">
       <c r="A16" s="19" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="57">
+        <v>2584277</v>
+      </c>
+      <c r="C16" s="57">
         <v>2546281</v>
       </c>
-      <c r="C16" s="57">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="57">
-        <v>2187130</v>
+        <v>2330706</v>
       </c>
       <c r="E16" s="58">
-        <v>2.77</v>
+        <v>1.49</v>
       </c>
       <c r="F16" s="58">
-        <v>16.42</v>
+        <v>10.88</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="18" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="56">
-        <v>21600351</v>
+        <v>24184629</v>
       </c>
       <c r="C17" s="59">
         <v>0</v>
       </c>
       <c r="D17" s="56">
-        <v>18352933</v>
+        <v>20683640</v>
       </c>
       <c r="E17" s="50">
         <v>0</v>
       </c>
       <c r="F17" s="51">
-        <v>17.69</v>
+        <v>16.93</v>
       </c>
       <c r="G17" s="3"/>
     </row>
     <row r="18" spans="1:7" ht="18" customHeight="1">
       <c r="A18" s="20" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="51">
+        <v>28233.35</v>
+      </c>
+      <c r="C18" s="51">
         <v>25820.54</v>
       </c>
-      <c r="C18" s="51">
-[...1 lines deleted...]
-      </c>
       <c r="D18" s="51">
-        <v>22224.54</v>
+        <v>22820.43</v>
       </c>
       <c r="E18" s="51">
-        <v>6.55</v>
+        <v>9.34</v>
       </c>
       <c r="F18" s="51">
-        <v>16.18</v>
+        <v>23.72</v>
       </c>
       <c r="G18" s="3"/>
     </row>
     <row r="19" spans="1:7" ht="18" customHeight="1">
       <c r="A19" s="39" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="58">
-        <v>107.6</v>
+        <v>107.88</v>
       </c>
       <c r="C19" s="58">
-        <v>107.34</v>
+        <v>107.54</v>
       </c>
       <c r="D19" s="58">
-        <v>111.72</v>
+        <v>111.49</v>
       </c>
       <c r="E19" s="58">
-        <v>0.24</v>
+        <v>0.32</v>
       </c>
       <c r="F19" s="58">
-        <v>-3.69</v>
+        <v>-3.24</v>
       </c>
       <c r="G19" s="4"/>
     </row>
     <row r="20" spans="1:7" ht="18" customHeight="1">
       <c r="A20" s="38" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="51">
-        <v>109.82</v>
+        <v>110.33</v>
       </c>
       <c r="C20" s="51">
-        <v>110.07</v>
+        <v>109.81</v>
       </c>
       <c r="D20" s="51">
-        <v>108.46</v>
+        <v>108.73</v>
       </c>
       <c r="E20" s="51">
-        <v>-0.23</v>
+        <v>0.47</v>
       </c>
       <c r="F20" s="51">
-        <v>1.25</v>
+        <v>1.47</v>
       </c>
       <c r="G20" s="3"/>
     </row>
     <row r="21" spans="1:7" ht="18" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="55">
+        <v>30.749</v>
+      </c>
+      <c r="C21" s="55">
         <v>30.469</v>
       </c>
-      <c r="C21" s="55">
-[...1 lines deleted...]
-      </c>
       <c r="D21" s="55">
-        <v>31.651</v>
+        <v>32.031</v>
       </c>
       <c r="E21" s="9">
         <f>E35</f>
-        <v>0.44</v>
+        <v>-0.92</v>
       </c>
       <c r="F21" s="9">
         <f>F35</f>
-        <v>3.73</v>
+        <v>4</v>
       </c>
       <c r="G21" s="3"/>
     </row>
     <row r="22" spans="1:7" ht="18" customHeight="1">
       <c r="A22" s="20" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="55">
         <v>2</v>
       </c>
       <c r="C22" s="55">
         <v>2</v>
       </c>
       <c r="D22" s="55">
         <v>2</v>
       </c>
       <c r="E22" s="50">
         <v>0</v>
       </c>
       <c r="F22" s="50">
         <v>0</v>
       </c>
       <c r="G22" s="3"/>
     </row>
     <row r="23" spans="1:7" ht="18" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="55">
-        <v>3.264</v>
+        <v>3.265</v>
       </c>
       <c r="C23" s="55">
         <v>3.264</v>
       </c>
       <c r="D23" s="55">
-        <v>3.263</v>
-[...1 lines deleted...]
-      <c r="E23" s="50">
+        <v>3.264</v>
+      </c>
+      <c r="E23" s="51">
         <v>0</v>
       </c>
       <c r="F23" s="51">
         <v>0</v>
       </c>
       <c r="G23" s="3"/>
     </row>
     <row r="24" spans="1:7" ht="18" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="7" t="str">
         <f>MID(B35,1,3)&amp;"Q"&amp;FIXED(((VALUE(MID(B35,5,2))+1)/3),0)&amp;"　"&amp;FIXED(B36,2)</f>
-        <v>114Q3　7.64</v>
+        <v>114Q4　7.91</v>
       </c>
       <c r="C24" s="7" t="str">
         <f>MID(C35,1,3)&amp;"Q"&amp;FIXED(((VALUE(MID(C35,5,2))+1)/3),0)&amp;"　"&amp;FIXED(C36,2)</f>
-        <v>114Q2　8.01</v>
+        <v>114Q3　8.21</v>
       </c>
       <c r="D24" s="7" t="str">
         <f>MID(D35,1,3)&amp;"Q"&amp;FIXED(((VALUE(MID(D35,5,2))+1)/3),0)&amp;"　"&amp;FIXED(D36,2)</f>
-        <v>113Q3　4.21</v>
+        <v>113Q4　4.13</v>
       </c>
       <c r="E24" s="8">
         <f>E36</f>
-        <v>-0.37</v>
+        <v>-0.3</v>
       </c>
       <c r="F24" s="8">
         <f>F36</f>
-        <v>3.43</v>
+        <v>3.78</v>
       </c>
       <c r="G24" s="3"/>
     </row>
     <row r="25" spans="1:7" ht="18" customHeight="1" thickBot="1">
       <c r="A25" s="21" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="44">
+        <v>600197</v>
+      </c>
+      <c r="C25" s="44">
         <v>602943</v>
       </c>
-      <c r="C25" s="44">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="44">
-        <v>577929</v>
+        <v>576846</v>
       </c>
       <c r="E25" s="45">
-        <v>0.92</v>
+        <v>-0.46</v>
       </c>
       <c r="F25" s="45">
-        <v>4.33</v>
+        <v>4.05</v>
       </c>
       <c r="G25" s="15"/>
     </row>
     <row r="26" spans="1:7" ht="13.5" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="17"/>
       <c r="C26" s="17"/>
       <c r="D26" s="17"/>
       <c r="E26" s="17"/>
       <c r="F26" s="17"/>
       <c r="G26" s="17"/>
     </row>
     <row r="27" spans="1:7" ht="13.5" customHeight="1">
       <c r="A27" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B27" s="17"/>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="17"/>
       <c r="G27" s="17"/>
     </row>
@@ -2452,71 +2452,71 @@
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
     </row>
     <row r="33" ht="13.5" customHeight="1"/>
     <row r="34" spans="1:7" ht="13.5" customHeight="1">
       <c r="A34" s="40"/>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="40"/>
     </row>
     <row r="35" spans="2:6" hidden="1">
       <c r="B35" s="47" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="47" t="s">
         <v>53</v>
       </c>
       <c r="D35" s="47" t="s">
         <v>54</v>
       </c>
       <c r="E35" s="54">
-        <v>0.44</v>
+        <v>-0.92</v>
       </c>
       <c r="F35" s="54">
-        <v>3.73</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36" spans="2:6" hidden="1">
       <c r="B36" s="49">
-        <v>7.64</v>
+        <v>7.91</v>
       </c>
       <c r="C36" s="49">
-        <v>8.01</v>
+        <v>8.21</v>
       </c>
       <c r="D36" s="49">
-        <v>4.21</v>
+        <v>4.13</v>
       </c>
       <c r="E36" s="49">
-        <v>-0.37</v>
+        <v>-0.3</v>
       </c>
       <c r="F36" s="49">
-        <v>3.43</v>
+        <v>3.78</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A32:F32"/>
     <mergeCell ref="A34:G34"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.6692913385826772" right="0.6692913385826772" top="0.39370078740157483" bottom="0.19685039370078741" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" firstPageNumber="13" orientation="landscape" useFirstPageNumber="1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L &amp;C&amp;"Times New Roman"&amp;9 - &amp;p -&amp;R </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <Company>367010000D</Company>
   <Manager>行政院金融監督管理委員會銀行局</Manager>
   <AppVersion></AppVersion>
 </Properties>