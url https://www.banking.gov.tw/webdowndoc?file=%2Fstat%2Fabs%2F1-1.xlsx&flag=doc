--- v2 (2026-01-09)
+++ v3 (2026-02-28)
@@ -771,63 +771,63 @@
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve">   </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="標楷體"/>
         <charset val="136"/>
         <color indexed="8"/>
       </rPr>
       <t xml:space="preserve">本年累計 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Times New Roman"/>
         <charset val="0"/>
         <color indexed="8"/>
       </rPr>
       <t>Accumulated</t>
     </r>
   </si>
   <si>
-    <t>114年10月</t>
-[...11 lines deleted...]
-    <t>民國114年10月底</t>
+    <t>114年12月</t>
+  </si>
+  <si>
+    <t>114年 9月</t>
+  </si>
+  <si>
+    <t>113年12月</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> End of Dec. 2025</t>
+  </si>
+  <si>
+    <t>民國114年12月底</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" mc:Ignorable="x14ac">
   <numFmts count="26">
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0;\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0;[Red]\-&quot;$&quot;#,##0"/>
     <numFmt numFmtId="166" formatCode="&quot;$&quot;#,##0.00;\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="167" formatCode="&quot;$&quot;#,##0.00;[Red]\-&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="_-&quot;$&quot;* #,##0_-;\-&quot;$&quot;* #,##0_-;_-&quot;$&quot;* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="170" formatCode="_-&quot;$&quot;* #,##0.00_-;\-&quot;$&quot;* #,##0.00_-;_-&quot;$&quot;* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="171" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="172" formatCode="&quot;Yes&quot;;&quot;Yes&quot;;&quot;No&quot;"/>
     <numFmt numFmtId="173" formatCode="&quot;True&quot;;&quot;True&quot;;&quot;False&quot;"/>
     <numFmt numFmtId="174" formatCode="&quot;On&quot;;&quot;On&quot;;&quot;Off&quot;"/>
     <numFmt numFmtId="175" formatCode="#,##0_-"/>
     <numFmt numFmtId="176" formatCode="#,##0.00_-"/>
     <numFmt numFmtId="177" formatCode="#,##0.000_-"/>
     <numFmt numFmtId="178" formatCode="&quot;貶&quot;&quot;值&quot;##0.00;###,##0.00;&quot;升&quot;&quot;值&quot;##0.00"/>
     <numFmt numFmtId="179" formatCode="&quot;貶&quot;&quot;值&quot;##0.00;&quot;升&quot;&quot;值&quot;##0.00;###,##0.00"/>
     <numFmt numFmtId="180" formatCode="&quot;升&quot;&quot;值&quot;##0.00;&quot;貶&quot;&quot;值&quot;##0.00;###,##0.00"/>
     <numFmt numFmtId="181" formatCode="###,###,###,##0"/>
@@ -1969,435 +1969,435 @@
       </c>
       <c r="B7" s="27" t="s">
         <v>40</v>
       </c>
       <c r="C7" s="27" t="s">
         <v>40</v>
       </c>
       <c r="D7" s="34" t="s">
         <v>41</v>
       </c>
       <c r="E7" s="34" t="s">
         <v>42</v>
       </c>
       <c r="F7" s="34" t="s">
         <v>43</v>
       </c>
       <c r="G7" s="28" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="18" customHeight="1">
       <c r="A8" s="20" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="56">
-        <v>28899357</v>
+        <v>29261437</v>
       </c>
       <c r="C8" s="56">
-        <v>28935757</v>
+        <v>28823119</v>
       </c>
       <c r="D8" s="56">
-        <v>27614757</v>
+        <v>27845456</v>
       </c>
       <c r="E8" s="51">
-        <v>-0.13</v>
+        <v>1.52</v>
       </c>
       <c r="F8" s="51">
-        <v>4.65</v>
+        <v>5.09</v>
       </c>
       <c r="G8" s="3"/>
     </row>
     <row r="9" spans="1:7" ht="18" customHeight="1">
       <c r="A9" s="20" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="56">
-        <v>65505910</v>
+        <v>65727238</v>
       </c>
       <c r="C9" s="56">
-        <v>64979772</v>
+        <v>65253110</v>
       </c>
       <c r="D9" s="56">
-        <v>62099843</v>
+        <v>62523764</v>
       </c>
       <c r="E9" s="51">
-        <v>0.81</v>
+        <v>0.73</v>
       </c>
       <c r="F9" s="51">
-        <v>5.48</v>
+        <v>5.12</v>
       </c>
       <c r="G9" s="3"/>
     </row>
     <row r="10" spans="1:7" ht="18" customHeight="1">
       <c r="A10" s="20" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="56">
-        <v>44840191</v>
+        <v>45357442</v>
       </c>
       <c r="C10" s="56">
-        <v>44815694</v>
+        <v>44944760</v>
       </c>
       <c r="D10" s="56">
-        <v>42371831</v>
+        <v>42820304</v>
       </c>
       <c r="E10" s="51">
-        <v>0.05</v>
+        <v>0.92</v>
       </c>
       <c r="F10" s="51">
-        <v>5.83</v>
+        <v>5.93</v>
       </c>
       <c r="G10" s="3"/>
     </row>
     <row r="11" spans="1:7" ht="18" customHeight="1">
       <c r="A11" s="20" t="s">
         <v>13</v>
       </c>
       <c r="B11" s="56">
-        <v>65505910</v>
+        <v>65727238</v>
       </c>
       <c r="C11" s="56">
-        <v>64979772</v>
+        <v>65253110</v>
       </c>
       <c r="D11" s="56">
-        <v>62099843</v>
+        <v>62523764</v>
       </c>
       <c r="E11" s="51">
-        <v>0.81</v>
+        <v>0.73</v>
       </c>
       <c r="F11" s="51">
-        <v>5.48</v>
+        <v>5.12</v>
       </c>
       <c r="G11" s="3"/>
     </row>
     <row r="12" spans="1:7" ht="18" customHeight="1">
       <c r="A12" s="20" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="56">
-        <v>43543752</v>
+        <v>44023599</v>
       </c>
       <c r="C12" s="56">
-        <v>43529930</v>
+        <v>43631195</v>
       </c>
       <c r="D12" s="56">
-        <v>41154740</v>
+        <v>41585526</v>
       </c>
       <c r="E12" s="51">
-        <v>0.03</v>
+        <v>0.9</v>
       </c>
       <c r="F12" s="51">
-        <v>5.8</v>
+        <v>5.86</v>
       </c>
       <c r="G12" s="3"/>
     </row>
     <row r="13" spans="1:7" ht="28.15" customHeight="1">
       <c r="A13" s="22" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="56">
-        <v>10986651</v>
+        <v>11049424</v>
       </c>
       <c r="C13" s="56">
-        <v>10934835</v>
+        <v>10989877</v>
       </c>
       <c r="D13" s="56">
-        <v>10439552</v>
+        <v>10506509</v>
       </c>
       <c r="E13" s="51">
-        <v>0.47</v>
+        <v>0.54</v>
       </c>
       <c r="F13" s="51">
-        <v>5.24</v>
+        <v>5.17</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="18" customHeight="1">
       <c r="A14" s="20" t="s">
         <v>16</v>
       </c>
       <c r="B14" s="56">
-        <v>1930896</v>
+        <v>1943569</v>
       </c>
       <c r="C14" s="56">
-        <v>1884563</v>
+        <v>1980882</v>
       </c>
       <c r="D14" s="56">
-        <v>1753651</v>
+        <v>1754663</v>
       </c>
       <c r="E14" s="51">
-        <v>2.46</v>
+        <v>-1.88</v>
       </c>
       <c r="F14" s="51">
-        <v>10.11</v>
+        <v>10.77</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:7" ht="28.15" customHeight="1">
       <c r="A15" s="22" t="s">
         <v>17</v>
       </c>
       <c r="B15" s="56">
-        <v>13223785</v>
+        <v>13349005</v>
       </c>
       <c r="C15" s="56">
-        <v>13182559</v>
+        <v>13280950</v>
       </c>
       <c r="D15" s="56">
-        <v>12580698</v>
+        <v>12756780</v>
       </c>
       <c r="E15" s="51">
-        <v>0.31</v>
+        <v>0.51</v>
       </c>
       <c r="F15" s="51">
-        <v>5.11</v>
+        <v>4.64</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="18" customHeight="1">
       <c r="A16" s="19" t="s">
         <v>49</v>
       </c>
       <c r="B16" s="57">
-        <v>2584277</v>
+        <v>2581941</v>
       </c>
       <c r="C16" s="57">
-        <v>2546281</v>
+        <v>2366855</v>
       </c>
       <c r="D16" s="57">
-        <v>2330706</v>
+        <v>2312135</v>
       </c>
       <c r="E16" s="58">
-        <v>1.49</v>
+        <v>9.09</v>
       </c>
       <c r="F16" s="58">
-        <v>10.88</v>
+        <v>11.67</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="18" customHeight="1">
       <c r="A17" s="20" t="s">
         <v>51</v>
       </c>
       <c r="B17" s="56">
-        <v>24184629</v>
+        <v>29133425</v>
       </c>
       <c r="C17" s="59">
         <v>0</v>
       </c>
       <c r="D17" s="56">
-        <v>20683640</v>
+        <v>25436226</v>
       </c>
       <c r="E17" s="50">
         <v>0</v>
       </c>
       <c r="F17" s="51">
-        <v>16.93</v>
+        <v>14.54</v>
       </c>
       <c r="G17" s="3"/>
     </row>
     <row r="18" spans="1:7" ht="18" customHeight="1">
       <c r="A18" s="20" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="51">
-        <v>28233.35</v>
+        <v>28963.6</v>
       </c>
       <c r="C18" s="51">
-        <v>25820.54</v>
+        <v>27626.48</v>
       </c>
       <c r="D18" s="51">
-        <v>22820.43</v>
+        <v>23035.1</v>
       </c>
       <c r="E18" s="51">
-        <v>9.34</v>
+        <v>4.84</v>
       </c>
       <c r="F18" s="51">
-        <v>23.72</v>
+        <v>25.74</v>
       </c>
       <c r="G18" s="3"/>
     </row>
     <row r="19" spans="1:7" ht="18" customHeight="1">
       <c r="A19" s="39" t="s">
         <v>48</v>
       </c>
       <c r="B19" s="58">
-        <v>107.88</v>
+        <v>110.19</v>
       </c>
       <c r="C19" s="58">
-        <v>107.54</v>
+        <v>109.13</v>
       </c>
       <c r="D19" s="58">
-        <v>111.49</v>
+        <v>112.44</v>
       </c>
       <c r="E19" s="58">
-        <v>0.32</v>
+        <v>0.97</v>
       </c>
       <c r="F19" s="58">
-        <v>-3.24</v>
+        <v>-2</v>
       </c>
       <c r="G19" s="4"/>
     </row>
     <row r="20" spans="1:7" ht="18" customHeight="1">
       <c r="A20" s="38" t="s">
         <v>47</v>
       </c>
       <c r="B20" s="51">
-        <v>110.33</v>
+        <v>110.24</v>
       </c>
       <c r="C20" s="51">
-        <v>109.81</v>
+        <v>110.17</v>
       </c>
       <c r="D20" s="51">
-        <v>108.73</v>
+        <v>108.82</v>
       </c>
       <c r="E20" s="51">
-        <v>0.47</v>
+        <v>0.06</v>
       </c>
       <c r="F20" s="51">
-        <v>1.47</v>
+        <v>1.3</v>
       </c>
       <c r="G20" s="3"/>
     </row>
     <row r="21" spans="1:7" ht="18" customHeight="1">
       <c r="A21" s="20" t="s">
         <v>19</v>
       </c>
       <c r="B21" s="55">
-        <v>30.749</v>
+        <v>31.438</v>
       </c>
       <c r="C21" s="55">
-        <v>30.469</v>
+        <v>31.408</v>
       </c>
       <c r="D21" s="55">
-        <v>32.031</v>
+        <v>32.781</v>
       </c>
       <c r="E21" s="9">
         <f>E35</f>
-        <v>-0.92</v>
+        <v>-0.1</v>
       </c>
       <c r="F21" s="9">
         <f>F35</f>
-        <v>4</v>
+        <v>4.1</v>
       </c>
       <c r="G21" s="3"/>
     </row>
     <row r="22" spans="1:7" ht="18" customHeight="1">
       <c r="A22" s="20" t="s">
         <v>20</v>
       </c>
       <c r="B22" s="55">
         <v>2</v>
       </c>
       <c r="C22" s="55">
         <v>2</v>
       </c>
       <c r="D22" s="55">
         <v>2</v>
       </c>
       <c r="E22" s="50">
         <v>0</v>
       </c>
       <c r="F22" s="50">
         <v>0</v>
       </c>
       <c r="G22" s="3"/>
     </row>
     <row r="23" spans="1:7" ht="18" customHeight="1">
       <c r="A23" s="20" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="55">
         <v>3.265</v>
       </c>
       <c r="C23" s="55">
-        <v>3.264</v>
+        <v>3.265</v>
       </c>
       <c r="D23" s="55">
         <v>3.264</v>
       </c>
-      <c r="E23" s="51">
+      <c r="E23" s="50">
         <v>0</v>
       </c>
       <c r="F23" s="51">
         <v>0</v>
       </c>
       <c r="G23" s="3"/>
     </row>
     <row r="24" spans="1:7" ht="18" customHeight="1">
       <c r="A24" s="23" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="7" t="str">
         <f>MID(B35,1,3)&amp;"Q"&amp;FIXED(((VALUE(MID(B35,5,2))+1)/3),0)&amp;"　"&amp;FIXED(B36,2)</f>
-        <v>114Q4　7.91</v>
+        <v>114Q4　12.68</v>
       </c>
       <c r="C24" s="7" t="str">
         <f>MID(C35,1,3)&amp;"Q"&amp;FIXED(((VALUE(MID(C35,5,2))+1)/3),0)&amp;"　"&amp;FIXED(C36,2)</f>
         <v>114Q3　8.21</v>
       </c>
       <c r="D24" s="7" t="str">
         <f>MID(D35,1,3)&amp;"Q"&amp;FIXED(((VALUE(MID(D35,5,2))+1)/3),0)&amp;"　"&amp;FIXED(D36,2)</f>
         <v>113Q4　4.13</v>
       </c>
       <c r="E24" s="8">
         <f>E36</f>
-        <v>-0.3</v>
+        <v>4.47</v>
       </c>
       <c r="F24" s="8">
         <f>F36</f>
-        <v>3.78</v>
+        <v>8.55</v>
       </c>
       <c r="G24" s="3"/>
     </row>
     <row r="25" spans="1:7" ht="18" customHeight="1" thickBot="1">
       <c r="A25" s="21" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="44">
-        <v>600197</v>
+        <v>602553</v>
       </c>
       <c r="C25" s="44">
-        <v>602943</v>
+        <v>599791</v>
       </c>
       <c r="D25" s="44">
-        <v>576846</v>
+        <v>576677</v>
       </c>
       <c r="E25" s="45">
-        <v>-0.46</v>
+        <v>0.46</v>
       </c>
       <c r="F25" s="45">
-        <v>4.05</v>
+        <v>4.49</v>
       </c>
       <c r="G25" s="15"/>
     </row>
     <row r="26" spans="1:7" ht="13.5" customHeight="1">
       <c r="A26" s="16" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="17"/>
       <c r="C26" s="17"/>
       <c r="D26" s="17"/>
       <c r="E26" s="17"/>
       <c r="F26" s="17"/>
       <c r="G26" s="17"/>
     </row>
     <row r="27" spans="1:7" ht="13.5" customHeight="1">
       <c r="A27" s="17" t="s">
         <v>4</v>
       </c>
       <c r="B27" s="17"/>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="17"/>
       <c r="G27" s="17"/>
     </row>
@@ -2452,71 +2452,71 @@
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
     </row>
     <row r="33" ht="13.5" customHeight="1"/>
     <row r="34" spans="1:7" ht="13.5" customHeight="1">
       <c r="A34" s="40"/>
       <c r="B34" s="40"/>
       <c r="C34" s="40"/>
       <c r="D34" s="40"/>
       <c r="E34" s="40"/>
       <c r="F34" s="40"/>
       <c r="G34" s="40"/>
     </row>
     <row r="35" spans="2:6" hidden="1">
       <c r="B35" s="47" t="s">
         <v>52</v>
       </c>
       <c r="C35" s="47" t="s">
         <v>53</v>
       </c>
       <c r="D35" s="47" t="s">
         <v>54</v>
       </c>
       <c r="E35" s="54">
-        <v>-0.92</v>
+        <v>-0.1</v>
       </c>
       <c r="F35" s="54">
-        <v>4</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="36" spans="2:6" hidden="1">
       <c r="B36" s="49">
-        <v>7.91</v>
+        <v>12.68</v>
       </c>
       <c r="C36" s="49">
         <v>8.21</v>
       </c>
       <c r="D36" s="49">
         <v>4.13</v>
       </c>
       <c r="E36" s="49">
-        <v>-0.3</v>
+        <v>4.47</v>
       </c>
       <c r="F36" s="49">
-        <v>3.78</v>
+        <v>8.55</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A32:F32"/>
     <mergeCell ref="A34:G34"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.6692913385826772" right="0.6692913385826772" top="0.39370078740157483" bottom="0.19685039370078741" header="0" footer="0.39370078740157483"/>
   <pageSetup paperSize="9" firstPageNumber="13" orientation="landscape" useFirstPageNumber="1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L &amp;C&amp;"Times New Roman"&amp;9 - &amp;p -&amp;R </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <Company>367010000D</Company>
   <Manager>行政院金融監督管理委員會銀行局</Manager>
   <AppVersion></AppVersion>
 </Properties>